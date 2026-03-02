--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,23 +1,1608 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:dbsheet="http://web.wps.cn/et/2021/dbsheet">
+  <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
+  <workbookPr/>
+  <bookViews>
+    <workbookView windowWidth="21015" windowHeight="10260"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
+  <si>
+    <t>附件1</t>
+  </si>
+  <si>
+    <t>“励志新势力·青春榜样说”推荐表</t>
+  </si>
+  <si>
+    <t>报送单位（盖章）：</t>
+  </si>
+  <si>
+    <t>序号</t>
+  </si>
+  <si>
+    <t>学校</t>
+  </si>
+  <si>
+    <t>姓名</t>
+  </si>
+  <si>
+    <t>民族</t>
+  </si>
+  <si>
+    <t>政治面貌</t>
+  </si>
+  <si>
+    <t>专业</t>
+  </si>
+  <si>
+    <t>年级</t>
+  </si>
+  <si>
+    <t>学段</t>
+  </si>
+  <si>
+    <t>指导老师</t>
+  </si>
+  <si>
+    <t>参与勤工助学情况（200字以内）</t>
+  </si>
+  <si>
+    <t>学生是否同意并授权本人照片及事迹材料用于宣传展示</t>
+  </si>
+  <si>
+    <t>例：</t>
+  </si>
+  <si>
+    <t>xx学校</t>
+  </si>
+  <si>
+    <t>张xx</t>
+  </si>
+  <si>
+    <t>汉族</t>
+  </si>
+  <si>
+    <t>中共党员</t>
+  </si>
+  <si>
+    <t>电子信息科学与技术专业</t>
+  </si>
+  <si>
+    <t>2020级</t>
+  </si>
+  <si>
+    <t>本科生</t>
+  </si>
+  <si>
+    <t>李XX</t>
+  </si>
+  <si>
+    <t>是</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
+  <numFmts count="4">
+    <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
+  </numFmts>
+  <fonts count="27">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="仿宋_GB2312"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="黑体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="22"/>
+      <color theme="1"/>
+      <name val="方正小标宋简体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="楷体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="仿宋_GB2312"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF800080"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C6500"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+  </fonts>
+  <fills count="33">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="11">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="49">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+  </cellStyleXfs>
+  <cellXfs count="16">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="49">
+    <cellStyle name="常规" xfId="0" builtinId="0"/>
+    <cellStyle name="千位分隔" xfId="1" builtinId="3"/>
+    <cellStyle name="货币" xfId="2" builtinId="4"/>
+    <cellStyle name="百分比" xfId="3" builtinId="5"/>
+    <cellStyle name="千位分隔[0]" xfId="4" builtinId="6"/>
+    <cellStyle name="货币[0]" xfId="5" builtinId="7"/>
+    <cellStyle name="超链接" xfId="6" builtinId="8"/>
+    <cellStyle name="已访问的超链接" xfId="7" builtinId="9"/>
+    <cellStyle name="注释" xfId="8" builtinId="10"/>
+    <cellStyle name="警告文本" xfId="9" builtinId="11"/>
+    <cellStyle name="标题" xfId="10" builtinId="15"/>
+    <cellStyle name="解释性文本" xfId="11" builtinId="53"/>
+    <cellStyle name="标题 1" xfId="12" builtinId="16"/>
+    <cellStyle name="标题 2" xfId="13" builtinId="17"/>
+    <cellStyle name="标题 3" xfId="14" builtinId="18"/>
+    <cellStyle name="标题 4" xfId="15" builtinId="19"/>
+    <cellStyle name="输入" xfId="16" builtinId="20"/>
+    <cellStyle name="输出" xfId="17" builtinId="21"/>
+    <cellStyle name="计算" xfId="18" builtinId="22"/>
+    <cellStyle name="检查单元格" xfId="19" builtinId="23"/>
+    <cellStyle name="链接单元格" xfId="20" builtinId="24"/>
+    <cellStyle name="汇总" xfId="21" builtinId="25"/>
+    <cellStyle name="好" xfId="22" builtinId="26"/>
+    <cellStyle name="差" xfId="23" builtinId="27"/>
+    <cellStyle name="适中" xfId="24" builtinId="28"/>
+    <cellStyle name="强调文字颜色 1" xfId="25" builtinId="29"/>
+    <cellStyle name="20% - 强调文字颜色 1" xfId="26" builtinId="30"/>
+    <cellStyle name="40% - 强调文字颜色 1" xfId="27" builtinId="31"/>
+    <cellStyle name="60% - 强调文字颜色 1" xfId="28" builtinId="32"/>
+    <cellStyle name="强调文字颜色 2" xfId="29" builtinId="33"/>
+    <cellStyle name="20% - 强调文字颜色 2" xfId="30" builtinId="34"/>
+    <cellStyle name="40% - 强调文字颜色 2" xfId="31" builtinId="35"/>
+    <cellStyle name="60% - 强调文字颜色 2" xfId="32" builtinId="36"/>
+    <cellStyle name="强调文字颜色 3" xfId="33" builtinId="37"/>
+    <cellStyle name="20% - 强调文字颜色 3" xfId="34" builtinId="38"/>
+    <cellStyle name="40% - 强调文字颜色 3" xfId="35" builtinId="39"/>
+    <cellStyle name="60% - 强调文字颜色 3" xfId="36" builtinId="40"/>
+    <cellStyle name="强调文字颜色 4" xfId="37" builtinId="41"/>
+    <cellStyle name="20% - 强调文字颜色 4" xfId="38" builtinId="42"/>
+    <cellStyle name="40% - 强调文字颜色 4" xfId="39" builtinId="43"/>
+    <cellStyle name="60% - 强调文字颜色 4" xfId="40" builtinId="44"/>
+    <cellStyle name="强调文字颜色 5" xfId="41" builtinId="45"/>
+    <cellStyle name="20% - 强调文字颜色 5" xfId="42" builtinId="46"/>
+    <cellStyle name="40% - 强调文字颜色 5" xfId="43" builtinId="47"/>
+    <cellStyle name="60% - 强调文字颜色 5" xfId="44" builtinId="48"/>
+    <cellStyle name="强调文字颜色 6" xfId="45" builtinId="49"/>
+    <cellStyle name="20% - 强调文字颜色 6" xfId="46" builtinId="50"/>
+    <cellStyle name="40% - 强调文字颜色 6" xfId="47" builtinId="51"/>
+    <cellStyle name="60% - 强调文字颜色 6" xfId="48" builtinId="52"/>
+  </cellStyles>
+  <dxfs count="17">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <border>
+        <top style="double">
+          <color theme="4"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <border>
+        <left style="thin">
+          <color theme="4"/>
+        </left>
+        <right style="thin">
+          <color theme="4"/>
+        </right>
+        <top style="thin">
+          <color theme="4"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4"/>
+        </bottom>
+        <horizontal style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <border>
+        <top style="thin">
+          <color theme="4"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <top style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+  </dxfs>
+  <tableStyles count="2" defaultTableStyle="TableStylePreset3_Accent1" defaultPivotStyle="PivotStylePreset2_Accent1">
+    <tableStyle name="TableStylePreset3_Accent1" pivot="0" count="7" xr9:uid="{59DB682C-5494-4EDE-A608-00C9E5F0F923}">
+      <tableStyleElement type="wholeTable" dxfId="6"/>
+      <tableStyleElement type="headerRow" dxfId="5"/>
+      <tableStyleElement type="totalRow" dxfId="4"/>
+      <tableStyleElement type="firstColumn" dxfId="3"/>
+      <tableStyleElement type="lastColumn" dxfId="2"/>
+      <tableStyleElement type="firstRowStripe" dxfId="1"/>
+      <tableStyleElement type="firstColumnStripe" dxfId="0"/>
+    </tableStyle>
+    <tableStyle name="PivotStylePreset2_Accent1" table="0" count="10" xr9:uid="{267968C8-6FFD-4C36-ACC1-9EA1FD1885CA}">
+      <tableStyleElement type="headerRow" dxfId="16"/>
+      <tableStyleElement type="totalRow" dxfId="15"/>
+      <tableStyleElement type="firstRowStripe" dxfId="14"/>
+      <tableStyleElement type="firstColumnStripe" dxfId="13"/>
+      <tableStyleElement type="firstSubtotalRow" dxfId="12"/>
+      <tableStyleElement type="secondSubtotalRow" dxfId="11"/>
+      <tableStyleElement type="firstRowSubheading" dxfId="10"/>
+      <tableStyleElement type="secondRowSubheading" dxfId="9"/>
+      <tableStyleElement type="pageFieldLabels" dxfId="8"/>
+      <tableStyleElement type="pageFieldValues" dxfId="7"/>
+    </tableStyle>
+  </tableStyles>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
+</file>
+
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="WPS">
+  <a:themeElements>
+    <a:clrScheme name="WPS">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4874CB"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="EE822F"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="F2BA02"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="75BD42"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="30C0B4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="E54C5E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0026E5"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="7E1FAD"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="WPS">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="WPS">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumOff val="17500"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:hueOff val="-2520000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="phClr">
+                  <a:hueOff val="-4200000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="phClr"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+          </a:gradFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="101600" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:schemeClr val="phClr">
+                <a:alpha val="60000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:reflection stA="50000" endA="300" endPos="40000" dist="25400" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:K8"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane xSplit="3" ySplit="4" topLeftCell="D5" activePane="bottomRight" state="frozen"/>
+      <selection/>
+      <selection pane="topRight"/>
+      <selection pane="bottomLeft"/>
+      <selection pane="bottomRight" activeCell="K9" sqref="K9"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.90833333333333" defaultRowHeight="13.5" outlineLevelRow="7"/>
+  <cols>
+    <col min="1" max="1" width="4.68333333333333" customWidth="1"/>
+    <col min="2" max="9" width="6.68333333333333" customWidth="1"/>
+    <col min="10" max="10" width="18.25" customWidth="1"/>
+    <col min="11" max="11" width="21.125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="20.25" spans="1:2">
+      <c r="A1" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="5"/>
+    </row>
+    <row r="2" ht="47" customHeight="1" spans="1:11">
+      <c r="A2" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="6"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="6"/>
+      <c r="F2" s="6"/>
+      <c r="G2" s="6"/>
+      <c r="H2" s="6"/>
+      <c r="I2" s="6"/>
+      <c r="J2" s="6"/>
+      <c r="K2" s="6"/>
+    </row>
+    <row r="3" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A3" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="7"/>
+      <c r="C3" s="7"/>
+      <c r="D3" s="7"/>
+      <c r="E3" s="7"/>
+      <c r="F3" s="7"/>
+      <c r="G3" s="7"/>
+      <c r="H3" s="7"/>
+      <c r="I3" s="7"/>
+      <c r="J3" s="7"/>
+      <c r="K3" s="7"/>
+    </row>
+    <row r="4" s="1" customFormat="1" ht="46" customHeight="1" spans="1:11">
+      <c r="A4" s="8" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I4" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="J4" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="K4" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" s="2" customFormat="1" ht="54" spans="1:11">
+      <c r="A5" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="F5" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G5" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H5" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="I5" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="J5" s="13"/>
+      <c r="K5" s="9" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="6" s="3" customFormat="1" ht="12" customHeight="1" spans="1:11">
+      <c r="A6" s="10"/>
+      <c r="B6" s="10"/>
+      <c r="C6" s="10"/>
+      <c r="D6" s="10"/>
+      <c r="E6" s="11"/>
+      <c r="F6" s="11"/>
+      <c r="G6" s="11"/>
+      <c r="H6" s="11"/>
+      <c r="I6" s="10"/>
+      <c r="J6" s="14"/>
+      <c r="K6" s="14"/>
+    </row>
+    <row r="7" s="3" customFormat="1" spans="1:11">
+      <c r="A7" s="10"/>
+      <c r="B7" s="10"/>
+      <c r="C7" s="10"/>
+      <c r="D7" s="10"/>
+      <c r="E7" s="11"/>
+      <c r="F7" s="11"/>
+      <c r="G7" s="11"/>
+      <c r="H7" s="11"/>
+      <c r="I7" s="10"/>
+      <c r="J7" s="14"/>
+      <c r="K7" s="15"/>
+    </row>
+    <row r="8" ht="59" customHeight="1" spans="1:11">
+      <c r="A8" s="12"/>
+      <c r="B8" s="12"/>
+      <c r="C8" s="12"/>
+      <c r="D8" s="12"/>
+      <c r="E8" s="12"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="12"/>
+      <c r="I8" s="12"/>
+      <c r="J8" s="12"/>
+      <c r="K8" s="12"/>
+    </row>
+  </sheetData>
+  <mergeCells count="3">
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A8:K8"/>
+  </mergeCells>
+  <dataValidations count="2">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H1:H3"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H6:H1048576">
+      <formula1>"高职学生,本科生,硕士研究生,博士研究生"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.196527777777778" right="0.196527777777778" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" scale="27" orientation="landscape"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>胡</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
+    <vt:lpwstr>4F5B7FAD045F40C8B41C9A1B9F105BB2_13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.21915</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="{A44787D4-0540-4523-9961-78E4036D8C6D}">
+    <vt:lpwstr>{0AA66A02-CD4B-47E6-AE6A-CA389C21F1A5}</vt:lpwstr>
+  </property>
+</Properties>
+</file>