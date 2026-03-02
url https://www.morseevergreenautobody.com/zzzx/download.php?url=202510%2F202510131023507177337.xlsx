--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -5378,44 +5378,66 @@
   <conditionalFormatting sqref="D10:D16 D38:D40">
     <cfRule type="expression" dxfId="0" priority="4">
       <formula>IF(LEN(D10)=0,1,IF(LEN(D10)&gt;40,1,0))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B17:B19 B20:B23 B24:B25 B26 B27 B28 B29 B30 B31">
     <cfRule type="duplicateValues" dxfId="2" priority="8"/>
     <cfRule type="duplicateValues" dxfId="1" priority="7"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B17:B19 B20:B23 B24:B26 B27 B28 B29 B30 B31">
     <cfRule type="duplicateValues" dxfId="1" priority="6"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B34 B35">
     <cfRule type="expression" dxfId="0" priority="5">
       <formula>IF(LEN(B34)=0,1,IF(LEN(B34)&gt;30,1,0))</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.751388888888889" right="0.751388888888889" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="600"/>
   <headerFooter>
     <oddFooter>&amp;C第 &amp;P 页，共 &amp;N 页</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>WPS 表格</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>国家奖学金校级初审获奖学生建议名单</vt:lpstr>
+      <vt:lpstr>省政府奖学金校级初审获奖学生建议名单</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
     <vt:lpwstr>6D215B6379C24F0D89519082A8357590_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
     <vt:lpwstr>2052-12.1.0.22529</vt:lpwstr>
   </property>
 </Properties>
 </file>