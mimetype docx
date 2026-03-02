--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -283,50 +283,75 @@
           <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorEastAsia"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorEastAsia"/>
         </w:rPr>
         <w:t>六、领导帮抓制度。按照领导责任分工帮抓，校关工委领导每年下基层帮抓不少于三次，实地发现解决问题，形成专门调研报告。</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId5" w:type="default"/>
       <w:footerReference r:id="rId6" w:type="default"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1247" w:bottom="1440" w:left="1247" w:header="850" w:footer="992" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:space="0" w:num="1"/>
       <w:rtlGutter w:val="0"/>
       <w:docGrid w:type="lines" w:linePitch="332" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="7A"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -495,50 +520,95 @@
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>368</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="1"/>
+      </w:pBdr>
+      <w:kinsoku/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="WPS">
   <a:themeElements>
     <a:clrScheme name="WPS">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4874CB"/>
       </a:accent1>