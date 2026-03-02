--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -2457,50 +2457,77 @@
         </w:rPr>
         <w:t>2023年9月7日</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId5" w:type="default"/>
       <w:footerReference r:id="rId6" w:type="default"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1247" w:bottom="1440" w:left="1247" w:header="850" w:footer="992" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:cols w:space="0" w:num="1"/>
       <w:rtlGutter w:val="0"/>
       <w:docGrid w:type="lines" w:linePitch="336" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="480"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="480"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="7A"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -2548,50 +2575,231 @@
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="14"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="15" name="文本框 15"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="14"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>416</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQGGthHIzAgAAYwQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80bdGuqqrpqmxVhFSxKy2Is+s4TST/yXablAeAN+DEhTvP1efYz07SRQuHPXBxxp7xN/6+mcni&#10;plWSHIXztdE5nYzGlAjNTVHrfU4/f9q8mVHiA9MFk0aLnJ6EpzfL168WjZ2LqamMLIQjANF+3tic&#10;ViHYeZZ5XgnF/MhYoeEsjVMsYOv2WeFYA3Qls+l4fJ01xhXWGS68x+m6c9Ie0b0E0JRlzcXa8IMS&#10;OnSoTkgWQMlXtfV0mV5bloKHu7L0IhCZUzANaUUS2Lu4ZssFm+8ds1XN+yewlzzhGSfFao2kF6g1&#10;C4wcXP0XlKq5M96UYcSNyjoiSRGwmIyfafNQMSsSF0jt7UV0//9g+cfjvSN1gU64okQzhYqff3w/&#10;//x9/vWN4AwCNdbPEfdgERnad6ZF8HDucRh5t6VT8QtGBH7Ie7rIK9pAeLw0m85mY7g4fMMG+NnT&#10;det8eC+MItHIqUP9kqzsuPWhCx1CYjZtNrWUqYZSkyan12+vxunCxQNwqZEjkugeG63Q7tqe2c4U&#10;JxBzpusNb/mmRvIt8+GeOTQDHoxxCXdYSmmQxPQWJZVxX/91HuNRI3gpadBcOdWYJUrkB43aATAM&#10;hhuM3WDog7o16NYJxtDyZOKCC3IwS2fUF8zQKuaAi2mOTDkNg3kbugbHDHKxWqWgg3X1vuouoPMs&#10;C1v9YHlME4X0dnUIEDNpHAXqVOl1Q++lKvVzEpv7z32Kevo3LB8BUEsDBAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUi&#10;S6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQw&#10;t81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg2&#10;4Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfubl&#10;IPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtA&#10;qBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjC&#10;Sh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbY&#10;wucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHx&#10;CiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQA&#10;FAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAnAQAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB+AwAAX3JlbHMvUEsB&#10;AhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAogMAAF9yZWxzLy5yZWxzUEsB&#10;AhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAA&#10;CACHTuJAs0lY7tAAAAAFAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQA&#10;FAAAAAgAh07iQGGthHIzAgAAYwQAAA4AAAAAAAAAAQAgAAAAHwEAAGRycy9lMm9Eb2MueG1sUEsF&#10;BgAAAAAGAAYAWQEAAMQFAAAAAA==&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="14"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>416</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLine="480"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="300" w:lineRule="auto"/>
+        <w:ind w:firstLine="480"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="1"/>
+      </w:pBdr>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="360" w:firstLineChars="200"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="175C64C7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="175C64C7"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="chineseCounting"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2695,50 +2903,1538 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="61"/>
+  <w:embedTrueTypeFonts/>
+  <w:saveSubsetFonts/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridHorizontalSpacing w:val="240"/>
+  <w:drawingGridVerticalSpacing w:val="168"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:hdrShapeDefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="3"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiNDM1NTk3MmIyNmI2ZjFjYzVjYmQzMjcyYTAwNGFlZGYifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="00000000"/>
+    <w:rsid w:val="01255120"/>
+    <w:rsid w:val="016957BD"/>
+    <w:rsid w:val="02801659"/>
+    <w:rsid w:val="029B6700"/>
+    <w:rsid w:val="02BA5988"/>
+    <w:rsid w:val="02CC1ED1"/>
+    <w:rsid w:val="02E62FD5"/>
+    <w:rsid w:val="03483348"/>
+    <w:rsid w:val="03A82039"/>
+    <w:rsid w:val="03B82117"/>
+    <w:rsid w:val="04170C40"/>
+    <w:rsid w:val="04D550AF"/>
+    <w:rsid w:val="04EB042F"/>
+    <w:rsid w:val="05546BF1"/>
+    <w:rsid w:val="0575419C"/>
+    <w:rsid w:val="08D538D0"/>
+    <w:rsid w:val="090B72F2"/>
+    <w:rsid w:val="0911242E"/>
+    <w:rsid w:val="092A5E02"/>
+    <w:rsid w:val="0D1424ED"/>
+    <w:rsid w:val="0D531DB8"/>
+    <w:rsid w:val="0D821DAC"/>
+    <w:rsid w:val="0D8B5403"/>
+    <w:rsid w:val="0DCF5F7A"/>
+    <w:rsid w:val="0E335A9E"/>
+    <w:rsid w:val="0F916077"/>
+    <w:rsid w:val="10945E0A"/>
+    <w:rsid w:val="10967C49"/>
+    <w:rsid w:val="10F12CCE"/>
+    <w:rsid w:val="11411B8D"/>
+    <w:rsid w:val="116D3040"/>
+    <w:rsid w:val="11776600"/>
+    <w:rsid w:val="13315BA7"/>
+    <w:rsid w:val="13887386"/>
+    <w:rsid w:val="143041EE"/>
+    <w:rsid w:val="146B0719"/>
+    <w:rsid w:val="14CD7B51"/>
+    <w:rsid w:val="15D44CFE"/>
+    <w:rsid w:val="18754787"/>
+    <w:rsid w:val="19235F91"/>
+    <w:rsid w:val="1A295829"/>
+    <w:rsid w:val="1ABD2416"/>
+    <w:rsid w:val="1ACE63D1"/>
+    <w:rsid w:val="1C4526C3"/>
+    <w:rsid w:val="1C4E0E2E"/>
+    <w:rsid w:val="1CB515F6"/>
+    <w:rsid w:val="1CE04199"/>
+    <w:rsid w:val="1E8E20FF"/>
+    <w:rsid w:val="1EAE6FDA"/>
+    <w:rsid w:val="1EB058EE"/>
+    <w:rsid w:val="1EBB6C6C"/>
+    <w:rsid w:val="1EBE0353"/>
+    <w:rsid w:val="1EEE7042"/>
+    <w:rsid w:val="1F620FA7"/>
+    <w:rsid w:val="1FD47FE6"/>
+    <w:rsid w:val="20FF1ADE"/>
+    <w:rsid w:val="214903BE"/>
+    <w:rsid w:val="229836EC"/>
+    <w:rsid w:val="22E727F0"/>
+    <w:rsid w:val="23226F32"/>
+    <w:rsid w:val="237D0CBE"/>
+    <w:rsid w:val="23F549CE"/>
+    <w:rsid w:val="24286B52"/>
+    <w:rsid w:val="242E1C8E"/>
+    <w:rsid w:val="2443537B"/>
+    <w:rsid w:val="249917FE"/>
+    <w:rsid w:val="24BC54EC"/>
+    <w:rsid w:val="258778A8"/>
+    <w:rsid w:val="25B507AE"/>
+    <w:rsid w:val="25D7082F"/>
+    <w:rsid w:val="25F53B2C"/>
+    <w:rsid w:val="26661BB3"/>
+    <w:rsid w:val="26833846"/>
+    <w:rsid w:val="273D4376"/>
+    <w:rsid w:val="278247CB"/>
+    <w:rsid w:val="27F13C79"/>
+    <w:rsid w:val="281B20AC"/>
+    <w:rsid w:val="298F26A0"/>
+    <w:rsid w:val="2A696607"/>
+    <w:rsid w:val="2AC1560A"/>
+    <w:rsid w:val="2AE67D7A"/>
+    <w:rsid w:val="2C3B13EC"/>
+    <w:rsid w:val="2D7C328E"/>
+    <w:rsid w:val="2DA132AA"/>
+    <w:rsid w:val="2DD378BF"/>
+    <w:rsid w:val="2DD715E2"/>
+    <w:rsid w:val="2EB07A43"/>
+    <w:rsid w:val="2EF45AAA"/>
+    <w:rsid w:val="2FBB2F70"/>
+    <w:rsid w:val="2FC10AD2"/>
+    <w:rsid w:val="317258B0"/>
+    <w:rsid w:val="317E6003"/>
+    <w:rsid w:val="31D5337E"/>
+    <w:rsid w:val="31EC0383"/>
+    <w:rsid w:val="3275602C"/>
+    <w:rsid w:val="33296443"/>
+    <w:rsid w:val="341B3FDD"/>
+    <w:rsid w:val="348C0A37"/>
+    <w:rsid w:val="35D07049"/>
+    <w:rsid w:val="35D95EFE"/>
+    <w:rsid w:val="361231BE"/>
+    <w:rsid w:val="36614AE9"/>
+    <w:rsid w:val="3679323D"/>
+    <w:rsid w:val="36851619"/>
+    <w:rsid w:val="3A6F79FA"/>
+    <w:rsid w:val="3B455DE4"/>
+    <w:rsid w:val="3BD74C8E"/>
+    <w:rsid w:val="3CA71ADB"/>
+    <w:rsid w:val="3D286805"/>
+    <w:rsid w:val="3E135D25"/>
+    <w:rsid w:val="3E173A67"/>
+    <w:rsid w:val="3EF21DDE"/>
+    <w:rsid w:val="3F771F63"/>
+    <w:rsid w:val="3FAA3159"/>
+    <w:rsid w:val="403907CC"/>
+    <w:rsid w:val="419F644D"/>
+    <w:rsid w:val="41D6428B"/>
+    <w:rsid w:val="41F96F63"/>
+    <w:rsid w:val="43AD2778"/>
+    <w:rsid w:val="455C26A8"/>
+    <w:rsid w:val="46013831"/>
+    <w:rsid w:val="461D1E37"/>
+    <w:rsid w:val="462627EF"/>
+    <w:rsid w:val="467B20E5"/>
+    <w:rsid w:val="469B0FAE"/>
+    <w:rsid w:val="47137C0D"/>
+    <w:rsid w:val="47460F19"/>
+    <w:rsid w:val="47B265AF"/>
+    <w:rsid w:val="48206A90"/>
+    <w:rsid w:val="484C7308"/>
+    <w:rsid w:val="48517B76"/>
+    <w:rsid w:val="48F0738F"/>
+    <w:rsid w:val="48FA1FBB"/>
+    <w:rsid w:val="49A2403D"/>
+    <w:rsid w:val="4A3738A9"/>
+    <w:rsid w:val="4B942125"/>
+    <w:rsid w:val="4BB40B47"/>
+    <w:rsid w:val="4C7D4A7C"/>
+    <w:rsid w:val="4CC00F50"/>
+    <w:rsid w:val="4DA454C3"/>
+    <w:rsid w:val="4E086F29"/>
+    <w:rsid w:val="4E661EA1"/>
+    <w:rsid w:val="4EFE327C"/>
+    <w:rsid w:val="4F0A4F22"/>
+    <w:rsid w:val="50301DD6"/>
+    <w:rsid w:val="512467CC"/>
+    <w:rsid w:val="51406751"/>
+    <w:rsid w:val="51711289"/>
+    <w:rsid w:val="51755ADA"/>
+    <w:rsid w:val="51C94C21"/>
+    <w:rsid w:val="52285DEB"/>
+    <w:rsid w:val="52CC61AA"/>
+    <w:rsid w:val="53034162"/>
+    <w:rsid w:val="536015B5"/>
+    <w:rsid w:val="543F11CA"/>
+    <w:rsid w:val="547F3CAF"/>
+    <w:rsid w:val="54900046"/>
+    <w:rsid w:val="553E5926"/>
+    <w:rsid w:val="55893465"/>
+    <w:rsid w:val="55CC1183"/>
+    <w:rsid w:val="565C6063"/>
+    <w:rsid w:val="566B62A7"/>
+    <w:rsid w:val="57661D66"/>
+    <w:rsid w:val="57E639B2"/>
+    <w:rsid w:val="59B63CDD"/>
+    <w:rsid w:val="59D2488F"/>
+    <w:rsid w:val="59EF249D"/>
+    <w:rsid w:val="5AD36B10"/>
+    <w:rsid w:val="5B921CDF"/>
+    <w:rsid w:val="5C9A5BC4"/>
+    <w:rsid w:val="5CB62246"/>
+    <w:rsid w:val="5CFB46A2"/>
+    <w:rsid w:val="5D1551BE"/>
+    <w:rsid w:val="5D815C51"/>
+    <w:rsid w:val="5E002571"/>
+    <w:rsid w:val="5E2F732C"/>
+    <w:rsid w:val="5F04373C"/>
+    <w:rsid w:val="5F473629"/>
+    <w:rsid w:val="5F5D2E4C"/>
+    <w:rsid w:val="60326087"/>
+    <w:rsid w:val="604162CA"/>
+    <w:rsid w:val="60591866"/>
+    <w:rsid w:val="60CF1B28"/>
+    <w:rsid w:val="61A03FE4"/>
+    <w:rsid w:val="625D00B6"/>
+    <w:rsid w:val="62943029"/>
+    <w:rsid w:val="638766EA"/>
+    <w:rsid w:val="63C811DC"/>
+    <w:rsid w:val="646068C6"/>
+    <w:rsid w:val="64621D2D"/>
+    <w:rsid w:val="650B58F7"/>
+    <w:rsid w:val="6544179D"/>
+    <w:rsid w:val="65856C59"/>
+    <w:rsid w:val="65F36630"/>
+    <w:rsid w:val="666A657B"/>
+    <w:rsid w:val="678216A2"/>
+    <w:rsid w:val="67911F4F"/>
+    <w:rsid w:val="67C3730D"/>
+    <w:rsid w:val="67D85766"/>
+    <w:rsid w:val="67F105D6"/>
+    <w:rsid w:val="68104F00"/>
+    <w:rsid w:val="685E033A"/>
+    <w:rsid w:val="688B27D8"/>
+    <w:rsid w:val="6AE85CC0"/>
+    <w:rsid w:val="6B016D82"/>
+    <w:rsid w:val="6D6E76B3"/>
+    <w:rsid w:val="6DC76061"/>
+    <w:rsid w:val="6DC9002B"/>
+    <w:rsid w:val="6E5436A2"/>
+    <w:rsid w:val="6FA84C02"/>
+    <w:rsid w:val="6FB645DF"/>
+    <w:rsid w:val="6FEF482A"/>
+    <w:rsid w:val="711B596B"/>
+    <w:rsid w:val="711F73DA"/>
+    <w:rsid w:val="717F0F19"/>
+    <w:rsid w:val="728B1D53"/>
+    <w:rsid w:val="730B2E93"/>
+    <w:rsid w:val="73441F01"/>
+    <w:rsid w:val="735F4F8D"/>
+    <w:rsid w:val="73FC5259"/>
+    <w:rsid w:val="748445CC"/>
+    <w:rsid w:val="749500E2"/>
+    <w:rsid w:val="754B7177"/>
+    <w:rsid w:val="75501031"/>
+    <w:rsid w:val="75754BE0"/>
+    <w:rsid w:val="75954C96"/>
+    <w:rsid w:val="761A451B"/>
+    <w:rsid w:val="770E6AAE"/>
+    <w:rsid w:val="77B359AD"/>
+    <w:rsid w:val="78C55892"/>
+    <w:rsid w:val="78CC4B3D"/>
+    <w:rsid w:val="79637BB8"/>
+    <w:rsid w:val="7A71085C"/>
+    <w:rsid w:val="7B633C5A"/>
+    <w:rsid w:val="7BF723E6"/>
+    <w:rsid w:val="7D586CD5"/>
+    <w:rsid w:val="7E1075B0"/>
+    <w:rsid w:val="7E5F66BA"/>
+    <w:rsid w:val="7E8F7DEE"/>
+    <w:rsid w:val="7EBC3294"/>
+    <w:rsid w:val="7EC21019"/>
+    <w:rsid w:val="7F54171E"/>
+    <w:rsid w:val="7FD0287E"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:semiHidden="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:kinsoku w:val="0"/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="1576" w:firstLineChars="200"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="26"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines w:val="0"/>
+      <w:pageBreakBefore/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="50" w:beforeLines="50" w:beforeAutospacing="0" w:after="50" w:afterLines="50" w:afterAutospacing="0" w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="0" w:firstLineChars="0"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="黑体"/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="27"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines/>
+      <w:pageBreakBefore w:val="0"/>
+      <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0" w:line="300" w:lineRule="auto"/>
+      <w:ind w:right="0" w:rightChars="0" w:firstLine="1576" w:firstLineChars="200"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="28"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:beforeLines="0" w:beforeAutospacing="0" w:afterLines="0" w:afterAutospacing="0" w:line="300" w:lineRule="auto"/>
+      <w:ind w:right="480" w:rightChars="200" w:firstLine="1576" w:firstLineChars="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 4"/>
+    <w:link w:val="29"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:beforeLines="0" w:beforeAutospacing="0" w:afterLines="0" w:afterAutospacing="0" w:line="300" w:lineRule="auto"/>
+      <w:ind w:left="0" w:leftChars="0" w:right="960" w:rightChars="400"/>
+      <w:jc w:val="right"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 5"/>
+    <w:link w:val="44"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="280" w:beforeLines="0" w:beforeAutospacing="0" w:after="290" w:afterLines="0" w:afterAutospacing="0" w:line="300" w:lineRule="auto"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="30"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:beforeAutospacing="0" w:afterAutospacing="0" w:line="300" w:lineRule="auto"/>
+      <w:ind w:right="0" w:rightChars="0" w:firstLine="0" w:firstLineChars="0"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="45"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:beforeLines="0" w:beforeAutospacing="0" w:after="64" w:afterLines="0" w:afterAutospacing="0" w:line="317" w:lineRule="auto"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:beforeLines="0" w:beforeAutospacing="0" w:after="64" w:afterLines="0" w:afterAutospacing="0" w:line="317" w:lineRule="auto"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="黑体"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="22">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="20">
+    <w:name w:val="Normal Table"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="10">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:kinsoku/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:snapToGrid/>
+      <w:ind w:firstLine="420" w:firstLineChars="200"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="11">
+    <w:name w:val="annotation text"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:kinsoku/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:snapToGrid/>
+      <w:spacing w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="0" w:firstLineChars="0"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cstheme="minorBidi"/>
+      <w:snapToGrid/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="12">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:after="120" w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="200" w:firstLineChars="200"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="13">
+    <w:name w:val="Body Text Indent"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:kinsoku w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="420" w:leftChars="200"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="14">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="15">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="1"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="4"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="1"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="4"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="16">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:kinsoku/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:snapToGrid/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="0" w:firstLineChars="0"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cstheme="minorBidi"/>
+      <w:snapToGrid/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="17">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="200" w:firstLineChars="200"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="18">
+    <w:name w:val="Title"/>
+    <w:next w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:before="240" w:after="60" w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="200" w:firstLineChars="200"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="19">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:kinsoku w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="420" w:leftChars="200" w:firstLine="420" w:firstLineChars="200"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="21">
+    <w:name w:val="Table Grid"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="23">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="22"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="24">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="22"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="25">
+    <w:name w:val="Hyperlink"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="26">
+    <w:name w:val="标题 1 Char"/>
+    <w:link w:val="2"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="黑体"/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="27">
+    <w:name w:val="标题 2 Char"/>
+    <w:link w:val="3"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="28">
+    <w:name w:val="标题 3 Char"/>
+    <w:link w:val="4"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="29">
+    <w:name w:val="标题 4 Char"/>
+    <w:link w:val="5"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="标题 6 Char"/>
+    <w:link w:val="7"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="31">
+    <w:name w:val="Table Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="32">
+    <w:name w:val="网格型1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="33">
+    <w:name w:val="制度标题"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:before="100" w:beforeLines="100" w:after="100" w:afterLines="100" w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="0" w:firstLineChars="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="34">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="34"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="420" w:firstLineChars="200"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35">
+    <w:name w:val="纯文本1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="200" w:firstLineChars="200"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:eastAsia="宋体" w:cs="Courier New"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36">
+    <w:name w:val="p_text_indent_2"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="420"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="37">
+    <w:name w:val="font81"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="38">
+    <w:name w:val="font51"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="39">
+    <w:name w:val="font91"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:hint="default" w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="宋体" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40">
+    <w:name w:val="列出段落1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:ind w:firstLine="420" w:firstLineChars="200"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41">
+    <w:name w:val="contentfont10"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:kinsoku/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:snapToGrid/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="42">
+    <w:name w:val="分类"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8844"/>
+      </w:tabs>
+      <w:kinsoku/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:snapToGrid/>
+      <w:spacing w:line="400" w:lineRule="exact"/>
+      <w:jc w:val="left"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:b/>
+      <w:bCs/>
+      <w:snapToGrid/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="43">
+    <w:name w:val="分类2"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:leader="dot" w:pos="8844"/>
+      </w:tabs>
+      <w:kinsoku/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:snapToGrid/>
+      <w:spacing w:line="500" w:lineRule="exact"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:b/>
+      <w:bCs/>
+      <w:snapToGrid/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="44">
+    <w:name w:val="标题 5 Char"/>
+    <w:link w:val="6"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="45">
+    <w:name w:val="标题 7 Char"/>
+    <w:link w:val="8"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46">
+    <w:name w:val="WPSOffice手动目录 1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="47">
+    <w:name w:val="小"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="仿宋" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48">
+    <w:name w:val="标题6"/>
+    <w:basedOn w:val="3"/>
+    <w:next w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="300" w:lineRule="auto"/>
+      <w:ind w:firstLine="1576" w:firstLineChars="200"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49">
+    <w:name w:val="样式1"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:kinsoku/>
+      <w:adjustRightInd/>
+      <w:snapToGrid/>
+      <w:ind w:firstLine="0" w:firstLineChars="0"/>
+      <w:jc w:val="center"/>
+      <w:textAlignment w:val="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:snapToGrid/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="WPS">
   <a:themeElements>
     <a:clrScheme name="WPS">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4874CB"/>
       </a:accent1>
@@ -2970,25 +4666,64 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>444</Pages>
+  <Words>342432</Words>
+  <Characters>346272</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>350870</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.16388_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Administrator</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.16388</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>6BDBC4AF1CAC40FB8E2202FE0013F7BC_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>