--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -14,28 +14,2171 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView windowWidth="19575" windowHeight="8625"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
+  <si>
+    <t>山东协和学院法律风险清单及处置办法（初稿）</t>
+  </si>
+  <si>
+    <t>序  号</t>
+  </si>
+  <si>
+    <t>风险类型</t>
+  </si>
+  <si>
+    <t>表现形式</t>
+  </si>
+  <si>
+    <t>处置办法</t>
+  </si>
+  <si>
+    <t>责任部门</t>
+  </si>
+  <si>
+    <t>备注</t>
+  </si>
+  <si>
+    <t>意识形态</t>
+  </si>
+  <si>
+    <t>对意识形态工作极端重要性认识不够、风险防范意识不强。</t>
+  </si>
+  <si>
+    <t>强化理论武装，坚持党管意识形态不动摇，牢牢掌握意识形态的领导权、主动权，抓好风险防范和处置，按照意识形态检查细则，加强意识形态工作的专项督查检查，严格考核问责，确保意识形态安全。</t>
+  </si>
+  <si>
+    <t>章程制度</t>
+  </si>
+  <si>
+    <t>学校章程</t>
+  </si>
+  <si>
+    <t>章程修订程序、章程内容不符合《民办教育促进法》规定。</t>
+  </si>
+  <si>
+    <t>落实章程的合规审查。</t>
+  </si>
+  <si>
+    <t>规章制度</t>
+  </si>
+  <si>
+    <t>规章制度制定、修订流程不符合规章制度制定规范，不符合法律、法规等。</t>
+  </si>
+  <si>
+    <t>落实规章制度合法合规审查。</t>
+  </si>
+  <si>
+    <t>行政事务</t>
+  </si>
+  <si>
+    <t>公文管理</t>
+  </si>
+  <si>
+    <t>收文不按规定拆封，随意乱放，处理不及时或误办；不按规定程序制发文件；公文审核把关不严。</t>
+  </si>
+  <si>
+    <t>1.收文实行登记制度，拆封阅办后及时归档，集中存放；
+2.按照规定履行报告程序,所有以委的名义上报的报告、下发的文件、通知等必须经各处室负责人审核、分管领导审核、主要领导审批，方可上报、下发；
+3.严格把好审核关。</t>
+  </si>
+  <si>
+    <t>印章管理</t>
+  </si>
+  <si>
+    <t>印章未实行专人、专柜保管，造成印章丢失、被盗用；用印不执行审批制度；随意委托他人盖章或擅自带章出行；公章交接手续不完备或者其他不按规定使用印章的行为，产生严重后果的。</t>
+  </si>
+  <si>
+    <t>1.严格按照规定管理、使用印章，专人保管、专柜存放，用后及时放柜上锁；
+2.按照规定履行报告程序，所有需盖章事项必须经委领导签字或征得委领导同意后方可盖章；
+3.不得在空白纸上盖章、未经委主要领导同意，严禁带章出行。</t>
+  </si>
+  <si>
+    <t>用车管理</t>
+  </si>
+  <si>
+    <t>违反车辆管理规定，未按要求到指定保险公司投保，不在指定的汽车修理厂进行车辆维护保养，不严格执行定点加油等。</t>
+  </si>
+  <si>
+    <t>1.严格执行车辆和驾驶员管理制度，岗位职责制度，加强日常监督检查工作；
+2.科学合理调配用车，强化节能意识，提高车辆使用效率，严格执行定点维修保养、定点加油制度。</t>
+  </si>
+  <si>
+    <t>重要物资管理</t>
+  </si>
+  <si>
+    <t>重要物资遗失、账目不清。</t>
+  </si>
+  <si>
+    <t>1.加强重要物资存放地点安全防范，加装防盗门；
+2.严格执行重要物资使用审批制度，没有主要领导批准，一律不准使用。</t>
+  </si>
+  <si>
+    <t>知识产权</t>
+  </si>
+  <si>
+    <t>著作权许可及著作权转让</t>
+  </si>
+  <si>
+    <t>知识产权保护制度不够健全，机制运行有待完善。</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.学校法人或个人职务作品的知识产权归属；
+2.知识产权许可、转让的合法合规性；
+3.产生知识产权纠纷后的舆情处理机制等。
+</t>
+  </si>
+  <si>
+    <t>他人未经许可使用学校商标、名称及校徽</t>
+  </si>
+  <si>
+    <t>网络教学知识产权归属</t>
+  </si>
+  <si>
+    <t>个人信息</t>
+  </si>
+  <si>
+    <t>未经允许，泄露个人信息等。</t>
+  </si>
+  <si>
+    <t>按《个人信息保护法》相关规定，学校需采取必要措施保障所处理的个人信息的安全。不得非法收集、使用、加工、传输他人个人信息，不得非法买卖、提供或者公开他人个人信息。</t>
+  </si>
+  <si>
+    <t>劳动关系</t>
+  </si>
+  <si>
+    <t>教职工劳动关系建立</t>
+  </si>
+  <si>
+    <t>合同订立未采用书面形式，保管不当，或存在遗失情况。</t>
+  </si>
+  <si>
+    <t>与普通劳动者一样，用人单位与教职工建立劳动关系应当订立书面劳动合同。用人单位未与教职工订立书面劳动合同的，应当依据《劳动合同法》的规定向教职工支付二倍工资。</t>
+  </si>
+  <si>
+    <t>用人单位应妥善保管劳动合同，特别是对于职责范围包括管理订立劳动合同的教职工，建议其劳动合同的订立、保管，可由其上级主管领导或其他人员负责。</t>
+  </si>
+  <si>
+    <t xml:space="preserve">教职工工资标准变更 </t>
+  </si>
+  <si>
+    <t>变更劳动合同约定的内容未达成一致，采用书面形式确定。</t>
+  </si>
+  <si>
+    <t xml:space="preserve">学校和教职工对工资标准的变更没有约定的，董事会作出降低教职工工资标准的决议，可能被认定为发生降低教职工工资标准的法律效力，但学校对此负有较强的证明责任。在适用条件上，学校应当提供证据证明存在应当降低工资标准的特殊情形，例如，因该教职工过错导致学校遭受重大损失的。学校还应当提供证据证明工资降低未超过合理限度，建议除特殊情形外，降低工资应当限于绩效、奖金、提成等浮动工资范畴，并应参本市相同或相近行业职工平均工资标准，本市相同或相近行业没有职工平均工资标准的，参照本市职工平均工资标准，且降低后的工资数额不得低于本市最低工资标准。 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">教职工劳动合同的解除和终止 </t>
+  </si>
+  <si>
+    <t>未按《劳动合同法》规定解除或者终止劳动合同、支付赔偿金。</t>
+  </si>
+  <si>
+    <t xml:space="preserve">与普通劳动者一样，《劳动合同法》对解雇保护的规定也适用于教职工。因用人单位作出的解除、终止劳动合同决定而发生的劳动争议，用人单位负举证责任，应加强证据留存意识。 </t>
+  </si>
+  <si>
+    <t>合同管理</t>
+  </si>
+  <si>
+    <t xml:space="preserve">合同的订立流程 </t>
+  </si>
+  <si>
+    <t>未按规定流程订立合同。</t>
+  </si>
+  <si>
+    <t xml:space="preserve">要约和承诺原则上均可以撤回，但要约与承诺一旦达成契合的状态合同即成立，双方受到合同的约束。因此，合同订立过程中，要约与承诺作出及撤回的时间点是人民法院判断合同是否成立、处理各方权利义务关系的重要依据。 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">合同效力的认定 </t>
+  </si>
+  <si>
+    <t>出现以下行为，导致合同无效：行为人与相对人以虚假的意思表示实施的民事法律行为；违反法律、行政法规的强制性规定的民事法律行为；违背公序良俗的民事法律行为；行为人与相对人恶意串通，损害他人合法权益的民事法律行为等。</t>
+  </si>
+  <si>
+    <t xml:space="preserve">合同效力是人民法院应主动审查事项，合同不得存在违反法律、行政法规强制性规定的情形，否则，人民法院会给予该合同以否定性评价，确认合同无效。在合同被确认无效后，当事人签订合同的目的不但无法实现，还可能对合同无效的后果承担赔偿责任。 </t>
+  </si>
+  <si>
+    <t>合同解除</t>
+  </si>
+  <si>
+    <t>未提前约定合同解除条件，未按规定形式解除合同。</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1.订立合同时，合同条款应准确清晰，尤其是关于合同解除的约定。如果合同没有约定解除的情形，双方也未就合同解除达成合意，守约方一般只能依据《民法典》第 563 条规定的法定解除的条款主张解除合同，此时守约方需要提供充分的证据证明违约方符合法定解除的情形，否则，守约方将承担不利后果。 
+2.解除权为形成权，在法律没有规定或者合同没有约定解除权行使期间的情形下，自解除权人知道或应当知道解除事由之日起一年内不行使，或者经过对方催告后的合理期限内不行使的，将会导致解除权消灭。
+3.通过通知的方式行使解除权，建议一般采用书面的形式，口头通知往往会产生争议，同时，应当妥善保管通知的相应证据，采用电子邮件、短信、微信等方式的，注意留存原始载体。 </t>
+  </si>
+  <si>
+    <t>违约责任</t>
+  </si>
+  <si>
+    <t>不履行合同义务或者履行合同义务不符合约定。</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="仿宋"/>
+        <charset val="134"/>
+      </rPr>
+      <t>1.如果合同没有约定违约金条款，守约方直接向违约方主张违约金的，因没有合同依据，其请求将不会被</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="宋体"/>
+        <charset val="134"/>
+      </rPr>
+      <t>⽀</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="仿宋"/>
+        <charset val="134"/>
+      </rPr>
+      <t xml:space="preserve">持。守约方向违约方主张赔偿损失的，应提交相应证据，否则，将承担败诉风险。 </t>
+    </r>
+  </si>
+  <si>
+    <t>人身侵害</t>
+  </si>
+  <si>
+    <t>出现故意伤害、意外事故、自伤行为、设施设备问题致损等</t>
+  </si>
+  <si>
+    <t>1.学校设备设施的安全性；
+2.安防系统的完善；
+3.发生人身侵害事件时的应急处理机制，包括对教职工人员的心理疏导等。</t>
+  </si>
+  <si>
+    <t>数据网络</t>
+  </si>
+  <si>
+    <t>数据保密</t>
+  </si>
+  <si>
+    <t>教学基本状态数据库，没有实行常态监测；数据保密不严，发生数据泄露</t>
+  </si>
+  <si>
+    <t>1.数据平台专人负责，对教学数据实行常态监测；
+2.平台账号一人一号，严格保密，防止数据泄露。</t>
+  </si>
+  <si>
+    <t>舆情管控</t>
+  </si>
+  <si>
+    <t>存在违规违纪，引起社会影响和舆情事件</t>
+  </si>
+  <si>
+    <t>遵纪守法、依法管理、依法规范个人行为</t>
+  </si>
+  <si>
+    <t>媒体运营</t>
+  </si>
+  <si>
+    <t>新媒体运营（微信、新浪微博、抖音等）所面临的侵权风险，包含二次创作、图片与字体使用、表情包经济、原件外泄等</t>
+  </si>
+  <si>
+    <t>不使用或较少使用外来素材；使用外来素材需要具有豁免情形；尊重原作者的署名权、修改权、保护作品完整权；取得他人授权应当包括具体授权的内容、范围、期限并保留证据；原创作品应当保留作品初始原件（摄影作品、美术作品、电影作品）；做好原创作品权利归属的约定。</t>
+  </si>
+  <si>
+    <t>信息发布</t>
+  </si>
+  <si>
+    <t>在信息刊载过程中，不严格履行程序，出现不合规、描述错误等不正确叙述。</t>
+  </si>
+  <si>
+    <t>建立学校门户网站及新媒体公众号信息发布管理机制，并严格按要求抓好落实。</t>
+  </si>
+  <si>
+    <t>教育资源</t>
+  </si>
+  <si>
+    <t>图书</t>
+  </si>
+  <si>
+    <t>盗窃图书馆图书、期刊、设施设备等学校公共财物的，数额较大或者多次盗窃的。</t>
+  </si>
+  <si>
+    <t>完善图书管理机制，做好安保防护。</t>
+  </si>
+  <si>
+    <t>在选定图书方面，严把质量关，杜绝非法出版物进入图书馆。</t>
+  </si>
+  <si>
+    <t>1.对新增图书的品种、数量、质量等要求及其他约定内容进行验收，会同使用单位共同出具验收单或验收报告；
+2.对于未按合同要求发来的其他非正版图书、未订购图书、存在争议或者其他问题的图书等，不予入库，退回供应商。</t>
+  </si>
+  <si>
+    <t>教育培训</t>
+  </si>
+  <si>
+    <t>乱收费、借办班之名索取学生额外费用。</t>
+  </si>
+  <si>
+    <t>培训经费纳入预算，严格审批。</t>
+  </si>
+  <si>
+    <t>刑事</t>
+  </si>
+  <si>
+    <t>未依照《中华人民共和国会计法》和国家统一的会计制度进行会计核算、编制财务会计报告，财务、资产管理混乱的；存在学术不端、财务违法犯罪、安全事件、网络犯罪等的。</t>
+  </si>
+  <si>
+    <t>1.高度重视财务合规与风控工作，建立健全合规风控机制。
+2.聘请专业财务人员，规范记账。民办学校应当聘请专业的财务人员，并根据学校的营利与非营利性质，按相应的会计准则要求规范记账，收集和保存会计凭证，以及编制财务报表。
+3.委派专人负责保存和整理学校所有的会计凭证、会计账簿和财务会计报告，包括电子财务数据和纸质报告等，以备应对有关行政部门的检查。
+4.完善学校的财务管理制度，规范学校资产入账、费用报销等相关流程和手续。
+5.规范办学行为，杜绝乱收费。
+6.规范学校举办者或实际控制人的财务行为，做到公私分明，不得抽逃、侵占或变相侵占学校资金，杜绝职务犯罪行为。</t>
+  </si>
+  <si>
+    <t>涉外</t>
+  </si>
+  <si>
+    <t>涉外协议签订前隐藏的风险</t>
+  </si>
+  <si>
+    <t>国际交流与合作的重大事项，在决策前征询董事会等决策机构的意见或者建议</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9">
+  <numFmts count="4">
+    <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
+  </numFmts>
+  <fonts count="27">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <name val="方正小标宋简体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="黑体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="仿宋"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF800080"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C6500"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+  </fonts>
+  <fills count="33">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="15">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="49">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="11" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="10" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="12" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="14" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+  </cellStyleXfs>
+  <cellXfs count="29">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="49">
+    <cellStyle name="常规" xfId="0" builtinId="0"/>
+    <cellStyle name="千位分隔" xfId="1" builtinId="3"/>
+    <cellStyle name="货币" xfId="2" builtinId="4"/>
+    <cellStyle name="百分比" xfId="3" builtinId="5"/>
+    <cellStyle name="千位分隔[0]" xfId="4" builtinId="6"/>
+    <cellStyle name="货币[0]" xfId="5" builtinId="7"/>
+    <cellStyle name="超链接" xfId="6" builtinId="8"/>
+    <cellStyle name="已访问的超链接" xfId="7" builtinId="9"/>
+    <cellStyle name="注释" xfId="8" builtinId="10"/>
+    <cellStyle name="警告文本" xfId="9" builtinId="11"/>
+    <cellStyle name="标题" xfId="10" builtinId="15"/>
+    <cellStyle name="解释性文本" xfId="11" builtinId="53"/>
+    <cellStyle name="标题 1" xfId="12" builtinId="16"/>
+    <cellStyle name="标题 2" xfId="13" builtinId="17"/>
+    <cellStyle name="标题 3" xfId="14" builtinId="18"/>
+    <cellStyle name="标题 4" xfId="15" builtinId="19"/>
+    <cellStyle name="输入" xfId="16" builtinId="20"/>
+    <cellStyle name="输出" xfId="17" builtinId="21"/>
+    <cellStyle name="计算" xfId="18" builtinId="22"/>
+    <cellStyle name="检查单元格" xfId="19" builtinId="23"/>
+    <cellStyle name="链接单元格" xfId="20" builtinId="24"/>
+    <cellStyle name="汇总" xfId="21" builtinId="25"/>
+    <cellStyle name="好" xfId="22" builtinId="26"/>
+    <cellStyle name="差" xfId="23" builtinId="27"/>
+    <cellStyle name="适中" xfId="24" builtinId="28"/>
+    <cellStyle name="强调文字颜色 1" xfId="25" builtinId="29"/>
+    <cellStyle name="20% - 强调文字颜色 1" xfId="26" builtinId="30"/>
+    <cellStyle name="40% - 强调文字颜色 1" xfId="27" builtinId="31"/>
+    <cellStyle name="60% - 强调文字颜色 1" xfId="28" builtinId="32"/>
+    <cellStyle name="强调文字颜色 2" xfId="29" builtinId="33"/>
+    <cellStyle name="20% - 强调文字颜色 2" xfId="30" builtinId="34"/>
+    <cellStyle name="40% - 强调文字颜色 2" xfId="31" builtinId="35"/>
+    <cellStyle name="60% - 强调文字颜色 2" xfId="32" builtinId="36"/>
+    <cellStyle name="强调文字颜色 3" xfId="33" builtinId="37"/>
+    <cellStyle name="20% - 强调文字颜色 3" xfId="34" builtinId="38"/>
+    <cellStyle name="40% - 强调文字颜色 3" xfId="35" builtinId="39"/>
+    <cellStyle name="60% - 强调文字颜色 3" xfId="36" builtinId="40"/>
+    <cellStyle name="强调文字颜色 4" xfId="37" builtinId="41"/>
+    <cellStyle name="20% - 强调文字颜色 4" xfId="38" builtinId="42"/>
+    <cellStyle name="40% - 强调文字颜色 4" xfId="39" builtinId="43"/>
+    <cellStyle name="60% - 强调文字颜色 4" xfId="40" builtinId="44"/>
+    <cellStyle name="强调文字颜色 5" xfId="41" builtinId="45"/>
+    <cellStyle name="20% - 强调文字颜色 5" xfId="42" builtinId="46"/>
+    <cellStyle name="40% - 强调文字颜色 5" xfId="43" builtinId="47"/>
+    <cellStyle name="60% - 强调文字颜色 5" xfId="44" builtinId="48"/>
+    <cellStyle name="强调文字颜色 6" xfId="45" builtinId="49"/>
+    <cellStyle name="20% - 强调文字颜色 6" xfId="46" builtinId="50"/>
+    <cellStyle name="40% - 强调文字颜色 6" xfId="47" builtinId="51"/>
+    <cellStyle name="60% - 强调文字颜色 6" xfId="48" builtinId="52"/>
+  </cellStyles>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
+</file>
+
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:G34"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1:G1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" outlineLevelCol="6"/>
+  <cols>
+    <col min="1" max="1" width="7.125" style="3" customWidth="1"/>
+    <col min="2" max="2" width="25.875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="32" style="3" customWidth="1"/>
+    <col min="4" max="4" width="62" style="4" customWidth="1"/>
+    <col min="5" max="5" width="60.5" style="5" customWidth="1"/>
+    <col min="6" max="6" width="16.8666666666667" style="5" customWidth="1"/>
+    <col min="7" max="7" width="10.875" customWidth="1"/>
+    <col min="8" max="8" width="20.625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="1" customFormat="1" ht="51" customHeight="1" spans="1:7">
+      <c r="A1" s="6" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="6"/>
+      <c r="C1" s="6"/>
+      <c r="D1" s="7"/>
+      <c r="E1" s="8"/>
+      <c r="F1" s="8"/>
+      <c r="G1" s="9"/>
+    </row>
+    <row r="2" s="1" customFormat="1" ht="31" customHeight="1" spans="1:7">
+      <c r="A2" s="10"/>
+      <c r="B2" s="10"/>
+      <c r="C2" s="10"/>
+      <c r="D2" s="11"/>
+      <c r="E2" s="12"/>
+      <c r="F2" s="12"/>
+      <c r="G2" s="13"/>
+    </row>
+    <row r="3" s="2" customFormat="1" ht="25" customHeight="1" spans="1:7">
+      <c r="A3" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="16"/>
+      <c r="D3" s="14" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="14" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="G3" s="14" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="4" s="2" customFormat="1" ht="68" customHeight="1" spans="1:7">
+      <c r="A4" s="17">
+        <v>1</v>
+      </c>
+      <c r="B4" s="17" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="17"/>
+      <c r="D4" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" s="18"/>
+      <c r="G4" s="19"/>
+    </row>
+    <row r="5" s="2" customFormat="1" ht="39" customHeight="1" spans="1:7">
+      <c r="A5" s="17">
+        <v>2</v>
+      </c>
+      <c r="B5" s="17" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="18"/>
+      <c r="G5" s="19"/>
+    </row>
+    <row r="6" s="2" customFormat="1" ht="36" customHeight="1" spans="1:7">
+      <c r="A6" s="17"/>
+      <c r="B6" s="17"/>
+      <c r="C6" s="17" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" s="18"/>
+      <c r="G6" s="19"/>
+    </row>
+    <row r="7" s="2" customFormat="1" ht="61" customHeight="1" spans="1:7">
+      <c r="A7" s="17">
+        <v>3</v>
+      </c>
+      <c r="B7" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" s="18"/>
+      <c r="G7" s="19"/>
+    </row>
+    <row r="8" s="2" customFormat="1" ht="87" customHeight="1" spans="1:7">
+      <c r="A8" s="17"/>
+      <c r="B8" s="17"/>
+      <c r="C8" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" s="18"/>
+      <c r="G8" s="19"/>
+    </row>
+    <row r="9" s="2" customFormat="1" ht="65" customHeight="1" spans="1:7">
+      <c r="A9" s="17"/>
+      <c r="B9" s="17"/>
+      <c r="C9" s="17" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9" s="18"/>
+      <c r="G9" s="19"/>
+    </row>
+    <row r="10" s="2" customFormat="1" ht="54" customHeight="1" spans="1:7">
+      <c r="A10" s="17"/>
+      <c r="B10" s="17"/>
+      <c r="C10" s="17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" s="18" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" s="18"/>
+      <c r="G10" s="19"/>
+    </row>
+    <row r="11" s="2" customFormat="1" ht="25" customHeight="1" spans="1:7">
+      <c r="A11" s="17">
+        <v>4</v>
+      </c>
+      <c r="B11" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" s="21"/>
+      <c r="G11" s="22"/>
+    </row>
+    <row r="12" s="2" customFormat="1" ht="33" customHeight="1" spans="1:7">
+      <c r="A12" s="17"/>
+      <c r="B12" s="17"/>
+      <c r="C12" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" s="18"/>
+      <c r="E12" s="18"/>
+      <c r="F12" s="23"/>
+      <c r="G12" s="24"/>
+    </row>
+    <row r="13" s="2" customFormat="1" ht="25" customHeight="1" spans="1:7">
+      <c r="A13" s="17"/>
+      <c r="B13" s="17"/>
+      <c r="C13" s="20" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" s="18"/>
+      <c r="E13" s="18"/>
+      <c r="F13" s="25"/>
+      <c r="G13" s="26"/>
+    </row>
+    <row r="14" s="2" customFormat="1" ht="73" customHeight="1" spans="1:7">
+      <c r="A14" s="17"/>
+      <c r="B14" s="17"/>
+      <c r="C14" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="18" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F14" s="18"/>
+      <c r="G14" s="19"/>
+    </row>
+    <row r="15" s="2" customFormat="1" ht="50" customHeight="1" spans="1:7">
+      <c r="A15" s="17">
+        <v>5</v>
+      </c>
+      <c r="B15" s="17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="F15" s="18"/>
+      <c r="G15" s="19"/>
+    </row>
+    <row r="16" s="2" customFormat="1" ht="51" customHeight="1" spans="1:7">
+      <c r="A16" s="17"/>
+      <c r="B16" s="17"/>
+      <c r="C16" s="17"/>
+      <c r="D16" s="25"/>
+      <c r="E16" s="18" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" s="18"/>
+      <c r="G16" s="19"/>
+    </row>
+    <row r="17" s="2" customFormat="1" ht="159" customHeight="1" spans="1:7">
+      <c r="A17" s="17"/>
+      <c r="B17" s="17"/>
+      <c r="C17" s="17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" s="18"/>
+      <c r="G17" s="19"/>
+    </row>
+    <row r="18" s="2" customFormat="1" ht="127" customHeight="1" spans="1:7">
+      <c r="A18" s="17"/>
+      <c r="B18" s="17"/>
+      <c r="C18" s="17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" s="18" t="s">
+        <v>49</v>
+      </c>
+      <c r="F18" s="18"/>
+      <c r="G18" s="19"/>
+    </row>
+    <row r="19" s="2" customFormat="1" ht="67" customHeight="1" spans="1:7">
+      <c r="A19" s="17">
+        <v>6</v>
+      </c>
+      <c r="B19" s="17" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" s="18" t="s">
+        <v>53</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="19"/>
+    </row>
+    <row r="20" s="2" customFormat="1" ht="67" customHeight="1" spans="1:7">
+      <c r="A20" s="17"/>
+      <c r="B20" s="17"/>
+      <c r="C20" s="17" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="18" t="s">
+        <v>55</v>
+      </c>
+      <c r="E20" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="F20" s="18"/>
+      <c r="G20" s="19"/>
+    </row>
+    <row r="21" s="2" customFormat="1" ht="67" customHeight="1" spans="1:7">
+      <c r="A21" s="17"/>
+      <c r="B21" s="17"/>
+      <c r="C21" s="17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E21" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="F21" s="18"/>
+      <c r="G21" s="19"/>
+    </row>
+    <row r="22" s="2" customFormat="1" ht="52" customHeight="1" spans="1:7">
+      <c r="A22" s="17"/>
+      <c r="B22" s="17"/>
+      <c r="C22" s="17"/>
+      <c r="D22" s="18"/>
+      <c r="E22" s="18"/>
+      <c r="F22" s="18"/>
+      <c r="G22" s="19"/>
+    </row>
+    <row r="23" s="2" customFormat="1" ht="55" customHeight="1" spans="1:7">
+      <c r="A23" s="17"/>
+      <c r="B23" s="17"/>
+      <c r="C23" s="17"/>
+      <c r="D23" s="18"/>
+      <c r="E23" s="18"/>
+      <c r="F23" s="18"/>
+      <c r="G23" s="19"/>
+    </row>
+    <row r="24" s="2" customFormat="1" ht="64" customHeight="1" spans="1:7">
+      <c r="A24" s="17"/>
+      <c r="B24" s="17"/>
+      <c r="C24" s="17" t="s">
+        <v>60</v>
+      </c>
+      <c r="D24" s="18" t="s">
+        <v>61</v>
+      </c>
+      <c r="E24" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="F24" s="18"/>
+      <c r="G24" s="19"/>
+    </row>
+    <row r="25" s="2" customFormat="1" ht="68" customHeight="1" spans="1:7">
+      <c r="A25" s="17">
+        <v>7</v>
+      </c>
+      <c r="B25" s="17" t="s">
+        <v>63</v>
+      </c>
+      <c r="C25" s="17"/>
+      <c r="D25" s="18" t="s">
+        <v>64</v>
+      </c>
+      <c r="E25" s="18" t="s">
+        <v>65</v>
+      </c>
+      <c r="F25" s="18"/>
+      <c r="G25" s="19"/>
+    </row>
+    <row r="26" s="2" customFormat="1" ht="37" customHeight="1" spans="1:7">
+      <c r="A26" s="17">
+        <v>8</v>
+      </c>
+      <c r="B26" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C26" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="D26" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E26" s="18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F26" s="18"/>
+      <c r="G26" s="19"/>
+    </row>
+    <row r="27" s="2" customFormat="1" ht="25" customHeight="1" spans="1:7">
+      <c r="A27" s="17"/>
+      <c r="B27" s="17"/>
+      <c r="C27" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>71</v>
+      </c>
+      <c r="E27" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="F27" s="19"/>
+      <c r="G27" s="19"/>
+    </row>
+    <row r="28" s="2" customFormat="1" ht="42" customHeight="1" spans="1:7">
+      <c r="A28" s="17"/>
+      <c r="B28" s="17"/>
+      <c r="C28" s="17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D28" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="E28" s="18" t="s">
+        <v>75</v>
+      </c>
+      <c r="F28" s="18"/>
+      <c r="G28" s="19"/>
+    </row>
+    <row r="29" s="2" customFormat="1" ht="42" customHeight="1" spans="1:7">
+      <c r="A29" s="17"/>
+      <c r="B29" s="17"/>
+      <c r="C29" s="17" t="s">
+        <v>76</v>
+      </c>
+      <c r="D29" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E29" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="F29" s="18"/>
+      <c r="G29" s="19"/>
+    </row>
+    <row r="30" s="2" customFormat="1" ht="45" customHeight="1" spans="1:7">
+      <c r="A30" s="17">
+        <v>9</v>
+      </c>
+      <c r="B30" s="17" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="E30" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="F30" s="18"/>
+      <c r="G30" s="19"/>
+    </row>
+    <row r="31" s="2" customFormat="1" ht="80" customHeight="1" spans="1:7">
+      <c r="A31" s="17"/>
+      <c r="B31" s="17"/>
+      <c r="C31" s="17"/>
+      <c r="D31" s="18" t="s">
+        <v>83</v>
+      </c>
+      <c r="E31" s="18" t="s">
+        <v>84</v>
+      </c>
+      <c r="F31" s="18"/>
+      <c r="G31" s="19"/>
+    </row>
+    <row r="32" s="2" customFormat="1" ht="80" customHeight="1" spans="1:7">
+      <c r="A32" s="17">
+        <v>10</v>
+      </c>
+      <c r="B32" s="27" t="s">
+        <v>85</v>
+      </c>
+      <c r="C32" s="28"/>
+      <c r="D32" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="E32" s="18" t="s">
+        <v>87</v>
+      </c>
+      <c r="F32" s="18"/>
+      <c r="G32" s="19"/>
+    </row>
+    <row r="33" s="2" customFormat="1" ht="175" customHeight="1" spans="1:7">
+      <c r="A33" s="17">
+        <v>11</v>
+      </c>
+      <c r="B33" s="17" t="s">
+        <v>88</v>
+      </c>
+      <c r="C33" s="17"/>
+      <c r="D33" s="18" t="s">
+        <v>89</v>
+      </c>
+      <c r="E33" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F33" s="18"/>
+      <c r="G33" s="19"/>
+    </row>
+    <row r="34" s="2" customFormat="1" ht="45" customHeight="1" spans="1:7">
+      <c r="A34" s="17">
+        <v>12</v>
+      </c>
+      <c r="B34" s="17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C34" s="17"/>
+      <c r="D34" s="18" t="s">
+        <v>92</v>
+      </c>
+      <c r="E34" s="18" t="s">
+        <v>93</v>
+      </c>
+      <c r="F34" s="18"/>
+      <c r="G34" s="19"/>
+    </row>
+  </sheetData>
+  <mergeCells count="31">
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="B3:C3"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="B25:C25"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="A5:A6"/>
+    <mergeCell ref="A7:A10"/>
+    <mergeCell ref="A11:A14"/>
+    <mergeCell ref="A15:A18"/>
+    <mergeCell ref="A19:A24"/>
+    <mergeCell ref="A26:A29"/>
+    <mergeCell ref="A30:A31"/>
+    <mergeCell ref="B5:B6"/>
+    <mergeCell ref="B7:B10"/>
+    <mergeCell ref="B11:B14"/>
+    <mergeCell ref="B15:B18"/>
+    <mergeCell ref="B19:B24"/>
+    <mergeCell ref="B26:B29"/>
+    <mergeCell ref="B30:B31"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="C21:C23"/>
+    <mergeCell ref="C30:C31"/>
+    <mergeCell ref="D11:D13"/>
+    <mergeCell ref="D15:D16"/>
+    <mergeCell ref="D21:D23"/>
+    <mergeCell ref="E11:E13"/>
+    <mergeCell ref="E21:E23"/>
+    <mergeCell ref="G11:G13"/>
+  </mergeCells>
+  <pageMargins left="0.590551181102362" right="0.590551181102362" top="0.78740157480315" bottom="0.590551181102362" header="0.31496062992126" footer="0.31496062992126"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="200" verticalDpi="300"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
+  <sheetData/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="200" verticalDpi="300"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
+  <sheetData/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="200" verticalDpi="300"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Sheet2</vt:lpstr>
+      <vt:lpstr>Sheet3</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
+    <vt:lpwstr>BC04F233E8194313B303CBAF43E84E3C_13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15120</vt:lpwstr>
+  </property>
+</Properties>
+</file>