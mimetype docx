--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,46 +1,7125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>关于进一步规范和优化工作流程的通知</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>各单位、各部门：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>为深入推进“法治协和”战略，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>推进合规管理体系建设，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>经研究决定在全</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>校</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>范围开展业务工作流程规范和优化工作。现将有关要求通知如下：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>工作目标</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:firstLine="684" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>根据各</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>单位、各部门</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>的工作职责和业务特点，按照</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>“程序规范，流程简便”的要求，进一步优化工作程序，规范工作流程，编制和完善工作流程图，建立规范化、流程化的管理服务体系，促进学</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>校</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>信息化建设，提高工作效率和服务师生水平。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="687"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="9"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>二、工作任务</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>（一）进一步规范和优化工作业务流程</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>工作业务流程包括两大类：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="9"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>一是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>面向师生的管理服务工作流程，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="9"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>二是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>面向部门、院（部）内部的管理工作流程。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>各单位、各部门根据工作职责和相关规章制度，按照“程序规范，流程简便”的要求，对现有工作业务流程(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="9"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>特别是对于能通过线上办理的工作，倡导“线上办”)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>的编制情况进行对照检查。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>1．已经编制工作业务流程的，对照工作职责和相关规章制度进一步完善；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2．尚未编制工作业务流程的，根据工作职责和相关规章制度尽快编制；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>3．工作业务流程尚无制度依据的，尽快制定相应的规章制度。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>（二）编制工作业务流程图</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>各单位、各部门在规范和优化工作业务流程的基础上，编制工作业务流程图。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>（三）工作业务流程图的公布</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>编制的工作业务流程图应以一定的方式在一定范围进行公布，具体要求如下：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>1．面向全校师生的管理服务工作流程，除在本单位网站公布外，还要制作上墙并在公开栏公布。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2．各二级学院（部）面向本院（部）师生的管理服务工作流程，在本院（部）网站进行公布。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>3．面向单位、院（部）内部管理的工作流程，由各单位、各院（部）在本单位、本院（部）网站进行公布。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="687"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="9"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>三、时间安排</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="684"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>本次规范和优化工作流程工作从7月25日开始，至9月15日结束，按编制、审核、修改、上报、汇总、公布等程序进行，请各单位、各部门于9月15日前将工作业务流程图和《工作业务流程图汇总表》电子版发送至法务办公室。具体时间安排如下：</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="7"/>
+        <w:tblW w:w="8090" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="720"/>
+        <w:gridCol w:w="1492"/>
+        <w:gridCol w:w="3233"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="1391"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="540" w:lineRule="atLeast"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>序号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="540" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>工作</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="540" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>程序</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="540" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>工作内容</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="540" w:lineRule="atLeast"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>完成</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="540" w:lineRule="atLeast"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="540" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>责任</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="540" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>部门</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>编制</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>进一步规范和优化工作业务流程，并编制工作业务流程图</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>8月10日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各单位</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各部门</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>审核</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各单位分管校领导进行审核</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>8月13日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>分管</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="宋体" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>校领导</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>修改</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各单位根据分管校领导意见进行修改完善</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>8月20日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各单位</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各部门</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>上报</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>上报工作业务流程图和《工作业务流程图汇总表》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>8月22日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各单位</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各部门</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>汇总</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>法务办公室汇总，提报研究</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>9月1日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>法务</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>办公室</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="720" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1492" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>公布</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>根据公布范围进行公布</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>9月15日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各单位</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各部门</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2212" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>备注</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5878" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="9"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:caps w:val="0"/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="0"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="30"/>
+                <w:szCs w:val="30"/>
+                <w:shd w:val="clear" w:fill="FFFF00"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>各单位于8月22日前将工作业务流程图和《工作业务流程图汇总表》电子版发送至法务办公室。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:firstLine="684" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>附</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>件</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>1．工作业务流程图汇总表</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:right="0" w:firstLine="1368" w:firstLineChars="400"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2．工作业务流程图示例</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="4305" w:right="0" w:firstLine="1449"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>法务办公室</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="4305" w:right="0" w:firstLine="1127"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2023年7月28日 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>附件1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>工作业务流程图汇总表</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="7"/>
+        <w:tblW w:w="8522" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+          <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1091"/>
+        <w:gridCol w:w="1152"/>
+        <w:gridCol w:w="2542"/>
+        <w:gridCol w:w="2616"/>
+        <w:gridCol w:w="1121"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>序号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:right="0" w:firstLine="240" w:firstLineChars="100"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>部门</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:spacing w:val="11"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>工作业务流程拟定依据（文件名+文号）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:spacing w:val="11"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>工作业务流程图名称</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:right="0" w:firstLine="240" w:firstLineChars="100"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>备注</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="811" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>……</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2655" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2734" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1144" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+                <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Roboto Slab" w:hAnsi="Roboto Slab" w:eastAsia="Roboto Slab" w:cs="Roboto Slab"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>附件2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>工作业务流程图示例</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1321435</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>231775</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="矩形 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="2464435" y="2212975"/>
+                          <a:ext cx="3031490" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>发起人提出申请</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:104.05pt;margin-top:18.25pt;height:35.15pt;width:238.7pt;z-index:251659264;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAy15RQtYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU+EQBCGexP/w2ZM7LxdzhwhyHKF0c4GtNBujh2BuB+E&#10;3TvAX+9YaTeTefLO81bH1VlxoTmOwWvIdgoE+S6Y0fca3l6f7woQMaE3aIMnDRtFONbXVxWWJiy+&#10;oUubesEhPpaoYUhpKqWM3UAO4y5M5Pn2GWaHide5l2bGhcOdlXulculw9PxhwIkeB+q+2rPTgO36&#10;sW3b+7LIxqrx6buZ2pdG69ubTD2ASLSmPxh+9VkdanY6hbM3UVgNe1VkjGq4zw8gGMiLAw8nJlVe&#10;gKwr+b9C/QNQSwMEFAAAAAgAh07iQKZX7TyAAgAACwUAAA4AAABkcnMvZTJvRG9jLnhtbK1US27b&#10;MBDdF+gdCO4byYryMyIHRgwXBYImQFp0TVOUJYC/krTl9DIFuushepyi1+gjpSROmkUW1UKa0TzO&#10;580Mzy92SpKtcL4zuqKTg5wSobmpO72u6OdPy3enlPjAdM2k0aKid8LTi9nbN+e9nYrCtEbWwhE4&#10;0X7a24q2IdhplnneCsX8gbFCw9gYp1iA6tZZ7VgP70pmRZ4fZ71xtXWGC+/xdzEY6ejRvcahaZqO&#10;i4XhGyV0GLw6IVlASb7trKezlG3TCB6um8aLQGRFUWlIbwSBvIrvbHbOpmvHbNvxMQX2mhSe1aRY&#10;pxH0wdWCBUY2rvvHleq4M9404YAblQ2FJEZQxSR/xs1ty6xItYBqbx9I9//PLf+4vXGkqytaUKKZ&#10;QsP/fP/5+9cPUkRueuungNzaGzdqHmIsdNc4Fb8ogexwujwuy8MjSu4gF5Pi7ORo4FbsAuEAHOaH&#10;k/IMtHMgSqDzBMgePVnnw3thFIlCRR16lyhl2ysfEB3Qe0gM7I3s6mUnZVLcenUpHdky9HmZnhge&#10;R57ApCY9Zr44yWMiDNPbYGogKgsGvF5TwuQaa8GDS7GfnPb7QfL0vBQkJrlgvh2SSR4GKlQXsDmy&#10;UxU93T8tNTKNTA/cRinsVruR8JWp79AiZ4bZ9ZYvO0S4Yj7cMIdhRSlY53CNVyMN6jOjRElr3LeX&#10;/kc8ZghWSnoMP2r/umFOUCI/aEzX2aQs4TYkpTw6KaC4fctq36I36tKA9wkuDsuTGPFB3ouNM+oL&#10;tn4eo8LENEfsgeVRuQzDUuLe4GI+TzBsiGXhSt9aHp3HPmsz3wTTdGkeIlEDOyN/2JHU83Gf4xLu&#10;6wn1eIfN/gJQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07i&#10;QIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiK&#10;YxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyP&#10;D/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Au&#10;t9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6H&#10;jOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFM&#10;GNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6&#10;MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5Kd&#10;CXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3h&#10;dLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAAB&#10;ACAAAADvBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAAAAAAAAAEAAAANEDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAA&#10;AAABACAAAAD1AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAA&#10;AAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDLXlFC1gAAAAoBAAAPAAAAAAAAAAEAIAAA&#10;ACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAplftPIACAAALBQAADgAAAAAAAAAB&#10;ACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFwYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>发起人提出申请</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2917190</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>240030</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="12700" cy="1038860"/>
+                <wp:effectExtent l="37465" t="0" r="64135" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="直接箭头连接符 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="4060190" y="2769870"/>
+                          <a:ext cx="12700" cy="1038860"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:229.7pt;margin-top:18.9pt;height:81.8pt;width:1pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJATfe7mtkAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXFBrp4RAQ5yKH6ECtxYewE22SRp7&#10;HcXu39uznOC2uzOa/aZYnJwVBxxD50lDMlUgkCpfd9Ro+P56mzyACNFQbawn1HDGAIvy8qIwee2P&#10;tMLDOjaCQyjkRkMb45BLGaoWnQlTPyCxtvWjM5HXsZH1aI4c7qycKZVJZzriD60Z8KXFql/vnYbt&#10;7iN7Tqvd5zKc3c37/Kn3r7bX+voqUY8gIp7inxl+8RkdSmba+D3VQVgN6d08ZauG23uuwIY0S/iw&#10;0TBTPMiykP8rlD9QSwMEFAAAAAgAh07iQDJ1G3MUAgAA7gMAAA4AAABkcnMvZTJvRG9jLnhtbK1T&#10;zXLTMBC+M8M7aHQnttOSpJ44PSSUCwOdAR5AkWVbM/qblRonL8ELMMMJOFFOvfM0UB6DlWxSKJce&#10;8EFeabXf7vdpd3m+14rsBHhpTUWLSU6JMNzW0rQVffvm4smCEh+YqZmyRlT0IDw9Xz1+tOxdKaa2&#10;s6oWQBDE+LJ3Fe1CcGWWed4JzfzEOmHQ2VjQLOAW2qwG1iO6Vtk0z2dZb6F2YLnwHk83g5OOiPAQ&#10;QNs0kouN5VdamDCgglAsICXfSefpKlXbNIKHV03jRSCqosg0pBWToL2Na7ZasrIF5jrJxxLYQ0q4&#10;x0kzaTDpEWrDAiNXIP+B0pKD9bYJE251NhBJiiCLIr+nzeuOOZG4oNTeHUX3/w+Wv9xdApF1RU8p&#10;MUzjg9++v/nx7tPt1+vvH29+fvsQ7S+fyWmUqne+xIi1uYRx590lRN77BnT8IyOyR7B8lhdnKPKh&#10;otP57GwxH6UW+0A4Xiim8xzdHP1FfrJYzJI/uwNy4MNzYTWJRkV9ACbbLqytMfioFookN9u98AFL&#10;wcDfAbEKYy+kUultlSF9RWcnT2M2hv3aYJ+gqR1y9qalhKkWB4EHSIjeKlnH6Ijjod2uFZAdi+2T&#10;vigDZvvrWky9Yb4b7iXX0FhaBpwVJXVFF8doVgYm1TNTk3BwqDcDsP0IqwyiR5UHXaO1tfUhyZ3O&#10;sQ1S/rFlY5/9uU/Rd2O6+gVQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBN97ua2QAAAAoBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMnUbcxQCAADuAwAA&#10;DgAAAAAAAAABACAAAAAoAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="420" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1374775</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>374650</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="矩形 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>部门负责人审批</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:108.25pt;margin-top:29.5pt;height:35.15pt;width:238.7pt;z-index:251661312;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAvM2B/NYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQU+EMBCF7yb+h2ZMvLktbJYIUvZg9OYF9KC3WahAbKeE&#10;dhfw1zue9DiZL+99rzyuzoqLmcPoSUOyUyAMtb4bqdfw9vp8dw8iRKQOrSejYTMBjtX1VYlF5xeq&#10;zaWJveAQCgVqGGKcCilDOxiHYecnQ/z79LPDyOfcy27GhcOdlalSmXQ4EjcMOJnHwbRfzdlpwGb9&#10;2LbtfVlkbdX49F1PzUut9e1Noh5ARLPGPxh+9VkdKnY6+TN1QVgNaZIdGNVwyHkTA1m+z0GcmEzz&#10;PciqlP8nVD9QSwMEFAAAAAgAh07iQC/RMEV2AgAA/wQAAA4AAABkcnMvZTJvRG9jLnhtbK1US27b&#10;MBDdF+gdCO4byY7zMyIHRgwXBYImQFp0TVOURYC/krTl9DIFuushepyi1+gjpSROmkUW1YKa4Qxn&#10;5j3O8PxipxXZCh+kNRUdHZSUCMNtLc26op8/Ld+dUhIiMzVT1oiK3olAL2Zv35x3birGtrWqFp4g&#10;iAnTzlW0jdFNiyLwVmgWDqwTBsbGes0iVL8uas86RNeqGJflcdFZXztvuQgBu4veSIeI/jUBbdNI&#10;LhaWb7QwsY/qhWIRkEIrXaCzXG3TCB6vmyaISFRFgTTmFUkgr9JazM7ZdO2ZayUfSmCvKeEZJs2k&#10;QdKHUAsWGdl4+U8oLbm3wTbxgFtd9EAyI0AxKp9xc9syJzIWUB3cA+nh/4XlH7c3nsi6okeUGKZx&#10;4X++//z96wc5Stx0Lkzhcutu/KAFiAnorvE6/QGB7DKfdw98il0kHJuH5eFocgaqOWyTyfGkzEGL&#10;x9POh/heWE2SUFGP+8o0su1ViMgI13uXlCxYJeulVCorfr26VJ5sGe52mb9UMo48cVOGdOjz8UmZ&#10;CmHo2AadAlE7oA5mTQlTa4wCjz7nfnI67Ccp8/dSklTkgoW2LyZHSG5sqmXEtCipK3q6f1oZVJrY&#10;7flMUtytdgPJK1vf4Vq87fs1OL6UyHDFQrxhHg0KKBjheI2lURb47CBR0lr/7aX95I++gZWSDg0P&#10;7F83zAtK1AeDjjobTSYIG7MyOToZQ/H7ltW+xWz0pQXvIzwWjmcx+Ud1Lzbe6i+Y9HnKChMzHLl7&#10;lgflMvaDiLeCi/k8u2EqHItX5tbxFDxRaOx8E20jcz8konp2Bv4wF/nOhxlOg7evZ6/Hd2v2F1BL&#10;AwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMO&#10;g2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR&#10;1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGp&#10;do6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQ&#10;SwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3&#10;SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDS&#10;zljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6&#10;VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJ&#10;Q6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f&#10;8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOUEAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQ&#10;AAAAxwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAOsD&#10;AABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAA&#10;AABkcnMvUEsBAhQAFAAAAAgAh07iQLzNgfzWAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9k&#10;b3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAv0TBFdgIAAP8EAAAOAAAAAAAAAAEAIAAAACUBAABk&#10;cnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAANBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>部门负责人审批</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2945765</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>151765</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="12700" cy="1038860"/>
+                <wp:effectExtent l="37465" t="0" r="64135" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="直接箭头连接符 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="12700" cy="1038860"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:231.95pt;margin-top:11.95pt;height:81.8pt;width:1pt;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA0ASXTdkAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2P207DMAyG75F4h8hI3KAt3ejKVppOHISA3TF4gKzx2q6J&#10;UzXZ6e3xruDKtvzp9+dieXJWHHAIrScFk3ECAqnypqVawc/322gOIkRNRltPqOCMAZbl9VWhc+OP&#10;9IWHdawFh1DItYImxj6XMlQNOh3Gvkfi3dYPTkceh1qaQR853Fk5TZJMOt0SX2h0jy8NVt167xRs&#10;d5/Zc1rtVu/h7O4+Fk+df7WdUrc3k+QRRMRT/IPhos/qULLTxu/JBGEVpNn9glEF00tlIM1m3GyY&#10;nD/MQJaF/P9C+QtQSwMEFAAAAAgAh07iQFmxLIMFAgAA4gMAAA4AAABkcnMvZTJvRG9jLnhtbK1T&#10;S44TMRDdI3EHy3vSnYwIUSudWSQMGwQjAQdw3O5uS/6pypNOLsEFkFgBK2A1e04DwzEou0MGhs0s&#10;6IW7/Kn3/F6Vl+d7a9hOAWrvaj6dlJwpJ32jXVfzN68vHi04wyhcI4x3quYHhfx89fDBcgiVmvne&#10;m0YBIxCH1RBq3scYqqJA2SsrcOKDcrTZerAi0hS6ogExELo1xaws58XgoQngpUKk1c24yY+IcB9A&#10;37Zaqo2XV1a5OKKCMiKSJOx1QL7Kt21bJePLtkUVmak5KY15JBKKt2ksVktRdSBCr+XxCuI+V7ij&#10;yQrtiPQEtRFRsCvQ/0BZLcGjb+NEeluMQrIjpGJa3vHmVS+CylrIagwn0/H/wcoXu0tguqn5nDMn&#10;LBX85t31j7cfb75++f7h+ue39yn+/InNk1VDwIoy1u4SjjMMl5B071uw6U+K2D7bezjZq/aRSVqc&#10;zp6U5LuknWl5tljMs/3FbXIAjM+UtywFNccIQnd9XHvnqJAeptlisXuOkegp8XdCYnb+QhuT62kc&#10;G0jQ2ePEJqhHW+oNCm0gneg6zoTpqPllhIyI3ugmZScchG67NsB2IrVM/pJ0YvvrWKLeCOzHc3lr&#10;bCarI70Po23NF6dsUUWhzVPXsHgI5LEA8MMR1jhCT86OXqZo65tDtjivU+kz/7FNU2/9Oc/Zt09z&#10;9QtQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzR&#10;AAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ&#10;+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2&#10;I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gp&#10;OiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6&#10;HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7D&#10;MBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQq&#10;L6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9Ap&#10;D/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvc&#10;W893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r&#10;1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAB3&#10;BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAA&#10;AAAAEAAAAFkDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAA&#10;AAB9AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAA&#10;AAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDQBJdN2QAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABk&#10;cnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAWbEsgwUCAADiAwAADgAAAAAAAAABACAAAAAo&#10;AQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAnwUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1354455</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>55245</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="矩形 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>分管校领导审批</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:106.65pt;margin-top:4.35pt;height:35.15pt;width:238.7pt;z-index:251663360;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA7Xfk0dYAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PO0/DQBCEeyT+w2mR6MidEykP43UKBB2NDUXoNr7FtriH&#10;5bvENr+eo4JuVjOa+bY4ztaIK4+h9w4hWykQ7Bqve9civL+9POxBhEhOk/GOERYOcCxvbwrKtZ9c&#10;xdc6tiKVuJATQhfjkEsZmo4thZUf2CXv04+WYjrHVuqRplRujVwrtZWWepcWOhr4qePmq75YBKrn&#10;j2VZTtMkK6P65+9qqF8rxPu7TD2CiDzHvzD84id0KBPT2V+cDsIgrLPNJkUR9jsQyd8eVBJnhN1B&#10;gSwL+f+B8gdQSwMEFAAAAAgAh07iQL1Nfvx0AgAA/wQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzW7b&#10;MAy+D9g7CLqvdlK3aYM6RdAgw4BiLZANOyuyFAvQ3yglTvcyA3bbQ+xxhr3GKNlt066HHuaDTIrU&#10;R/ITqYvLvdFkJyAoZ2s6OiopEZa7RtlNTT9/Wr47oyREZhumnRU1vROBXs7evrno/FSMXet0I4Ag&#10;iA3Tzte0jdFPiyLwVhgWjpwXFo3SgWERVdgUDbAO0Y0uxmV5WnQOGg+OixBwd9Eb6YAIrwF0Uiou&#10;Fo5vjbCxRwWhWcSSQqt8oLOcrZSCxxspg4hE1xQrjXnFICiv01rMLth0A8y3ig8psNek8Kwmw5TF&#10;oA9QCxYZ2YL6B8ooDi44GY+4M0VfSGYEqxiVz7hZtcyLXAtSHfwD6eH/wfKPu1sgqqnphBLLDF74&#10;n+8/f//6QSaJm86HKbqs/C0MWkAxFbqXYNIfSyD7zOfdA59iHwnHzePyeFSdI9UcbVV1WpUnCbR4&#10;PO0hxPfCGZKEmgLeV6aR7a5D7F3vXVKw4LRqlkrrrMBmfaWB7Bje7TJ/A/oTN21Jh30+npQpEYYd&#10;K7FTUDQeqw52QwnTGxwFHiHHfnI6HAYp8/dSkJTkgoW2TyYjJDc2NSritGhlanp2eFpb5CGx2/OZ&#10;pLhf7weS1665w2sB1/dr8HypMMI1C/GWATYoloIjHG9wkdphfW6QKGkdfHtpP/lj36CVkg4bHmv/&#10;umUgKNEfLHbU+aiqEDZmpTqZjFGBQ8v60GK35soh7yN8LDzPYvKP+l6U4MwXnPR5ioomZjnG7lke&#10;lKvYDyK+FVzM59kNp8KzeG1XnifwRKF18210UuV+SET17Az84VzkjhpmOA3eoZ69Ht+t2V9QSwME&#10;CgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl&#10;9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUo&#10;WQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaO&#10;kqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsD&#10;BBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jc&#10;wfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y&#10;6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTr&#10;orhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOq&#10;Xwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Lt&#10;krp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAADjBAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAA&#10;AMUDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAADpAwAA&#10;X3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAA&#10;ZHJzL1BLAQIUABQAAAAIAIdO4kDtd+TR1gAAAAgBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93&#10;bnJldi54bWxQSwECFAAUAAAACACHTuJAvU1+/HQCAAD/BAAADgAAAAAAAAABACAAAAAlAQAAZHJz&#10;L2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAACwYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>分管校领导审批</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>备注：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>字体：仿宋小四；行间距：固定值</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>18磅；文字：居中</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2.请于流程图末附该流程图的岗位职责直接联系人及联系方式。</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference r:id="rId3" w:type="default"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="50"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -96,74 +7175,1246 @@
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto Slab">
     <w:altName w:val="Segoe Print"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe Print">
     <w:panose1 w:val="02000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="0000028F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="47010000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="194" w:lineRule="auto"/>
+      <w:ind w:left="4087" w:firstLine="4293" w:firstLineChars="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="17"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="文本框 3"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="5"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">第 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页 共 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>26</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQOGA044yAgAAYQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aStWVdV0VbYqQqrYlQri7DpOE8l/st0m5QHgDThx4c5z9Tn2c366aOGwBy7O2DP+xt83M1nc&#10;NkqSk3C+Mjqj41FKidDc5JU+ZPTzp82bGSU+MJ0zabTI6Fl4ert8/WpR27mYmNLIXDgCEO3ntc1o&#10;GYKdJ4nnpVDMj4wVGs7COMUCtu6Q5I7VQFcymaTpTVIbl1tnuPAep+vOSXtE9xJAUxQVF2vDj0ro&#10;0KE6IVkAJV9W1tNl+9qiEDzcF4UXgciMgmloVySBvY9rslyw+cExW1a8fwJ7yROecVKs0kh6hVqz&#10;wMjRVX9BqYo7400RRtyopCPSKgIW4/SZNruSWdFygdTeXkX3/w+Wfzw9OFLlGZ1SoplCwS8/vl9+&#10;/r78+kamUZ7a+jmidhZxoXlnGjTNcO5xGFk3hVPxCz4Efoh7voormkB4vDSbzGYpXBy+YQP85Om6&#10;dT68F0aRaGTUoXqtqOy09aELHUJiNm02lZRtBaUmdUZvpm/T9sLVA3CpkSOS6B4brdDsm57Z3uRn&#10;EHOm6wxv+aZC8i3z4YE5tAIejGEJ91gKaZDE9BYlpXFf/3Ue41EheCmp0VoZ1ZgkSuQHjcoBMAyG&#10;G4z9YOijujPo1TGG0PLWxAUX5GAWzqgvmKBVzAEX0xyZMhoG8y507Y0J5GK1aoOO1lWHsruAvrMs&#10;bPXO8pgmCunt6hggZqtxFKhTpdcNnddWqZ+S2Np/7tuopz/D8hFQSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJA4YDTjjICAABhBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="5"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">第 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页 共 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>26</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="D8737E5B"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D8737E5B"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="chineseCounting"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiZTRiM2NlNjFmMDNkMjM5MGI4MzJlY2M3ZmIzODNlMDAifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="6365313A"/>
+    <w:rsid w:val="013435B5"/>
+    <w:rsid w:val="01E23011"/>
+    <w:rsid w:val="028B18FB"/>
+    <w:rsid w:val="03FD4132"/>
+    <w:rsid w:val="048B5BE2"/>
+    <w:rsid w:val="055840C4"/>
+    <w:rsid w:val="05C313AC"/>
+    <w:rsid w:val="06BC6527"/>
+    <w:rsid w:val="06FA6593"/>
+    <w:rsid w:val="073267E9"/>
+    <w:rsid w:val="07A174CB"/>
+    <w:rsid w:val="07DD49A7"/>
+    <w:rsid w:val="083640B7"/>
+    <w:rsid w:val="086329D2"/>
+    <w:rsid w:val="094E71DE"/>
+    <w:rsid w:val="09572537"/>
+    <w:rsid w:val="09BC683E"/>
+    <w:rsid w:val="0B226B74"/>
+    <w:rsid w:val="0CC872A8"/>
+    <w:rsid w:val="0CF62067"/>
+    <w:rsid w:val="0CF93299"/>
+    <w:rsid w:val="0D674EF4"/>
+    <w:rsid w:val="0DFF4F4B"/>
+    <w:rsid w:val="0EA0228A"/>
+    <w:rsid w:val="0EE4486D"/>
+    <w:rsid w:val="0EEE7499"/>
+    <w:rsid w:val="0F865924"/>
+    <w:rsid w:val="0FDC192C"/>
+    <w:rsid w:val="10572E1C"/>
+    <w:rsid w:val="11E44B84"/>
+    <w:rsid w:val="11E9219A"/>
+    <w:rsid w:val="124F2EE4"/>
+    <w:rsid w:val="12C0114D"/>
+    <w:rsid w:val="138D0097"/>
+    <w:rsid w:val="139879D4"/>
+    <w:rsid w:val="13E946D3"/>
+    <w:rsid w:val="15785D0F"/>
+    <w:rsid w:val="16493207"/>
+    <w:rsid w:val="16783AEC"/>
+    <w:rsid w:val="16EB0762"/>
+    <w:rsid w:val="16F92E7F"/>
+    <w:rsid w:val="17780248"/>
+    <w:rsid w:val="186B1B5B"/>
+    <w:rsid w:val="18B84674"/>
+    <w:rsid w:val="1968609A"/>
+    <w:rsid w:val="197467ED"/>
+    <w:rsid w:val="19762565"/>
+    <w:rsid w:val="1BF43C15"/>
+    <w:rsid w:val="1C0003D1"/>
+    <w:rsid w:val="1C632B49"/>
+    <w:rsid w:val="1C744D56"/>
+    <w:rsid w:val="1C8925AF"/>
+    <w:rsid w:val="1E58492F"/>
+    <w:rsid w:val="1E773B70"/>
+    <w:rsid w:val="1E9A6CF6"/>
+    <w:rsid w:val="1EAC07D7"/>
+    <w:rsid w:val="1EEB7551"/>
+    <w:rsid w:val="1FFC578E"/>
+    <w:rsid w:val="2059673D"/>
+    <w:rsid w:val="20AC4ABE"/>
+    <w:rsid w:val="20C5446B"/>
+    <w:rsid w:val="216E446A"/>
+    <w:rsid w:val="21B93937"/>
+    <w:rsid w:val="21EE732A"/>
+    <w:rsid w:val="225673D8"/>
+    <w:rsid w:val="228A0E2F"/>
+    <w:rsid w:val="22CF2CE6"/>
+    <w:rsid w:val="231B5F2B"/>
+    <w:rsid w:val="23D507D0"/>
+    <w:rsid w:val="243C43AB"/>
+    <w:rsid w:val="24591AE0"/>
+    <w:rsid w:val="245A2A83"/>
+    <w:rsid w:val="24AF1021"/>
+    <w:rsid w:val="260E1D77"/>
+    <w:rsid w:val="26490F70"/>
+    <w:rsid w:val="26753BA5"/>
+    <w:rsid w:val="268D5392"/>
+    <w:rsid w:val="27D50D9F"/>
+    <w:rsid w:val="288B76AF"/>
+    <w:rsid w:val="29D67050"/>
+    <w:rsid w:val="2A094D30"/>
+    <w:rsid w:val="2A6B59EA"/>
+    <w:rsid w:val="2B08148B"/>
+    <w:rsid w:val="2B0D0850"/>
+    <w:rsid w:val="2B7408CF"/>
+    <w:rsid w:val="2B794137"/>
+    <w:rsid w:val="2BC5737C"/>
+    <w:rsid w:val="2C332538"/>
+    <w:rsid w:val="2D157E8F"/>
+    <w:rsid w:val="2D7503B1"/>
+    <w:rsid w:val="2DE96269"/>
+    <w:rsid w:val="2E4C5B33"/>
+    <w:rsid w:val="2F544C9F"/>
+    <w:rsid w:val="2FC35981"/>
+    <w:rsid w:val="31ED4F37"/>
+    <w:rsid w:val="361B6516"/>
+    <w:rsid w:val="36421CF5"/>
+    <w:rsid w:val="36EB2C9D"/>
+    <w:rsid w:val="37092813"/>
+    <w:rsid w:val="37D526F5"/>
+    <w:rsid w:val="38545D10"/>
+    <w:rsid w:val="38955F6C"/>
+    <w:rsid w:val="38E250CA"/>
+    <w:rsid w:val="3BC62A80"/>
+    <w:rsid w:val="3BFA097C"/>
+    <w:rsid w:val="3CD411CD"/>
+    <w:rsid w:val="3DC96858"/>
+    <w:rsid w:val="3EE6168C"/>
+    <w:rsid w:val="3EE80F60"/>
+    <w:rsid w:val="3F3D74FE"/>
+    <w:rsid w:val="3F7722E4"/>
+    <w:rsid w:val="40166E94"/>
+    <w:rsid w:val="40552625"/>
+    <w:rsid w:val="428D09E1"/>
+    <w:rsid w:val="43000F6E"/>
+    <w:rsid w:val="434846C3"/>
+    <w:rsid w:val="43AD4526"/>
+    <w:rsid w:val="444430DC"/>
+    <w:rsid w:val="44937BC0"/>
+    <w:rsid w:val="44AF0E16"/>
+    <w:rsid w:val="44B71B00"/>
+    <w:rsid w:val="450D7972"/>
+    <w:rsid w:val="474927B8"/>
+    <w:rsid w:val="4767488A"/>
+    <w:rsid w:val="486C49B0"/>
+    <w:rsid w:val="48C22822"/>
+    <w:rsid w:val="48E629B4"/>
+    <w:rsid w:val="49DA3B9B"/>
+    <w:rsid w:val="4C0D0258"/>
+    <w:rsid w:val="4EE2777A"/>
+    <w:rsid w:val="4F0E056F"/>
+    <w:rsid w:val="4F1E720E"/>
+    <w:rsid w:val="508F56DF"/>
+    <w:rsid w:val="518E5997"/>
+    <w:rsid w:val="51AC22C1"/>
+    <w:rsid w:val="51DF61F2"/>
+    <w:rsid w:val="52630BD1"/>
+    <w:rsid w:val="52950FA7"/>
+    <w:rsid w:val="52C5188C"/>
+    <w:rsid w:val="52EA30A1"/>
+    <w:rsid w:val="534F1156"/>
+    <w:rsid w:val="5394125E"/>
+    <w:rsid w:val="53966D85"/>
+    <w:rsid w:val="54372312"/>
+    <w:rsid w:val="552E64E3"/>
+    <w:rsid w:val="56270168"/>
+    <w:rsid w:val="570566FB"/>
+    <w:rsid w:val="57391B27"/>
+    <w:rsid w:val="58F24A5D"/>
+    <w:rsid w:val="59633BAD"/>
+    <w:rsid w:val="597E600B"/>
+    <w:rsid w:val="598A2EE8"/>
+    <w:rsid w:val="59C12681"/>
+    <w:rsid w:val="5A8E4C59"/>
+    <w:rsid w:val="5B0B0058"/>
+    <w:rsid w:val="5B5437AD"/>
+    <w:rsid w:val="5B8F2A37"/>
+    <w:rsid w:val="5BD7618C"/>
+    <w:rsid w:val="5C070844"/>
+    <w:rsid w:val="5D973E25"/>
+    <w:rsid w:val="5DDC3F2E"/>
+    <w:rsid w:val="5E4A0E97"/>
+    <w:rsid w:val="5E5835B4"/>
+    <w:rsid w:val="5F221E14"/>
+    <w:rsid w:val="5F526256"/>
+    <w:rsid w:val="5FEB66AA"/>
+    <w:rsid w:val="63497970"/>
+    <w:rsid w:val="6365313A"/>
+    <w:rsid w:val="645C36D2"/>
+    <w:rsid w:val="645F7A93"/>
+    <w:rsid w:val="64E70097"/>
+    <w:rsid w:val="65385EEE"/>
+    <w:rsid w:val="65393A14"/>
+    <w:rsid w:val="65A25A5D"/>
+    <w:rsid w:val="66540B05"/>
+    <w:rsid w:val="67AC3573"/>
+    <w:rsid w:val="6828049B"/>
+    <w:rsid w:val="68742AA3"/>
+    <w:rsid w:val="68D538A3"/>
+    <w:rsid w:val="69112CDD"/>
+    <w:rsid w:val="6B79100E"/>
+    <w:rsid w:val="6BE768BF"/>
+    <w:rsid w:val="6CC938CF"/>
+    <w:rsid w:val="6CF941B4"/>
+    <w:rsid w:val="6D3451EC"/>
+    <w:rsid w:val="6DE05374"/>
+    <w:rsid w:val="6E315BD0"/>
+    <w:rsid w:val="6EAE506D"/>
+    <w:rsid w:val="6F7C2E7B"/>
+    <w:rsid w:val="702C664F"/>
+    <w:rsid w:val="7040034C"/>
+    <w:rsid w:val="70972B53"/>
+    <w:rsid w:val="717209D9"/>
+    <w:rsid w:val="74827185"/>
+    <w:rsid w:val="74A60CB8"/>
+    <w:rsid w:val="751F2C26"/>
+    <w:rsid w:val="754548E7"/>
+    <w:rsid w:val="75AD0232"/>
+    <w:rsid w:val="760140DA"/>
+    <w:rsid w:val="77B75398"/>
+    <w:rsid w:val="77D575CC"/>
+    <w:rsid w:val="7A2B7977"/>
+    <w:rsid w:val="7BA75723"/>
+    <w:rsid w:val="7C961A20"/>
+    <w:rsid w:val="7C9E2682"/>
+    <w:rsid w:val="7DB303AF"/>
+    <w:rsid w:val="7DBF0B02"/>
+    <w:rsid w:val="7F17671C"/>
+    <w:rsid w:val="7F6A41C0"/>
+    <w:rsid w:val="7FE02FB2"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="340" w:beforeLines="0" w:beforeAutospacing="0" w:after="330" w:afterLines="0" w:afterAutospacing="0" w:line="576" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="8">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="7">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+    <w:pPr>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="zh-CN" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="9">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="8"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="WPSOffice手动目录 1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="WPSOffice手动目录 2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>6</Pages>
+  <Words>1156</Words>
+  <Characters>1172</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1201</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15120_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>L.</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15120</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>39D0F293D8804CB1BC7DAB3C00059668_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>