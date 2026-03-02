--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -36,66 +36,692 @@
   <w:font w:name="方正小标宋简体">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
     <w:embedRegular r:id="rId3" w:subsetted="1" w:fontKey="{1A991A4A-96A8-4013-A040-D4FBF62C8BB3}"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:saveSubsetFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:noPunctuationKerning/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMTc0NmRkZjNjNGZhZDI0ZjdhY2I3YmQzMTA5MzIyZjgifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="00AF27CD"/>
+    <w:rsid w:val="001A3BDA"/>
+    <w:rsid w:val="002D26B9"/>
+    <w:rsid w:val="00AF27CD"/>
+    <w:rsid w:val="087D3239"/>
+    <w:rsid w:val="17B22135"/>
+    <w:rsid w:val="28C7353E"/>
+    <w:rsid w:val="29B30D38"/>
+    <w:rsid w:val="2E1954C2"/>
+    <w:rsid w:val="2EB2240B"/>
+    <w:rsid w:val="324A618B"/>
+    <w:rsid w:val="36680392"/>
+    <w:rsid w:val="4A9429FD"/>
+    <w:rsid w:val="53234C35"/>
+    <w:rsid w:val="57AA6DDA"/>
+    <w:rsid w:val="5B61590A"/>
+    <w:rsid w:val="659A3FB2"/>
+    <w:rsid w:val="6AD7406A"/>
+    <w:rsid w:val="6F5B54FA"/>
+    <w:rsid w:val="73415E16"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="white">
+      <v:fill color="white"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>6</Words>
   <Characters>39</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>微软中国</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>44</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">