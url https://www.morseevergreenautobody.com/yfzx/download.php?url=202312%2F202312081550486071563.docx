--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,15 +1,2434 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:body>
+    <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="黑体"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="黑体" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>附件</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="黑体" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9620" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5877"/>
+        <w:gridCol w:w="3743"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002E1FE2">
+        <w:trPr>
+          <w:trHeight w:val="855"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9620" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRPr="003060CA" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003060CA">
+              <w:rPr>
+                <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t>规章制度</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003060CA">
+              <w:rPr>
+                <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t>合法合</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003060CA">
+              <w:rPr>
+                <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t>规</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003060CA">
+              <w:rPr>
+                <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t>性审查</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003060CA">
+              <w:rPr>
+                <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t>登记表</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>编号：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E1FE2">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9620" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>规章制度</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>名称</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E1FE2">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>起草</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>部门</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>参与部门：</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E1FE2">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5877" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>新订</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>修订</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="00A3"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>新订</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>□修订</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3743" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>提交时间</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E1FE2" w:rsidTr="003060CA">
+        <w:trPr>
+          <w:trHeight w:val="1955"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9620" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>制定</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>修订原因、依据及主要内容</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:spacing w:line="340" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E1FE2">
+        <w:trPr>
+          <w:trHeight w:val="1883"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9620" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>征求意见情况</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="760"/>
+              </w:tabs>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:spacing w:line="320" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E1FE2">
+        <w:trPr>
+          <w:trHeight w:val="837"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9620" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>单位负责人意见</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                            </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>签字：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E1FE2">
+        <w:trPr>
+          <w:trHeight w:val="872"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9620" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>分管校领导意见：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:ind w:firstLineChars="100" w:firstLine="240"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:ind w:firstLineChars="2700" w:firstLine="6480"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>签字：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E1FE2">
+        <w:trPr>
+          <w:trHeight w:val="766"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9620" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>法</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>务</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>办公室意见：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>签字：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E1FE2" w:rsidTr="003060CA">
+        <w:trPr>
+          <w:trHeight w:val="978"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9620" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>集体研究意见：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="002E1FE2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>日</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002E1FE2" w:rsidRPr="003060CA" w:rsidRDefault="002E1FE2" w:rsidP="003060CA">
+      <w:pPr>
+        <w:spacing w:line="560" w:lineRule="exact"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002E1FE2" w:rsidRPr="003060CA">
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1531" w:bottom="1440" w:left="1531" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgNumType w:fmt="numberInDash" w:start="1"/>
+      <w:cols w:space="425"/>
+      <w:docGrid w:type="lines" w:linePitch="312"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="001C5BB2" w:rsidRDefault="001C5BB2">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="001C5BB2" w:rsidRDefault="001C5BB2">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:subsetted="1" w:fontKey="{99417B60-6934-47CE-A3FC-A2C24DC539C2}"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:altName w:val="SimHei"/>
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId2" w:subsetted="1" w:fontKey="{D9463E40-34A8-4617-9E2E-2903F73DD2A1}"/>
+  </w:font>
+  <w:font w:name="方正小标宋简体">
+    <w:panose1 w:val="03000509000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:subsetted="1" w:fontKey="{8F8037B1-8F1E-44EF-B8D9-F6B936B6D53C}"/>
+  </w:font>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{6E314073-A57E-4CDB-A1E4-B62480D9EAA0}"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>outside</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="文本框 1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidR="003060CA">
+                            <w:rPr>
+                              <w:noProof/>
+                            </w:rPr>
+                            <w:t>- 1 -</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="文本框 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:92.8pt;margin-top:0;width:2in;height:2in;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:outside;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBABToGYAIAAAoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNNsiqtWq2WppVYRU&#10;UURBnL2O3Y2wPZbtbrI8ALwBJy7cea4+B5+dZIsKlyIuzsTzzd83Mz457a1hWxViS67mhwczzpST&#10;1LTupuYf3l88m3MWk3CNMORUzXcq8tPl0ycnnV+oI9qQaVRgcOLiovM136TkF1UV5UZZEQ/IKwel&#10;pmBFwm+4qZogOni3pjqazY6rjkLjA0kVI27PByVfFv9aK5mutI4qMVNz5JbKGcq5zme1PBGLmyD8&#10;ppVjGuIfsrCidQi6d3UukmC3of3DlW1loEg6HUiyFWndSlVqQDWHswfVXG+EV6UWkBP9nqb4/9zK&#10;N9u3gbUNeseZExYtuvv29e77z7sfX9hhpqfzcQHUtQcu9S+pz9DxPuIyV93rYPMX9TDoQfRuT67q&#10;E5PZaH40n8+gktBNP/BT3Zv7ENMrRZZloeYB3Sukiu1lTAN0guRoji5aY3AvFsaxrubHz1/MisFe&#10;A+fGIUYuYki2SGln1GD2TmlUX3LOF2Xu1JkJbCswMUJK5VIpt3gCOqM0wj7GcMRnU1Vm8jHGe4sS&#10;mVzaG9vWUSj1Pki7+TSlrAf8xMBQd6Yg9et+bOKamh16G2hYjujlRQv+L0VMb0XANqBn2PB0hUMb&#10;As80SpxtKHz+233GY0ih5azDdtXcYf05M68dhjcv4iSESVhPgru1ZwTyMZDIpYgwCMlMog5kP2Lt&#10;VzkGVMJJRKp5msSzNGw4ng2pVqsCwrp5kS7dtZfZdWm2X90mzFAZrUzKwMRIFhauDOf4OOSN/v2/&#10;oO6fsOUvAAAA//8DAFBLAwQUAAYACAAAACEAcarRudcAAAAFAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQU/DMAyF75P2HyIjcdtSBkJVaTqxiXJEYuXAMWtMW0icKsm68u8xCAkulp+e9fy9cjs7KyYM&#10;cfCk4GqdgUBqvRmoU/DS1KscREyajLaeUMEnRthWy0WpC+PP9IzTIXWCQygWWkGf0lhIGdsenY5r&#10;PyKx9+aD04ll6KQJ+szhzspNlt1KpwfiD70ecd9j+3E4OQX7umnChDHYV3ysr9+fdjf4MCt1eTHf&#10;34FIOKe/Y/jGZ3SomOnoT2SisAq4SPqZ7G3ynOXxd5FVKf/TV18AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAQAU6BmACAAAKBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAcarRudcAAAAFAQAADwAAAAAAAAAAAAAAAAC6BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAL4FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="002E1FE2" w:rsidRDefault="001C5BB2">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidR="003060CA">
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>- 1 -</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="margin"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="001C5BB2" w:rsidRDefault="001C5BB2">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="001C5BB2" w:rsidRDefault="001C5BB2">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:saveSubsetFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:noPunctuationKerning/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMTc0NmRkZjNjNGZhZDI0ZjdhY2I3YmQzMTA5MzIyZjgifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="002E1FE2"/>
+    <w:rsid w:val="001C5BB2"/>
+    <w:rsid w:val="002E1FE2"/>
+    <w:rsid w:val="003060CA"/>
+    <w:rsid w:val="087D3239"/>
+    <w:rsid w:val="17B22135"/>
+    <w:rsid w:val="28C7353E"/>
+    <w:rsid w:val="29B30D38"/>
+    <w:rsid w:val="2E1954C2"/>
+    <w:rsid w:val="2EB2240B"/>
+    <w:rsid w:val="324A618B"/>
+    <w:rsid w:val="36680392"/>
+    <w:rsid w:val="4A9429FD"/>
+    <w:rsid w:val="53234C35"/>
+    <w:rsid w:val="57AA6DDA"/>
+    <w:rsid w:val="59D13CD4"/>
+    <w:rsid w:val="5B61590A"/>
+    <w:rsid w:val="659A3FB2"/>
+    <w:rsid w:val="6AD7406A"/>
+    <w:rsid w:val="73415E16"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:beforeAutospacing="1" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps>
+    <customSectPr/>
+  </customSectProps>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>71</Words>
+  <Characters>406</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>微软中国</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>476</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>协和学院</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>2052-11.1.0.14309</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>5901487F5A9549E1A7AD54599B6271CD_12</vt:lpwstr>
   </property>
 </Properties>
 </file>