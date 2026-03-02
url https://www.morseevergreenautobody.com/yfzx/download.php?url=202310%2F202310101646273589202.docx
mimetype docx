--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,44 +1,1332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1338580</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2701290</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2045335" cy="372110"/>
+                <wp:effectExtent l="4445" t="5080" r="7620" b="16510"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="矩形.4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2045335" cy="372109"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="connsiteX0" fmla="*/ 755399 w 1510799"/>
+                            <a:gd name="connsiteY0" fmla="*/ 372047 h 372047"/>
+                            <a:gd name="connsiteX1" fmla="*/ 1510799 w 1510799"/>
+                            <a:gd name="connsiteY1" fmla="*/ 186024 h 372047"/>
+                            <a:gd name="connsiteX2" fmla="*/ 755399 w 1510799"/>
+                            <a:gd name="connsiteY2" fmla="*/ 0 h 372047"/>
+                            <a:gd name="connsiteX3" fmla="*/ 0 w 1510799"/>
+                            <a:gd name="connsiteY3" fmla="*/ 186024 h 372047"/>
+                            <a:gd name="connsiteX4" fmla="*/ 755399 w 1510799"/>
+                            <a:gd name="connsiteY4" fmla="*/ 186024 h 372047"/>
+                            <a:gd name="rtl" fmla="*/ -25000 w 1510799"/>
+                            <a:gd name="rtr" fmla="*/ 1535799 w 1510799"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX0" y="connsiteY0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX1" y="connsiteY1"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX2" y="connsiteY2"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX3" y="connsiteY3"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX4" y="connsiteY4"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                          <a:pathLst>
+                            <a:path w="1510799" h="372047">
+                              <a:moveTo>
+                                <a:pt x="0" y="372047"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1510799" y="372047"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="1510799" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="372047"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="DBEEF3"/>
+                        </a:solidFill>
+                        <a:ln w="3200" cap="flat">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:bevel/>
+                          <a:tailEnd type="triangle" w="med" len="med"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:snapToGrid w:val="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>网络信息中心主任审批</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="矩形.4" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:105.4pt;margin-top:212.7pt;height:29.3pt;width:161.05pt;z-index:251660288;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#DBEEF3" filled="t" stroked="t" coordsize="1510799,372047" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAOblrZ9sAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXCJqJ01QG+L0UAkucKEgVblt420S&#10;8E+Inba8PeYEx50dzXxTbS5GsxNNfnBWQroQwMi2Tg22k/D+9ni3AuYDWoXaWZLwTR429fVVhaVy&#10;Z/tKp13oWAyxvkQJfQhjyblvezLoF24kG39HNxkM8Zw6riY8x3CjeSbEPTc42NjQ40jbntrP3Wwk&#10;vJjkq3met12TLJ/2YZ80Gj8KKW9vUvEALNAl/JnhFz+iQx2ZDm62yjMtIUtFRA8S8qzIgUVHsczW&#10;wA5RWeUCeF3x/xvqH1BLAwQUAAAACACHTuJA/Ph7W0gDAAASCQAADgAAAGRycy9lMm9Eb2MueG1s&#10;rVZLbtswEN0X6B0ILQskkn9xbMQO0DgpChRtgKRAuqQpyhJAkSrJ2M5pCnTXQ/Q4Ra/RR0qyafdj&#10;B6gX1pCaecN5M5zRxeW6FGTJtSmUnESd0yQiXDKVFnIxiT7e35ycR8RYKlMqlOST6Imb6HL68sXF&#10;qhrzrsqVSLkmAJFmvKomUW5tNY5jw3JeUnOqKi7xMlO6pBZLvYhTTVdAL0XcTZKzeKV0WmnFuDHY&#10;ndUvowZRHwOosqxgfKbYY8mlrVE1F9QiJJMXlYmm/rRZxpn9kGWGWyImESK1/h9OIM/dfzy9oOOF&#10;plVesOYI9Jgj7MVU0kLC6QZqRi0lj7r4DaosmFZGZfaUqTKuA/GMIIpOssfNXU4r7mMB1abakG7+&#10;Hyx7v7zVpEhRCRGRtETCf3759uP719O+42ZVmTFU7qpb3awMRBfoOtOleyIEsvZ8Pm345GtLGDa7&#10;SX/Q6w0iwvCuN+x2kpEDjbfW7NHYN1x5JLp8Z2ydjxSSZzNtzsSUlKaw/AF5y0qBFL2KyXAw6I1G&#10;ZEU6g04yHHlsZGDf5lNog1Mk/SHJSS00+d83eQAZGzcN+mE/O0bnZ0m3f9BPN/BzbDihTXLQQy/w&#10;kByOIVTvHBdDP/BwbAyhzb/daCsC/JPuIEn+Hoa2OlDuDHoDlMVu0Ci+RVteNG8rjq1lU3KQCHWt&#10;MPH3uVLGlXdYf6jldonSqusZVq5eDxijQELjzrOMkfbQuPssY6Q1NO49yxjJCo19YwCNPub62XCn&#10;0W5do/U5Q6u1EUGr9UlBs507p3RcUetob0WyQutp7i/JfZvABfXcl2rJ75VXtNses7248L1VETJU&#10;3SDi4DsGrVr7rDxyqN6mtNVon7Umegkgj9H5o1smlOF1yTgefC/cEOK4DPqhUaJIbwohHANGL+ZX&#10;QpMlBb+z19fXN20Od9SEdHz2MGfRdCmmc4ap6MncUdtBw4XCr6mIHbU5X3Lhk2ZpIa5lSuxThQlh&#10;dYErInjknJU8jYjg+JZwUh2bwG2I3eyop4WT7Hq+xksnzlX6hKGzwtSdRObzI9VAEm8lxlrfH4VY&#10;v0AMOtydb3atuFL1QKeS5QpFxnDznW+Hj1HpiW3GupvF4dprbT9lpr8AUEsDBAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMv&#10;LnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZ&#10;FrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZis&#10;dFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO&#10;7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJA&#10;fublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemC&#10;tEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQy&#10;MDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtk&#10;XTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8T&#10;rEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsB&#10;AhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAvAUAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAACeBAAAX3JlbHMv&#10;UEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAwgQAAF9yZWxzLy5yZWxz&#10;UEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAU&#10;AAAACACHTuJAOblrZ9sAAAALAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsB&#10;AhQAFAAAAAgAh07iQPz4e1tIAwAAEgkAAA4AAAAAAAAAAQAgAAAAKgEAAGRycy9lMm9Eb2MueG1s&#10;UEsFBgAAAAAGAAYAWQEAAOQGAAAAAA==&#10;" path="m0,372047l1510799,372047,1510799,0,0,0,0,372047xe">
+                <v:path textboxrect="0,0,1510799,372047" o:connectlocs="1022666,372109;2045335,186055;1022666,0;0,186055;1022666,186055" o:connectangles="0,0,0,0,0"/>
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:snapToGrid w:val="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>网络信息中心主任审批</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-111125</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>95250</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5231130" cy="5754370"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="2" name="页-1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5230864" cy="5754590"/>
+                          <a:chOff x="-1148067" y="10000"/>
+                          <a:chExt cx="5230864" cy="5754590"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="112" name="矩形.5"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="276801" y="786634"/>
+                            <a:ext cx="2080154" cy="372124"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="connsiteX0" fmla="*/ 1128189 w 2256378"/>
+                              <a:gd name="connsiteY0" fmla="*/ 372047 h 372047"/>
+                              <a:gd name="connsiteX1" fmla="*/ 2256378 w 2256378"/>
+                              <a:gd name="connsiteY1" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="connsiteX2" fmla="*/ 1128189 w 2256378"/>
+                              <a:gd name="connsiteY2" fmla="*/ 0 h 372047"/>
+                              <a:gd name="connsiteX3" fmla="*/ 0 w 2256378"/>
+                              <a:gd name="connsiteY3" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="connsiteX4" fmla="*/ 1128189 w 2256378"/>
+                              <a:gd name="connsiteY4" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="rtl" fmla="*/ -25000 w 2256378"/>
+                              <a:gd name="rtr" fmla="*/ 2281378 w 2256378"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX0" y="connsiteY0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX1" y="connsiteY1"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX2" y="connsiteY2"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX3" y="connsiteY3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX4" y="connsiteY4"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                            <a:pathLst>
+                              <a:path w="2256378" h="372047">
+                                <a:moveTo>
+                                  <a:pt x="0" y="372047"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2256378" y="372047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2256378" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="372047"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="DBEEF3"/>
+                          </a:solidFill>
+                          <a:ln w="3200" cap="flat">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:bevel/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:snapToGrid w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                                <w:t>发起人提出申请</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="113" name="矩形.3"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="264101" y="1689002"/>
+                            <a:ext cx="2078884" cy="372124"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="connsiteX0" fmla="*/ 944376 w 1888751"/>
+                              <a:gd name="connsiteY0" fmla="*/ 372047 h 372047"/>
+                              <a:gd name="connsiteX1" fmla="*/ 1888751 w 1888751"/>
+                              <a:gd name="connsiteY1" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="connsiteX2" fmla="*/ 944376 w 1888751"/>
+                              <a:gd name="connsiteY2" fmla="*/ 0 h 372047"/>
+                              <a:gd name="connsiteX3" fmla="*/ 0 w 1888751"/>
+                              <a:gd name="connsiteY3" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="connsiteX4" fmla="*/ 944376 w 1888751"/>
+                              <a:gd name="connsiteY4" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="rtl" fmla="*/ -25000 w 1888751"/>
+                              <a:gd name="rtr" fmla="*/ 1913751 w 1888751"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX0" y="connsiteY0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX1" y="connsiteY1"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX2" y="connsiteY2"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX3" y="connsiteY3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX4" y="connsiteY4"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1888751" h="372047">
+                                <a:moveTo>
+                                  <a:pt x="0" y="372047"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1888751" y="372047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1888751" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="372047"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="DBEEF3"/>
+                          </a:solidFill>
+                          <a:ln w="3200" cap="flat">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:bevel/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:snapToGrid w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                                <w:t>发起人部门主管审批</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="118" name="Rectangle.8"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="-94021" y="3549625"/>
+                            <a:ext cx="2758300" cy="372124"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="connsiteX0" fmla="*/ 973228 w 1946457"/>
+                              <a:gd name="connsiteY0" fmla="*/ 372047 h 372047"/>
+                              <a:gd name="connsiteX1" fmla="*/ 1946457 w 1946457"/>
+                              <a:gd name="connsiteY1" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="connsiteX2" fmla="*/ 973228 w 1946457"/>
+                              <a:gd name="connsiteY2" fmla="*/ 0 h 372047"/>
+                              <a:gd name="connsiteX3" fmla="*/ 0 w 1946457"/>
+                              <a:gd name="connsiteY3" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="connsiteX4" fmla="*/ 973228 w 1946457"/>
+                              <a:gd name="connsiteY4" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="rtl" fmla="*/ -25000 w 1946457"/>
+                              <a:gd name="rtr" fmla="*/ 1971457 w 1946457"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX0" y="connsiteY0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX1" y="connsiteY1"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX2" y="connsiteY2"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX3" y="connsiteY3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX4" y="connsiteY4"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1946457" h="372047">
+                                <a:moveTo>
+                                  <a:pt x="0" y="372047"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1946457" y="372047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1946457" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="372047"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="DBEEF3"/>
+                          </a:solidFill>
+                          <a:ln w="3200" cap="flat">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:bevel/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:snapToGrid w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w14:textFill>
+                                    <w14:noFill/>
+                                  </w14:textFill>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                                <w:t>经办人</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                </w:rPr>
+                                <w:t>审批并处理</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="121" name="任意多边形 121"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="-1148067" y="10000"/>
+                            <a:ext cx="5230864" cy="680315"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="rtl" fmla="*/ -85000 w 2456693"/>
+                              <a:gd name="rtr" fmla="*/ 2541693 w 2456693"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                            <a:pathLst>
+                              <a:path w="2456693" h="680315">
+                                <a:moveTo>
+                                  <a:pt x="0" y="680315"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2456693" y="680315"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="2456693" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="680315"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="10000" cap="flat">
+                            <a:noFill/>
+                            <a:bevel/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="11"/>
+                                  <w:kern w:val="0"/>
+                                  <w:sz w:val="30"/>
+                                  <w:szCs w:val="30"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                                  <w:lang w:bidi="ar"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="11"/>
+                                  <w:kern w:val="0"/>
+                                  <w:sz w:val="30"/>
+                                  <w:szCs w:val="30"/>
+                                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                                  <w:lang w:bidi="ar"/>
+                                </w:rPr>
+                                <w:t>山东协和学院</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:i w:val="0"/>
+                                  <w:iCs w:val="0"/>
+                                  <w:caps w:val="0"/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="0"/>
+                                  <w:sz w:val="30"/>
+                                  <w:szCs w:val="30"/>
+                                  <w:u w:val="none"/>
+                                  <w:shd w:val="clear" w:fill="FFFFFF"/>
+                                </w:rPr>
+                                <w:fldChar w:fldCharType="begin"/>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:i w:val="0"/>
+                                  <w:iCs w:val="0"/>
+                                  <w:caps w:val="0"/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="0"/>
+                                  <w:sz w:val="30"/>
+                                  <w:szCs w:val="30"/>
+                                  <w:u w:val="none"/>
+                                  <w:shd w:val="clear" w:fill="FFFFFF"/>
+                                </w:rPr>
+                                <w:instrText xml:space="preserve"> HYPERLINK "javascript:openNewWindow("4637673358600258124");" \o "网络信息中心实验室（机房）使用申请表
+表单名称：实验室申请可叠加所属人 : 翟成景部门 : 网络信息中心岗位 : 科长电话 : 手机 : 15953166908邮箱 : zcj82@163.com" </w:instrText>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:i w:val="0"/>
+                                  <w:iCs w:val="0"/>
+                                  <w:caps w:val="0"/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="0"/>
+                                  <w:sz w:val="30"/>
+                                  <w:szCs w:val="30"/>
+                                  <w:u w:val="none"/>
+                                  <w:shd w:val="clear" w:fill="FFFFFF"/>
+                                </w:rPr>
+                                <w:fldChar w:fldCharType="separate"/>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:i w:val="0"/>
+                                  <w:iCs w:val="0"/>
+                                  <w:caps w:val="0"/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="0"/>
+                                  <w:sz w:val="30"/>
+                                  <w:szCs w:val="30"/>
+                                  <w:u w:val="none"/>
+                                  <w:shd w:val="clear" w:fill="FFFFFF"/>
+                                </w:rPr>
+                                <w:t>服务器资源申请</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:i w:val="0"/>
+                                  <w:iCs w:val="0"/>
+                                  <w:caps w:val="0"/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="0"/>
+                                  <w:sz w:val="30"/>
+                                  <w:szCs w:val="30"/>
+                                  <w:u w:val="none"/>
+                                  <w:shd w:val="clear" w:fill="FFFFFF"/>
+                                </w:rPr>
+                                <w:fldChar w:fldCharType="end"/>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="28"/>
+                                  <w:szCs w:val="28"/>
+                                </w:rPr>
+                                <w:t>业务流程图</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p/>
+                            <w:p>
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:rFonts w:hint="default" w:eastAsiaTheme="minorEastAsia"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="122" name="任意多边形 122"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="5400000">
+                            <a:off x="1060985" y="944141"/>
+                            <a:ext cx="10160" cy="495275"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="10000" h="495447" fill="none">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="495447" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="10000" cap="flat">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:bevel/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="123" name="任意多边形 123"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="5400000">
+                            <a:off x="1060985" y="1853495"/>
+                            <a:ext cx="10160" cy="495275"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="10000" h="495447" fill="none">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="495447" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="10000" cap="flat">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:bevel/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="127" name="任意多边形 127"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="5400000">
+                            <a:off x="1054748" y="2771615"/>
+                            <a:ext cx="10160" cy="495935"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="10000" h="495447" fill="none">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="495447" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="10000" cap="flat">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:bevel/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="131" name="任意多边形 131"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="2564589" y="5481369"/>
+                            <a:ext cx="226683" cy="283221"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="rtl" fmla="*/ -25000 w 226772"/>
+                              <a:gd name="rtr" fmla="*/ 251772 w 226772"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                            <a:pathLst>
+                              <a:path w="226772" h="283465">
+                                <a:moveTo>
+                                  <a:pt x="0" y="283465"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="226772" y="283465"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="226772" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="283465"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="10000" cap="flat">
+                            <a:noFill/>
+                            <a:bevel/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:snapToGrid w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="12"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="页-1" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:0pt;margin-left:-8.75pt;margin-top:7.5pt;height:453.1pt;width:411.9pt;mso-wrap-distance-bottom:0pt;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;mso-wrap-distance-top:0pt;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" coordorigin="-1148067,10000" coordsize="5230864,5754590" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAVktjFNoAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRnBW7u7Kak1ZlOkqKci2AribZtMk9Ds&#10;bMhuk/bfO570OLyPN9/L1xfXiRGH0HoyoOcKBFLpq5ZqA5/719kKRIiWKtt5QgNXDLAubm9ym1V+&#10;og8cd7EWXEIhswaaGPtMylA26GyY+x6Js6MfnI18DrWsBjtxuetkotRSOtsSf2hsj5sGy9Pu7Ay8&#10;TXZ6XuiXcXs6bq7f+/T9a6vRmPs7rZ5ARLzEPxh+9VkdCnY6+DNVQXQGZvohZZSDlDcxsFLLBYiD&#10;gcdEJyCLXP6fUPwAUEsDBBQAAAAIAIdO4kCF3Les2wYAANAoAAAOAAAAZHJzL2Uyb0RvYy54bWzt&#10;Wstu20YU3RfoPxBcFrDF90OIHKCxHRQo2qBJgWRJUZREgOSw5NiS9913303Ropt+QBdF0H5N08df&#10;9MyLIhU9aMtxW0ReWJR4587cx9xz55CPHi/zTLtOqjolxUg3Tw1dS4qYTNJiNtK/fHF5EuhaTaNi&#10;EmWkSEb6TVLrj88+/ODRohwmFpmTbJJUGpQU9XBRjvQ5peVwMKjjeZJH9SkpkwI3p6TKI4qv1Www&#10;qaIFtOfZwDIMb7Ag1aSsSJzUNX49Fzd1qbHqo5BMp2mcnJP4Kk8KKrRWSRZRmFTP07LWz/hqp9Mk&#10;pp9Pp3VCtWykw1LK/2MSXI/Z/8HZo2g4q6JynsZyCVGfJazZlEdpgUkbVecRjbSrKn1LVZ7GFanJ&#10;lJ7GJB8IQ7hHYIVprPnmaUWuSm7LbLiYlY3TEag1r99ZbfzZ9bNKSycj3dK1IsoR8L+///nEZI5Z&#10;lLMh7j+tyufls0r+MBPfmK3LaZWzT1ihLblLbxqXJkuqxfjRtWwj8Bxdi3HP9V3HDaXT4zkiw8ad&#10;mKYTGJ6vaxAxDfyJqMTziz1KBmoNA7bUZmWLEplZr9xVH+au5/OoTHgUauYO6S7TbBz253c/vfn1&#10;h1NX+IwLNQ6rhzV8t8Fblu8Fhslt9gPPsx1htPKbZeCuK/1m+5ZpcYHG4mgYX9X0aUJ4BKLrT2sq&#10;UnmCK56IExnOmBRFndLkJVJ+mmfI7o8GGlYfmEGoLTTLcj3bD8Tss/VBr9qDsAzD8bW5Ji62DHkJ&#10;o5p5pPb987QHmYFnWM7eeeD/Zp7e9rQHGXunsFtTGPuNaIv3NAIRvr0RnUE7nVXRrDXBieVid221&#10;o6JVS9hChiAxutLIv5nKsGiuki5eFjLrcKVFDEgMXg1LUrMd3k5B7HH1FcmFnIVKjGIpu2ew2CzN&#10;YF6ieg9G3NszW7eaGXFtD7ZvNRjBag9W25jbLJYvfVcBrBhM8ZgBqKiuAah4UABVY7HdyogytzN3&#10;sUttgcItd7A2H+lyZ7LbOblOXhAuSFflebV1MfdKJCvaoo1GLLwzQImpz5JrbourkCoJ9SkkUU2g&#10;so/MxmnjjNSJSBlmPM+dxiHMl62SWJMsnVymWcY8UFez8ZOs0q4j+Pf844uLSxXDjlhWMH/a6FKA&#10;VxF6myl6Cp7IHbGONoZXArGwgI7YOLlOMl6UaZRmF8VEozcl8JVWKbZIluhssjyZ6FqWoBNjV8K2&#10;DLsBiKagg13R5XiJm+xyTCY3wKAFepaRXn91FVXQlH1SAOUcvhSN8i+woWr/Om5+pdkTItqhqIjn&#10;BEkWY+ezuSVyiokeAEKxsUTPISGUR4UtAjjbA0I9x5QQanpBaBh8V0fDFYb6QRBg/7HeAwl1zxga&#10;Oo7te6iPJmbxXV6PWHlcw91DIVRq3z/PgRDa15zDEHSPrw5E0L42ICdWqHsXAN1sRhdAzRD46Zrd&#10;wKFIHAFUFd9+uI9gvVsAVcG8PwBtNPYD0LZ4H3DsI3ME0PcBQMHVCAD9As0j7ypO+VGuN4aehI5h&#10;ic7adp3Qs/gptoWhvhvYvB96Nxjq2zhnsBIZOp7j+qLJvX8MFdr3z3MohvY050AM3e2rQzG0pw2H&#10;Y+hGM9Yx1DeRFt3AHTGUJq/+axgqg3mPGKo09sTQlngffOwjc8TQ9wBDGfoJDP399es/vv7mzY/f&#10;/vXbLyB0NRO35KG713l0G5GtzqMdLhzsr21ysEU5U0x6m8DYxemu0XqBovUc1/NCXhlaB9FuRbVc&#10;x4QMKqq1kt5VUeGBaHhnbkrOwcqCtHg7N9VxyVZuSmlEWegMUEyT+pTcVEu8z5bvI7Nx2ttwUwVh&#10;xBR3rKCcxFOPNc6pJaWoJMTpvSGHLDRJ2/YlJ3p297haRcChupwSE2S0fExlGp4RBi4/VIIvMB1J&#10;3KhdCkrJY/wf8ssJXcu/xR7lEV2nxTv7B4o3P4JsaMwVryuTAjsH63AcPB+bImtGeoHHspyUXG2R&#10;Tezq6m53RyhlsK+b7EiuA1jVS/4nGcwOD7ojxTty/wKtKrhUROihmU+rYT7fBp0eJGiv5DYD10aw&#10;xZHqmN3H7C4fite3UKu2lW5+xL9z6XYd3wHngdpl+b7piQZqxVZ0a3doH2t3rydix9o92fT6zZYX&#10;P+ztBwbcApjszm7W/8pWBA9uHTcIeT67Dh63e2G3WluW5wWACtaMWAGoMq7/8APD6j0Az/flU7OG&#10;dFs/L5gQYccFS8m+u9OCmIIdFmCt47k72hwpwLB714NsvmZeL4RCIa86IvWpnmM30t3OiHXd7efj&#10;6OLe6p42y3RWqZQ8yFEhGv7/njrz17jwohuPqXwpj71J1/7Oe7XVi4hn/wBQSwMECgAAAAAAh07i&#10;QAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVs&#10;cy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+&#10;8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXN&#10;mKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2&#10;ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO&#10;4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl&#10;6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1Jw&#10;BDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmc&#10;O2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJ&#10;TxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9Q&#10;SwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAABOCQAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAADAIAABfcmVs&#10;cy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAABUCAAAX3JlbHMvLnJl&#10;bHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIU&#10;ABQAAAAIAIdO4kBWS2MU2gAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQ&#10;SwECFAAUAAAACACHTuJAhdy3rNsGAADQKAAADgAAAAAAAAABACAAAAApAQAAZHJzL2Uyb0RvYy54&#10;bWxQSwUGAAAAAAYABgBZAQAAdgoAAAAA&#10;">
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:shape id="矩形.5" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:276801;top:786634;height:372124;width:2080154;v-text-anchor:middle;" fillcolor="#DBEEF3" filled="t" stroked="t" coordsize="2256378,372047" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAQTNYgroAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVP32vCMBB+F/Y/hBvsTZNWGNIZBTeEvWoFX4/m2pQ2l9Kk&#10;VffXLwNhb/fx/bzt/u56MdMYWs8aspUCQVx503Kj4VIelxsQISIb7D2ThgcF2O9eFlssjL/xieZz&#10;bEQK4VCgBhvjUEgZKksOw8oPxImr/egwJjg20ox4S+Gul7lS79Jhy6nB4kCflqruPDkN6/pY5xOW&#10;j0P281VeD5Oabddp/faaqQ8Qke7xX/x0f5s0P8vh75l0gdz9AlBLAwQUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxLt1UK&#10;DXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMxDIb3&#10;QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuKomXn&#10;42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0edEJ7&#10;xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb1tOa&#10;WqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f330v24&#10;GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8CschpxwqG&#10;lMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiHw+LS&#10;pQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1ykufwb&#10;slhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMRZvcA&#10;AADiAQAAEwAAAAAAAAABACAAAACLAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHIBAABfcmVscy9QSwECFAAUAAAACACHTuJA1Vwm&#10;KMwAAACPAQAACwAAAAAAAAABACAAAACWAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAA&#10;AAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBBM1iCugAAANwA&#10;AAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAAAAAAABACAAAAAJAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsBAACz&#10;AwAAAAA=&#10;" path="m0,372047l2256378,372047,2256378,0,0,0,0,372047xe">
+                  <v:path textboxrect="0,0,2256378,372047" o:connectlocs="1040077,372124;2080154,186062;1040077,0;0,186062;1040077,186062" o:connectangles="0,0,0,0,0"/>
+                  <v:fill on="t" focussize="0,0"/>
+                  <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:snapToGrid w:val="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                          <w:t>发起人提出申请</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="矩形.3" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:264101;top:1689002;height:372124;width:2078884;v-text-anchor:middle;" fillcolor="#DBEEF3" filled="t" stroked="t" coordsize="1888751,372047" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzvVXvb8AAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPS2vCQBC+F/wPywi9iG5iQTR19dAitociPlp6HLJjEs3O&#10;xuzWRH+9Kwi9zcf3nOm8NaU4U+0KywriQQSCOLW64EzBbrvoj0E4j6yxtEwKLuRgPus8TTHRtuE1&#10;nTc+EyGEXYIKcu+rREqX5mTQDWxFHLi9rQ36AOtM6hqbEG5KOYyikTRYcGjIsaK3nNLj5s8oaHr7&#10;r/XEfp5Wvd/3dnn4Ntf48qPUczeOXkF4av2/+OH+0GF+/AL3Z8IFcnYDUEsDBBQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/J&#10;zEu3VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFq&#10;AzEMhvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZN&#10;C4qiZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCp&#10;bR50QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL&#10;8pvW05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMA&#10;AABbQ29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd&#10;/ffS/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKx&#10;yGnHCoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQy&#10;iIfD4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/&#10;XKS5/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa&#10;4xFm9wAAAOIBAAATAAAAAAAAAAEAIAAAAJACAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAA&#10;AAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdwEAAF9yZWxzL1BLAQIUABQAAAAIAIdO&#10;4kDVXCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJsBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQM71V72/&#10;AAAA3AAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAQAAAAAAAAAAEAIAAAAA4BAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYA&#10;WwEAALgDAAAAAA==&#10;" path="m0,372047l1888751,372047,1888751,0,0,0,0,372047xe">
+                  <v:path textboxrect="0,0,1888751,372047" o:connectlocs="1039442,372124;2078884,186062;1039442,0;0,186062;1039442,186062" o:connectangles="0,0,0,0,0"/>
+                  <v:fill on="t" focussize="0,0"/>
+                  <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:snapToGrid w:val="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                          <w:t>发起人部门主管审批</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Rectangle.8" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:-94021;top:3549625;height:372124;width:2758300;v-text-anchor:middle;" fillcolor="#DBEEF3" filled="t" stroked="t" coordsize="1946457,372047" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA53uq28AAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPT2vCQBDF7wW/wzJCL0U3kVIkZhVUSnsqaC16HLKTP5id&#10;TbPbRL9951DobYb35r3f5Juba9VAfWg8G0jnCSjiwtuGKwOnz9fZElSIyBZbz2TgTgE268lDjpn1&#10;Ix9oOMZKSQiHDA3UMXaZ1qGoyWGY+45YtNL3DqOsfaVtj6OEu1YvkuRFO2xYGmrsaFdTcT3+OAPn&#10;t+7p9L2/l4ePYb/9WujLeTk+G/M4TZMVqEi3+G/+u363gp8KrTwjE+j1L1BLAwQUAAAACACHTuJA&#10;My8FnjsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85P&#10;ycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCx&#10;agMxDIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbW&#10;TQuKomXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlg&#10;qW0edEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWA&#10;y/Kb1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAAT&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg&#10;3f330v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8C&#10;schpxwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0&#10;MoiHw+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvj&#10;v1ykufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJA&#10;WuMRZvcAAADiAQAAEwAAAAAAAAABACAAAACRAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoA&#10;AAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHgBAABfcmVscy9QSwECFAAUAAAACACH&#10;TuJA1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACcAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACH&#10;TuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDne6rb&#10;wAAAANwAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA&#10;My8FnjsAAAA5AAAAEAAAAAAAAAABACAAAAAPAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAG&#10;AFsBAAC5AwAAAAA=&#10;" path="m0,372047l1946457,372047,1946457,0,0,0,0,372047xe">
+                  <v:path textboxrect="0,0,1946457,372047" o:connectlocs="1379149,372124;2758300,186062;1379149,0;0,186062;1379149,186062" o:connectangles="0,0,0,0,0"/>
+                  <v:fill on="t" focussize="0,0"/>
+                  <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:snapToGrid w:val="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w14:textFill>
+                              <w14:noFill/>
+                            </w14:textFill>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                          <w:t>经办人</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                          </w:rPr>
+                          <w:t>审批并处理</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:-1148067;top:10000;height:680315;width:5230864;v-text-anchor:middle;" filled="f" stroked="f" coordsize="2456693,680315" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAJMFnJboAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTYvCMBC9L/gfwgje1rRaRavRg7CwB1nQevA4NmNbbCal&#10;ibX++40geJvH+5z1tje16Kh1lWUF8TgCQZxbXXGh4JT9fC9AOI+ssbZMCp7kYLsZfK0x1fbBB+qO&#10;vhAhhF2KCkrvm1RKl5dk0I1tQxy4q20N+gDbQuoWHyHc1HISRXNpsOLQUGJDu5Ly2/FuFGT78/LQ&#10;7XTSX2qczjJKbviXKDUaxtEKhKfef8Rv968O8ycxvJ4JF8jNP1BLAwQUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxLt1UK&#10;DXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMxDIb3&#10;QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuKomXn&#10;42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0edEJ7&#10;xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb1tOa&#10;WqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f330v24&#10;GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8CschpxwqG&#10;lMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiHw+LS&#10;pQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1ykufwb&#10;slhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMRZvcA&#10;AADiAQAAEwAAAAAAAAABACAAAACLAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHIBAABfcmVscy9QSwECFAAUAAAACACHTuJA1Vwm&#10;KMwAAACPAQAACwAAAAAAAAABACAAAACWAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAA&#10;AAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAkwWclugAAANwA&#10;AAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAAAAAAABACAAAAAJAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsBAACz&#10;AwAAAAA=&#10;" path="m0,680315l2456693,680315,2456693,0,0,0,0,680315xe">
+                  <v:path textboxrect="0,0,2456693,680315"/>
+                  <v:fill on="f" focussize="0,0"/>
+                  <v:stroke on="f" weight="0.78740157480315pt" joinstyle="bevel"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="11"/>
+                            <w:kern w:val="0"/>
+                            <w:sz w:val="30"/>
+                            <w:szCs w:val="30"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            <w:lang w:bidi="ar"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="11"/>
+                            <w:kern w:val="0"/>
+                            <w:sz w:val="30"/>
+                            <w:szCs w:val="30"/>
+                            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                            <w:lang w:bidi="ar"/>
+                          </w:rPr>
+                          <w:t>山东协和学院</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:i w:val="0"/>
+                            <w:iCs w:val="0"/>
+                            <w:caps w:val="0"/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="0"/>
+                            <w:sz w:val="30"/>
+                            <w:szCs w:val="30"/>
+                            <w:u w:val="none"/>
+                            <w:shd w:val="clear" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:fldChar w:fldCharType="begin"/>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:i w:val="0"/>
+                            <w:iCs w:val="0"/>
+                            <w:caps w:val="0"/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="0"/>
+                            <w:sz w:val="30"/>
+                            <w:szCs w:val="30"/>
+                            <w:u w:val="none"/>
+                            <w:shd w:val="clear" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:instrText xml:space="preserve"> HYPERLINK "javascript:openNewWindow("4637673358600258124");" \o "网络信息中心实验室（机房）使用申请表
+表单名称：实验室申请可叠加所属人 : 翟成景部门 : 网络信息中心岗位 : 科长电话 : 手机 : 15953166908邮箱 : zcj82@163.com" </w:instrText>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:i w:val="0"/>
+                            <w:iCs w:val="0"/>
+                            <w:caps w:val="0"/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="0"/>
+                            <w:sz w:val="30"/>
+                            <w:szCs w:val="30"/>
+                            <w:u w:val="none"/>
+                            <w:shd w:val="clear" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:fldChar w:fldCharType="separate"/>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:i w:val="0"/>
+                            <w:iCs w:val="0"/>
+                            <w:caps w:val="0"/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="0"/>
+                            <w:sz w:val="30"/>
+                            <w:szCs w:val="30"/>
+                            <w:u w:val="none"/>
+                            <w:shd w:val="clear" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:t>服务器资源申请</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:i w:val="0"/>
+                            <w:iCs w:val="0"/>
+                            <w:caps w:val="0"/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="0"/>
+                            <w:sz w:val="30"/>
+                            <w:szCs w:val="30"/>
+                            <w:u w:val="none"/>
+                            <w:shd w:val="clear" w:fill="FFFFFF"/>
+                          </w:rPr>
+                          <w:fldChar w:fldCharType="end"/>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="28"/>
+                            <w:szCs w:val="28"/>
+                          </w:rPr>
+                          <w:t>业务流程图</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p/>
+                      <w:p>
+                        <w:pPr>
+                          <w:rPr>
+                            <w:rFonts w:hint="default" w:eastAsiaTheme="minorEastAsia"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:1060985;top:944141;height:495275;width:10160;rotation:5898240f;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="10000,495447" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAmU6RYL0AAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTUvDQBC9C/0PyxS82U2DiKbd9iC0COZgU7XXMTtmg9nZ&#10;NDu28d+7gtDbPN7nLNej79SJhtgGNjCfZaCI62Bbbgy87jc396CiIFvsApOBH4qwXk2ulljYcOYd&#10;nSppVArhWKABJ9IXWsfakcc4Cz1x4j7D4FESHBptBzyncN/pPMvutMeWU4PDnh4d1V/Vtzcg+wf3&#10;XL4fwsvb9lbKY7X7KI+jMdfTebYAJTTKRfzvfrJpfp7D3zPpAr36BVBLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCZTpFgvQAA&#10;ANwAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;" path="m0,0nfl495447,0e">
+                  <v:fill on="t" focussize="0,0"/>
+                  <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                </v:shape>
+                <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:1060985;top:1853495;height:495275;width:10160;rotation:5898240f;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="10000,495447" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA9gI0+70AAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPS0/CQBC+m/gfNmPiTbagMVpYOJhoTOgBio/r0B27jd3Z&#10;0h2g/nuXhITbfPmeM1sMvlUH6mMT2MB4lIEiroJtuDbwsXm9ewIVBdliG5gM/FGExfz6aoa5DUde&#10;06GUWqUQjjkacCJdrnWsHHmMo9ARJ+4n9B4lwb7WtsdjCvetnmTZo/bYcGpw2NGLo+q33HsDsnl2&#10;y+LrO6w+3x6k2JXrbbEbjLm9GWdTUEKDXMRn97tN8yf3cHomXaDn/1BLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kD2AjT7vQAA&#10;ANwAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;" path="m0,0nfl495447,0e">
+                  <v:fill on="t" focussize="0,0"/>
+                  <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                </v:shape>
+                <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:1054748;top:2771615;height:495935;width:10160;rotation:5898240f;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="10000,495447" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAiTky+L0AAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPS2vCQBC+F/oflin0VjdK6SO6eii0FMxBYx/XMTvNhmZn&#10;Y3bU9N93BcHbfHzPmS0G36oD9bEJbGA8ykARV8E2XBv42LzePYGKgmyxDUwG/ijCYn59NcPchiOv&#10;6VBKrVIIxxwNOJEu1zpWjjzGUeiIE/cTeo+SYF9r2+MxhftWT7LsQXtsODU47OjFUfVb7r0B2Ty7&#10;ZfH1HVafb/dS7Mr1ttgNxtzejLMpKKFBLuKz+92m+ZNHOD2TLtDzf1BLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCJOTL4vQAA&#10;ANwAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;" path="m0,0nfl495447,0e">
+                  <v:fill on="t" focussize="0,0"/>
+                  <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                </v:shape>
+                <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:2564589;top:5481369;height:283221;width:226683;v-text-anchor:middle;" filled="f" stroked="f" coordsize="226772,283465" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAFuCt27wAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPPWvDMBDdC/kP4gLdatkplOJayZDiEOiSOoGQ7bCulql1&#10;MpLiuP8+KhS63eN9XrWZ7SAm8qF3rKDIchDErdM9dwpOx/rpFUSIyBoHx6TghwJs1ouHCkvtbvxJ&#10;UxM7kUI4lKjAxDiWUobWkMWQuZE4cV/OW4wJ+k5qj7cUbge5yvMXabHn1GBwpK2h9ru5WgXebPer&#10;Q9i9f5z18TL0dSGntlbqcVnkbyAizfFf/Ofe6zT/uYDfZ9IFcn0HUEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3&#10;VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEM&#10;hvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qi&#10;ZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50&#10;QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW&#10;05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS&#10;/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnH&#10;CoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD&#10;4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5&#10;/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm&#10;9wAAAOIBAAATAAAAAAAAAAEAIAAAAI0CAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdAEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDV&#10;XCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJgBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQBbgrdu8AAAA&#10;3AAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAAAAAAAEAIAAAAAsBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEA&#10;ALUDAAAAAA==&#10;" path="m0,283465l226772,283465,226772,0,0,0,0,283465xe">
+                  <v:path textboxrect="0,0,226772,283465"/>
+                  <v:fill on="f" focussize="0,0"/>
+                  <v:stroke on="f" weight="0.78740157480315pt" joinstyle="bevel" endarrow="block"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:snapToGrid w:val="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="12"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="square"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>流程图的岗位职责直接联系人：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>马万强</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 联系方式：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>13678826356</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -73,51 +1361,816 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:altName w:val="仿宋"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiYzY3OTcwNzgzZjE2MDExZWViMzY4NTAzYjIzMzY4OWUifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="00421389"/>
+    <w:rsid w:val="00023986"/>
+    <w:rsid w:val="00192BFF"/>
+    <w:rsid w:val="00234ABA"/>
+    <w:rsid w:val="00421389"/>
+    <w:rsid w:val="00484565"/>
+    <w:rsid w:val="004A7E48"/>
+    <w:rsid w:val="00B606A9"/>
+    <w:rsid w:val="00BE6056"/>
+    <w:rsid w:val="00BF570C"/>
+    <w:rsid w:val="00C22B24"/>
+    <w:rsid w:val="00F11175"/>
+    <w:rsid w:val="03086125"/>
+    <w:rsid w:val="04622336"/>
+    <w:rsid w:val="050A5551"/>
+    <w:rsid w:val="07582D65"/>
+    <w:rsid w:val="08A20FAC"/>
+    <w:rsid w:val="161733AE"/>
+    <w:rsid w:val="1C666993"/>
+    <w:rsid w:val="21F754B0"/>
+    <w:rsid w:val="22BF1DD4"/>
+    <w:rsid w:val="33136C1F"/>
+    <w:rsid w:val="402A47DF"/>
+    <w:rsid w:val="46E87B02"/>
+    <w:rsid w:val="484450B9"/>
+    <w:rsid w:val="48BC6665"/>
+    <w:rsid w:val="57A23229"/>
+    <w:rsid w:val="5A597A38"/>
+    <w:rsid w:val="5A6A4AC7"/>
+    <w:rsid w:val="61162DBC"/>
+    <w:rsid w:val="72F61316"/>
+    <w:rsid w:val="76F971C0"/>
+    <w:rsid w:val="7B7D06A6"/>
+    <w:rsid w:val="7D7A30EF"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="59" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="5">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="4">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="5"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Company>china</Company>
+  <Pages>2</Pages>
+  <Words>0</Words>
+  <Characters>5</Characters>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>5</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15120_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>huangpiao</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15120</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>E2A36E9911F64D70ACA7A37D28E59D58_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>