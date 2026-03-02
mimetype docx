--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,25 +1,521 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:body>
+    <w:p w:rsidR="002C18D4" w:rsidRDefault="000A7C82" w:rsidP="001F1DD8">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="页-1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-8.8pt;margin-top:10.05pt;width:411.85pt;height:525.25pt;z-index:251659264;mso-height-relative:margin" coordorigin="-11480,100" coordsize="52308,66712" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHrAvacwkAAGRHAAAOAAAAZHJzL2Uyb0RvYy54bWzsXEuP48YRvhvIfyB4DLAjdvMtrNZAdncW&#10;AYzEiB3APnIo6gFQJENyR7N3333PJbDhi485+GAYya+JE/tf+OtuNkVySKk11GwWA85hREnVj6qu&#10;qq+6ulrPP77bxdptlBfbNFno5MrQtSgJ0+U2WS/0v35+/czTtaIMkmUQp0m00N9Fhf7xi9999Hyf&#10;zSOabtJ4GeUaOkmK+T5b6JuyzOazWRFuol1QXKVZlODLVZrvghJv8/VsmQd79L6LZ9QwnNk+zZdZ&#10;noZRUeDTV+JL/QXvf7WKwvLPq1URlVq80DG3kv/P+f8b9n/24nkwX+dBttmG1TSCB8xiF2wTDFp3&#10;9SooA+1tvr3X1W4b5mmRrsqrMN3N0tVqG0acB3BDjA43b/L0bcZ5Wc/366wWE0TbkdODuw3/dPtp&#10;rm2XWDsD8kmCHRbp129+eEaYaPbZeg6KN3n2WfZpXn2wFu8Yt3erfMdewYd2x4X6rhZqdFdqIT60&#10;qWlYvq1rIb5zHNdwXFuIPdxgbVi7Z4RYHj7XNZBgHpgJX5dw87rRiedYdSeEWpxmJucwY1OtZ7bP&#10;oE3FQWDFOIF9tgmyiK9DwcQhBUaoFNj//vH9z//69orzxcYGUS2wYl5Adj3Soq7jGYTz7HqOY1qC&#10;aSk3auBbu2LZdClYZgQ1x8E8fFuUb6KUr0Bw+0lRcqGtl3jiqrisljNMk6TYltEXWODVLoZ+/36m&#10;EUI94vnaXqPUdkzXE6Ovu42+bDbCNAzL1TaaeBho8gWYqsepej89TrMR8RyDWifHgfzrcZT5aTYy&#10;Tg5hNoYwTjPRJFdkAit8PhOtRkeFlZdxY4Bn1IZ1DfKRl3mDmEJDoBhtauhfrWHBRipdeJdUWocn&#10;LWDO3+D+MEsLZuFNFYSNy7dQLqHSaMVU9kRjYSx1Y+6iMB+1xlj35sj0rJGxrs3G5lmNsVjNxtKM&#10;+bTF9CvZ5YArBlR8zQBVpa4BqviiAKxuhLllQcnEzsTFHrX9QpcWrG0WemWZ7Otdeht9nnLC8uCe&#10;D6aLsQ8kcdIkrXvExFsNJJl8zXjPTXK5pJJCvgpKeBN0qULTO2wYp0UkVIYxz91hLRAmy4ZLLNJ4&#10;u7zexjGTQJGvb17GuXYbQL6v/vD69bVcwxZZnDB5mogsADUB4pFVHJRckVtkrd4YXgnEwgRaZDfR&#10;bRRzp1wG2/h1stTKdxnwtcy3MJE40tlgu2ipa3GE6Ik9Cd5iWAMQTUIHeyrvbu7wJXu8SZfvgEF7&#10;RC0Lvfjb2yBHT/EfE6CcxaeilfwNeMibn97Un5bxy1QEREESblIoWQjLZ2Oz/oGcYqD3AKEwLBFz&#10;VBDKV4VNQg1CHYtUEEoc33fMKrI4YKjreR7sj8UeUKgLY6hvWabrwD8SjOLa3B8x99jB3bEQWvV+&#10;epyREKrKzjgEPSGrkQiqygN04oC6DwHQfjbaAEp84KdN2gsHJzEBqHS+atCNxXpcAJWLeTkArXtU&#10;A9AmuQo4qtBMAAoYEXsvCaBio8uA7qnhKEykhaM8yFTHUc+yDGRqoKzUMWzTqqDsgKOWTU3Ay+Pg&#10;qGvbps+2osQmhuv7ItC9PI6K3k+PMxJHVdkZiaPHZTUSR1V5GI+jvWx0cNQ2bahFe+EmHC2jLz80&#10;HK0W84I4KntUxNEGuQpGqtBMONqPozyD8tRwFDlogaN/QS6Gb9KvXBkvqG1JfWIZyHZDX208ELtC&#10;MwmlxDd9jzqPBaU2EukmZZ7S8B3D4f7hMbakovfT44yEUlV2RkLpcVmNhFJVHsZDaS8bHSgllEAt&#10;2gs3QekHCKXVYl4QSmWPilDaIFeBSRWaCUr7obTOej6l1C72k10o5YeMyrtSk/oufC/U1TENnxBH&#10;7AslklLX9kyeqBcKfenkrmviAIw5St9yLJtHAY+BpKL30+OMRFKIUomdkUh6XFYjkVSVh/FI2stG&#10;B0l9l0At2gs3IekHiKTVYl4QSWWPikjaIFdBSRWaCUn7kbTOez4lJPUlkv7y9T9RZ3TWftT1Tbbb&#10;ZJpqm45PuXIF8xpELZs4hJ12g4KYpm2h5EgcQsviruaZ+tllRsgj+gY/IrUJ8YjSEanrMEqU5ogH&#10;gfr3ssGtKiMkjnkbnkI+Nk4TRU3P8A375DhNRFRlp9mGFRkd56QJi6w4p+JmgHEk/Q5nl8d5GCj+&#10;6e+/A2/QFrYKrdlM8NaFN0gEZ5gj63fkejCEqjSlr35HKB+35YM+YQJDRTx1t8z4ua5Xli1LcuSr&#10;KM1pdK+EQGf12JqwHPcy1TzX/ktLnBlBFq36mw+7mocfRtYlo08IryicrNj5/eenn/771dc/f/f3&#10;X/79I4BLQ/KJqaDyDnCoMFiiFw4ljUNZMDKfhMsTenAueHU8pSfLJC3bcfxuFrXtKaltofiIpdTo&#10;gRpTGKzygASC+YNr/aoxmK9A/TDjuM9XiDq7ikDg+ZCbkLPmG+2mDKWZyteq1k9OAF5FxU+o0LTm&#10;KYc7xzskKSv044IVRi+qyDs1fA0qWZqHdRootuPmyVMOT+yMgyI4GTLP+kxn+KxDy1OUpuJsg5ca&#10;Mt2rqv+RVzZ8Txx9oAyLdIsIUKnnVIEm7gMge1OhkYKp8oXtVhu3zAgd99/tqKtDD+WylW7AgDAP&#10;y8KRzwrKs9AT3FA5YkxSkYfsSHZ2zy6gYyOKVa/5XyWrHnjr1fQW3f+hWlWgGfM7zHj276+glCI4&#10;HlLuOss6UrmJhwoZ3GjhCiihaNLuSs15LIzn5rZxWB0n7V723fwauHFE4V2HtLuOJB+k3ZYL78y3&#10;FtR1CTF4EuCQJpi0e9LuR79Px/JUQ9pdB2IP027TQzTCAlwLV918mFHLdyMagWGxDBjcuo9sGAMu&#10;pT0E72YKTHr33VNg0rwsSuvKovubYoUKoyNRNyJxVpoL7bURzXpe55i07bon7Z4CkzF3x4cCk/qI&#10;4r528wI45ZQPbszgmpZIXyCt53hmp4COUgcfCndNPRxqn+Gu2W61PkjopHwON2Md1+X74BZt3ki6&#10;U5uAhCV8qKQFXDxSvkcMwdI94NZyjqV7KgKBXkPb1GrOzF+06GXaRb7Km52cQ0Yt5SwJ5Ou5Fzt7&#10;R30vyZ5gfpl7mDw1VDvtJ5S5ZTgyEIHhK+iVshnjNwUs24NXYLCEmlTf61wpMalnsKubLOqCRlCR&#10;GVaLuiYzhswqvzCZsf7Q69TcjOuStPdixvxnSvBTLnx/Uf3sDPutmOZ7njQ7/DjOi98AAAD//wMA&#10;UEsDBBQABgAIAAAAIQAYJM6R4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwDIbvg72D&#10;0WC31k7H0pLFKaVsO5XB2sHYzY3VJDSWQ+wm6dtPO603CX38+v58PblWDNiHxpOGZK5AIJXeNlRp&#10;+Dq8zVYgQjRkTesJNVwxwLq4v8tNZv1InzjsYyU4hEJmNNQxdpmUoazRmTD3HRLfTr53JvLaV9L2&#10;ZuRw18qFUql0piH+UJsOtzWW5/3FaXgfzbh5Sl6H3fm0vf4cnj++dwlq/fgwbV5ARJziPwx/+qwO&#10;BTsd/YVsEK2GWbJMGdWwUAkIBlYq5eHIpFqqFGSRy9sOxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAB6wL2nMJAABkRwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAGCTOkeEAAAALAQAADwAAAAAAAAAAAAAAAADNCwAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAANsMAAAAAA==&#10;">
+            <v:shape id="矩形.5" o:spid="_x0000_s1027" style="position:absolute;left:2768;top:7866;width:20801;height:3721;visibility:visible;v-text-anchor:middle" coordsize="2256378,372047" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAvsO2gcAA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERP3WrCMBS+H/gO4QjezbSCY1SjiCCKbBerPsCxOSbF&#10;5qQ0se3efhkMdnc+vt+z3o6uET11ofasIJ9nIIgrr2s2Cq6Xw+s7iBCRNTaeScE3BdhuJi9rLLQf&#10;+Iv6MhqRQjgUqMDG2BZShsqSwzD3LXHi7r5zGBPsjNQdDincNXKRZW/SYc2pwWJLe0vVo3w6Bcdb&#10;mcfl4cOEs+xrW32epRlQqdl03K1ARBrjv/jPfdJpfr6A32fSBXLzAwAA//8DAFBLAQItABQABgAI&#10;AAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXhtbC54&#10;bWxQSwECLQAUAAYACAAAACEAvsO2gcAAAADcAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA9QAAAIUDAAAAAA==&#10;" adj="-11796480,,5400" path="m,372047r2256378,l2256378,,,,,372047xe" fillcolor="#dbeef3" strokeweight=".08889mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1040077,372124;2080154,186063;1040077,0;0,186063;1040077,186063" o:connectangles="0,0,0,0,0" textboxrect="-24999,0,2281377,372047"/>
+              <v:textbox inset="1.1111mm,0,1.1111mm,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="002C18D4" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:hint="eastAsia"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>发起</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>人</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:hint="eastAsia"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>填写</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>申请表</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+            <v:shape id="矩形.3" o:spid="_x0000_s1028" style="position:absolute;left:2641;top:16996;width:20788;height:3721;visibility:visible;v-text-anchor:middle" coordsize="1888751,372047" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAgpO8c8MA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/0PyxR6MxtTKJK6ihQKgpc2DUFvQ3a6&#10;iWZnQ3YbU3+9Wyh4m8f7nNVmsp0YafCtYwWLJAVBXDvdslFQfr3PlyB8QNbYOSYFv+Rhs36YrTDX&#10;7sKfNBbBiBjCPkcFTQh9LqWvG7LoE9cTR+7bDRZDhIOResBLDLedzNL0RVpsOTY02NNbQ/W5+LEK&#10;5K7aT3scP7IK0Zyux3NmDqVST4/T9hVEoCncxf/unY7zF8/w90y8QK5vAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAgpO8c8MAAADcAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" adj="-11796480,,5400" path="m,372047r1888751,l1888751,,,,,372047xe" fillcolor="#dbeef3" strokeweight=".08889mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1039443,372124;2078884,186063;1039443,0;0,186063;1039443,186063" o:connectangles="0,0,0,0,0" textboxrect="-25000,0,1913751,372047"/>
+              <v:textbox inset="1.1111mm,0,1.1111mm,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="002C18D4" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:hint="eastAsia"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>发起人</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>部门领导审批签字</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+            <v:shape id="矩形.4" o:spid="_x0000_s1029" style="position:absolute;left:2844;top:26053;width:20452;height:3721;visibility:visible;v-text-anchor:middle" coordsize="1510799,372047" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEApc8+h8UA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWsCMRCF74L/IYzQm2aVYmU1ighihR7aVfA6bMbs&#10;ajJZNqmu/fVNoeBthvfmfW8Wq85ZcaM21J4VjEcZCOLS65qNguNhO5yBCBFZo/VMCh4UYLXs9xaY&#10;a3/nL7oV0YgUwiFHBVWMTS5lKCtyGEa+IU7a2bcOY1pbI3WL9xTurJxk2VQ6rDkRKmxoU1F5Lb5d&#10;4h5Pnz/m+uank31pwqXY2t2HVepl0K3nICJ18Wn+v37Xqf74Ff6eSRPI5S8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQClzz6HxQAAANwAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" adj="-11796480,,5400" path="m,372047r1510799,l1510799,,,,,372047xe" fillcolor="#dbeef3" strokeweight=".08889mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1022615,372124;2045231,186063;1022615,0;0,186063;1022615,186063" o:connectangles="0,0,0,0,0" textboxrect="-25000,0,1535799,372047"/>
+              <v:textbox inset="1.1111mm,0,1.1111mm,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="002C18D4" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>网络</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:hint="eastAsia"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>信息</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>中心主任审批</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+            <v:shape id="Rectangle.7" o:spid="_x0000_s1030" style="position:absolute;left:2914;top:54051;width:19398;height:3721;visibility:visible;v-text-anchor:middle" coordsize="1096063,372047" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAjZqh78MA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9F/oflin0VjeJUiW6igQE0V6qIngbs9Mk&#10;NDsbd7ca/323UPA2j/c5s0VvWnEl5xvLCtJBAoK4tLrhSsFhv3qbgPABWWNrmRTcycNi/vw0w1zb&#10;G3/SdRcqEUPY56igDqHLpfRlTQb9wHbEkfuyzmCI0FVSO7zFcNPKLEnepcGGY0ONHRU1ld+7H6Pg&#10;vC0y3CejYeHS0+ay9Nn643JU6vWlX05BBOrDQ/zvXus4Px3D3zPxAjn/BQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAjZqh78MAAADcAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" adj="-11796480,,5400" path="m,372047r1096063,l1096063,,,,,372047xe" fillcolor="#dbeef3" strokeweight=".08889mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="custom" o:connectlocs="969914,372124;1939826,186063;969914,0;0,186063;969914,186063" o:connectangles="0,0,0,0,0" textboxrect="-25000,0,1121063,372047"/>
+              <v:textbox inset="1.1111mm,0,1.1111mm,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="002C18D4" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:hint="eastAsia"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>发起者部门分管领导审批</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+            <v:shape id="Rectangle.8" o:spid="_x0000_s1031" style="position:absolute;left:329;top:63091;width:27583;height:3721;visibility:visible;v-text-anchor:middle" coordsize="1946457,372047" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA8++fl8QA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbESPzWoCMRDH74W+Qxihl6JZtUhZjVIKLYVerPUBhs24&#10;Wd1MtklW17fvHARvM8z/4zerzeBbdaaYmsAGppMCFHEVbMO1gf3vx/gVVMrIFtvAZOBKCTbrx4cV&#10;ljZc+IfOu1wrCeFUogGXc1dqnSpHHtMkdMRyO4ToMcsaa20jXiTct3pWFAvtsWFpcNjRu6PqtOu9&#10;lET3/Lf9vhYv+tj7z9me5vWiN+ZpNLwtQWUa8l18c39ZwZ8KrTwjE+j1PwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhAPPvn5fEAAAA3AAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" adj="-11796480,,5400" path="m,372047r1946457,l1946457,,,,,372047xe" fillcolor="#dbeef3" strokeweight=".08889mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1379149,372124;2758300,186063;1379149,0;0,186063;1379149,186063" o:connectangles="0,0,0,0,0" textboxrect="-25000,0,1971457,372047"/>
+              <v:textbox inset="1.1111mm,0,1.1111mm,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="002C18D4" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:hint="eastAsia"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>网站经办人审批并处理</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+            <v:shape id="菱形" o:spid="_x0000_s1032" style="position:absolute;left:793;top:35369;width:24516;height:13354;visibility:visible;v-text-anchor:middle" coordsize="1511811,761811" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAVonx6MQA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERP22oCMRB9L/Qfwgh9q1kLWt0aRYpKEYV6wb6Om3Gz&#10;dDNZN6mu/fpGKPg2h3Od4bixpThT7QvHCjrtBARx5nTBuYLddvbcB+EDssbSMSm4kofx6PFhiKl2&#10;F17TeRNyEUPYp6jAhFClUvrMkEXfdhVx5I6uthgirHOpa7zEcFvKlyTpSYsFxwaDFb0byr43P1bB&#10;ysz3r4vT8mu66s758Lv4POx5otRTq5m8gQjUhLv43/2h4/zOAG7PxAvk6A8AAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhAFaJ8ejEAAAA3AAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" adj="-11796480,,5400" path="m755906,761811l1511811,380905,755906,,,380905,755906,761811xe" fillcolor="#f9c499" strokeweight=".08889mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="custom" o:connectlocs="1225806,1335454;2451610,667726;1225806,0;0,667726" o:connectangles="0,0,0,0" textboxrect="-25000,0,1536811,761811"/>
+              <v:textbox inset="1.1111mm,0,1.1111mm,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="001F1DD8" w:rsidRDefault="001F1DD8">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                  </w:p>
+                  <w:p w:rsidR="002C18D4" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>是否</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:hint="eastAsia"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>需要发起人部门分管领导</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="002C18D4" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:hint="eastAsia"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>审批</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>？</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+            <v:shape id="任意多边形 121" o:spid="_x0000_s1033" style="position:absolute;left:-11480;top:100;width:52307;height:6803;visibility:visible;v-text-anchor:middle" coordsize="2456693,680315" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEABA8szsIA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2sCMRC+F/wPYQq91cQVRLZmRQSpFw9u9eBtmsw+&#10;6GaybFLd+utNodDbfHzPWa1H14krDaH1rGE2VSCIjbct1xpOH7vXJYgQkS12nknDDwVYF5OnFebW&#10;3/hI1zLWIoVwyFFDE2OfSxlMQw7D1PfEiav84DAmONTSDnhL4a6TmVIL6bDl1NBgT9uGzFf57TQ4&#10;/KzOfba9qL0qzXg38/Nh8671y/O4eQMRaYz/4j/33qb52Qx+n0kXyOIBAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQAEDyzOwgAAANwAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" adj="-11796480,,5400" path="m,680315r2456693,l2456693,,,,,680315xe" filled="f" stroked="f" strokeweight=".27778mm">
+              <v:stroke joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="segments" textboxrect="-85000,0,2541693,680315"/>
+              <v:textbox inset="1.1111mm,0,1.1111mm,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="002C18D4" w:rsidRPr="004A4850" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="30"/>
+                        <w:szCs w:val="30"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="004A4850">
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:hint="eastAsia"/>
+                        <w:b/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="30"/>
+                        <w:szCs w:val="30"/>
+                      </w:rPr>
+                      <w:t>山东协和学院校园网网页页面更新工作业务流程图</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+            <v:shape id="任意多边形 122" o:spid="_x0000_s1034" style="position:absolute;left:10610;top:9440;width:102;height:4953;rotation:90;visibility:visible" coordsize="10000,495447" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA+IgvScQA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2vCQBC+F/wPywhepG7MQWrqKj7wARVB24PHMTsm&#10;wexsyK4m/vtuQehtPr7nTGatKcWDaldYVjAcRCCIU6sLzhT8fK/fP0A4j6yxtEwKnuRgNu28TTDR&#10;tuEjPU4+EyGEXYIKcu+rREqX5mTQDWxFHLirrQ36AOtM6hqbEG5KGUfRSBosODTkWNEyp/R2uhsF&#10;zaY8H9Jiv13dNtFX/zI+LoZVq1Sv284/QXhq/b/45d7pMD+O4e+ZcIGc/gIAAP//AwBQSwECLQAU&#10;AAYACAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4&#10;bWwueG1sUEsBAi0AFAAGAAgAAAAhAPiIL0nEAAAA3AAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPUAAACJAwAAAAA=&#10;" adj="0,,0" path="m,nfl495447,e" strokeweight=".27778mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="segments" textboxrect="0,0,10000,495447"/>
+            </v:shape>
+            <v:shape id="任意多边形 123" o:spid="_x0000_s1035" style="position:absolute;left:10610;top:18534;width:102;height:4953;rotation:90;visibility:visible" coordsize="10000,495447" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAl8SK0sUA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9F/wPywheim5UKDVmI9qiLSiFqAeP0+w0&#10;CWZnQ3Y16b/vFgq9zeN9TrLqTS3u1LrKsoLpJAJBnFtdcaHgfNqOn0E4j6yxtkwKvsnBKh08JBhr&#10;23FG96MvRAhhF6OC0vsmltLlJRl0E9sQB+7LtgZ9gG0hdYtdCDe1nEXRkzRYcWgosaGXkvLr8WYU&#10;dLv68pFXh7fX6y7aP34uss206ZUaDfv1EoSn3v+L/9zvOsyfzeH3mXCBTH8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQCXxIrSxQAAANwAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" adj="0,,0" path="m,nfl495447,e" strokeweight=".27778mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="segments" textboxrect="0,0,10000,495447"/>
+            </v:shape>
+            <v:shape id="任意多边形 125" o:spid="_x0000_s1036" style="position:absolute;left:10470;top:27710;width:102;height:4953;rotation:90;visibility:visible" coordsize="10000,495447" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAd2G3PcUA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9F/wPywheim4ULDVmI9qiLSiFqAeP0+w0&#10;CWZnQ3Y16b/vFgq9zeN9TrLqTS3u1LrKsoLpJAJBnFtdcaHgfNqOn0E4j6yxtkwKvsnBKh08JBhr&#10;23FG96MvRAhhF6OC0vsmltLlJRl0E9sQB+7LtgZ9gG0hdYtdCDe1nEXRkzRYcWgosaGXkvLr8WYU&#10;dLv68pFXh7fX6y7aP34uss206ZUaDfv1EoSn3v+L/9zvOsyfzeH3mXCBTH8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQB3Ybc9xQAAANwAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" adj="0,,0" path="m,nfl495447,e" strokeweight=".27778mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="segments" textboxrect="0,0,10000,495447"/>
+            </v:shape>
+            <v:shape id="任意多边形 126" o:spid="_x0000_s1037" style="position:absolute;left:10438;top:46379;width:95;height:4959;rotation:90;visibility:visible" coordsize="10000,495447" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAh7MpSsUA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPS2vCQBC+C/0PyxR6KbpJDqLRVfqgqaAI2h48TrPT&#10;JCQ7G7JbE/+9KxS8zcf3nOV6MI04U+cqywriSQSCOLe64kLB99fHeAbCeWSNjWVScCEH69XDaImp&#10;tj0f6Hz0hQgh7FJUUHrfplK6vCSDbmJb4sD92s6gD7ArpO6wD+GmkUkUTaXBikNDiS29lZTXxz+j&#10;oM+a0z6vdp/vdRZtn3/mh9e4HZR6ehxeFiA8Df4u/ndvdJifTOH2TLhArq4AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQCHsylKxQAAANwAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" adj="0,,0" path="m,nfl495447,e" strokeweight=".27778mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="segments" textboxrect="0,0,10000,495447"/>
+            </v:shape>
+            <v:shape id="任意多边形 127" o:spid="_x0000_s1038" style="position:absolute;left:10400;top:55448;width:102;height:4959;rotation:90;visibility:visible" coordsize="10000,495447" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEA6P+M0cUA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9F/wPywheim70YGvMRrRFW1AKUQ8ep9lp&#10;EszOhuxq0n/fLRR6m8f7nGTVm1rcqXWVZQXTSQSCOLe64kLB+bQdP4NwHlljbZkUfJODVTp4SDDW&#10;tuOM7kdfiBDCLkYFpfdNLKXLSzLoJrYhDtyXbQ36ANtC6ha7EG5qOYuiuTRYcWgosaGXkvLr8WYU&#10;dLv68pFXh7fX6y7aP34uss206ZUaDfv1EoSn3v+L/9zvOsyfPcHvM+ECmf4AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBl&#10;eG1sLnhtbFBLAQItABQABgAIAAAAIQDo/4zRxQAAANwAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABAD1AAAAigMAAAAA&#10;" adj="0,,0" path="m,nfl495447,e" strokeweight=".27778mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="segments" textboxrect="0,0,10000,495447"/>
+            </v:shape>
+            <v:shape id="任意多边形 129" o:spid="_x0000_s1039" style="position:absolute;left:13721;top:49968;width:2267;height:2832;visibility:visible;v-text-anchor:middle" coordsize="226772,283465" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAHCpl78IA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/0PyxR60009VE3dBFtI8SAFEw89Dtlp&#10;EpqdDdmppv/eFQre5vE+Z5tPrldnGkPn2cDzIgFFXHvbcWPgVBXzNaggyBZ7z2TgjwLk2cNsi6n1&#10;Fz7SuZRGxRAOKRpoRYZU61C35DAs/EAcuW8/OpQIx0bbES8x3PV6mSQv2mHHsaHFgd5bqn/KX2dg&#10;Lfu3imzh9eHjSz6rXbHSRW/M0+O0ewUlNMld/O/e2zh/uYHbM/ECnV0BAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhAPD3irv9AAAA4gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAMd1fYdIAAACPAQAACwAAAAAAAAAAAAAAAAAuAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAEAAAAAAAAAAAAAAAAAApAgAAZHJzL3NoYXBleG1s&#10;LnhtbFBLAQItABQABgAIAAAAIQAcKmXvwgAAANwAAAAPAAAAAAAAAAAAAAAAAJgCAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABAD1AAAAhwMAAAAA&#10;" adj="-11796480,,5400" path="m,283465r226772,l226772,,,,,283465xe" filled="f" stroked="f" strokeweight=".27778mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="segments" textboxrect="-25000,0,251772,283465"/>
+              <v:textbox inset="1.1111mm,0,1.1111mm,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="002C18D4" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>是</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+            <v:shape id="任意多边形 131" o:spid="_x0000_s1040" style="position:absolute;left:25645;top:54809;width:3280;height:2833;visibility:visible;v-text-anchor:middle" coordsize="226772,283465" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAZ4X/NMEA&#10;AADcAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9F/wPywje6sYKrURX0ULEQynUePA4ZMck&#10;mJ0N2VHjv3cFobd5vM9ZrHrXqCt1ofZsYDJOQBEX3tZcGjjk2fsMVBBki41nMnCnAKvl4G2BqfU3&#10;/qPrXkoVQzikaKASaVOtQ1GRwzD2LXHkTr5zKBF2pbYd3mK4a/RHknxqhzXHhgpb+q6oOO8vzsBM&#10;dpucbOb1z/Yov/k6+9JZY8xo2K/noIR6+Re/3Dsb508n8HwmXqCXDwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEA8PeKu/0AAADiAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQAx3V9h0gAAAI8BAAALAAAAAAAAAAAAAAAAAC4BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAQAAAAAAAAAAAAAAAAACkCAABkcnMvc2hhcGV4bWwu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAGeF/zTBAAAA3AAAAA8AAAAAAAAAAAAAAAAAmAIAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPUAAACGAwAAAAA=&#10;" adj="-11796480,,5400" path="m,283465r226772,l226772,,,,,283465xe" filled="f" stroked="f" strokeweight=".27778mm">
+              <v:stroke endarrow="block" joinstyle="bevel"/>
+              <v:formulas/>
+              <v:path arrowok="t" o:connecttype="segments" textboxrect="-25000,0,251772,283465"/>
+              <v:textbox inset="1.1111mm,0,1.1111mm,0">
+                <w:txbxContent>
+                  <w:p w:rsidR="002C18D4" w:rsidRDefault="00DA4971">
+                    <w:pPr>
+                      <w:snapToGrid w:val="0"/>
+                      <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="12"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>否</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </v:group>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shapetype id="_x0000_t34" coordsize="21600,21600" o:spt="34" o:oned="t" adj="10800" path="m,l@0,0@0,21600,21600,21600e" filled="f">
+            <v:stroke joinstyle="miter"/>
+            <v:formulas>
+              <v:f eqn="val #0"/>
+            </v:formulas>
+            <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+            <v:handles>
+              <v:h position="#0,center"/>
+            </v:handles>
+            <o:lock v:ext="edit" shapetype="t"/>
+          </v:shapetype>
+          <v:shape id="肘形连接符 9" o:spid="_x0000_s1042" type="#_x0000_t34" style="position:absolute;left:0;text-align:left;margin-left:202pt;margin-top:419.5pt;width:163.8pt;height:6.2pt;rotation:-90;flip:y;z-index:251660288;visibility:visible" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2emizQwIAAJMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuO0zAU3SPxD5b306SlM+1ETWfRUjYI&#10;KgbYu47dGPkl2zTtlg9gzYrFSLDiF0Z8DTCfwbWTprwWCJGFFcfnHJ97rp3Z1V5JtGPOC6NLPBzk&#10;GDFNTSX0tsQvnq/Ophj5QHRFpNGsxAfm8dX8/r1ZYws2MrWRFXMIRLQvGlviOgRbZJmnNVPED4xl&#10;Gha5cYoEmLptVjnSgLqS2SjPL7LGuMo6Q5n38HXZLuJ50uec0fCUc88CkiUGbyGNLo2bOGbzGSm2&#10;jtha0M4G+QcXiggNm/ZSSxIIeu3Eb1JKUGe84WFAjcoM54KyVANUM8x/qea6JpalWiAcb/uY/P+T&#10;pU92a4dEVeJLjDRR0KK7N+++3N7cfX7/9e2Hb58+ossYUmN9AdiFXrtu5u3axYr33CnkDCR7Ps7j&#10;gxGXwr6E05ASgRrRPgV+6ANn+4AofBzl03x0AQwKa5PpZJwakrWiUdw6Hx4xo1B8KfGG6bAwWkNb&#10;jXuQ5MnusQ8p+arzT6pXQ/CgJDRyRyQ6m56PYwkg24Hh7SgcmVKjBtyOJtE7VRbC8Hqb1L2RoloJ&#10;KSMuHUq2kA6BbInDftjJ/oSKykvi6xaUliKMFIEI+VBXKBwspEycM03HlxrcxYTbTNNbOEjWmnvG&#10;ODQoptVailfj5IJQCqEcnUgN6Ejj4Lkn5i3RbTe9+VV6uv07cOSxdGf+mtnD055Gh56phDbuT4ZP&#10;sfEWf6y9rTgWvzHVIZ2zFAqc/NS87pbGq/XjPNFP/5L5dwAAAP//AwBQSwMEFAAGAAgAAAAhAF59&#10;cmbfAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoHZSEEuJUFAESUi8U&#10;Dhyd2MQR8dqy3Tb8PcsJjqt9mnnTbhY3s6OJafIooVgJYAYHryccJby/PV2tgaWsUKvZo5HwbRJs&#10;uvOzVjXan/DVHPd5ZBSCqVESbM6h4TwN1jiVVj4YpN+nj05lOuPIdVQnCnczvxai5k5NSA1WBfNg&#10;zfC1PzgJZT8+v8RcPG4diri1H1UIuyDl5cVyfwcsmyX/wfCrT+rQkVPvD6gTmyVUdVETKqFeFyUw&#10;Iqqbktb1hApxK4B3Lf8/ovsBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdnpos0MCAACT&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXn1yZt8A&#10;AAAMAQAADwAAAAAAAAAAAAAAAACdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKkF&#10;AAAAAA==&#10;" adj="-184" strokecolor="black [3213]" strokeweight="1pt">
+            <v:stroke endarrow="open"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="任意多边形 1" o:spid="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:-21.35pt;margin-top:553.7pt;width:447.05pt;height:53.55pt;z-index:251662336;visibility:visible;mso-width-relative:margin;v-text-anchor:middle" coordsize="2456693,680315" o:spt="100" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAf4mGpcQIAACAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM2O0zAQviPxDpaPSNsk3SbtVk33wGoR&#10;EoKVdnkAx3GaSI5tbLdJ79y5c0S8BFrB07CIx2DsND8LByTExb+fv5n5Zsaby7bm6MC0qaRIcTQL&#10;MWKCyrwSuxS/vbs+W2FkLBE54VKwFB+ZwZfbp082jVqzuSwlz5lGQCLMulEpLq1V6yAwtGQ1MTOp&#10;mIDLQuqaWNjqXZBr0gB7zYN5GCZBI3WutKTMGDi96i7x1vMXBaP2TVEYZhFPMfhm/aj9mLkx2G7I&#10;eqeJKit6coP8gxc1qQQYHaiuiCVor6s/qOqKamlkYWdU1oEsiooyHwNEE4W/RXNbEsV8LCCOUYNM&#10;5v/R0teHG42qHHKHkSA1pOj7/f2P9x8ePn/8+e3Lw9dPKHIiNcqsAXurbvRpZ2DpIm4LXbsZYkGt&#10;F/Y4CMtaiygcxslyuYwTjCjcJaswXMWONBhf072xL5j0TOTwytguMTmsvKz5yTltOUZFzSFJzwJ0&#10;torDMEQNmi/iJLk4P6VzBOsJeB4vIsA8RoMLu94IKXu7tBX9UkMJueLxhqF8LEZQPtoCMxRQ1llU&#10;xLq3zlO3RE2Ke49Q6SM+j2JfH7U8sDvpgXaUCyRxgE6SEcLFFDowdhqOD3pYPyvPPIX7OodQe0Q/&#10;d0joiz5lf8E88rMnoVwa1rnugvdpHQQBwmlqhbyuOPe55cLJFEH+wD4l0PsFJ9aLNEFl7MAc3jsG&#10;k6vDrvLcyrZZ64v3wmnnTjKZH6GgG+joFJt3e6IZRvylgJZZdKas34BNPT3NhlPLn8vusyCClhKS&#10;TSHZzgXHD23onTl9Ga7Pp3uPGj+27S8AAAD//wMAUEsDBBQABgAIAAAAIQBI1vJr4gAAAA0BAAAP&#10;AAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwEIV3JP6DdUhsrZ2Q0irEqapKCBYGAh3YHOeaRMTnKHbb&#10;wK/nmGC7u/f07nvFdnaDOOMUek8akqUCgWR901Or4f3tcbEBEaKhxgyeUMMXBtiW11eFyRt/oVc8&#10;V7EVHEIhNxq6GMdcymA7dCYs/YjE2tFPzkRep1Y2k7lwuBtkqtS9dKYn/tCZEfcd2s/q5DQ4Ux8P&#10;Y7r/UM+qsvO3vTu87J60vr2Zdw8gIs7xzwy/+IwOJTPV/kRNEIOGRZau2cpCotYZCLZsVgkPNZ/S&#10;JFuBLAv5v0X5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB/iYalxAgAAIAUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEjW8mviAAAADQEAAA8A&#10;AAAAAAAAAAAAAAAAywQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;" adj="-11796480,,5400" path="m,680315r2456693,l2456693,,,,,680315xe" filled="f" stroked="f" strokeweight=".27778mm">
+            <v:stroke joinstyle="bevel"/>
+            <v:formulas/>
+            <v:path arrowok="t" o:connecttype="segments" textboxrect="-85000,0,2541693,680315"/>
+            <v:textbox inset="1.1111mm,0,1.1111mm,0">
+              <w:txbxContent>
+                <w:p w:rsidR="00921B30" w:rsidRPr="00305A9B" w:rsidRDefault="00921B30" w:rsidP="00921B30">
+                  <w:pPr>
+                    <w:ind w:firstLineChars="150" w:firstLine="450"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="30"/>
+                      <w:szCs w:val="30"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00305A9B">
+                    <w:rPr>
+                      <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋" w:hint="eastAsia"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="30"/>
+                      <w:szCs w:val="30"/>
+                    </w:rPr>
+                    <w:t>流程图的岗位职责直接联系人</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋" w:hint="eastAsia"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="30"/>
+                      <w:szCs w:val="30"/>
+                    </w:rPr>
+                    <w:t>：范玉慧 联系方式：15069120516</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00921B30" w:rsidRPr="00921B30" w:rsidRDefault="00921B30" w:rsidP="00921B30">
+                  <w:pPr>
+                    <w:snapToGrid w:val="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="12"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="002C18D4" w:rsidSect="000A7C82">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425"/>
+      <w:docGrid w:type="lines" w:linePitch="312"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -528,50 +1024,54 @@
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>