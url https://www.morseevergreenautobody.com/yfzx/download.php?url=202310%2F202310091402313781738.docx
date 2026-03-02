--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,44 +1,2433 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>293370</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>133985</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5457825" cy="5372735"/>
+                <wp:effectExtent l="0" t="0" r="8890" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="14" name="组合 14"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5457825" cy="5372735"/>
+                          <a:chOff x="8170" y="1823"/>
+                          <a:chExt cx="8595" cy="8461"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wpg:grpSp>
+                        <wpg:cNvPr id="13" name="组合 13"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="8170" y="1823"/>
+                            <a:ext cx="8595" cy="8461"/>
+                            <a:chOff x="4746" y="1823"/>
+                            <a:chExt cx="8595" cy="7770"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <wpg:grpSp>
+                          <wpg:cNvPr id="11" name="组合 11"/>
+                          <wpg:cNvGrpSpPr/>
+                          <wpg:grpSpPr>
+                            <a:xfrm>
+                              <a:off x="4746" y="1823"/>
+                              <a:ext cx="8595" cy="7770"/>
+                              <a:chOff x="4746" y="1823"/>
+                              <a:chExt cx="8595" cy="7770"/>
+                            </a:xfrm>
+                          </wpg:grpSpPr>
+                          <wps:wsp>
+                            <wps:cNvPr id="2" name="任意多边形 2"/>
+                            <wps:cNvSpPr/>
+                            <wps:spPr>
+                              <a:xfrm>
+                                <a:off x="8974" y="4967"/>
+                                <a:ext cx="1893" cy="13"/>
+                              </a:xfrm>
+                              <a:custGeom>
+                                <a:avLst/>
+                                <a:gdLst>
+                                  <a:gd name="connsiteX0" fmla="*/ 0 w 1893"/>
+                                  <a:gd name="connsiteY0" fmla="*/ 14 h 14"/>
+                                  <a:gd name="connsiteX1" fmla="*/ 1893 w 1893"/>
+                                  <a:gd name="connsiteY1" fmla="*/ 0 h 14"/>
+                                </a:gdLst>
+                                <a:ahLst/>
+                                <a:cxnLst>
+                                  <a:cxn ang="0">
+                                    <a:pos x="connsiteX0" y="connsiteY0"/>
+                                  </a:cxn>
+                                  <a:cxn ang="0">
+                                    <a:pos x="connsiteX1" y="connsiteY1"/>
+                                  </a:cxn>
+                                </a:cxnLst>
+                                <a:rect l="0" t="0" r="0" b="0"/>
+                                <a:pathLst>
+                                  <a:path w="1893" h="14" fill="none">
+                                    <a:moveTo>
+                                      <a:pt x="0" y="14"/>
+                                    </a:moveTo>
+                                    <a:lnTo>
+                                      <a:pt x="1893" y="0"/>
+                                    </a:lnTo>
+                                  </a:path>
+                                </a:pathLst>
+                              </a:custGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln w="10000" cap="flat">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:bevel/>
+                                <a:tailEnd type="triangle" w="med" len="med"/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                          <wpg:grpSp>
+                            <wpg:cNvPr id="10" name="组合 10"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="4746" y="1823"/>
+                                <a:ext cx="8595" cy="7770"/>
+                                <a:chOff x="4524" y="1801"/>
+                                <a:chExt cx="8595" cy="7770"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="3" name="矩形.5"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="10666" y="4653"/>
+                                  <a:ext cx="1707" cy="586"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst>
+                                    <a:gd name="connsiteX0" fmla="*/ 1128189 w 2256378"/>
+                                    <a:gd name="connsiteY0" fmla="*/ 372047 h 372047"/>
+                                    <a:gd name="connsiteX1" fmla="*/ 2256378 w 2256378"/>
+                                    <a:gd name="connsiteY1" fmla="*/ 186024 h 372047"/>
+                                    <a:gd name="connsiteX2" fmla="*/ 1128189 w 2256378"/>
+                                    <a:gd name="connsiteY2" fmla="*/ 0 h 372047"/>
+                                    <a:gd name="connsiteX3" fmla="*/ 0 w 2256378"/>
+                                    <a:gd name="connsiteY3" fmla="*/ 186024 h 372047"/>
+                                    <a:gd name="connsiteX4" fmla="*/ 1128189 w 2256378"/>
+                                    <a:gd name="connsiteY4" fmla="*/ 186024 h 372047"/>
+                                    <a:gd name="rtl" fmla="*/ -25000 w 2256378"/>
+                                    <a:gd name="rtr" fmla="*/ 2281378 w 2256378"/>
+                                  </a:gdLst>
+                                  <a:ahLst/>
+                                  <a:cxnLst>
+                                    <a:cxn ang="0">
+                                      <a:pos x="connsiteX0" y="connsiteY0"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="connsiteX1" y="connsiteY1"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="connsiteX2" y="connsiteY2"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="connsiteX3" y="connsiteY3"/>
+                                    </a:cxn>
+                                    <a:cxn ang="0">
+                                      <a:pos x="connsiteX4" y="connsiteY4"/>
+                                    </a:cxn>
+                                  </a:cxnLst>
+                                  <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2256378" h="372047">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="372047"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2256378" y="372047"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="2256378" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="372047"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="DBEEF3"/>
+                                </a:solidFill>
+                                <a:ln w="3200" cap="flat">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:bevel/>
+                                  <a:tailEnd type="triangle" w="med" len="med"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:txbx>
+                                <w:txbxContent>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>普通设置问题</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </wps:txbx>
+                              <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                            </wps:wsp>
+                            <wpg:grpSp>
+                              <wpg:cNvPr id="9" name="组合 9"/>
+                              <wpg:cNvGrpSpPr/>
+                              <wpg:grpSpPr>
+                                <a:xfrm>
+                                  <a:off x="4524" y="1801"/>
+                                  <a:ext cx="8595" cy="7770"/>
+                                  <a:chOff x="4880" y="1779"/>
+                                  <a:chExt cx="8595" cy="7770"/>
+                                </a:xfrm>
+                              </wpg:grpSpPr>
+                              <wps:wsp>
+                                <wps:cNvPr id="6" name="任意多边形 6"/>
+                                <wps:cNvSpPr/>
+                                <wps:spPr>
+                                  <a:xfrm rot="5400000">
+                                    <a:off x="10842" y="6307"/>
+                                    <a:ext cx="2118" cy="12"/>
+                                  </a:xfrm>
+                                  <a:custGeom>
+                                    <a:avLst/>
+                                    <a:gdLst>
+                                      <a:gd name="connsiteX0" fmla="*/ 0 w 2312"/>
+                                      <a:gd name="connsiteY0" fmla="*/ 0 h 12"/>
+                                      <a:gd name="connsiteX1" fmla="*/ 2312 w 2312"/>
+                                      <a:gd name="connsiteY1" fmla="*/ 12 h 12"/>
+                                    </a:gdLst>
+                                    <a:ahLst/>
+                                    <a:cxnLst>
+                                      <a:cxn ang="0">
+                                        <a:pos x="connsiteX0" y="connsiteY0"/>
+                                      </a:cxn>
+                                      <a:cxn ang="0">
+                                        <a:pos x="connsiteX1" y="connsiteY1"/>
+                                      </a:cxn>
+                                    </a:cxnLst>
+                                    <a:rect l="0" t="0" r="0" b="0"/>
+                                    <a:pathLst>
+                                      <a:path w="2312" h="12" fill="none">
+                                        <a:moveTo>
+                                          <a:pt x="0" y="0"/>
+                                        </a:moveTo>
+                                        <a:lnTo>
+                                          <a:pt x="2312" y="12"/>
+                                        </a:lnTo>
+                                      </a:path>
+                                    </a:pathLst>
+                                  </a:custGeom>
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                  <a:ln w="10000" cap="flat">
+                                    <a:solidFill>
+                                      <a:srgbClr val="000000"/>
+                                    </a:solidFill>
+                                    <a:bevel/>
+                                    <a:tailEnd type="triangle" w="med" len="med"/>
+                                  </a:ln>
+                                </wps:spPr>
+                                <wps:bodyPr/>
+                              </wps:wsp>
+                              <wpg:grpSp>
+                                <wpg:cNvPr id="8" name="组合 8"/>
+                                <wpg:cNvGrpSpPr/>
+                                <wpg:grpSpPr>
+                                  <a:xfrm>
+                                    <a:off x="4880" y="1779"/>
+                                    <a:ext cx="8595" cy="7770"/>
+                                    <a:chOff x="4880" y="1779"/>
+                                    <a:chExt cx="8595" cy="7770"/>
+                                  </a:xfrm>
+                                </wpg:grpSpPr>
+                                <wpg:grpSp>
+                                  <wpg:cNvPr id="100" name="页-1"/>
+                                  <wpg:cNvGrpSpPr/>
+                                  <wpg:grpSpPr>
+                                    <a:xfrm>
+                                      <a:off x="4880" y="1779"/>
+                                      <a:ext cx="7780" cy="7770"/>
+                                      <a:chOff x="-365004" y="10000"/>
+                                      <a:chExt cx="5415319" cy="5426739"/>
+                                    </a:xfrm>
+                                  </wpg:grpSpPr>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="112" name="矩形.5"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm>
+                                        <a:off x="276801" y="786634"/>
+                                        <a:ext cx="2080154" cy="372124"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst>
+                                          <a:gd name="connsiteX0" fmla="*/ 1128189 w 2256378"/>
+                                          <a:gd name="connsiteY0" fmla="*/ 372047 h 372047"/>
+                                          <a:gd name="connsiteX1" fmla="*/ 2256378 w 2256378"/>
+                                          <a:gd name="connsiteY1" fmla="*/ 186024 h 372047"/>
+                                          <a:gd name="connsiteX2" fmla="*/ 1128189 w 2256378"/>
+                                          <a:gd name="connsiteY2" fmla="*/ 0 h 372047"/>
+                                          <a:gd name="connsiteX3" fmla="*/ 0 w 2256378"/>
+                                          <a:gd name="connsiteY3" fmla="*/ 186024 h 372047"/>
+                                          <a:gd name="connsiteX4" fmla="*/ 1128189 w 2256378"/>
+                                          <a:gd name="connsiteY4" fmla="*/ 186024 h 372047"/>
+                                          <a:gd name="rtl" fmla="*/ -25000 w 2256378"/>
+                                          <a:gd name="rtr" fmla="*/ 2281378 w 2256378"/>
+                                        </a:gdLst>
+                                        <a:ahLst/>
+                                        <a:cxnLst>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX0" y="connsiteY0"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX1" y="connsiteY1"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX2" y="connsiteY2"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX3" y="connsiteY3"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX4" y="connsiteY4"/>
+                                          </a:cxn>
+                                        </a:cxnLst>
+                                        <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                                        <a:pathLst>
+                                          <a:path w="2256378" h="372047">
+                                            <a:moveTo>
+                                              <a:pt x="0" y="372047"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="2256378" y="372047"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="2256378" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="372047"/>
+                                            </a:lnTo>
+                                            <a:close/>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:solidFill>
+                                        <a:srgbClr val="DBEEF3"/>
+                                      </a:solidFill>
+                                      <a:ln w="3200" cap="flat">
+                                        <a:solidFill>
+                                          <a:srgbClr val="000000"/>
+                                        </a:solidFill>
+                                        <a:bevel/>
+                                        <a:tailEnd type="triangle" w="med" len="med"/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:txbx>
+                                      <w:txbxContent>
+                                        <w:p>
+                                          <w:pPr>
+                                            <w:snapToGrid w:val="0"/>
+                                            <w:jc w:val="center"/>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                          </w:pPr>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>用户出现故障</w:t>
+                                          </w:r>
+                                        </w:p>
+                                      </w:txbxContent>
+                                    </wps:txbx>
+                                    <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                                  </wps:wsp>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="117" name="Rectangle.7"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm>
+                                        <a:off x="305551" y="3253220"/>
+                                        <a:ext cx="1939427" cy="372142"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst>
+                                          <a:gd name="connsiteX0" fmla="*/ 548032 w 1096063"/>
+                                          <a:gd name="connsiteY0" fmla="*/ 372047 h 372047"/>
+                                          <a:gd name="connsiteX1" fmla="*/ 1096063 w 1096063"/>
+                                          <a:gd name="connsiteY1" fmla="*/ 186024 h 372047"/>
+                                          <a:gd name="connsiteX2" fmla="*/ 548032 w 1096063"/>
+                                          <a:gd name="connsiteY2" fmla="*/ 0 h 372047"/>
+                                          <a:gd name="connsiteX3" fmla="*/ 0 w 1096063"/>
+                                          <a:gd name="connsiteY3" fmla="*/ 186024 h 372047"/>
+                                          <a:gd name="connsiteX4" fmla="*/ 548032 w 1096063"/>
+                                          <a:gd name="connsiteY4" fmla="*/ 186024 h 372047"/>
+                                          <a:gd name="rtl" fmla="*/ -25000 w 1096063"/>
+                                          <a:gd name="rtr" fmla="*/ 1121063 w 1096063"/>
+                                        </a:gdLst>
+                                        <a:ahLst/>
+                                        <a:cxnLst>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX0" y="connsiteY0"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX1" y="connsiteY1"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX2" y="connsiteY2"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX3" y="connsiteY3"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX4" y="connsiteY4"/>
+                                          </a:cxn>
+                                        </a:cxnLst>
+                                        <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                                        <a:pathLst>
+                                          <a:path w="1096063" h="372047">
+                                            <a:moveTo>
+                                              <a:pt x="0" y="372047"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="1096063" y="372047"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="1096063" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="372047"/>
+                                            </a:lnTo>
+                                            <a:close/>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:solidFill>
+                                        <a:srgbClr val="DBEEF3"/>
+                                      </a:solidFill>
+                                      <a:ln w="3200" cap="flat">
+                                        <a:solidFill>
+                                          <a:srgbClr val="000000"/>
+                                        </a:solidFill>
+                                        <a:bevel/>
+                                        <a:tailEnd type="triangle" w="med" len="med"/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:txbx>
+                                      <w:txbxContent>
+                                        <w:p>
+                                          <w:pPr>
+                                            <w:snapToGrid w:val="0"/>
+                                            <w:jc w:val="center"/>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                          </w:pPr>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>网络故障</w:t>
+                                          </w:r>
+                                        </w:p>
+                                      </w:txbxContent>
+                                    </wps:txbx>
+                                    <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                                  </wps:wsp>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="118" name="Rectangle.8"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm>
+                                        <a:off x="760520" y="5064737"/>
+                                        <a:ext cx="1065662" cy="372002"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst>
+                                          <a:gd name="connsiteX0" fmla="*/ 973228 w 1946457"/>
+                                          <a:gd name="connsiteY0" fmla="*/ 372047 h 372047"/>
+                                          <a:gd name="connsiteX1" fmla="*/ 1946457 w 1946457"/>
+                                          <a:gd name="connsiteY1" fmla="*/ 186024 h 372047"/>
+                                          <a:gd name="connsiteX2" fmla="*/ 973228 w 1946457"/>
+                                          <a:gd name="connsiteY2" fmla="*/ 0 h 372047"/>
+                                          <a:gd name="connsiteX3" fmla="*/ 0 w 1946457"/>
+                                          <a:gd name="connsiteY3" fmla="*/ 186024 h 372047"/>
+                                          <a:gd name="connsiteX4" fmla="*/ 973228 w 1946457"/>
+                                          <a:gd name="connsiteY4" fmla="*/ 186024 h 372047"/>
+                                          <a:gd name="rtl" fmla="*/ -25000 w 1946457"/>
+                                          <a:gd name="rtr" fmla="*/ 1971457 w 1946457"/>
+                                        </a:gdLst>
+                                        <a:ahLst/>
+                                        <a:cxnLst>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX0" y="connsiteY0"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX1" y="connsiteY1"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX2" y="connsiteY2"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX3" y="connsiteY3"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX4" y="connsiteY4"/>
+                                          </a:cxn>
+                                        </a:cxnLst>
+                                        <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                                        <a:pathLst>
+                                          <a:path w="1946457" h="372047">
+                                            <a:moveTo>
+                                              <a:pt x="0" y="372047"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="1946457" y="372047"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="1946457" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="372047"/>
+                                            </a:lnTo>
+                                            <a:close/>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:solidFill>
+                                        <a:srgbClr val="DBEEF3"/>
+                                      </a:solidFill>
+                                      <a:ln w="3200" cap="flat">
+                                        <a:solidFill>
+                                          <a:srgbClr val="000000"/>
+                                        </a:solidFill>
+                                        <a:bevel/>
+                                        <a:tailEnd type="triangle" w="med" len="med"/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:txbx>
+                                      <w:txbxContent>
+                                        <w:p>
+                                          <w:pPr>
+                                            <w:snapToGrid w:val="0"/>
+                                            <w:jc w:val="center"/>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                          </w:pPr>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>故障解决</w:t>
+                                          </w:r>
+                                        </w:p>
+                                      </w:txbxContent>
+                                    </wps:txbx>
+                                    <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                                  </wps:wsp>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="119" name="菱形"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm>
+                                        <a:off x="86460" y="1702418"/>
+                                        <a:ext cx="2479215" cy="1023707"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst>
+                                          <a:gd name="connsiteX0" fmla="*/ 755906 w 1511811"/>
+                                          <a:gd name="connsiteY0" fmla="*/ 761811 h 761811"/>
+                                          <a:gd name="connsiteX1" fmla="*/ 1511811 w 1511811"/>
+                                          <a:gd name="connsiteY1" fmla="*/ 380905 h 761811"/>
+                                          <a:gd name="connsiteX2" fmla="*/ 755906 w 1511811"/>
+                                          <a:gd name="connsiteY2" fmla="*/ 0 h 761811"/>
+                                          <a:gd name="connsiteX3" fmla="*/ 0 w 1511811"/>
+                                          <a:gd name="connsiteY3" fmla="*/ 380905 h 761811"/>
+                                          <a:gd name="rtl" fmla="*/ -25000 w 1511811"/>
+                                          <a:gd name="rtr" fmla="*/ 1536811 w 1511811"/>
+                                        </a:gdLst>
+                                        <a:ahLst/>
+                                        <a:cxnLst>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX0" y="connsiteY0"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX1" y="connsiteY1"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX2" y="connsiteY2"/>
+                                          </a:cxn>
+                                          <a:cxn ang="0">
+                                            <a:pos x="connsiteX3" y="connsiteY3"/>
+                                          </a:cxn>
+                                        </a:cxnLst>
+                                        <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                                        <a:pathLst>
+                                          <a:path w="1511811" h="761811">
+                                            <a:moveTo>
+                                              <a:pt x="755906" y="761811"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="1511811" y="380905"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="755906" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="380905"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="755906" y="761811"/>
+                                            </a:lnTo>
+                                            <a:close/>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:solidFill>
+                                        <a:srgbClr val="F9C499"/>
+                                      </a:solidFill>
+                                      <a:ln w="3200" cap="flat">
+                                        <a:solidFill>
+                                          <a:srgbClr val="000000"/>
+                                        </a:solidFill>
+                                        <a:bevel/>
+                                        <a:tailEnd type="triangle" w="med" len="med"/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:txbx>
+                                      <w:txbxContent>
+                                        <w:p>
+                                          <w:pPr>
+                                            <w:snapToGrid w:val="0"/>
+                                            <w:jc w:val="center"/>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                          </w:pPr>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>翻转校园</w:t>
+                                          </w:r>
+                                        </w:p>
+                                        <w:p>
+                                          <w:pPr>
+                                            <w:snapToGrid w:val="0"/>
+                                            <w:jc w:val="center"/>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                          </w:pPr>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>或电话报修初步</w:t>
+                                          </w:r>
+                                        </w:p>
+                                        <w:p>
+                                          <w:pPr>
+                                            <w:snapToGrid w:val="0"/>
+                                            <w:jc w:val="center"/>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                          </w:pPr>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>判断故障分类</w:t>
+                                          </w:r>
+                                        </w:p>
+                                      </w:txbxContent>
+                                    </wps:txbx>
+                                    <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                                  </wps:wsp>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="121" name="任意多边形 121"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm>
+                                        <a:off x="-365004" y="10000"/>
+                                        <a:ext cx="5230864" cy="680507"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst>
+                                          <a:gd name="rtl" fmla="*/ -85000 w 2456693"/>
+                                          <a:gd name="rtr" fmla="*/ 2541693 w 2456693"/>
+                                        </a:gdLst>
+                                        <a:ahLst/>
+                                        <a:cxnLst/>
+                                        <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                                        <a:pathLst>
+                                          <a:path w="2456693" h="680315">
+                                            <a:moveTo>
+                                              <a:pt x="0" y="680315"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="2456693" y="680315"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="2456693" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="680315"/>
+                                            </a:lnTo>
+                                            <a:close/>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:noFill/>
+                                      <a:ln w="10000" cap="flat">
+                                        <a:noFill/>
+                                        <a:bevel/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:txbx>
+                                      <w:txbxContent>
+                                        <w:p>
+                                          <w:pPr>
+                                            <w:snapToGrid w:val="0"/>
+                                            <w:jc w:val="center"/>
+                                            <w:rPr>
+                                              <w:sz w:val="30"/>
+                                              <w:szCs w:val="30"/>
+                                            </w:rPr>
+                                          </w:pPr>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                              <w:b/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="30"/>
+                                              <w:szCs w:val="30"/>
+                                            </w:rPr>
+                                            <w:t>山东协和学院</w:t>
+                                          </w:r>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                              <w:b/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="30"/>
+                                              <w:szCs w:val="30"/>
+                                              <w:lang w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>校园</w:t>
+                                          </w:r>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                              <w:b/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="30"/>
+                                              <w:szCs w:val="30"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>网络故障维修</w:t>
+                                          </w:r>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                              <w:b/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="30"/>
+                                              <w:szCs w:val="30"/>
+                                            </w:rPr>
+                                            <w:t>工作业务流程图</w:t>
+                                          </w:r>
+                                        </w:p>
+                                      </w:txbxContent>
+                                    </wps:txbx>
+                                    <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                                  </wps:wsp>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="123" name="任意多边形 123"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm rot="5400000">
+                                        <a:off x="1061254" y="943533"/>
+                                        <a:ext cx="10161" cy="495335"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst/>
+                                        <a:ahLst/>
+                                        <a:cxnLst/>
+                                        <a:rect l="0" t="0" r="0" b="0"/>
+                                        <a:pathLst>
+                                          <a:path w="10000" h="495447" fill="none">
+                                            <a:moveTo>
+                                              <a:pt x="0" y="0"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="495447" y="0"/>
+                                            </a:lnTo>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:solidFill>
+                                        <a:srgbClr val="FFFFFF"/>
+                                      </a:solidFill>
+                                      <a:ln w="10000" cap="flat">
+                                        <a:solidFill>
+                                          <a:srgbClr val="000000"/>
+                                        </a:solidFill>
+                                        <a:bevel/>
+                                        <a:tailEnd type="triangle" w="med" len="med"/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:bodyPr/>
+                                  </wps:wsp>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="126" name="任意多边形 126"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm rot="5400000">
+                                        <a:off x="1058079" y="2506400"/>
+                                        <a:ext cx="9526" cy="495970"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst/>
+                                        <a:ahLst/>
+                                        <a:cxnLst/>
+                                        <a:rect l="0" t="0" r="0" b="0"/>
+                                        <a:pathLst>
+                                          <a:path w="10000" h="495447" fill="none">
+                                            <a:moveTo>
+                                              <a:pt x="0" y="0"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="495447" y="0"/>
+                                            </a:lnTo>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:solidFill>
+                                        <a:srgbClr val="FFFFFF"/>
+                                      </a:solidFill>
+                                      <a:ln w="10000" cap="flat">
+                                        <a:solidFill>
+                                          <a:srgbClr val="000000"/>
+                                        </a:solidFill>
+                                        <a:bevel/>
+                                        <a:tailEnd type="triangle" w="med" len="med"/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:bodyPr/>
+                                  </wps:wsp>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="127" name="任意多边形 127"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm rot="5400000">
+                                        <a:off x="1012233" y="4323076"/>
+                                        <a:ext cx="10262" cy="495592"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst/>
+                                        <a:ahLst/>
+                                        <a:cxnLst/>
+                                        <a:rect l="0" t="0" r="0" b="0"/>
+                                        <a:pathLst>
+                                          <a:path w="10000" h="495447" fill="none">
+                                            <a:moveTo>
+                                              <a:pt x="0" y="0"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="495447" y="0"/>
+                                            </a:lnTo>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:solidFill>
+                                        <a:srgbClr val="FFFFFF"/>
+                                      </a:solidFill>
+                                      <a:ln w="10000" cap="flat">
+                                        <a:solidFill>
+                                          <a:srgbClr val="000000"/>
+                                        </a:solidFill>
+                                        <a:bevel/>
+                                        <a:tailEnd type="triangle" w="med" len="med"/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:bodyPr/>
+                                  </wps:wsp>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="129" name="任意多边形 129"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm>
+                                        <a:off x="1322237" y="4553555"/>
+                                        <a:ext cx="508121" cy="497072"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst>
+                                          <a:gd name="rtl" fmla="*/ -25000 w 226772"/>
+                                          <a:gd name="rtr" fmla="*/ 251772 w 226772"/>
+                                        </a:gdLst>
+                                        <a:ahLst/>
+                                        <a:cxnLst/>
+                                        <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                                        <a:pathLst>
+                                          <a:path w="226772" h="283465">
+                                            <a:moveTo>
+                                              <a:pt x="0" y="283465"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="226772" y="283465"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="226772" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="283465"/>
+                                            </a:lnTo>
+                                            <a:close/>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:noFill/>
+                                      <a:ln w="10000" cap="flat">
+                                        <a:noFill/>
+                                        <a:bevel/>
+                                        <a:tailEnd type="triangle" w="med" len="med"/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:txbx>
+                                      <w:txbxContent>
+                                        <w:p>
+                                          <w:pPr>
+                                            <w:snapToGrid w:val="0"/>
+                                            <w:jc w:val="center"/>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+                                              <w:sz w:val="12"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                          </w:pPr>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                              <w:color w:val="000000"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>解决</w:t>
+                                          </w:r>
+                                        </w:p>
+                                      </w:txbxContent>
+                                    </wps:txbx>
+                                    <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                                  </wps:wsp>
+                                  <wps:wsp>
+                                    <wps:cNvPr id="131" name="任意多边形 131"/>
+                                    <wps:cNvSpPr/>
+                                    <wps:spPr>
+                                      <a:xfrm>
+                                        <a:off x="4490686" y="4884508"/>
+                                        <a:ext cx="559629" cy="393809"/>
+                                      </a:xfrm>
+                                      <a:custGeom>
+                                        <a:avLst/>
+                                        <a:gdLst>
+                                          <a:gd name="rtl" fmla="*/ -25000 w 226772"/>
+                                          <a:gd name="rtr" fmla="*/ 251772 w 226772"/>
+                                        </a:gdLst>
+                                        <a:ahLst/>
+                                        <a:cxnLst/>
+                                        <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                                        <a:pathLst>
+                                          <a:path w="226772" h="283465">
+                                            <a:moveTo>
+                                              <a:pt x="0" y="283465"/>
+                                            </a:moveTo>
+                                            <a:lnTo>
+                                              <a:pt x="226772" y="283465"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="226772" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="0"/>
+                                            </a:lnTo>
+                                            <a:lnTo>
+                                              <a:pt x="0" y="283465"/>
+                                            </a:lnTo>
+                                            <a:close/>
+                                          </a:path>
+                                        </a:pathLst>
+                                      </a:custGeom>
+                                      <a:noFill/>
+                                      <a:ln w="10000" cap="flat">
+                                        <a:noFill/>
+                                        <a:bevel/>
+                                        <a:tailEnd type="triangle" w="med" len="med"/>
+                                      </a:ln>
+                                    </wps:spPr>
+                                    <wps:txbx>
+                                      <w:txbxContent>
+                                        <w:p>
+                                          <w:pPr>
+                                            <w:snapToGrid w:val="0"/>
+                                            <w:jc w:val="center"/>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                          </w:pPr>
+                                          <w:r>
+                                            <w:rPr>
+                                              <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                              <w:sz w:val="24"/>
+                                              <w:szCs w:val="24"/>
+                                              <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                            </w:rPr>
+                                            <w:t>是</w:t>
+                                          </w:r>
+                                        </w:p>
+                                      </w:txbxContent>
+                                    </wps:txbx>
+                                    <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                                  </wps:wsp>
+                                </wpg:grpSp>
+                                <wps:wsp>
+                                  <wps:cNvPr id="7" name="菱形"/>
+                                  <wps:cNvSpPr/>
+                                  <wps:spPr>
+                                    <a:xfrm>
+                                      <a:off x="10325" y="7384"/>
+                                      <a:ext cx="3150" cy="1232"/>
+                                    </a:xfrm>
+                                    <a:custGeom>
+                                      <a:avLst/>
+                                      <a:gdLst>
+                                        <a:gd name="connsiteX0" fmla="*/ 755906 w 1511811"/>
+                                        <a:gd name="connsiteY0" fmla="*/ 761811 h 761811"/>
+                                        <a:gd name="connsiteX1" fmla="*/ 1511811 w 1511811"/>
+                                        <a:gd name="connsiteY1" fmla="*/ 380905 h 761811"/>
+                                        <a:gd name="connsiteX2" fmla="*/ 755906 w 1511811"/>
+                                        <a:gd name="connsiteY2" fmla="*/ 0 h 761811"/>
+                                        <a:gd name="connsiteX3" fmla="*/ 0 w 1511811"/>
+                                        <a:gd name="connsiteY3" fmla="*/ 380905 h 761811"/>
+                                        <a:gd name="rtl" fmla="*/ -25000 w 1511811"/>
+                                        <a:gd name="rtr" fmla="*/ 1536811 w 1511811"/>
+                                      </a:gdLst>
+                                      <a:ahLst/>
+                                      <a:cxnLst>
+                                        <a:cxn ang="0">
+                                          <a:pos x="connsiteX0" y="connsiteY0"/>
+                                        </a:cxn>
+                                        <a:cxn ang="0">
+                                          <a:pos x="connsiteX1" y="connsiteY1"/>
+                                        </a:cxn>
+                                        <a:cxn ang="0">
+                                          <a:pos x="connsiteX2" y="connsiteY2"/>
+                                        </a:cxn>
+                                        <a:cxn ang="0">
+                                          <a:pos x="connsiteX3" y="connsiteY3"/>
+                                        </a:cxn>
+                                      </a:cxnLst>
+                                      <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                                      <a:pathLst>
+                                        <a:path w="1511811" h="761811">
+                                          <a:moveTo>
+                                            <a:pt x="755906" y="761811"/>
+                                          </a:moveTo>
+                                          <a:lnTo>
+                                            <a:pt x="1511811" y="380905"/>
+                                          </a:lnTo>
+                                          <a:lnTo>
+                                            <a:pt x="755906" y="0"/>
+                                          </a:lnTo>
+                                          <a:lnTo>
+                                            <a:pt x="0" y="380905"/>
+                                          </a:lnTo>
+                                          <a:lnTo>
+                                            <a:pt x="755906" y="761811"/>
+                                          </a:lnTo>
+                                          <a:close/>
+                                        </a:path>
+                                      </a:pathLst>
+                                    </a:custGeom>
+                                    <a:solidFill>
+                                      <a:srgbClr val="F9C499"/>
+                                    </a:solidFill>
+                                    <a:ln w="3200" cap="flat">
+                                      <a:solidFill>
+                                        <a:srgbClr val="000000"/>
+                                      </a:solidFill>
+                                      <a:bevel/>
+                                      <a:tailEnd type="triangle" w="med" len="med"/>
+                                    </a:ln>
+                                  </wps:spPr>
+                                  <wps:txbx>
+                                    <w:txbxContent>
+                                      <w:p>
+                                        <w:pPr>
+                                          <w:snapToGrid w:val="0"/>
+                                          <w:jc w:val="center"/>
+                                          <w:rPr>
+                                            <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                            <w:sz w:val="24"/>
+                                            <w:szCs w:val="24"/>
+                                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                          </w:rPr>
+                                        </w:pPr>
+                                        <w:r>
+                                          <w:rPr>
+                                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                            <w:sz w:val="24"/>
+                                            <w:szCs w:val="24"/>
+                                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                          </w:rPr>
+                                          <w:t>电话支持是否解决</w:t>
+                                        </w:r>
+                                      </w:p>
+                                    </w:txbxContent>
+                                  </wps:txbx>
+                                  <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                                </wps:wsp>
+                              </wpg:grpSp>
+                            </wpg:grpSp>
+                          </wpg:grpSp>
+                        </wpg:grpSp>
+                        <wps:wsp>
+                          <wps:cNvPr id="12" name="肘形连接符 12"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm rot="10800000" flipV="1">
+                              <a:off x="7999" y="8735"/>
+                              <a:ext cx="3764" cy="699"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="bentConnector3">
+                              <a:avLst>
+                                <a:gd name="adj1" fmla="val -159"/>
+                              </a:avLst>
+                            </a:prstGeom>
+                            <a:ln w="12700" cmpd="sng">
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                              <a:prstDash val="solid"/>
+                              <a:tailEnd type="arrow"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                      </wpg:grpSp>
+                      <wps:wsp>
+                        <wps:cNvPr id="4" name="任意多边形 4"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm rot="5400000">
+                            <a:off x="10186" y="7143"/>
+                            <a:ext cx="16" cy="712"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="0" t="0" r="0" b="0"/>
+                            <a:pathLst>
+                              <a:path w="10000" h="495447" fill="none">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="495447" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="10000" cap="flat">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:bevel/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="Rectangle.7"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="9011" y="8294"/>
+                            <a:ext cx="2912" cy="706"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="connsiteX0" fmla="*/ 548032 w 1096063"/>
+                              <a:gd name="connsiteY0" fmla="*/ 372047 h 372047"/>
+                              <a:gd name="connsiteX1" fmla="*/ 1096063 w 1096063"/>
+                              <a:gd name="connsiteY1" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="connsiteX2" fmla="*/ 548032 w 1096063"/>
+                              <a:gd name="connsiteY2" fmla="*/ 0 h 372047"/>
+                              <a:gd name="connsiteX3" fmla="*/ 0 w 1096063"/>
+                              <a:gd name="connsiteY3" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="connsiteX4" fmla="*/ 548032 w 1096063"/>
+                              <a:gd name="connsiteY4" fmla="*/ 186024 h 372047"/>
+                              <a:gd name="rtl" fmla="*/ -25000 w 1096063"/>
+                              <a:gd name="rtr" fmla="*/ 1121063 w 1096063"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX0" y="connsiteY0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX1" y="connsiteY1"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX2" y="connsiteY2"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX3" y="connsiteY3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="connsiteX4" y="connsiteY4"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1096063" h="372047">
+                                <a:moveTo>
+                                  <a:pt x="0" y="372047"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1096063" y="372047"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1096063" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="372047"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="DBEEF3"/>
+                          </a:solidFill>
+                          <a:ln w="3200" cap="flat">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:bevel/>
+                            <a:tailEnd type="triangle" w="med" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:snapToGrid w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                                <w:t>维修人员上门维修</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p>
+                              <w:pPr>
+                                <w:snapToGrid w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                                <w:t>(2个工作日内)</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:0pt;margin-left:23.1pt;margin-top:10.55pt;height:423.05pt;width:429.75pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" coordorigin="8170,1823" coordsize="8595,8461" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAtgmsyNoAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBSE74L/YXmCN7u70aY1ZlOkqKci2Ari7TV5TUKz&#10;b0N2m7T/3vWkx2GGmW/y1dl2YqTBt44N6JkCQVy6quXawOfu9W4JwgfkCjvHZOBCHlbF9VWOWeUm&#10;/qBxG2oRS9hnaKAJoc+k9GVDFv3M9cTRO7jBYohyqGU14BTLbScTpVJpseW40GBP64bK4/ZkDbxN&#10;OD3f65dxczysL9+7+fvXRpMxtzdaPYEIdA5/YfjFj+hQRKa9O3HlRWfgIU1i0kCiNYjoP6r5AsTe&#10;wDJdJCCLXP5/UPwAUEsDBBQAAAAIAIdO4kCYi0mCjQwAAIhcAAAOAAAAZHJzL2Uyb0RvYy54bWzt&#10;XEuP3FgV3iPxH6xaIiXt67db6YxEHiMkBCNmQMnSXeXqKuSyC9vp7mzRLFgxLBELEAiQkNiwYIEi&#10;4M+QSfgXfOc+7GuXy+Xqqq4JkbOI3eX7vuec77zuffTJ7SoxruO8WGbpxYQ9NCdGnE6z2TK9upj8&#10;+IvnD4KJUZRROouSLI0vJq/jYvLJ429/69HN+jy2skWWzOLcQCNpcX6zvpgsynJ9fnZWTBfxKioe&#10;Zus4xcd5lq+iEn/mV2ezPLpB66vkzDJN7+wmy2frPJvGRYFfn4qPE9liPqTBbD5fTuOn2fTVKk5L&#10;0WoeJ1GJKRWL5bqYPOajnc/jafnD+byISyO5mGCmJf8fneD9kv4/e/woOr/Ko/ViOZVDiIYMoTWn&#10;VbRM0WnV1NOojIxX+XKjqdVymmdFNi8fTrPVmZgIXxHMgpmttfk0z16t+Vyuzm+u1tWiY6Naq37n&#10;Zqc/uP4sN5YzUIIzMdJohR1/9+bLt7/6hYEfsDo366tzFPo0X3++/iyXP1yJv2jCt/N8RU9Mxbjl&#10;6/q6Wtf4tjSm+NF1XD+w3IkxxTfX9i3fdsXKTxfYHqoXMB9bgs8ssGz17ZmsH7ihrBw4HqOvZ6rj&#10;MxpfNZzqj3teKru9VHzIey5Vx5TVgm1OODqvlsrxHW/AUvk+VvSbXyrWXiq+f3suVceUN5dKTfge&#10;lgqSrqjZrziM/T5fROuYc3VBnCXZz1Lr9J83b77+8qu3f/zN+3/94+0//2BYtIk3a162YsHivAA3&#10;dvBfEPrgY/CRE3q+4CO1UiwIQbfEgoyTa8VDWLBXRflpnHFGjq6/X5ToErJshjfxIiXDNEvTYlnG&#10;L8Cr81UCSfmdM8M0bgzetqzUKvtSL8scYyEFC7XfKvoCxFI1S03uaFkvblYNY17VyKOFmsz0NpWz&#10;wZsREdiZXGKvs4IEkD41LJH6E6MXPIRatBQ7KmNEemUlq3hljAtPOYgcyNSLSeuopLFTn/Rq3JBo&#10;pA1cCFE9XyaAtBQQzWexyq7jLzJeuqzlsBDh6Lj+nKR6MdEkhqymKT6jBnXK5Ww1EBq/RidFlixn&#10;zzEK6rTIry6fJLlxHWFQz/k/uW6NYknK52HiHygxgvYwB2rzCTTKNZqj0igvtqFR7DK+jhNOdWW0&#10;TJ6lM6N8vQaAlfkSG5zEE+ptFc8mRhJD16E30UqCvQRyKC6it8ts9prjG/8d7C6gj0PLPaMJ1qIJ&#10;vHyypxKRriUEBgtMTq7Y5cUm8CrhCiIQiN8G3hOIyBp1f/cXSMaHXIcYLBmZ6XkCNx3P5QIwOq9E&#10;o2/6UjsJPEkjSrHRaX5v2ciYFYDHIMcsy/VsP6DGOyRfQ0hCQTIdH/JMvGyp0hCWsvXd/egikwWe&#10;aZFA7u8HyFQL5aHz0SuRaO7vAjtbdUFwsmOx9OIDJwEar3oYvCmNSr2LlZeJ1sEDy4XE2jqPvMy1&#10;whYoBITRLA02+yAxbCcAYt91AOTKCwHHIPTEvuqVlZYyrLKQYhVuc+NF9SyeLejlewaDsJwYMAj5&#10;psAkvBTsVqFeDb+KKAmBJTkTL9fQutaQt6Z39F0XaaJv1SJm3aigiqmnaFkvrvBQlVBPfQxDynR2&#10;O02yIhZIeYAa8PS7z549V3vYwG2hBtjwBnxoWkB5e3mLidcKgXED38DFpPjZqyiHPpF8L4X273CF&#10;xCj5H5hDrv96Wf1aJk8y4XaI0ukiA5FNwfm0rtT+KVWMsKVhhDSKfRWMTUVBwWdtrio1gZQIadk7&#10;QYAlAoUz3+f9frgKBtQDoYi1bTCuE/RrGkaeQZa4nDSEYSE9IswMHCEVPRtaBha+1jssxuBt4yaZ&#10;kpRHUTs49tiMt7lL2+CG07aSTSUDLRJM9TTcUC8sMsnUvD5IOOvEBVBrt5uwCxNoLbhJhscgk0wJ&#10;5a2YwFskdlErJ0Q7hnqALB5NMjidd7lYa2cMmLJhkXG1fV95uSn3TiovpVv0vm1XcItYqv/+/u8P&#10;7uTb275Ovk/QQeKxA1ce2B60bKH1MeUh0LHFdZhrM0Af9zo7lufbHH/ASd+YCQvTQ63Xu7sYsZbv&#10;kZlOcOoHnmdzLVfDExNfXawJTRmqHYNtT/qGmjGWR/PgjNbsaM3W+r+mJ4zWrHRzC72tsikVIg8z&#10;SEdrVsoeZZuq52jNTgiv7t+nfXpr9gReYMbgqhUqx48QROGO/ofcruo30MjukiaZbbquK1DUtlzb&#10;srhSXsMoC+3QsaRHmGAUBtwRYdR1AtMmS4qZoWd60he9EQ071CcsW9/dT8No63VzKkn4gqwdFf8b&#10;Oh29zv4u4R1rdaBLeOgcoFpV8+73PG/B0O5pND3CUBIRrODBz5pAoMN9kCY0VMr+eOpHjKFqM4/n&#10;Ea5aFPo7wkC9GKoXV44FhbLqOXqED4oLf6QYWnk4agyVTo6BiSa+Z7rATbJEXdNzfLvl2oQEcz0P&#10;zC9NUdM8KoaGPmCbgmYsdDyklxGbaBaMAqqDMVS0vrufAzF06HQOxND+tToQQ4fO4XAM7ZxGC0ND&#10;n4Esmhs3YmgZv1QRuWFGrPCvVeyk3Em8MpYTzwOjqop/j4ihkjxINNXuDQxWIaJ6CmSsBoDiI4ZW&#10;GV3HzK36SDG0iqq+/+pvyEciCBpsggae4wn0ROKz5SAMyAFMRQgsxw8tJpOemWnZlKB0RBPUd93Q&#10;9Eg6ughBMpn41W+C+h6VRExPvGxB3EbEULa+ux8dPu3ADE13Zz86FA6djl6HTND+meh4yJNc+9dK&#10;L94/h222YWf7LVxzbY92obFzI661ce040CT3g6BJUkpXwo8gPhGT4SwiGXVbhFexHMcnTuuygsIl&#10;9RT4pDU/BJ4E5Q1tsWYADR+Pk/7zPHzihCrgNqb/bEn/OYXD1IJ07c5rgaOJKGUwam2JuSrUci3b&#10;BLAJmw+BSvfOoNWSkIHKp3RgUyIJnmNlhVZNCWkh7osykJBWXbpPQvLGVD4+73ifpEDZB8kIzNgG&#10;ZnfJCAH1soDA8W3iQY2axEOjghIL6inDKGoAR1RfO7vdRyqkGR0M4Avbk/KvlVLaJpdCG7n5H6f+&#10;iHNuW9mSk3g/W/YknHkMTMABKXRs15b8oriUmQyH6LhfxgnxlafRY+EHZJ7xHW2fqWnwDwh9cPKU&#10;yNogzsE4HLg6j5NBpRrbYAjMcUyh4sL+3k+zMWtrLiV9AsncmbjdwEQeKUlHZNl7yLcUaKCoO3Sp&#10;a3I6gg7C1hHI3vyXkbhpJcEkHcqaZNX/gyNbJ1Goqgh0O1GYIWp8CHEzy4K4JuJ2bChTPmcVLTBt&#10;WsqlDup2wz1c6iN1j9Tdul6g+yAysyq/1iZ1y4MDA2NEDDEauK4EPbuujayLprB2zYBMECmu4ePa&#10;g6Ab8Z6WvVCfv/J80aYWG2qbCziXwNPakSBa9b811M7Z6M7GguiCNB4rsHEMscdWkAWERN5qK8gG&#10;CQxFg6K8MhHUU5oKdekhnoQhZTp7PYmlEJ0ffub347Qr7O3mPj6BQPpVL+IrmSflOHAS40Asx6Mg&#10;cMCuLf51Q4/EBY/xhuR6kkJ2gC0x8i+YtubITk4a+bf3zP6p+bc+8y6Y6N7NqErPvEOEiSHHEAEk&#10;QINvB61zAnBTwVAnrmWWfVfMVUHhxmUgQyMx6L5KpBNO6J3hGIi1qsoYWKo99w3VpvMYuoo4cOVl&#10;i9sUZ2XGwJK43EYYYIq8mwkTMI+PkPMwBpYOccSNgaWd58p1pBryTirhvaNZffbt/c9/jYSJ9//+&#10;7de//NO7v/5ZnhKWeumTVN4zp67nEa5p4e/GaWpxdMKYJ8v1TwBg3IaSCqsfIuJIkBdUN8wpv6Dt&#10;V4GpKiqptNR1Lq6/MugFV0DgUsEnuOkKpwuy3Obt86NyDY01mv20AiTcemQ8YK5SfmVhcjfLhqmm&#10;Fu2QMRHLb16AYExX6xnuGkivJkaUXOHGIrovgOo2PHIDL0eivp9GxULcycRbEMp7026K8jy7kVr7&#10;sGuRdHo6Cd0glNEdvuRaTb810xMlQf6+UI+Y046QSA+yX53BVpTSc3ySg+sYG2kRa0/47y5EreKE&#10;x7D+O2/8OoEYhFJ+2PGl0ETCFpdyVthS7K2QhCwp9r551Iushh6Q0fV6kXwJvb7OwtR0VaVfNRPG&#10;xIEXSm+qj750VHpZyV5cQNh/EKfqR0/+Gjodvc54ZqkBgE036nhmqaKzPvNh52mp+8+3lnxFTmjJ&#10;l7SttYdZ+IrBxxAiNeNCmamLNN1SilM3Kqhi6ila1osPcTEPKdMYp+puHzf0diwab7HafYsV1whx&#10;QTWPHsvLtOkGbP1vntRTXyD++H9QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9Q&#10;SwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrD&#10;GKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wso&#10;qTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/&#10;GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1f&#10;v/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SR&#10;WNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+&#10;USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ&#10;3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5&#10;cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADh&#10;AQAAEwAAAAAAAAABACAAAAAADwAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAOINAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEA&#10;AACUAQAACwAAAAAAAAABACAAAAAGDgAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kC2CazI2gAAAAkBAAAP&#10;AAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAmItJgo0MAACI&#10;XAAADgAAAAAAAAABACAAAAApAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAKBAAAAAA&#10;">
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:8170;top:1823;height:8461;width:8595;" coordorigin="4746,1823" coordsize="8595,7770" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAAtwPYrsAAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPS4vCMBC+C/6HMAveNO2KIl1TWcQVDyL4ANnb0Ewf2ExK&#10;E1v990ZY2Nt8fM9Zrh6mFh21rrKsIJ5EIIgzqysuFFzOP+MFCOeRNdaWScGTHKzS4WCJibY9H6k7&#10;+UKEEHYJKii9bxIpXVaSQTexDXHgctsa9AG2hdQt9iHc1PIziubSYMWhocSG1iVlt9PdKNj22H9P&#10;4023v+Xr5+95drjuY1Jq9BFHXyA8Pfy/+M+902H+FN6/hANk+gJQSwMEFAAAAAgAh07iQDMvBZ47&#10;AAAAOQAAABUAAABkcnMvZ3JvdXBzaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85P&#10;ycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJACS23BNMAAACZAQAACwAAAF9yZWxzLy5yZWxzpZBB&#10;SwMxEIXvgv8hzN3NtgcRabY3oddawWtIZrPBTSbMxNX+e1NEcKU3D3OYecz3Hm+3/0yzWpAlUjaw&#10;6XpQmB35mIOBl9PT3QMoqTZ7O1NGA2cU2A+3N7sjzra2J5liEdUoWQxMtZZHrcVNmKx0VDA3ZSRO&#10;traVgy7WvdmAetv395p/M2BYMdXBG+CD34I6nUtz/sNO0TEJjbVzlDSNY3TXqDowvZfnyRZ8TXNj&#10;WQ5YDXiWb0kuUgvZtQF9PcPmnxk8feQjLmv3y5Fx+fHVq0KHL1BLAwQUAAAACACHTuJAVH3oJ/4A&#10;AADsAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkctOwzAQRfdI/IPlLUocWCCEmnRBgB0gKB8w&#10;sieJRWJbHje0f8+4jw2iSF3aM/eeI3ux3EyjmDGS9a6W12UlBTrtjXV9LT9XT8WdFJTAGRi9w1pu&#10;keSyubxYrLYBSXDaUS2HlMK9UqQHnIBKH9DxpPNxgsTH2KsA+gt6VDdVdau0dwldKlLukM2ixQ7W&#10;YxKPG77em0QcSYqH/WJm1RJCGK2GxKZqduYXpTgQSk7udmiwga5YQ6o/CXlyGnDIvfLTRGtQvEFM&#10;LzCxhjKRlPHfLuJc/l+SLScqfNdZjWUbqeXYO85Hq1PtffTrQAME5P5zGc85/JHDR4za/VXzA1BL&#10;AQIUABQAAAAIAIdO4kBUfegn/gAAAOwBAAATAAAAAAAAAAEAIAAAAJgCAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAeAEAAF9yZWxz&#10;L1BLAQIUABQAAAAIAIdO4kAJLbcE0wAAAJkBAAALAAAAAAAAAAEAIAAAAJwBAABfcmVscy8ucmVs&#10;c1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQA&#10;FAAAAAgAh07iQALcD2K7AAAA2wAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBL&#10;AQIUABQAAAAIAIdO4kAzLwWeOwAAADkAAAAVAAAAAAAAAAEAIAAAAAoBAABkcnMvZ3JvdXBzaGFw&#10;ZXhtbC54bWxQSwUGAAAAAAYABgBgAQAAxwMAAAAA&#10;">
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:4746;top:1823;height:7770;width:8595;" coordorigin="4746,1823" coordsize="8595,7770" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAnUI0jrwAAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTWvCQBC9F/wPywi91c0qLSW6BglWepBCtSDehuyYhGRn&#10;Q3abxH/fLRR6m8f7nE022VYM1PvasQa1SEAQF87UXGr4Or89vYLwAdlg65g03MlDtp09bDA1buRP&#10;Gk6hFDGEfYoaqhC6VEpfVGTRL1xHHLmb6y2GCPtSmh7HGG5buUySF2mx5thQYUd5RUVz+rYaDiOO&#10;u5XaD8fmlt+v5+ePy1GR1o9zlaxBBJrCv/jP/W7ifAW/v8QD5PYHUEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAVAAAAZHJzL2dyb3Vwc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJIzUvO&#10;T8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAAAAAA&#10;AAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQAkttwTTAAAAmQEAAAsAAABfcmVscy8ucmVsc6WQ&#10;QUsDMRCF74L/IczdzbYHEWm2N6HXWsFrSGazwU0mzMTV/ntTRHClNw9zmHnM9x5vt/9Ms1qQJVI2&#10;sOl6UJgd+ZiDgZfT090DKKk2eztTRgNnFNgPtze7I862tieZYhHVKFkMTLWWR63FTZisdFQwN2Uk&#10;Tra2lYMu1r3ZgHrb9/eafzNgWDHVwRvgg9+COp1Lc/7DTtExCY21c5Q0jWN016g6ML2X58kWfE1z&#10;Y1kOWA14lm9JLlIL2bUBfT3D5p8ZPH3kIy5r98uRcfnx1atChy9QSwMEFAAAAAgAh07iQFR96Cf+&#10;AAAA7AEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZHLTsMwEEX3SPyD5S1KHFgghJp0QYAdICgf&#10;MLIniUViWx43tH/PuI8Nokhd2jP3niN7sdxMo5gxkvWultdlJQU67Y11fS0/V0/FnRSUwBkYvcNa&#10;bpHksrm8WKy2AUlw2lEth5TCvVKkB5yASh/Q8aTzcYLEx9irAPoLelQ3VXWrtHcJXSpS7pDNosUO&#10;1mMSjxu+3ptEHEmKh/1iZtUSQhithsSmanbmF6U4EEpO7nZosIGuWEOqPwl5chpwyL3y00RrULxB&#10;TC8wsYYykZTx3y7iXP5fki0nKnzXWY1lG6nl2DvOR6tT7X3060ADBOT+cxnPOfyRw0eM2v1V8wNQ&#10;SwECFAAUAAAACACHTuJAVH3oJ/4AAADsAQAAEwAAAAAAAAABACAAAACZAgAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHkBAABfcmVs&#10;cy9QSwECFAAUAAAACACHTuJACS23BNMAAACZAQAACwAAAAAAAAABACAAAACdAQAAX3JlbHMvLnJl&#10;bHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIU&#10;ABQAAAAIAIdO4kCdQjSOvAAAANsAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQ&#10;SwECFAAUAAAACACHTuJAMy8FnjsAAAA5AAAAFQAAAAAAAAABACAAAAALAQAAZHJzL2dyb3Vwc2hh&#10;cGV4bWwueG1sUEsFBgAAAAAGAAYAYAEAAMgDAAAAAA==&#10;">
+                    <o:lock v:ext="edit" aspectratio="f"/>
+                    <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:8974;top:4967;height:13;width:1893;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="1893,14" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA/pC4fb0AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPS2vDMBCE74X8B7GB3BopPpTiRvEhj9LmUNo0l9wWa22Z&#10;WCtHUl7/vioUehxm5htmXt1cLy4UYudZw2yqQBDX3nTcath/bx6fQcSEbLD3TBruFKFajB7mWBp/&#10;5S+67FIrMoRjiRpsSkMpZawtOYxTPxBnr/HBYcoytNIEvGa462Wh1JN02HFesDjQ0lJ93J2dhiYU&#10;24PZmtO6O7++r1Rh288Pq/VkPFMvIBLd0n/4r/1mNBTweyXfALn4AVBLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kD+kLh9vQAA&#10;ANoAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;" path="m0,14nfl1893,0e">
+                      <v:path o:connectlocs="0,13;1893,0" o:connectangles="0,0"/>
+                      <v:fill on="t" focussize="0,0"/>
+                      <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                      <v:imagedata o:title=""/>
+                      <o:lock v:ext="edit" aspectratio="f"/>
+                    </v:shape>
+                    <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:4746;top:1823;height:7770;width:8595;" coordorigin="4524,1801" coordsize="8595,7770" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA8g6RFb4AAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQWvCQBCF7wX/wzKCt7qJ0iLRVUS0eBChWijehuyYBLOz&#10;IbtN9N87h4K3Gd6b975ZrO6uVh21ofJsIB0noIhzbysuDPycd+8zUCEiW6w9k4EHBVgtB28LzKzv&#10;+Zu6UyyUhHDI0EAZY5NpHfKSHIaxb4hFu/rWYZS1LbRtsZdwV+tJknxqhxVLQ4kNbUrKb6c/Z+Cr&#10;x349Tbfd4XbdPC7nj+PvISVjRsM0mYOKdI8v8//13gq+0MsvMoBePgFQSwMEFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABUAAABkcnMvZ3JvdXBzaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjN&#10;S85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJACS23BNMAAACZAQAACwAAAF9yZWxzLy5yZWxz&#10;pZBBSwMxEIXvgv8hzN3NtgcRabY3oddawWtIZrPBTSbMxNX+e1NEcKU3D3OYecz3Hm+3/0yzWpAl&#10;Ujaw6XpQmB35mIOBl9PT3QMoqTZ7O1NGA2cU2A+3N7sjzra2J5liEdUoWQxMtZZHrcVNmKx0VDA3&#10;ZSROtraVgy7WvdmAetv395p/M2BYMdXBG+CD34I6nUtz/sNO0TEJjbVzlDSNY3TXqDowvZfnyRZ8&#10;TXNjWQ5YDXiWb0kuUgvZtQF9PcPmnxk8feQjLmv3y5Fx+fHVq0KHL1BLAwQUAAAACACHTuJAVH3o&#10;J/4AAADsAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkctOwzAQRfdI/IPlLUocWCCEmnRBgB0g&#10;KB8wsieJRWJbHje0f8+4jw2iSF3aM/eeI3ux3EyjmDGS9a6W12UlBTrtjXV9LT9XT8WdFJTAGRi9&#10;w1pukeSyubxYrLYBSXDaUS2HlMK9UqQHnIBKH9DxpPNxgsTH2KsA+gt6VDdVdau0dwldKlLukM2i&#10;xQ7WYxKPG77em0QcSYqH/WJm1RJCGK2GxKZqduYXpTgQSk7udmiwga5YQ6o/CXlyGnDIvfLTRGtQ&#10;vEFMLzCxhjKRlPHfLuJc/l+SLScqfNdZjWUbqeXYO85Hq1PtffTrQAME5P5zGc85/JHDR4za/VXz&#10;A1BLAQIUABQAAAAIAIdO4kBUfegn/gAAAOwBAAATAAAAAAAAAAEAIAAAAJsCAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAewEAAF9y&#10;ZWxzL1BLAQIUABQAAAAIAIdO4kAJLbcE0wAAAJkBAAALAAAAAAAAAAEAIAAAAJ8BAABfcmVscy8u&#10;cmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsB&#10;AhQAFAAAAAgAh07iQPIOkRW+AAAA2wAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2Lnht&#10;bFBLAQIUABQAAAAIAIdO4kAzLwWeOwAAADkAAAAVAAAAAAAAAAEAIAAAAA0BAABkcnMvZ3JvdXBz&#10;aGFwZXhtbC54bWxQSwUGAAAAAAYABgBgAQAAygMAAAAA&#10;">
+                      <o:lock v:ext="edit" aspectratio="f"/>
+                      <v:shape id="矩形.5" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:10666;top:4653;height:586;width:1707;v-text-anchor:middle;" fillcolor="#DBEEF3" filled="t" stroked="t" coordsize="2256378,372047" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAKTqyt7oAAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPwWrDMBBE74X8g9hAb7XkBEpxoxjcEug1caHXxVpbxtbK&#10;WLKT9OurQqHHYebNMIfy5kax0hx6zxryTIEgbrzpudPwWZ+eXkCEiGxw9Ewa7hSgPG4eDlgYf+Uz&#10;rZfYiVTCoUANNsapkDI0lhyGzE/EyWv97DAmOXfSzHhN5W6UO6WepcOe04LFid4sNcNlcRr27and&#10;LVjfq/z7vf6qFrXaYdD6cZurVxCRbvE//Ed/mMTB75V0A+TxB1BLAwQUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxLt1UK&#10;DXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMxDIb3&#10;QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuKomXn&#10;42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0edEJ7&#10;xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb1tOa&#10;WqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f330v24&#10;GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8CschpxwqG&#10;lMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiHw+LS&#10;pQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1ykufwb&#10;slhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMRZvcA&#10;AADiAQAAEwAAAAAAAAABACAAAACLAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHIBAABfcmVscy9QSwECFAAUAAAACACHTuJA1Vwm&#10;KMwAAACPAQAACwAAAAAAAAABACAAAACWAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAA&#10;AAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kApOrK3ugAAANoA&#10;AAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAAAAAAABACAAAAAJAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsBAACz&#10;AwAAAAA=&#10;" path="m0,372047l2256378,372047,2256378,0,0,0,0,372047xe">
+                        <v:path textboxrect="0,0,2256378,372047" o:connectlocs="853,586;1707,293;853,0;0,293;853,293" o:connectangles="0,0,0,0,0"/>
+                        <v:fill on="t" focussize="0,0"/>
+                        <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                        <v:imagedata o:title=""/>
+                        <o:lock v:ext="edit" aspectratio="f"/>
+                        <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                          <w:txbxContent>
+                            <w:p>
+                              <w:pPr>
+                                <w:snapToGrid w:val="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="24"/>
+                                  <w:szCs w:val="24"/>
+                                  <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                                <w:t>普通设置问题</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </v:textbox>
+                      </v:shape>
+                      <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:4524;top:1801;height:7770;width:8595;" coordorigin="4880,1779" coordsize="8595,7770" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA9b9Dfr4AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQWvCQBSE70L/w/IKvTWbWFo0uhGRtvQgBRNBvD2yzyQk&#10;+zZkt4n++26h4HGYmW+Y9eZqOjHS4BrLCpIoBkFcWt1wpeBYfDwvQDiPrLGzTApu5GCTPczWmGo7&#10;8YHG3FciQNilqKD2vk+ldGVNBl1ke+LgXexg0Ac5VFIPOAW46eQ8jt+kwYbDQo097Woq2/zHKPic&#10;cNq+JO/jvr3sbufi9fu0T0ipp8ckXoHwdPX38H/7SytYwt+VcANk9gtQSwMEFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABUAAABkcnMvZ3JvdXBzaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjN&#10;S85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJACS23BNMAAACZAQAACwAAAF9yZWxzLy5yZWxz&#10;pZBBSwMxEIXvgv8hzN3NtgcRabY3oddawWtIZrPBTSbMxNX+e1NEcKU3D3OYecz3Hm+3/0yzWpAl&#10;Ujaw6XpQmB35mIOBl9PT3QMoqTZ7O1NGA2cU2A+3N7sjzra2J5liEdUoWQxMtZZHrcVNmKx0VDA3&#10;ZSROtraVgy7WvdmAetv395p/M2BYMdXBG+CD34I6nUtz/sNO0TEJjbVzlDSNY3TXqDowvZfnyRZ8&#10;TXNjWQ5YDXiWb0kuUgvZtQF9PcPmnxk8feQjLmv3y5Fx+fHVq0KHL1BLAwQUAAAACACHTuJAVH3o&#10;J/4AAADsAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkctOwzAQRfdI/IPlLUocWCCEmnRBgB0g&#10;KB8wsieJRWJbHje0f8+4jw2iSF3aM/eeI3ux3EyjmDGS9a6W12UlBTrtjXV9LT9XT8WdFJTAGRi9&#10;w1pukeSyubxYrLYBSXDaUS2HlMK9UqQHnIBKH9DxpPNxgsTH2KsA+gt6VDdVdau0dwldKlLukM2i&#10;xQ7WYxKPG77em0QcSYqH/WJm1RJCGK2GxKZqduYXpTgQSk7udmiwga5YQ6o/CXlyGnDIvfLTRGtQ&#10;vEFMLzCxhjKRlPHfLuJc/l+SLScqfNdZjWUbqeXYO85Hq1PtffTrQAME5P5zGc85/JHDR4za/VXz&#10;A1BLAQIUABQAAAAIAIdO4kBUfegn/gAAAOwBAAATAAAAAAAAAAEAIAAAAJsCAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAewEAAF9y&#10;ZWxzL1BLAQIUABQAAAAIAIdO4kAJLbcE0wAAAJkBAAALAAAAAAAAAAEAIAAAAJ8BAABfcmVscy8u&#10;cmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsB&#10;AhQAFAAAAAgAh07iQPW/Q36+AAAA2gAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2Lnht&#10;bFBLAQIUABQAAAAIAIdO4kAzLwWeOwAAADkAAAAVAAAAAAAAAAEAIAAAAA0BAABkcnMvZ3JvdXBz&#10;aGFwZXhtbC54bWxQSwUGAAAAAAYABgBgAQAAygMAAAAA&#10;">
+                        <o:lock v:ext="edit" aspectratio="f"/>
+                        <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:10842;top:6307;height:12;width:2118;rotation:5898240f;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="2312,12" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAOOaVVrwAAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQWvCQBSE7wX/w/KE3pqNIqGkrh4KESEHMTY9v2af2WD2&#10;bchuo/57Vyj0OMzMN8x6e7O9mGj0nWMFiyQFQdw43XGr4OtUvL2D8AFZY++YFNzJw3Yze1ljrt2V&#10;jzRVoRURwj5HBSaEIZfSN4Ys+sQNxNE7u9FiiHJspR7xGuG2l8s0zaTFjuOCwYE+DTWX6tcqqKtD&#10;ufr+ycqiO+/M6aL3VB9WSr3OF+kHiEC38B/+a++1ggyeV+INkJsHUEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3&#10;VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEM&#10;hvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qi&#10;ZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50&#10;QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW&#10;05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS&#10;/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnH&#10;CoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD&#10;4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5&#10;/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm&#10;9wAAAOIBAAATAAAAAAAAAAEAIAAAAI0CAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdAEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDV&#10;XCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJgBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQDjmlVa8AAAA&#10;2gAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAAAAAAAEAIAAAAAsBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEA&#10;ALUDAAAAAA==&#10;" path="m0,0nfl2312,12e">
+                          <v:path o:connectlocs="0,0;2118,12" o:connectangles="0,0"/>
+                          <v:fill on="t" focussize="0,0"/>
+                          <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                          <v:imagedata o:title=""/>
+                          <o:lock v:ext="edit" aspectratio="f"/>
+                        </v:shape>
+                        <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:4880;top:1779;height:7770;width:8595;" coordorigin="4880,1779" coordsize="8595,7770" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAmvPm5boAAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPy2rCQBTdC/7DcIXudJIWi0THIMFKF1KoCuLukrkmwcyd&#10;kBnz+PvOQujycN6bdDC16Kh1lWUF8SICQZxbXXGh4HL+mq9AOI+ssbZMCkZykG6nkw0m2vb8S93J&#10;FyKEsEtQQel9k0jp8pIMuoVtiAN3t61BH2BbSN1iH8JNLd+j6FMarDg0lNhQVlL+OD2NgkOP/e4j&#10;3nfHxz0bb+flz/UYk1Jvszhag/A0+H/xy/2tFYSt4Uq4AXL7B1BLAwQUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAFQAAAGRycy9ncm91cHNoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/J&#10;zEu3VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kAJLbcE0wAAAJkBAAALAAAAX3JlbHMvLnJlbHOlkEFL&#10;AzEQhe+C/yHM3c22BxFptjeh11rBa0hms8FNJszE1f57U0RwpTcPc5h5zPceb7f/TLNakCVSNrDp&#10;elCYHfmYg4GX09PdAyipNns7U0YDZxTYD7c3uyPOtrYnmWIR1ShZDEy1lketxU2YrHRUMDdlJE62&#10;tpWDLta92YB62/f3mn8zYFgx1cEb4IPfgjqdS3P+w07RMQmNtXOUNI1jdNeoOjC9l+fJFnxNc2NZ&#10;DlgNeJZvSS5SC9m1AX09w+afGTx95CMua/fLkXH58dWrQocvUEsDBBQAAAAIAIdO4kBUfegn/gAA&#10;AOwBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRy07DMBBF90j8g+UtShxYIISadEGAHSAoHzCy&#10;J4lFYlseN7R/z7iPDaJIXdoz954je7HcTKOYMZL1rpbXZSUFOu2NdX0tP1dPxZ0UlMAZGL3DWm6R&#10;5LK5vFistgFJcNpRLYeUwr1SpAecgEof0PGk83GCxMfYqwD6C3pUN1V1q7R3CV0qUu6QzaLFDtZj&#10;Eo8bvt6bRBxJiof9YmbVEkIYrYbEpmp25helOBBKTu52aLCBrlhDqj8JeXIacMi98tNEa1C8QUwv&#10;MLGGMpGU8d8u4lz+X5ItJyp811mNZRup5dg7zkerU+199OtAAwTk/nMZzzn8kcNHjNr9VfMDUEsB&#10;AhQAFAAAAAgAh07iQFR96Cf+AAAA7AEAABMAAAAAAAAAAQAgAAAAlwIAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB3AQAAX3JlbHMv&#10;UEsBAhQAFAAAAAgAh07iQAkttwTTAAAAmQEAAAsAAAAAAAAAAQAgAAAAmwEAAF9yZWxzLy5yZWxz&#10;UEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAU&#10;AAAACACHTuJAmvPm5boAAADaAAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsB&#10;AhQAFAAAAAgAh07iQDMvBZ47AAAAOQAAABUAAAAAAAAAAQAgAAAACQEAAGRycy9ncm91cHNoYXBl&#10;eG1sLnhtbFBLBQYAAAAABgAGAGABAADGAwAAAAA=&#10;">
+                          <o:lock v:ext="edit" aspectratio="f"/>
+                          <v:group id="页-1" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:4880;top:1779;height:7770;width:7780;" coordorigin="-365004,10000" coordsize="5415319,5426739" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAjZqd0b8AAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQWvCQBCF74X+h2WE3upuWiqSuopIKz1IwShIb0N2TILZ&#10;2ZBdE/33nUOhtxnem/e+WaxuvlUD9bEJbCGbGlDEZXANVxaOh8/nOaiYkB22gcnCnSKslo8PC8xd&#10;GHlPQ5EqJSEcc7RQp9TlWseyJo9xGjpi0c6h95hk7Svtehwl3Lf6xZiZ9tiwNNTY0aam8lJcvYXt&#10;iOP6NfsYdpfz5v5zePs+7TKy9mmSmXdQiW7p3/x3/eUE3wi+PCMT6OUvUEsDBBQAAAAIAIdO4kAz&#10;LwWeOwAAADkAAAAVAAAAZHJzL2dyb3Vwc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQAkttwTTAAAAmQEAAAsAAABfcmVscy8ucmVs&#10;c6WQQUsDMRCF74L/IczdzbYHEWm2N6HXWsFrSGazwU0mzMTV/ntTRHClNw9zmHnM9x5vt/9Ms1qQ&#10;JVI2sOl6UJgd+ZiDgZfT090DKKk2eztTRgNnFNgPtze7I862tieZYhHVKFkMTLWWR63FTZisdFQw&#10;N2UkTra2lYMu1r3ZgHrb9/eafzNgWDHVwRvgg9+COp1Lc/7DTtExCY21c5Q0jWN016g6ML2X58kW&#10;fE1zY1kOWA14lm9JLlIL2bUBfT3D5p8ZPH3kIy5r98uRcfnx1atChy9QSwMEFAAAAAgAh07iQFR9&#10;6Cf+AAAA7AEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZHLTsMwEEX3SPyD5S1KHFgghJp0QYAd&#10;ICgfMLIniUViWx43tH/PuI8Nokhd2jP3niN7sdxMo5gxkvWultdlJQU67Y11fS0/V0/FnRSUwBkY&#10;vcNabpHksrm8WKy2AUlw2lEth5TCvVKkB5yASh/Q8aTzcYLEx9irAPoLelQ3VXWrtHcJXSpS7pDN&#10;osUO1mMSjxu+3ptEHEmKh/1iZtUSQhithsSmanbmF6U4EEpO7nZosIGuWEOqPwl5chpwyL3y00Rr&#10;ULxBTC8wsYYykZTx3y7iXP5fki0nKnzXWY1lG6nl2DvOR6tT7X3060ADBOT+cxnPOfyRw0eM2v1V&#10;8wNQSwECFAAUAAAACACHTuJAVH3oJ/4AAADsAQAAEwAAAAAAAAABACAAAACcAgAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHwBAABf&#10;cmVscy9QSwECFAAUAAAACACHTuJACS23BNMAAACZAQAACwAAAAAAAAABACAAAACgAQAAX3JlbHMv&#10;LnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BL&#10;AQIUABQAAAAIAIdO4kCNmp3RvwAAANwAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54&#10;bWxQSwECFAAUAAAACACHTuJAMy8FnjsAAAA5AAAAFQAAAAAAAAABACAAAAAOAQAAZHJzL2dyb3Vw&#10;c2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAYAEAAMsDAAAAAA==&#10;">
+                            <o:lock v:ext="edit" aspectratio="f"/>
+                            <v:shape id="矩形.5" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:276801;top:786634;height:372124;width:2080154;v-text-anchor:middle;" fillcolor="#DBEEF3" filled="t" stroked="t" coordsize="2256378,372047" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAQTNYgroAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVP32vCMBB+F/Y/hBvsTZNWGNIZBTeEvWoFX4/m2pQ2l9Kk&#10;VffXLwNhb/fx/bzt/u56MdMYWs8aspUCQVx503Kj4VIelxsQISIb7D2ThgcF2O9eFlssjL/xieZz&#10;bEQK4VCgBhvjUEgZKksOw8oPxImr/egwJjg20ox4S+Gul7lS79Jhy6nB4kCflqruPDkN6/pY5xOW&#10;j0P281VeD5Oabddp/faaqQ8Qke7xX/x0f5s0P8vh75l0gdz9AlBLAwQUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxLt1UK&#10;DXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMxDIb3&#10;QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuKomXn&#10;42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0edEJ7&#10;xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb1tOa&#10;WqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f330v24&#10;GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8CschpxwqG&#10;lMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiHw+LS&#10;pQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1ykufwb&#10;slhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMRZvcA&#10;AADiAQAAEwAAAAAAAAABACAAAACLAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHIBAABfcmVscy9QSwECFAAUAAAACACHTuJA1Vwm&#10;KMwAAACPAQAACwAAAAAAAAABACAAAACWAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAA&#10;AAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBBM1iCugAAANwA&#10;AAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAAAAAAABACAAAAAJAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsBAACz&#10;AwAAAAA=&#10;" path="m0,372047l2256378,372047,2256378,0,0,0,0,372047xe">
+                              <v:path textboxrect="0,0,2256378,372047" o:connectlocs="1040077,372124;2080154,186062;1040077,0;0,186062;1040077,186062" o:connectangles="0,0,0,0,0"/>
+                              <v:fill on="t" focussize="0,0"/>
+                              <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                              <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                                <w:txbxContent>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>用户出现故障</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </v:textbox>
+                            </v:shape>
+                            <v:shape id="Rectangle.7" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:305551;top:3253220;height:372142;width:1939427;v-text-anchor:middle;" fillcolor="#DBEEF3" filled="t" stroked="t" coordsize="1096063,372047" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAugeHorwAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPyW7CMBC9V+IfrEHiBk4qRKuAQV1ApTealvskHuKo8Tiy&#10;DaR/X1dC6m2e3jqrzWA7cSEfWscK8lkGgrh2uuVGwdfnbvoIIkRkjZ1jUvBDATbr0d0KC+2u/EGX&#10;MjYihXAoUIGJsS+kDLUhi2HmeuLEnZy3GBP0jdQeryncdvI+yxbSYsupwWBPL4bq7/JsFfh5+d5t&#10;n07mdX98fuPqUA2LbaXUZJxnSxCRhvgvvrn3Os3PH+DvmXSBXP8CUEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3&#10;VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEM&#10;hvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qi&#10;ZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50&#10;QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW&#10;05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS&#10;/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnH&#10;CoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD&#10;4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5&#10;/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm&#10;9wAAAOIBAAATAAAAAAAAAAEAIAAAAI0CAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdAEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDV&#10;XCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJgBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQLoHh6K8AAAA&#10;3AAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAAAAAAAEAIAAAAAsBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEA&#10;ALUDAAAAAA==&#10;" path="m0,372047l1096063,372047,1096063,0,0,0,0,372047xe">
+                              <v:path textboxrect="0,0,1096063,372047" o:connectlocs="969714,372142;1939427,186071;969714,0;0,186071;969714,186071" o:connectangles="0,0,0,0,0"/>
+                              <v:fill on="t" focussize="0,0"/>
+                              <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                              <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                                <w:txbxContent>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>网络故障</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </v:textbox>
+                            </v:shape>
+                            <v:shape id="Rectangle.8" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:760520;top:5064737;height:372002;width:1065662;v-text-anchor:middle;" fillcolor="#DBEEF3" filled="t" stroked="t" coordsize="1946457,372047" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA53uq28AAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPT2vCQBDF7wW/wzJCL0U3kVIkZhVUSnsqaC16HLKTP5id&#10;TbPbRL9951DobYb35r3f5Juba9VAfWg8G0jnCSjiwtuGKwOnz9fZElSIyBZbz2TgTgE268lDjpn1&#10;Ix9oOMZKSQiHDA3UMXaZ1qGoyWGY+45YtNL3DqOsfaVtj6OEu1YvkuRFO2xYGmrsaFdTcT3+OAPn&#10;t+7p9L2/l4ePYb/9WujLeTk+G/M4TZMVqEi3+G/+u363gp8KrTwjE+j1L1BLAwQUAAAACACHTuJA&#10;My8FnjsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85P&#10;ycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCx&#10;agMxDIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbW&#10;TQuKomXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlg&#10;qW0edEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWA&#10;y/Kb1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAAT&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg&#10;3f330v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8C&#10;schpxwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0&#10;MoiHw+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvj&#10;v1ykufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJA&#10;WuMRZvcAAADiAQAAEwAAAAAAAAABACAAAACRAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoA&#10;AAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHgBAABfcmVscy9QSwECFAAUAAAACACH&#10;TuJA1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACcAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACH&#10;TuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDne6rb&#10;wAAAANwAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA&#10;My8FnjsAAAA5AAAAEAAAAAAAAAABACAAAAAPAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAG&#10;AFsBAAC5AwAAAAA=&#10;" path="m0,372047l1946457,372047,1946457,0,0,0,0,372047xe">
+                              <v:path textboxrect="0,0,1946457,372047" o:connectlocs="532830,372002;1065662,186001;532830,0;0,186001;532830,186001" o:connectangles="0,0,0,0,0"/>
+                              <v:fill on="t" focussize="0,0"/>
+                              <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                              <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                                <w:txbxContent>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>故障解决</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </v:textbox>
+                            </v:shape>
+                            <v:shape id="菱形" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:86460;top:1702418;height:1023707;width:2479215;v-text-anchor:middle;" fillcolor="#F9C499" filled="t" stroked="t" coordsize="1511811,761811" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAaZyi3b4AAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQW/CMAyF75P4D5GRdploUg6DFgKHSZV2HN20cTSNaSsa&#10;p2pCof+eTJq0m633/L7n7f5uOzHS4FvHGtJEgSCunGm51vD1WSzWIHxANtg5Jg0TedjvZk9bzI27&#10;8YHGMtQihrDPUUMTQp9L6auGLPrE9cRRO7vBYojrUEsz4C2G204ulXqVFluOhAZ7emuoupRXG7lt&#10;xi/Fz3LVX1en0arv40cxHbV+nqdqAyLQPfyb/67fTayfZvD7TJxA7h5QSwMEFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAABkcnMvc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJIzUvOT8nM&#10;S7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAYAAABfcmVscy9QSwMEFAAAAAgAh07iQNVcJijMAAAAjwEAAAsAAABfcmVscy8ucmVsc6WQsWoD&#10;MQyG90DfwWjv+ZKhlBBftkLWkEJXYevuTM6Wscw1efu4lEIvZMugQb/Q9wnt9pcwqZmyeI4G1k0L&#10;iqJl5+Ng4PP08foOSgpGhxNHMnAlgX33stodacJSl2T0SVSlRDEwlpK2WosdKaA0nCjWSc85YKlt&#10;HnRCe8aB9KZt33T+z4BuwVQHZyAf3AbU6Zqq+Y4dvM0s3JfGctDc994+omoZMdFXmCoG80DFgMvy&#10;m9bTmlqgH5vXT5odf8cjzUvxT5hp/vPqxRu7G1BLAwQUAAAACACHTuJAWuMRZvcAAADiAQAAEwAA&#10;AFtDb250ZW50X1R5cGVzXS54bWyVkU1PxCAQhu8m/gcyV9NSPRhjSvdg9ahG1x8wgWlLtgXCYN39&#10;99L9uBjXxCPMvM/7BOrVdhrFTJGtdwquywoEOe2Ndb2Cj/VTcQeCEzqDo3ekYEcMq+byol7vArHI&#10;accKhpTCvZSsB5qQSx/I5Unn44QpH2MvA+oN9iRvqupWau8SuVSkhQFN3VKHn2MSj9t8fTCJNDKI&#10;h8Pi0qUAQxitxpRN5ezMj5bi2FDm5H6HBxv4KmuA/LVhmZwvOOZe8tNEa0i8YkzPOGUNaSJL479c&#10;pLn8G7JYTlz4rrOayjZym2NvNJ+sztF5wEAZ/V/8+5I7weX+h5pvUEsBAhQAFAAAAAgAh07iQFrj&#10;EWb3AAAA4gEAABMAAAAAAAAAAQAgAAAAjwIAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB2AQAAX3JlbHMvUEsBAhQAFAAAAAgAh07i&#10;QNVcJijMAAAAjwEAAAsAAAAAAAAAAQAgAAAAmgEAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07i&#10;QAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAaZyi3b4A&#10;AADcAAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAAAAAAAAAQAgAAAADQEAAGRycy9zaGFwZXhtbC54bWxQSwUGAAAAAAYABgBb&#10;AQAAtwMAAAAA&#10;" path="m755906,761811l1511811,380905,755906,0,0,380905,755906,761811xe">
+                              <v:path textboxrect="0,0,1511811,761811" o:connectlocs="1239608,1023707;2479215,511852;1239608,0;0,511852" o:connectangles="0,0,0,0"/>
+                              <v:fill on="t" focussize="0,0"/>
+                              <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                              <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                                <w:txbxContent>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>翻转校园</w:t>
+                                    </w:r>
+                                  </w:p>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>或电话报修初步</w:t>
+                                    </w:r>
+                                  </w:p>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>判断故障分类</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </v:textbox>
+                            </v:shape>
+                            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:-365004;top:10000;height:680507;width:5230864;v-text-anchor:middle;" filled="f" stroked="f" coordsize="2456693,680315" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAJMFnJboAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTYvCMBC9L/gfwgje1rRaRavRg7CwB1nQevA4NmNbbCal&#10;ibX++40geJvH+5z1tje16Kh1lWUF8TgCQZxbXXGh4JT9fC9AOI+ssbZMCp7kYLsZfK0x1fbBB+qO&#10;vhAhhF2KCkrvm1RKl5dk0I1tQxy4q20N+gDbQuoWHyHc1HISRXNpsOLQUGJDu5Ly2/FuFGT78/LQ&#10;7XTSX2qczjJKbviXKDUaxtEKhKfef8Rv968O8ycxvJ4JF8jNP1BLAwQUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxLt1UK&#10;DXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMxDIb3&#10;QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuKomXn&#10;42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0edEJ7&#10;xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb1tOa&#10;WqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f330v24&#10;GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8CschpxwqG&#10;lMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiHw+LS&#10;pQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1ykufwb&#10;slhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMRZvcA&#10;AADiAQAAEwAAAAAAAAABACAAAACLAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHIBAABfcmVscy9QSwECFAAUAAAACACHTuJA1Vwm&#10;KMwAAACPAQAACwAAAAAAAAABACAAAACWAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAA&#10;AAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAkwWclugAAANwA&#10;AAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAAAAAAABACAAAAAJAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsBAACz&#10;AwAAAAA=&#10;" path="m0,680315l2456693,680315,2456693,0,0,0,0,680315xe">
+                              <v:path textboxrect="0,0,2456693,680315"/>
+                              <v:fill on="f" focussize="0,0"/>
+                              <v:stroke on="f" weight="0.78740157480315pt" joinstyle="bevel"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                              <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                                <w:txbxContent>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:sz w:val="30"/>
+                                        <w:szCs w:val="30"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                        <w:b/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="30"/>
+                                        <w:szCs w:val="30"/>
+                                      </w:rPr>
+                                      <w:t>山东协和学院</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                        <w:b/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="30"/>
+                                        <w:szCs w:val="30"/>
+                                        <w:lang w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>校园</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                        <w:b/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="30"/>
+                                        <w:szCs w:val="30"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>网络故障维修</w:t>
+                                    </w:r>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                        <w:b/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="30"/>
+                                        <w:szCs w:val="30"/>
+                                      </w:rPr>
+                                      <w:t>工作业务流程图</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </v:textbox>
+                            </v:shape>
+                            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:1061254;top:943533;height:495335;width:10161;rotation:5898240f;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="10000,495447" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA9gI0+70AAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPS0/CQBC+m/gfNmPiTbagMVpYOJhoTOgBio/r0B27jd3Z&#10;0h2g/nuXhITbfPmeM1sMvlUH6mMT2MB4lIEiroJtuDbwsXm9ewIVBdliG5gM/FGExfz6aoa5DUde&#10;06GUWqUQjjkacCJdrnWsHHmMo9ARJ+4n9B4lwb7WtsdjCvetnmTZo/bYcGpw2NGLo+q33HsDsnl2&#10;y+LrO6w+3x6k2JXrbbEbjLm9GWdTUEKDXMRn97tN8yf3cHomXaDn/1BLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kD2AjT7vQAA&#10;ANwAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;" path="m0,0nfl495447,0e">
+                              <v:fill on="t" focussize="0,0"/>
+                              <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                            </v:shape>
+                            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:1058079;top:2506400;height:495970;width:9526;rotation:5898240f;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="10000,495447" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA5nWXY70AAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTU/CQBC9m/AfNmPiTbYQQ7CycDDBmNgDFNTr2B27jd3Z&#10;0h2h/HvXhITbvLzPWawG36oj9bEJbGAyzkARV8E2XBvY79b3c1BRkC22gcnAmSKslqObBeY2nHhL&#10;x1JqlUI45mjAiXS51rFy5DGOQ0ecuO/Qe5QE+1rbHk8p3Ld6mmUz7bHh1OCwo2dH1U/56w3I7tG9&#10;FR+fYfP+8iDFodx+FYfBmLvbSfYESmiQq/jifrVp/nQG/8+kC/TyD1BLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDmdZdjvQAA&#10;ANwAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;" path="m0,0nfl495447,0e">
+                              <v:fill on="t" focussize="0,0"/>
+                              <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                            </v:shape>
+                            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:1012233;top:4323076;height:495592;width:10262;rotation:5898240f;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="10000,495447" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAiTky+L0AAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPS2vCQBC+F/oflin0VjdK6SO6eii0FMxBYx/XMTvNhmZn&#10;Y3bU9N93BcHbfHzPmS0G36oD9bEJbGA8ykARV8E2XBv42LzePYGKgmyxDUwG/ijCYn59NcPchiOv&#10;6VBKrVIIxxwNOJEu1zpWjjzGUeiIE/cTeo+SYF9r2+MxhftWT7LsQXtsODU47OjFUfVb7r0B2Ty7&#10;ZfH1HVafb/dS7Mr1ttgNxtzejLMpKKFBLuKz+92m+ZNHOD2TLtDzf1BLAwQUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMx&#10;DIb3QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuK&#10;omXn42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0e&#10;dEJ7xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb&#10;1tOaWqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f33&#10;0v24GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8Cschp&#10;xwqGlMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiH&#10;w+LSpQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1yk&#10;ufwbslhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMR&#10;ZvcAAADiAQAAEwAAAAAAAAABACAAAACOAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHUBAABfcmVscy9QSwECFAAUAAAACACHTuJA&#10;1VwmKMwAAACPAQAACwAAAAAAAAABACAAAACZAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJA&#10;AAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCJOTL4vQAA&#10;ANwAAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8F&#10;njsAAAA5AAAAEAAAAAAAAAABACAAAAAMAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsB&#10;AAC2AwAAAAA=&#10;" path="m0,0nfl495447,0e">
+                              <v:fill on="t" focussize="0,0"/>
+                              <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                            </v:shape>
+                            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:1322237;top:4553555;height:497072;width:508121;v-text-anchor:middle;" filled="f" stroked="f" coordsize="226772,283465" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAbU83ALsAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTYvCMBC9L/gfwgh7W9P2ILvV6EGpCF5cFcTb0IxNsZmU&#10;JFb335uFhb3N433OfPm0nRjIh9axgnySgSCunW65UXA6Vh+fIEJE1tg5JgU/FGC5GL3NsdTuwd80&#10;HGIjUgiHEhWYGPtSylAbshgmridO3NV5izFB30jt8ZHCbSeLLJtKiy2nBoM9rQzVt8PdKvBmtS32&#10;YbPenfXx0rVVLoe6Uup9nGczEJGe8V/8597qNL/4gt9n0gVy8QJQSwMEFAAAAAgAh07iQDMvBZ47&#10;AAAAOQAAABAAAABkcnMvc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJIzUvOT8nMS7dV&#10;Cg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AABfcmVscy9QSwMEFAAAAAgAh07iQNVcJijMAAAAjwEAAAsAAABfcmVscy8ucmVsc6WQsWoDMQyG&#10;90DfwWjv+ZKhlBBftkLWkEJXYevuTM6Wscw1efu4lEIvZMugQb/Q9wnt9pcwqZmyeI4G1k0LiqJl&#10;5+Ng4PP08foOSgpGhxNHMnAlgX33stodacJSl2T0SVSlRDEwlpK2WosdKaA0nCjWSc85YKltHnRC&#10;e8aB9KZt33T+z4BuwVQHZyAf3AbU6Zqq+Y4dvM0s3JfGctDc994+omoZMdFXmCoG80DFgMvym9bT&#10;mlqgH5vXT5odf8cjzUvxT5hp/vPqxRu7G1BLAwQUAAAACACHTuJAWuMRZvcAAADiAQAAEwAAAFtD&#10;b250ZW50X1R5cGVzXS54bWyVkU1PxCAQhu8m/gcyV9NSPRhjSvdg9ahG1x8wgWlLtgXCYN3999L9&#10;uBjXxCPMvM/7BOrVdhrFTJGtdwquywoEOe2Ndb2Cj/VTcQeCEzqDo3ekYEcMq+byol7vArHIaccK&#10;hpTCvZSsB5qQSx/I5Unn44QpH2MvA+oN9iRvqupWau8SuVSkhQFN3VKHn2MSj9t8fTCJNDKIh8Pi&#10;0qUAQxitxpRN5ezMj5bi2FDm5H6HBxv4KmuA/LVhmZwvOOZe8tNEa0i8YkzPOGUNaSJL479cpLn8&#10;G7JYTlz4rrOayjZym2NvNJ+sztF5wEAZ/V/8+5I7weX+h5pvUEsBAhQAFAAAAAgAh07iQFrjEWb3&#10;AAAA4gEAABMAAAAAAAAAAQAgAAAAjAIAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACH&#10;TuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAABzAQAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQNVc&#10;JijMAAAAjwEAAAsAAAAAAAAAAQAgAAAAlwEAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAA&#10;AAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAbU83ALsAAADc&#10;AAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQDMvBZ47&#10;AAAAOQAAABAAAAAAAAAAAQAgAAAACgEAAGRycy9zaGFwZXhtbC54bWxQSwUGAAAAAAYABgBbAQAA&#10;tAMAAAAA&#10;" path="m0,283465l226772,283465,226772,0,0,0,0,283465xe">
+                              <v:path textboxrect="0,0,226772,283465"/>
+                              <v:fill on="f" focussize="0,0"/>
+                              <v:stroke on="f" weight="0.78740157480315pt" joinstyle="bevel" endarrow="block"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                              <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                                <w:txbxContent>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:eastAsiaTheme="minorEastAsia"/>
+                                        <w:sz w:val="12"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312"/>
+                                        <w:color w:val="000000"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>解决</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </v:textbox>
+                            </v:shape>
+                            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:4490686;top:4884508;height:393809;width:559629;v-text-anchor:middle;" filled="f" stroked="f" coordsize="226772,283465" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAFuCt27wAAADc&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPPWvDMBDdC/kP4gLdatkplOJayZDiEOiSOoGQ7bCulql1&#10;MpLiuP8+KhS63eN9XrWZ7SAm8qF3rKDIchDErdM9dwpOx/rpFUSIyBoHx6TghwJs1ouHCkvtbvxJ&#10;UxM7kUI4lKjAxDiWUobWkMWQuZE4cV/OW4wJ+k5qj7cUbge5yvMXabHn1GBwpK2h9ru5WgXebPer&#10;Q9i9f5z18TL0dSGntlbqcVnkbyAizfFf/Ofe6zT/uYDfZ9IFcn0HUEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3&#10;VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEM&#10;hvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qi&#10;ZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50&#10;QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW&#10;05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS&#10;/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnH&#10;CoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD&#10;4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5&#10;/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm&#10;9wAAAOIBAAATAAAAAAAAAAEAIAAAAI0CAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdAEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDV&#10;XCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJgBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQBbgrdu8AAAA&#10;3AAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAAAAAAAEAIAAAAAsBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEA&#10;ALUDAAAAAA==&#10;" path="m0,283465l226772,283465,226772,0,0,0,0,283465xe">
+                              <v:path textboxrect="0,0,226772,283465"/>
+                              <v:fill on="f" focussize="0,0"/>
+                              <v:stroke on="f" weight="0.78740157480315pt" joinstyle="bevel" endarrow="block"/>
+                              <v:imagedata o:title=""/>
+                              <o:lock v:ext="edit" aspectratio="f"/>
+                              <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                                <w:txbxContent>
+                                  <w:p>
+                                    <w:pPr>
+                                      <w:snapToGrid w:val="0"/>
+                                      <w:jc w:val="center"/>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                    </w:pPr>
+                                    <w:r>
+                                      <w:rPr>
+                                        <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                        <w:sz w:val="24"/>
+                                        <w:szCs w:val="24"/>
+                                        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                      </w:rPr>
+                                      <w:t>是</w:t>
+                                    </w:r>
+                                  </w:p>
+                                </w:txbxContent>
+                              </v:textbox>
+                            </v:shape>
+                          </v:group>
+                          <v:shape id="菱形" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:10325;top:7384;height:1232;width:3150;v-text-anchor:middle;" fillcolor="#F9C499" filled="t" stroked="t" coordsize="1511811,761811" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAeLMeZLwAAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPzWrCQBSF9wXfYbhCN8XMmEVTY0YXhUCX1Rbr8pq5JsHM&#10;nZAZE317p1Do8nB+Pk6xvdlOjDT41rGGZaJAEFfOtFxr+P4qF28gfEA22DkmDXfysN3MngrMjZt4&#10;R+M+1CKOsM9RQxNCn0vpq4Ys+sT1xNE7u8FiiHKopRlwiuO2k6lSr9Jiy5HQYE/vDVWX/dVGbrvi&#10;l/InzfprdhqtOhw/y/tR6+f5Uq1BBLqF//Bf+8NoyOD3SrwBcvMAUEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3&#10;VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEM&#10;hvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qi&#10;ZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50&#10;QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW&#10;05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS&#10;/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnH&#10;CoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD&#10;4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5&#10;/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm&#10;9wAAAOIBAAATAAAAAAAAAAEAIAAAAI0CAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdAEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDV&#10;XCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJgBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQHizHmS8AAAA&#10;2gAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAAAAAAAEAIAAAAAsBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEA&#10;ALUDAAAAAA==&#10;" path="m755906,761811l1511811,380905,755906,0,0,380905,755906,761811xe">
+                            <v:path textboxrect="0,0,1511811,761811" o:connectlocs="1575,1232;3150,615;1575,0;0,615" o:connectangles="0,0,0,0"/>
+                            <v:fill on="t" focussize="0,0"/>
+                            <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                            <v:imagedata o:title=""/>
+                            <o:lock v:ext="edit" aspectratio="f"/>
+                            <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                              <w:txbxContent>
+                                <w:p>
+                                  <w:pPr>
+                                    <w:snapToGrid w:val="0"/>
+                                    <w:jc w:val="center"/>
+                                    <w:rPr>
+                                      <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                      <w:sz w:val="24"/>
+                                      <w:szCs w:val="24"/>
+                                      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                      <w:sz w:val="24"/>
+                                      <w:szCs w:val="24"/>
+                                      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                    </w:rPr>
+                                    <w:t>电话支持是否解决</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </v:textbox>
+                          </v:shape>
+                        </v:group>
+                      </v:group>
+                    </v:group>
+                  </v:group>
+                  <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="34" type="#_x0000_t34" style="position:absolute;left:7999;top:8735;flip:y;height:699;width:3764;rotation:11796480f;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAkwbw2roAAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPTWsCMRC9C/0PYQq9aeIeimyNHqRCpe2CrtTrkIy7i5vJ&#10;som6/fdGELzN433OfDm4VlyoD41nDdOJAkFsvG240rAv1+MZiBCRLbaeScM/BVguXkZzzK2/8pYu&#10;u1iJFMIhRw11jF0uZTA1OQwT3xEn7uh7hzHBvpK2x2sKd63MlHqXDhtODTV2tKrJnHZnp8Hwz/rv&#10;sxo2ZaGK3yL7puFgSOu316n6ABFpiE/xw/1l0/wM7r+kA+TiBlBLAwQUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyzsa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxLt1UK&#10;DXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAFBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AF9yZWxzL1BLAwQUAAAACACHTuJA1VwmKMwAAACPAQAACwAAAF9yZWxzLy5yZWxzpZCxagMxDIb3&#10;QN/BaO/5kqGUEF+2QtaQQldh6+5MzpaxzDV5+7iUQi9ky6BBv9D3Ce32lzCpmbJ4jgbWTQuKomXn&#10;42Dg8/Tx+g5KCkaHE0cycCWBffey2h1pwlKXZPRJVKVEMTCWkrZaix0poDScKNZJzzlgqW0edEJ7&#10;xoH0pm3fdP7PgG7BVAdnIB/cBtTpmqr5jh28zSzcl8Zy0Nz33j6iahkx0VeYKgbzQMWAy/Kb1tOa&#10;WqAfm9dPmh1/xyPNS/FPmGn+8+rFG7sbUEsDBBQAAAAIAIdO4kBa4xFm9wAAAOIBAAATAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbJWRTU/EIBCG7yb+BzJX01I9GGNK92D1qEbXHzCBaUu2BcJg3f330v24&#10;GNfEI8y8z/sE6tV2GsVMka13Cq7LCgQ57Y11vYKP9VNxB4ITOoOjd6RgRwyr5vKiXu8CschpxwqG&#10;lMK9lKwHmpBLH8jlSefjhCkfYy8D6g32JG+q6lZq7xK5VKSFAU3dUoefYxKP23x9MIk0MoiHw+LS&#10;pQBDGK3GlE3l7MyPluLYUObkfocHG/gqa4D8tWGZnC845l7y00RrSLxiTM84ZQ1pIkvjv1ykufwb&#10;slhOXPius5rKNnKbY280n6zO0XnAQBn9X/z7kjvB5f6Hmm9QSwECFAAUAAAACACHTuJAWuMRZvcA&#10;AADiAQAAEwAAAAAAAAABACAAAACLAgAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHIBAABfcmVscy9QSwECFAAUAAAACACHTuJA1Vwm&#10;KMwAAACPAQAACwAAAAAAAAABACAAAACWAQAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAA&#10;AAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCTBvDaugAAANsA&#10;AAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAMy8FnjsA&#10;AAA5AAAAEAAAAAAAAAABACAAAAAJAQAAZHJzL3NoYXBleG1sLnhtbFBLBQYAAAAABgAGAFsBAACz&#10;AwAAAAA=&#10;" adj="-34">
+                    <v:fill on="f" focussize="0,0"/>
+                    <v:stroke weight="1pt" color="#000000 [3213]" joinstyle="round" endarrow="open"/>
+                    <v:imagedata o:title=""/>
+                    <o:lock v:ext="edit" aspectratio="f"/>
+                  </v:shape>
+                </v:group>
+                <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:10186;top:7143;height:712;width:16;rotation:5898240f;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="10000,495447" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA4/WB7L4AAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPQWvCQBSE74X+h+UVvNWNRUpNXT0UlII51Gjb62v2NRua&#10;fRuzr5r+e1coeBxm5htmvhx8q47Uxyawgck4A0VcBdtwbWC/W90/gYqCbLENTAb+KMJycXszx9yG&#10;E2/pWEqtEoRjjgacSJdrHStHHuM4dMTJ+w69R0myr7Xt8ZTgvtUPWfaoPTacFhx29OKo+il/vQHZ&#10;zdym+PgMb+/rqRSHcvtVHAZjRneT7BmU0CDX8H/71RqYwuVKugF6cQZQSwMEFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAABkcnMvc2hhcGV4bWwueG1ss7GvyM1RKEstKs7Mz7NVMtQzUFJIzUvOT8nM&#10;S7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAYAAABfcmVscy9QSwMEFAAAAAgAh07iQNVcJijMAAAAjwEAAAsAAABfcmVscy8ucmVsc6WQsWoD&#10;MQyG90DfwWjv+ZKhlBBftkLWkEJXYevuTM6Wscw1efu4lEIvZMugQb/Q9wnt9pcwqZmyeI4G1k0L&#10;iqJl5+Ng4PP08foOSgpGhxNHMnAlgX33stodacJSl2T0SVSlRDEwlpK2WosdKaA0nCjWSc85YKlt&#10;HnRCe8aB9KZt33T+z4BuwVQHZyAf3AbU6Zqq+Y4dvM0s3JfGctDc994+omoZMdFXmCoG80DFgMvy&#10;m9bTmlqgH5vXT5odf8cjzUvxT5hp/vPqxRu7G1BLAwQUAAAACACHTuJAWuMRZvcAAADiAQAAEwAA&#10;AFtDb250ZW50X1R5cGVzXS54bWyVkU1PxCAQhu8m/gcyV9NSPRhjSvdg9ahG1x8wgWlLtgXCYN39&#10;99L9uBjXxCPMvM/7BOrVdhrFTJGtdwquywoEOe2Ndb2Cj/VTcQeCEzqDo3ekYEcMq+byol7vArHI&#10;accKhpTCvZSsB5qQSx/I5Unn44QpH2MvA+oN9iRvqupWau8SuVSkhQFN3VKHn2MSj9t8fTCJNDKI&#10;h8Pi0qUAQxitxpRN5ezMj5bi2FDm5H6HBxv4KmuA/LVhmZwvOOZe8tNEa0i8YkzPOGUNaSJL479c&#10;pLn8G7JYTlz4rrOayjZym2NvNJ+sztF5wEAZ/V/8+5I7weX+h5pvUEsBAhQAFAAAAAgAh07iQFrj&#10;EWb3AAAA4gEAABMAAAAAAAAAAQAgAAAAjwIAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB2AQAAX3JlbHMvUEsBAhQAFAAAAAgAh07i&#10;QNVcJijMAAAAjwEAAAsAAAAAAAAAAQAgAAAAmgEAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07i&#10;QAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJA4/WB7L4A&#10;AADaAAAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQDMv&#10;BZ47AAAAOQAAABAAAAAAAAAAAQAgAAAADQEAAGRycy9zaGFwZXhtbC54bWxQSwUGAAAAAAYABgBb&#10;AQAAtwMAAAAA&#10;" path="m0,0nfl495447,0e">
+                  <v:fill on="t" focussize="0,0"/>
+                  <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                </v:shape>
+                <v:shape id="Rectangle.7" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:9011;top:8294;height:706;width:2912;v-text-anchor:middle;" fillcolor="#DBEEF3" filled="t" stroked="t" coordsize="1096063,372047" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA9wN237wAAADa&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEWPzW7CMBCE70h9B2sr9QYOqEUoxaDyp9IbpO19Ey9x1Hgd&#10;2QbSt68rIXEczcw3mvmyt624kA+NYwXjUQaCuHK64VrB1+duOAMRIrLG1jEp+KUAy8XDYI65dlc+&#10;0qWItUgQDjkqMDF2uZShMmQxjFxHnLyT8xZjkr6W2uM1wW0rJ1k2lRYbTgsGO1obqn6Ks1Xgn4uP&#10;dvt2Mpv99+qdy0PZT7elUk+P4+wVRKQ+3sO39l4reIH/K+kGyMUfUEsDBBQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3&#10;VQoNcdO1UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEM&#10;hvdA38Fo7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qi&#10;ZefjYODz9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50&#10;QnvGgfSmbd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW&#10;05paoB+b10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS&#10;/bgY18QjzLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnH&#10;CoaUwr2UrAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD&#10;4tKlAEMYrcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5&#10;/BuyWE5c+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm&#10;9wAAAOIBAAATAAAAAAAAAAEAIAAAAI0CAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdAEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDV&#10;XCYozAAAAI8BAAALAAAAAAAAAAEAIAAAAJgBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQPcDdt+8AAAA&#10;2gAAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWe&#10;OwAAADkAAAAQAAAAAAAAAAEAIAAAAAsBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEA&#10;ALUDAAAAAA==&#10;" path="m0,372047l1096063,372047,1096063,0,0,0,0,372047xe">
+                  <v:path textboxrect="0,0,1096063,372047" o:connectlocs="1456,706;2912,353;1456,0;0,353;1456,353" o:connectangles="0,0,0,0,0"/>
+                  <v:fill on="t" focussize="0,0"/>
+                  <v:stroke weight="0.251968503937008pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                  <v:imagedata o:title=""/>
+                  <o:lock v:ext="edit" aspectratio="f"/>
+                  <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                    <w:txbxContent>
+                      <w:p>
+                        <w:pPr>
+                          <w:snapToGrid w:val="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                          <w:t>维修人员上门维修</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p>
+                        <w:pPr>
+                          <w:snapToGrid w:val="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="24"/>
+                            <w:szCs w:val="24"/>
+                            <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                          <w:t>(2个工作日内)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3031490</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>4078605</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="355600" cy="282575"/>
+                <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="17" name="文本框 17"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="4220845" y="4986655"/>
+                          <a:ext cx="355600" cy="282575"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="12700" cmpd="sng">
+                          <a:noFill/>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:hint="default" w:eastAsiaTheme="minorEastAsia"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>否</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-left:238.7pt;margin-top:321.15pt;height:22.25pt;width:28pt;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAFY2H19oAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMAyG70i8Q2QkbizdWtqqNN0BBOzCgQ0Ex6w1SUXj&#10;lCbrxttjTnD070+/P9frkxvEjFPoPSlYLhIQSK3vejIKXnb3VyWIEDV1evCECr4xwLo5P6t11fkj&#10;PeO8jUZwCYVKK7AxjpWUobXodFj4EYl3H35yOvI4GdlN+sjlbpCrJMml0z3xBatHvLXYfm4PTsHD&#10;vNm5sbV370XxZTbmNbw9PgWlLi+WyQ2IiKf4B8OvPqtDw057f6AuiEFBVhQZowrybJWCYOI6TTnZ&#10;c1LmJcimlv9/aH4AUEsDBBQAAAAIAIdO4kDG2BR1bQIAAMEEAAAOAAAAZHJzL2Uyb0RvYy54bWyt&#10;VMFuEzEQvSPxD5bvdJMlm6RRN1VoFIRU0UoFcXa83uxKXtvYTnbLB8AfcOLCne/qd/Ds3bSlcOiB&#10;HJyx5+XNzJuZnJ13jSQHYV2tVU7HJyNKhOK6qNUupx8/bF7NKXGeqYJJrUROb4Wj58uXL85asxCp&#10;rrQshCUgUW7RmpxW3ptFkjheiYa5E22EgrPUtmEeV7tLCstasDcySUejadJqWxiruXAOr+veSQdG&#10;+xxCXZY1F2vN941Qvme1QjKPklxVG0eXMduyFNxflaUTnsicolIfTwSBvQ1nsjxji51lpqr5kAJ7&#10;TgpPampYrRD0nmrNPCN7W/9F1dTcaqdLf8J1k/SFREVQxXj0RJubihkRa4HUztyL7v4fLX9/uLak&#10;LjAJM0oUa9Dxu+/f7n78uvv5leANArXGLYC7MUD67o3uAD6+OzyGurvSNuEbFRH4J2k6mk8ySm5h&#10;n86n0yzrpRadJxyA11k2HaEJHIB0nmaz6E8eiIx1/q3QDQlGTi06GQVmh0vnkRSgR0iI67Ssi00t&#10;ZbzY3fZCWnJg6PomfkJ0/OQPmFSkRSnpLCbSGIjg1C5GUTpwxeEIUdbMVT1bJBjIpAJnEKcXIVi+&#10;23aDYltd3EIwq/uZc4ZvalBdMuevmcWQoXqsob/CUUqNTPRgUVJp++Vf7wGP3sNLSYuhRcKf98wK&#10;SuQ7hak4HU8mYcrjZZLNUlzsY8/2sUftmwsNhcZYeMOjGfBeHs3S6uYTtnUVosLFFEfsnPqjeeH7&#10;VcK2c7FaRRDm2jB/qW4MD9ShH0qv9l6XdexbkKnXZlAPkx17M2xhWJ3H94h6+OdZ/gZQSwMECgAA&#10;AAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsA&#10;AABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9Laj&#10;fqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzM&#10;tZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZp&#10;iu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQA&#10;AAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIW&#10;JU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5&#10;vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX&#10;2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz&#10;5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0&#10;q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAADgBAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAMID&#10;AABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAADmAwAAX3Jl&#10;bHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJz&#10;L1BLAQIUABQAAAAIAIdO4kAVjYfX2gAAAAsBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJl&#10;di54bWxQSwECFAAUAAAACACHTuJAxtgUdW0CAADBBAAADgAAAAAAAAABACAAAAApAQAAZHJzL2Uy&#10;b0RvYy54bWxQSwUGAAAAAAYABgBZAQAACAYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke on="f" weight="1pt"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:eastAsiaTheme="minorEastAsia"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>否</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2651760</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>4406900</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1045210" cy="7620"/>
+                <wp:effectExtent l="0" t="37465" r="8890" b="31115"/>
+                <wp:wrapNone/>
+                <wp:docPr id="16" name="任意多边形 16"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm rot="10800000">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1045210" cy="7620"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="connsiteX0" fmla="*/ 0 w 1646"/>
+                            <a:gd name="connsiteY0" fmla="*/ 0 h 12"/>
+                            <a:gd name="connsiteX1" fmla="*/ 1646 w 1646"/>
+                            <a:gd name="connsiteY1" fmla="*/ 12 h 12"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX0" y="connsiteY0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="connsiteX1" y="connsiteY1"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="0" b="0"/>
+                          <a:pathLst>
+                            <a:path w="1646" h="12" fill="none">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="1646" y="12"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="10000" cap="flat">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:bevel/>
+                          <a:tailEnd type="triangle" w="med" len="med"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:208.8pt;margin-top:347pt;height:0.6pt;width:82.3pt;rotation:11796480f;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="1646,12" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAnyuZqNgAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMAyG70i8Q2QkbixttZWuNN0BaZdJO1A2zl5i2kLj&#10;VE22lbcnO8HR9qff319tZjuIC02+d6wgXSQgiLUzPbcKDu/bpwKED8gGB8ek4Ic8bOr7uwpL4678&#10;RpcmtCKGsC9RQRfCWErpdUcW/cKNxPH26SaLIY5TK82E1xhuB5klSS4t9hw/dDjSa0f6uzlbBTvd&#10;uO2XHo44f9jD2hT7/XFnlHp8SJMXEIHm8AfDTT+qQx2dTu7MxotBwTJ9ziOqIF8vY6lIrIosA3G6&#10;bVYZyLqS/zvUv1BLAwQUAAAACACHTuJAvi+k5JoCAADmBQAADgAAAGRycy9lMm9Eb2MueG1srVTL&#10;btQwFN0j8Q9Wlkg0D5VSjTrTBaVsEFRqkcrS4zgTS37Jdicze/bsWSJ+AlXwNRTxGRw7mWlmkAoL&#10;sohu4uvjc8691yenKyXJkjsvjJ5m5UGREa6ZqYVeTLN3V+dPjzPiA9U1lUbzabbmPjudPX500tkJ&#10;r0xrZM0dAYj2k85OszYEO8lzz1quqD8wlmssNsYpGvDpFnntaAd0JfOqKI7yzrjaOsO49/h71i9m&#10;A6L7F0DTNILxM8NuFNehR3Vc0gBJvhXWZ7PEtmk4C2+bxvNA5DSD0pDeOATxPL7z2QmdLBy1rWAD&#10;BfovFPY0KSo0Dt1CndFAyY0Tf0ApwZzxpgkHzKi8F5IcgYqy2PPmsqWWJy2w2tut6f7/wbI3ywtH&#10;RI1OOMqIpgoV/3F7+/PDx7svn359/3r37TPBCmzqrJ8g+9JeuOHLI4yaV41TxBl4WxbHRXySFRBH&#10;Vsnp9dZpvgqE4WdZHD6rShSBYe35UZUKkfdQEZLd+PCKGxVjunztQ1+nGlFyuR6oMqO1F4FfA6pR&#10;EqV7kpOCdOB8mFijIvu573dzW1JWQxvsZ16XI9SI+BfgnfSKbJCha7FhTtuNGLbSgxpEhMbp632z&#10;xkffxtJg0uYT7OEFILErOfXwZlAaby7Hm3uQgYTDqDw4JJaGyD2eGUPSxZaByaRFUMEoITFjGndG&#10;qr4yS35lUnbYawOce78q9TirRwTjvibI7NcRxEOT8C2RyH/UJ95IUZ+DRTzUu8X8hXRkSUHqPD2D&#10;9J00qZOO1LOEUVxnDa6RJGAnbwcutfimDDtpc77kMrVqoEK+1DUJa4uJCk6gwJJn8TTF64xIjss3&#10;Rn0xJWqZxwnrZypGc1Ov06il/xj/JH64quL9Mv5Ou++v59lvUEsDBAoAAAAAAIdO4kAAAAAAAAAA&#10;AAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOl&#10;kMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6Rs&#10;YNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81E&#10;nGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5&#10;RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcA&#10;AADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxg&#10;ZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R&#10;5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQ&#10;xfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+&#10;w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAA&#10;AAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAACwUAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAADtAwAAX3JlbHMvUEsBAhQA&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAEQQAAF9yZWxzLy5yZWxzUEsBAhQA&#10;CgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACH&#10;TuJAnyuZqNgAAAALAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAA&#10;AAgAh07iQL4vpOSaAgAA5gUAAA4AAAAAAAAAAQAgAAAAJwEAAGRycy9lMm9Eb2MueG1sUEsFBgAA&#10;AAAGAAYAWQEAADMGAAAAAA==&#10;" path="m0,0nfl1646,12e">
+                <v:path o:connectlocs="0,0;1045210,7620" o:connectangles="0,0"/>
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="0.78740157480315pt" color="#000000" joinstyle="bevel" endarrow="block"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-270510</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>7031990</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5677535" cy="680085"/>
+                <wp:effectExtent l="152400" t="0" r="151765" b="5715"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="任意多边形 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5677756" cy="680085"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="rtl" fmla="*/ -85000 w 2456693"/>
+                            <a:gd name="rtr" fmla="*/ 2541693 w 2456693"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst/>
+                          <a:rect l="rtl" t="t" r="rtr" b="b"/>
+                          <a:pathLst>
+                            <a:path w="2456693" h="680315">
+                              <a:moveTo>
+                                <a:pt x="0" y="680315"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="2456693" y="680315"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="2456693" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="0"/>
+                              </a:lnTo>
+                              <a:lnTo>
+                                <a:pt x="0" y="680315"/>
+                              </a:lnTo>
+                              <a:close/>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="10000" cap="flat">
+                          <a:noFill/>
+                          <a:bevel/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:ind w:firstLine="450" w:firstLineChars="150"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="30"/>
+                                <w:szCs w:val="30"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="30"/>
+                                <w:szCs w:val="30"/>
+                              </w:rPr>
+                              <w:t>流程图的岗位职责直接联系人：</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="30"/>
+                                <w:szCs w:val="30"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>刘博韬</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="30"/>
+                                <w:szCs w:val="30"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> 联系方式：</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="30"/>
+                                <w:szCs w:val="30"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>18335031789</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:snapToGrid w:val="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:sz w:val="12"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="40000" tIns="0" rIns="40000" bIns="0" rtlCol="0" anchor="ctr"/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="100" style="position:absolute;left:0pt;margin-left:-21.3pt;margin-top:553.7pt;height:53.55pt;width:447.05pt;z-index:251659264;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="2456693,680315" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAWxixW9kAAAAN&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMAyG70i8Q2QkblvakY5Rmu4wiRtC2roDR7cxbbUm&#10;qZqsK2+POcHR/j/9/lzsFzuImabQe6chXScgyDXe9K7VcK7eVjsQIaIzOHhHGr4pwL68vyswN/7m&#10;jjSfYiu4xIUcNXQxjrmUoenIYlj7kRxnX36yGHmcWmkmvHG5HeQmSbbSYu/4QocjHTpqLqer1VC9&#10;f74c54NRSz3gU1aRuuCH0vrxIU1eQURa4h8Mv/qsDiU71f7qTBCDhpXabBnlIE2eFQhGdlmagah5&#10;tUlVBrIs5P8vyh9QSwMEFAAAAAgAh07iQIWwTt2DAgAAZwUAAA4AAABkcnMvZTJvRG9jLnhtbK1U&#10;zY7TMBC+I/EOlo9I26Tdpi1V0z1QLUJCsNIuD+A4ThPJf9huk965c+eIeInVCp6GRTwGYydps8uB&#10;PXCJx/aXb2a+mfHqohEc7ZmxlZIpHo9ijJikKq/kNsUfbi7PFhhZR2ROuJIsxQdm8cX6+bNVrZds&#10;okrFc2YQkEi7rHWKS+f0MoosLZkgdqQ0k3BZKCOIg63ZRrkhNbALHk3ieBbVyuTaKMqshdNNe4k7&#10;RvMUQlUUFWUbRXeCSdeyGsaJg5RsWWmL1yHaomDUvS8KyxziKYZMXfiCE7Az/43WK7LcGqLLinYh&#10;kKeE8CgnQSoJTo9UG+II2pnqLypRUaOsKtyIKhG1iQRFIItx/Eib65JoFnIBqa0+im7/Hy19t78y&#10;qMqhEzCSREDBf97d/fr0+f7bl98/bu+/f0VjL1Kt7RKw1/rKdDsLps+4KYzwK+SCmiDs4Sgsaxyi&#10;cJjM5vN5MsOIwt1sEceLxJNGp7/pzrrXTAUmsn9rXVuYHKwga94FZxzHqBAcivQiQmeLJI5jVKPJ&#10;NJnNXp535TyBzQA8SaZjwDxEQwjb3gkpe7+0kb1poIV88wTH0D4OI2gf44AZGihrPWri/L8+Um+i&#10;OsV9RKgMGZ+Pk9AfQu3ZjQpAd5ILJPGAVpIThMsh9MjYanj6oYf1qw7MQ3joc0i1R/Rri4RZ6Ev2&#10;D8yDOHsSypVlbeg++VDWoyBAOCytVJcV56G2XHqZxlA/8E8JvCQFTHAQaYDK2J55fAgMFt+Hbed5&#10;yzVZA5fezFR+gE6uYZRTbD/uiGEY8TcSZmXa+nBhA87M8DQ7njr+SrWvBJG0VFBlClX2vj0/zF+I&#10;onsr/IAP9wF1eh/XfwBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAA&#10;AAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQ&#10;a+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BG&#10;AzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrk&#10;DfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNH&#10;PuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78n&#10;u9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7A&#10;ufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ym&#10;aiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrM&#10;m8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAA&#10;AAAAAAABACAAAAD1BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAA&#10;AAAAAAAGAAAAAAAAAAAAEAAAANcDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAA&#10;CwAAAAAAAAABACAAAAD7AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBbGLFb2QAAAA0BAAAPAAAAAAAA&#10;AAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAhbBO3YMCAABnBQAADgAA&#10;AAAAAAABACAAAAAoAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAHQYAAAAA&#10;" path="m0,680315l2456693,680315,2456693,0,0,0,0,680315xe">
+                <v:path textboxrect="0,0,2456693,680315"/>
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke on="f" weight="0.78740157480315pt" joinstyle="bevel"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox inset="3.1496062992126pt,0mm,3.1496062992126pt,0mm">
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:ind w:firstLine="450" w:firstLineChars="150"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="30"/>
+                          <w:szCs w:val="30"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="30"/>
+                          <w:szCs w:val="30"/>
+                        </w:rPr>
+                        <w:t>流程图的岗位职责直接联系人：</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="30"/>
+                          <w:szCs w:val="30"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>刘博韬</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="30"/>
+                          <w:szCs w:val="30"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 联系方式：</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="30"/>
+                          <w:szCs w:val="30"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>18335031789</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:snapToGrid w:val="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:sz w:val="12"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -73,51 +2462,797 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:altName w:val="仿宋"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiYzY3OTcwNzgzZjE2MDExZWViMzY4NTAzYjIzMzY4OWUifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="00421389"/>
+    <w:rsid w:val="00192BFF"/>
+    <w:rsid w:val="001F1DD8"/>
+    <w:rsid w:val="00234ABA"/>
+    <w:rsid w:val="002C18D4"/>
+    <w:rsid w:val="00421389"/>
+    <w:rsid w:val="00482DBB"/>
+    <w:rsid w:val="00484565"/>
+    <w:rsid w:val="004A7E48"/>
+    <w:rsid w:val="006131B7"/>
+    <w:rsid w:val="00921B30"/>
+    <w:rsid w:val="00B606A9"/>
+    <w:rsid w:val="00BD28C0"/>
+    <w:rsid w:val="00BE6056"/>
+    <w:rsid w:val="00BF570C"/>
+    <w:rsid w:val="00C22B24"/>
+    <w:rsid w:val="00DA4971"/>
+    <w:rsid w:val="00F11175"/>
+    <w:rsid w:val="01C95043"/>
+    <w:rsid w:val="050A5551"/>
+    <w:rsid w:val="096D58B6"/>
+    <w:rsid w:val="0A9652E1"/>
+    <w:rsid w:val="13D05468"/>
+    <w:rsid w:val="17C23271"/>
+    <w:rsid w:val="19B1359D"/>
+    <w:rsid w:val="1BE03916"/>
+    <w:rsid w:val="1C666993"/>
+    <w:rsid w:val="2CDB481A"/>
+    <w:rsid w:val="400E49F6"/>
+    <w:rsid w:val="41FA7928"/>
+    <w:rsid w:val="484450B9"/>
+    <w:rsid w:val="49D06248"/>
+    <w:rsid w:val="4B1530DD"/>
+    <w:rsid w:val="4BCE3FFA"/>
+    <w:rsid w:val="4F2558B8"/>
+    <w:rsid w:val="527A5F1B"/>
+    <w:rsid w:val="534B6A19"/>
+    <w:rsid w:val="59271254"/>
+    <w:rsid w:val="5A9B66FF"/>
+    <w:rsid w:val="624D0F56"/>
+    <w:rsid w:val="64721CDC"/>
+    <w:rsid w:val="66A32DF3"/>
+    <w:rsid w:val="691C1682"/>
+    <w:rsid w:val="70E17439"/>
+    <w:rsid w:val="72F61316"/>
+    <w:rsid w:val="76BC4018"/>
+    <w:rsid w:val="7719251C"/>
+    <w:rsid w:val="77704880"/>
+    <w:rsid w:val="7B2F4A7B"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:uiPriority="99" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="59" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="4">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="3">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Company>china</Company>
+  <Pages>1</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15120_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>huangpiao</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15120</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>99C843208E19479BAF84C29675ED0881_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>