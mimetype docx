--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1393,50 +1393,618 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="194" w:lineRule="auto"/>
+      <w:ind w:left="4087" w:firstLine="4293"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="17"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="文本框 3"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="2"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">第 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页 共 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQL0O3bcsAgAAVQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aStWVdV0VbYqQqrYlQri7DpOE8l/st0m5QHgDThx4c5z9Tn2c366aOGwBy7O2DP+xt83M1nc&#10;NkqSk3C+Mjqj41FKidDc5JU+ZPTzp82bGSU+MJ0zabTI6Fl4ert8/WpR27mYmNLIXDgCEO3ntc1o&#10;GYKdJ4nnpVDMj4wVGs7COMUCtu6Q5I7VQFcymaTpTVIbl1tnuPAep+vOSXtE9xJAUxQVF2vDj0ro&#10;0KE6IVkAJV9W1tNl+9qiEDzcF4UXgciMgmloVySBvY9rslyw+cExW1a8fwJ7yROecVKs0kh6hVqz&#10;wMjRVX9BqYo7400RRtyopCPSKgIW4/SZNruSWdFygdTeXkX3/w+Wfzw9OFLlGZ1SoplCwS8/vl9+&#10;/r78+kamUZ7a+jmidhZxoXlnGjTNcO5xGFk3hVPxCz4Efoh7voormkB4vDSbzGYpXBy+YQP85Om6&#10;dT68F0aRaGTUoXqtqOy09aELHUJiNm02lZRtBaUmdUZvpm/T9sLVA3CpkSOS6B4brdDsm57Z3uRn&#10;EHOm6wxv+aZC8i3z4YE5tAIejGEJ91gKaZDE9BYlpXFf/3Ue41EheCmp0VoZ1ZgkSuQHjcoBMAyG&#10;G4z9YOijujPo1TGG0PLWxAUX5GAWzqgvmKBVzAEX0xyZMhoG8y507Y0J5GK1aoPQa5aFrd5ZHqGj&#10;eN6ujgECtrpGUToleq3QbW1l+smI7fznvo16+hssHwFQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrD&#10;MAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/Wg&#10;MDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0j&#10;B12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxyw&#10;GvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEB&#10;AAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKL&#10;ZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69&#10;KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCu&#10;TyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSU&#10;CayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACH&#10;TuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACVBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIU&#10;AAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHcDAABfcmVscy9QSwECFAAUAAAA&#10;CACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAACbAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCz&#10;SVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACH&#10;TuJAvQ7dtywCAABVBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYA&#10;BgBZAQAAvQUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="2"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">第 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页 共 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="90"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiYWE2Y2JiNmU0OTM2NWNiZGVkZDM3NDQ5NDdmYjRmNGIifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="00000000"/>
+    <w:rsid w:val="16442063"/>
+    <w:rsid w:val="3B511078"/>
+    <w:rsid w:val="3C877347"/>
+    <w:rsid w:val="4F973D78"/>
+    <w:rsid w:val="52CE6E4B"/>
+    <w:rsid w:val="5D1A2EE2"/>
+    <w:rsid w:val="5D3E71CF"/>
+    <w:rsid w:val="6FF1003D"/>
+    <w:rsid w:val="7BEE5053"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="4">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="3">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -1676,25 +2244,62 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>1</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <Application>WPS Office_11.1.0.14309_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Administrator</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-11.1.0.14309</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>51E785E9BF29460184C6B777685684DA</vt:lpwstr>
+  </property>
+</Properties>
+</file>