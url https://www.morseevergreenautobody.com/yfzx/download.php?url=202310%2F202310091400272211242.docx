--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,45 +1,1620 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>附件2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>图书丢失（损坏）赔偿业务流程图</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1321435</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>231775</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="矩形 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="2464435" y="2212975"/>
+                          <a:ext cx="3031490" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="32"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="32"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>图书丢失、损坏</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:104.05pt;margin-top:18.25pt;height:35.15pt;width:238.7pt;z-index:251659264;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAy15RQtYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU+EQBCGexP/w2ZM7LxdzhwhyHKF0c4GtNBujh2BuB+E&#10;3TvAX+9YaTeTefLO81bH1VlxoTmOwWvIdgoE+S6Y0fca3l6f7woQMaE3aIMnDRtFONbXVxWWJiy+&#10;oUubesEhPpaoYUhpKqWM3UAO4y5M5Pn2GWaHide5l2bGhcOdlXulculw9PxhwIkeB+q+2rPTgO36&#10;sW3b+7LIxqrx6buZ2pdG69ubTD2ASLSmPxh+9VkdanY6hbM3UVgNe1VkjGq4zw8gGMiLAw8nJlVe&#10;gKwr+b9C/QNQSwMEFAAAAAgAh07iQKZX7TyAAgAACwUAAA4AAABkcnMvZTJvRG9jLnhtbK1US27b&#10;MBDdF+gdCO4byYryMyIHRgwXBYImQFp0TVOUJYC/krTl9DIFuushepyi1+gjpSROmkUW1UKa0TzO&#10;580Mzy92SpKtcL4zuqKTg5wSobmpO72u6OdPy3enlPjAdM2k0aKid8LTi9nbN+e9nYrCtEbWwhE4&#10;0X7a24q2IdhplnneCsX8gbFCw9gYp1iA6tZZ7VgP70pmRZ4fZ71xtXWGC+/xdzEY6ejRvcahaZqO&#10;i4XhGyV0GLw6IVlASb7trKezlG3TCB6um8aLQGRFUWlIbwSBvIrvbHbOpmvHbNvxMQX2mhSe1aRY&#10;pxH0wdWCBUY2rvvHleq4M9404YAblQ2FJEZQxSR/xs1ty6xItYBqbx9I9//PLf+4vXGkqytaUKKZ&#10;QsP/fP/5+9cPUkRueuungNzaGzdqHmIsdNc4Fb8ogexwujwuy8MjSu4gF5Pi7ORo4FbsAuEAHOaH&#10;k/IMtHMgSqDzBMgePVnnw3thFIlCRR16lyhl2ysfEB3Qe0gM7I3s6mUnZVLcenUpHdky9HmZnhge&#10;R57ApCY9Zr44yWMiDNPbYGogKgsGvF5TwuQaa8GDS7GfnPb7QfL0vBQkJrlgvh2SSR4GKlQXsDmy&#10;UxU93T8tNTKNTA/cRinsVruR8JWp79AiZ4bZ9ZYvO0S4Yj7cMIdhRSlY53CNVyMN6jOjRElr3LeX&#10;/kc8ZghWSnoMP2r/umFOUCI/aEzX2aQs4TYkpTw6KaC4fctq36I36tKA9wkuDsuTGPFB3ouNM+oL&#10;tn4eo8LENEfsgeVRuQzDUuLe4GI+TzBsiGXhSt9aHp3HPmsz3wTTdGkeIlEDOyN/2JHU83Gf4xLu&#10;6wn1eIfN/gJQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07i&#10;QIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiK&#10;YxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyP&#10;D/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Au&#10;t9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6H&#10;jOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFM&#10;GNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6&#10;MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5Kd&#10;CXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3h&#10;dLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAAB&#10;ACAAAADvBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAAAAAAAAAEAAAANEDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAA&#10;AAABACAAAAD1AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAA&#10;AAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDLXlFC1gAAAAoBAAAPAAAAAAAAAAEAIAAA&#10;ACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAplftPIACAAALBQAADgAAAAAAAAAB&#10;ACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFwYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="32"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="32"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>图书丢失、损坏</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4022090</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>127635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="635" cy="341630"/>
+                <wp:effectExtent l="48895" t="0" r="64770" b="1270"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="直接箭头连接符 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="635" cy="341630"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:316.7pt;margin-top:10.05pt;height:26.9pt;width:0.05pt;z-index:251664384;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAvS3aONkAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBC105SUhjgVDyEeuxY+wI2nSZp4&#10;HMXu6+8ZVrCcmaM75xbLk+vFAcfQetKQTBQIpMrblmoN31+vt/cgQjRkTe8JNZwxwLK8vChMbv2R&#10;VnhYx1pwCIXcaGhiHHIpQ9WgM2HiByS+bf3oTORxrKUdzZHDXS+nSmXSmZb4Q2MGfG6w6tZ7p2G7&#10;+8ieZtXu8y2c3c374rHzL32n9fVVoh5ARDzFPxh+9VkdSnba+D3ZIHoNWZrOGNUwVQkIBnhxB2Kj&#10;YZ4uQJaF/N+g/AFQSwMEFAAAAAgAh07iQFgf2FICAgAA3wMAAA4AAABkcnMvZTJvRG9jLnhtbK1T&#10;S44TMRDdI3EHy3vSyQSiUSudWSQMGwSRgANU3O5uS/6p7Eknl+ACSKyAFbCaPaeB4RiU3U0Ghs0s&#10;6IW7/KlXfq+elxcHo9leYlDOVnw2mXImrXC1sm3F37y+fHTOWYhga9DOyoofZeAXq4cPlr0v5Znr&#10;nK4lMgKxoex9xbsYfVkUQXTSQJg4Ly1tNg4NRJpiW9QIPaEbXZxNp4uid1h7dEKGQKubYZOPiHgf&#10;QNc0SsiNE1dG2jigotQQiVLolA98lW/bNFLEl00TZGS64sQ05pGKULxLY7FaQtki+E6J8Qpwnyvc&#10;4WRAWSp6gtpABHaF6h8oowS64Jo4Ec4UA5GsCLGYTe9o86oDLzMXkjr4k+jh/8GKF/stMlWTEziz&#10;YKjhN++uf7z9ePP1y/cP1z+/vU/x509slqTqfSgpY223OM6C32LifWjQpD8xYocs7/EkrzxEJmhx&#10;MX/CmaD1+ePZYp61L24zPYb4TDrDUlDxEBFU28W1s5a66HCW9YX98xCpNiX+TkhlrbtUWudmasv6&#10;XItaLIAM2pAxKDSeSAbbcga6JeeLiBkxOK3qlJ1wAra7tUa2h+SX/CXeVO2vY6n0BkI3nMtbg5OM&#10;ivQ4tDIVPz9lQxlB6ae2ZvHoSWBAdP0Iqy2hJ1kHIVO0c/Ux65vXqe+5/ujRZKw/5zn79l2ufgFQ&#10;SwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbz&#10;DoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5lj&#10;EdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiah&#10;qXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8A&#10;UEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj9&#10;3/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAB0BAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAA&#10;EAAAAFYDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAB6&#10;AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAA&#10;AAAAZHJzL1BLAQIUABQAAAAIAIdO4kC9Ldo42QAAAAkBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMv&#10;ZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAWB/YUgICAADfAwAADgAAAAAAAAABACAAAAAoAQAA&#10;ZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAnAUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1626235</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>133985</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="635" cy="341630"/>
+                <wp:effectExtent l="48895" t="0" r="64770" b="1270"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="直接箭头连接符 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="4060190" y="2769870"/>
+                          <a:ext cx="635" cy="341630"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:128.05pt;margin-top:10.55pt;height:26.9pt;width:0.05pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzKG/i9cAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzWV2CDqJCqBpnEqHkLQ7ih8gBtPkzT2&#10;OIrd198zrGA1r6t7z5TLs7PiiGPoPClIpwkIpNqbjhoF319vd48gQtRktPWECi4YYFldX5W6MP5E&#10;n3jcxEawCYVCK2hjHAopQ92i02HqByS+7fzodORxbKQZ9YnNnZVZkuTS6Y44odUDvrRY95uDU7Db&#10;r/LnWb1fv4eLu/2YP/X+1fZK3UzSZAEi4jn+ieEXn9GhYqatP5AJwirI7vOUpdykXFnAiwzEVsHD&#10;bA6yKuX/D6ofUEsDBBQAAAAIAIdO4kBJ77cAEQIAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWytU82O&#10;0zAQviPxDpbvNOkP3W7UdA8tywVBJeABXMdJLPlPY2/TvgQvgMQJOLGc9s7TwPIYjJ3QheWyB3Jw&#10;xh7PN/N9nlleHLQiewFeWlPS8SinRBhuK2makr59c/lkQYkPzFRMWSNKehSeXqweP1p2rhAT21pV&#10;CSAIYnzRuZK2IbgiyzxvhWZ+ZJ0w6KwtaBZwC01WAesQXatskufzrLNQObBceI+nm95JB0R4CKCt&#10;a8nFxvIrLUzoUUEoFpCSb6XzdJWqrWvBw6u69iIQVVJkGtKKSdDexTVbLVnRAHOt5EMJ7CEl3OOk&#10;mTSY9AS1YYGRK5D/QGnJwXpbhxG3OuuJJEWQxTi/p83rljmRuKDU3p1E9/8Plr/cb4HIqqQzSgzT&#10;+OC3729+vPt0+/X6+8ebn98+RPvLZzKLUnXOFxixNlsYdt5tIfI+1KDjHxmRA4Ll83x8jiIfSzo5&#10;m58vzgapxSEQjhfm06eUcPROZ+P5NDmzOxQHPjwXVpNolNQHYLJpw9oagy9qYZy0ZvsXPmAdGPg7&#10;IJZg7KVUKj2sMqRLubASzrBZa2wSNLVDwt40lDDV4BTwAAnRWyWrGB1xPDS7tQKyZ7F30hc1wGx/&#10;XYupN8y3/b3k6rtKy4CDoqQu6eIUzYrApHpmKhKODsVmALYbYJVB9ChxL2q0drY6Jq3TOfZAyj/0&#10;a2yyP/cp+m5GV78AUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAI&#10;AIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0Gvp&#10;HsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3&#10;FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3w&#10;yQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7j&#10;utV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVz&#10;XS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vc&#10;HMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnz&#10;SGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi&#10;84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvA&#10;TYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAA&#10;AAAAAQAgAAAAgQQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABgAAAAAAAAAAABAAAABjAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsA&#10;AAAAAAAAAQAgAAAAhwMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQA&#10;AAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAzKG/i9cAAAAJAQAADwAAAAAAAAAB&#10;ACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQEnvtwARAgAA6wMAAA4AAAAA&#10;AAAAAQAgAAAAJgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKkFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3188335</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>213360</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2376170" cy="498475"/>
+                <wp:effectExtent l="6350" t="6350" r="17780" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="8" name="矩形 8"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2376170" cy="498475"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>2、未能买到同种图书，现金赔偿</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:251.05pt;margin-top:16.8pt;height:39.25pt;width:187.1pt;z-index:251665408;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJARRPbutYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3WV2KidRoQqxOmAYGNJYCibGx9J1Pgc&#10;xW6T8Os5JhhP79N73xWHxQ3iilPoPWlItgoEUuNtT62Gj/fX+z2IEA1ZM3hCDSsGOJS3N4XJrZ+p&#10;wmsdW8ElFHKjoYtxzKUMTYfOhK0fkTj78pMzkc+plXYyM5e7Qe6UyqQzPfFCZ0Z87rA51xenwdTL&#10;57qux3mW1aD6l+9qrN8qre82iXoCEXGJfzD86rM6lOx08heyQQwaHtQuYVRDmmYgGNg/ZimIE5MJ&#10;J7Is5P8Xyh9QSwMEFAAAAAgAh07iQNzogX90AgAA/wQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzW4T&#10;MRC+I/EOlu90k5A2bdRNFTUKQqpopYA4O15v1pL/sJ1syssgceMh+jiI1+Czd9umpYce2IN3xjP+&#10;ZubzjM8v9lqRnfBBWlPS4dGAEmG4raTZlPTL5+W7U0pCZKZiyhpR0lsR6MXs7Zvz1k3FyDZWVcIT&#10;gJgwbV1JmxjdtCgCb4Rm4cg6YWCsrdcsQvWbovKsBbpWxWgwOCla6yvnLRchYHfRGWmP6F8DaOta&#10;crGwfKuFiR2qF4pFlBQa6QKd5WzrWvB4XddBRKJKikpjXhEE8jqtxeycTTeeuUbyPgX2mhSe1aSZ&#10;NAj6ALVgkZGtl/9Aacm9DbaOR9zqoiskM4IqhoNn3Kwa5kSuBVQH90B6+H+w/NPuxhNZlRTXbpjG&#10;hf/58ev33U9ymrhpXZjCZeVufK8FiKnQfe11+qMEss983j7wKfaRcGyO3k9OhhNQzWEbn52OJ8cJ&#10;tHg87XyIH4TVJAkl9bivTCPbXYXYud67pGDBKlktpVJZ8Zv1pfJkx3C3y/z16E/clCEt+nw0GaRE&#10;GDq2RqdA1A5VB7OhhKkNRoFHn2M/OR0Ogwzy91KQlOSChaZLJiMkNzbVMmJalNQg+PC0MuAhsdvx&#10;maS4X+97kte2usW1eNv1a3B8KRHhioV4wzwaFKVghOM1llpZ1Gd7iZLG+u8v7Sd/9A2slLRoeNT+&#10;bcu8oER9NOios+F4DNiYlfHxZATFH1rWhxaz1ZcWvA/xWDiexeQf1b1Ye6u/YtLnKSpMzHDE7lju&#10;lcvYDSLeCi7m8+yGqXAsXpmV4wk8UWjsfBttLXM/JKI6dnr+MBe5o/oZToN3qGevx3dr9hdQSwME&#10;CgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl&#10;9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUo&#10;WQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaO&#10;kqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsD&#10;BBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jc&#10;wfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y&#10;6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTr&#10;orhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOq&#10;Xwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Lt&#10;krp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAADjBAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAA&#10;AMUDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAADpAwAA&#10;X3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAA&#10;ZHJzL1BLAQIUABQAAAAIAIdO4kBFE9u61gAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93&#10;bnJldi54bWxQSwECFAAUAAAACACHTuJA3OiBf3QCAAD/BAAADgAAAAAAAAABACAAAAAlAQAAZHJz&#10;L2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAACwYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>2、未能买到同种图书，现金赔偿</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-9525</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>219075</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2458085" cy="478155"/>
+                <wp:effectExtent l="6350" t="6350" r="12065" b="10795"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="矩形 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2458085" cy="478155"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>1、个人购买与赔偿图书完全相同的正版图书</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:-0.75pt;margin-top:17.25pt;height:37.65pt;width:193.55pt;z-index:251661312;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAru87MtcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PsU7DMBCGdyTewTokttYOpVVI43RAsLEkdIDtGpskanyO&#10;YrdJeHqOCabT6f/033f5YXa9uNoxdJ40JGsFwlLtTUeNhuP76yoFESKSwd6T1bDYAIfi9ibHzPiJ&#10;SnutYiO4hEKGGtoYh0zKULfWYVj7wRJnX350GHkdG2lGnLjc9fJBqZ102BFfaHGwz62tz9XFacBq&#10;/lyW5WOaZNmr7uW7HKq3Uuv7u0TtQUQ7xz8YfvVZHQp2OvkLmSB6Datky6SGzSNPzjfpdgfixKB6&#10;SkEWufz/QfEDUEsDBBQAAAAIAIdO4kBCN8YvdgIAAP8EAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;EzEQviPxDpbvdDdRQkPUTRU1CkKqaKWCODteb9aS/7CdbMrLIHHjIXgcxGvw2btt09JDD+zBO+MZ&#10;fzPzecZn5wetyF74IK2p6OikpEQYbmtpthX9/Gn9ZkZJiMzUTFkjKnorAj1fvH511rm5GNvWqlp4&#10;AhAT5p2raBujmxdF4K3QLJxYJwyMjfWaRah+W9SedUDXqhiX5duis7523nIRAnZXvZEOiP4lgLZp&#10;JBcry3damNijeqFYREmhlS7QRc62aQSPV00TRCSqoqg05hVBIG/SWizO2HzrmWslH1JgL0nhSU2a&#10;SYOg91ArFhnZefkPlJbc22CbeMKtLvpCMiOoYlQ+4eamZU7kWkB1cPekh/8Hyz/urz2RdUWnlBim&#10;ceF/vv/8/esHmSZuOhfmcLlx137QAsRU6KHxOv1RAjlkPm/v+RSHSDg2x5PprJwBmMM2OZ2Nphm0&#10;eDjtfIjvhdUkCRX1uK9MI9tfhoiIcL1zScGCVbJeS6Wy4rebC+XJnuFu1/lLKePIIzdlSIc+H5+W&#10;uHPO0LENOgWidqg6mC0lTG0xCjz6HPvR6XAcpMzfc0FSkisW2j6ZjJDc2FzLiGlRUld0dnxaGWSa&#10;2O35TFI8bA4DyRtb3+JavO37NTi+lohwyUK8Zh4NilIwwvEKS6Ms6rODRElr/bfn9pM/+gZWSjo0&#10;PGr/umNeUKI+GHTUu9FkkiYkK5Pp6RiKP7Zsji1mpy8seB/hsXA8i8k/qjux8VZ/waQvU1SYmOGI&#10;3bM8KBexH0S8FVwsl9kNU+FYvDQ3jifwRKGxy120jcz9kIjq2Rn4w1zkOx9mOA3esZ69Ht6txV9Q&#10;SwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbz&#10;DoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5lj&#10;EdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiah&#10;qXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8A&#10;UEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj9&#10;3/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAADmBAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAA&#10;EAAAAMgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAADs&#10;AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAA&#10;AAAAZHJzL1BLAQIUABQAAAAIAIdO4kCu7zsy1wAAAAkBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMv&#10;ZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAQjfGL3YCAAD/BAAADgAAAAAAAAABACAAAAAmAQAA&#10;ZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAADgYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>1、个人购买与赔偿图书完全相同的正版图书</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="420" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3564255</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>38100</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="12700" cy="1038860"/>
+                <wp:effectExtent l="37465" t="0" r="64135" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="9" name="直接箭头连接符 9"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="12700" cy="1038860"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:280.65pt;margin-top:3pt;height:81.8pt;width:1pt;z-index:251666432;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAt5g0K9cAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBRE90j8g3WR2CDqhFKrDXEqHkI8drR8gBvfJmns&#10;6yh2X3/PZQXL0YxmzpTLk3figGPsAmnIJxkIpDrYjhoN3+vX2zmImAxZ4wKhhjNGWFaXF6UpbDjS&#10;Fx5WqRFcQrEwGtqUhkLKWLfoTZyEAYm9bRi9SSzHRtrRHLncO3mXZUp60xEvtGbA5xbrfrX3Gra7&#10;D/V0X+8+3+LZ37wvHvvw4nqtr6/y7AFEwlP6C8MvPqNDxUybsCcbhdMwU/mUoxoUX2J/pqasNxxU&#10;CwWyKuX/B9UPUEsDBBQAAAAIAIdO4kAOFM8IBgIAAOIDAAAOAAAAZHJzL2Uyb0RvYy54bWytU0uO&#10;EzEQ3SNxB8t70p2MCJkonVkkDBsEkYADVNzubkv+qexJJ5fgAkisgBWwmj2ngeEYlN0hA8NmFvTC&#10;Xf7Ue36vyouLvdFsJzEoZys+HpWcSStcrWxb8TevLx/NOAsRbA3aWVnxgwz8YvnwwaL3czlxndO1&#10;REYgNsx7X/EuRj8viiA6aSCMnJeWNhuHBiJNsS1qhJ7QjS4mZTkteoe1RydkCLS6Hjb5ERHvA+ia&#10;Rgm5duLKSBsHVJQaIkkKnfKBL/Ntm0aK+LJpgoxMV5yUxjwSCcXbNBbLBcxbBN8pcbwC3OcKdzQZ&#10;UJZIT1BriMCuUP0DZZRAF1wTR8KZYhCSHSEV4/KON6868DJrIauDP5ke/h+seLHbIFN1xc85s2Co&#10;4Dfvrn+8/Xjz9cv3D9c/v71P8edP7DxZ1fswp4yV3eBxFvwGk+59gyb9SRHbZ3sPJ3vlPjJBi+PJ&#10;k5J8F7QzLs9ms2m2v7hN9hjiM+kMS0HFQ0RQbRdXzloqpMNxthh2z0Mkekr8nZCYrbtUWud6asv6&#10;ik/PHic2oB5tqDcoNJ50BttyBrql5hcRM2JwWtUpO+EEbLcrjWwHqWXyl6QT21/HEvUaQjecy1tD&#10;MxkV6X1oZSo+O2XDPILST23N4sGTx4Do+iOstoSenB28TNHW1YdscV6n0mf+Y5um3vpznrNvn+by&#10;F1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEA&#10;AACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn6&#10;9vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYj&#10;mWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6&#10;JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7oc&#10;vwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMw&#10;EEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5Cov&#10;pEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP&#10;+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xb&#10;z3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvX&#10;OP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAHYE&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAA&#10;AAAQAAAAWAMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAA&#10;AHwDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAA&#10;AAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQLeYNCvXAAAACQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRy&#10;cy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAOFM8IBgIAAOIDAAAOAAAAAAAAAAEAIAAAACYB&#10;AABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACeBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2109470</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>44450</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="12700" cy="1038860"/>
+                <wp:effectExtent l="37465" t="0" r="64135" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="直接箭头连接符 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="12700" cy="1038860"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:166.1pt;margin-top:3.5pt;height:81.8pt;width:1pt;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAJ2qgO9gAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXFBrN6lSCHEqfoQo3Gh5ADfeJmni&#10;dRS7f2/PcoLjaEYz3xTLs+vFEcfQetIwmyoQSJW3LdUavjdvk3sQIRqypveEGi4YYFleXxUmt/5E&#10;X3hcx1pwCYXcaGhiHHIpQ9WgM2HqByT2dn50JrIca2lHc+Jy18tEqUw60xIvNGbAlwarbn1wGnb7&#10;j+x5Xu0/38PF3a0enjr/2nda397M1COIiOf4F4ZffEaHkpm2/kA2iF5DmiYJRzUs+BL7aTpnveXg&#10;QmUgy0L+f1D+AFBLAwQUAAAACACHTuJAWbEsgwUCAADiAwAADgAAAGRycy9lMm9Eb2MueG1srVNL&#10;jhMxEN0jcQfLe9KdjAhRK51ZJAwbBCMBB3Dc7m5L/qnKk04uwQWQWAErYDV7TgPDMSi7QwaGzSzo&#10;hbv8qff8XpWX53tr2E4Bau9qPp2UnCknfaNdV/M3ry8eLTjDKFwjjHeq5geF/Hz18MFyCJWa+d6b&#10;RgEjEIfVEGrexxiqokDZKytw4oNytNl6sCLSFLqiATEQujXFrCznxeChCeClQqTVzbjJj4hwH0Df&#10;tlqqjZdXVrk4ooIyIpIk7HVAvsq3bVsl48u2RRWZqTkpjXkkEoq3aSxWS1F1IEKv5fEK4j5XuKPJ&#10;Cu2I9AS1EVGwK9D/QFktwaNv40R6W4xCsiOkYlre8eZVL4LKWshqDCfT8f/Byhe7S2C6qfmcMycs&#10;Ffzm3fWPtx9vvn75/uH657f3Kf78ic2TVUPAijLW7hKOMwyXkHTvW7DpT4rYPtt7ONmr9pFJWpzO&#10;npTku6SdaXm2WMyz/cVtcgCMz5S3LAU1xwhCd31ce+eokB6m2WKxe46R6Cnxd0Jidv5CG5PraRwb&#10;SNDZ48QmqEdb6g0KbSCd6DrOhOmo+WWEjIje6CZlJxyEbrs2wHYitUz+knRi++tYot4I7MdzeWts&#10;JqsjvQ+jbc0Xp2xRRaHNU9eweAjksQDwwxHWOEJPzo5epmjrm0O2OK9T6TP/sU1Tb/05z9m3T3P1&#10;C1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEA&#10;AACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn6&#10;9vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYj&#10;mWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6&#10;JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7oc&#10;vwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMw&#10;EEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5Cov&#10;pEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP&#10;+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xb&#10;z3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvX&#10;OP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAHYE&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAA&#10;AAAQAAAAWAMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAA&#10;AHwDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAA&#10;AAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQCdqoDvYAAAACQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRy&#10;cy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kBZsSyDBQIAAOIDAAAOAAAAAAAAAAEAIAAAACcB&#10;AABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACeBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1582420</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>294640</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2458085" cy="478155"/>
+                <wp:effectExtent l="6350" t="6350" r="12065" b="10795"/>
+                <wp:wrapNone/>
+                <wp:docPr id="10" name="矩形 10"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2458085" cy="478155"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>郭店校区图书馆307室办理</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>遥墙校区图书馆329室办理</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:124.6pt;margin-top:23.2pt;height:37.65pt;width:193.55pt;z-index:251667456;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAAtyEVNcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU+EQBCGexP/w2ZM7LwFjqAiyxVGOxvQQrs5dgTifhB2&#10;7wB/vWOl5eR98r7PVIfVGnGmOYzeKUh3CQhyndej6xW8vT7f3IEIEZ1G4x0p2CjAob68qLDUfnEN&#10;ndvYCy5xoUQFQ4xTKWXoBrIYdn4ix9mnny1GPude6hkXLrdGZklSSIuj44UBJ3ocqPtqT1YBtuvH&#10;tm3vyyIbk4xP383UvjRKXV+lyQOISGv8g+FXn9WhZqejPzkdhFGQ5fcZowryIgfBQLEv9iCOTGbp&#10;Lci6kv9fqH8AUEsDBBQAAAAIAIdO4kAS1cxldQIAAAEFAAAOAAAAZHJzL2Uyb0RvYy54bWytVEtu&#10;2zAQ3RfoHQjuG8mG3bhG5MCI4aJA0ARIi65pirII8FeStpxepkB3PUSPU/QafaSUxEmzyKJaSDOc&#10;0Ru+xxmenR+0Invhg7SmoqOTkhJhuK2l2Vb086f1mxklITJTM2WNqOitCPR88frVWefmYmxbq2rh&#10;CUBMmHeuom2Mbl4UgbdCs3BinTAINtZrFuH6bVF71gFdq2Jclm+LzvraectFCFhd9UE6IPqXANqm&#10;kVysLN9pYWKP6oViEZRCK12gi7zbphE8XjVNEJGoioJpzG8Ugb1J72JxxuZbz1wr+bAF9pItPOGk&#10;mTQoeg+1YpGRnZf/QGnJvQ22iSfc6qInkhUBi1H5RJubljmRuUDq4O5FD/8Pln/cX3sia3QCJDFM&#10;48T/fP/5+9cPggWo07kwR9KNu/aDF2AmqofG6/QFCXLIit7eKyoOkXAsjifTWTmbUsIRm5zORtNp&#10;Ai0e/nY+xPfCapKMinqcWBaS7S9D7FPvUlKxYJWs11Kp7Pjt5kJ5smc43XV+BvRHacqQDvzGpyUo&#10;coaebdArMLUD72C2lDC1xTDw6HPtR3+H4yJlfp4rkja5YqHtN5MRUhqbaxkxL0rqis6O/1YGOiR1&#10;ez2TFQ+bwyDyxta3OBhv+44Njq8lKlyyEK+ZR4uCCoY4XuHVKAt+drAoaa3/9tx6ykfnIEpJh5YH&#10;96875gUl6oNBT70bTSaAjdmZTE/HcPxxZHMcMTt9YaH7CNeF49lM+VHdmY23+gtmfZmqIsQMR+1e&#10;5cG5iP0o4rbgYrnMaZgLx+KluXE8gScJjV3uom1k7ockVK/OoB8mI3fUMMVp9I79nPVwcy3+AlBL&#10;AwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMO&#10;g2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR&#10;1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGp&#10;do6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQ&#10;SwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3&#10;SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDS&#10;zljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6&#10;VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJ&#10;Q6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f&#10;8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOUEAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQ&#10;AAAAxwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAOsD&#10;AABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAA&#10;AABkcnMvUEsBAhQAFAAAAAgAh07iQALchFTXAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9k&#10;b3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAS1cxldQIAAAEFAAAOAAAAAAAAAAEAIAAAACYBAABk&#10;cnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAANBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>郭店校区图书馆307室办理</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>遥墙校区图书馆329室办理</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2859405</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>377190</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="12700" cy="1038860"/>
+                <wp:effectExtent l="37465" t="0" r="64135" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="11" name="直接箭头连接符 11"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="12700" cy="1038860"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:225.15pt;margin-top:29.7pt;height:81.8pt;width:1pt;z-index:251668480;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAuJAdsdoAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbFBrN00qGuJUPIR47Fr4ADeeJmni&#10;cRS7r79nWMFyZo7unFuszq4XRxxD60nDbKpAIFXetlRr+P56ndyDCNGQNb0n1HDBAKvy+qowufUn&#10;WuNxE2vBIRRyo6GJccilDFWDzoSpH5D4tvOjM5HHsZZ2NCcOd71MlFpIZ1riD40Z8LnBqtscnIbd&#10;/mPxlFb7z7dwcXfvy8fOv/Sd1rc3M/UAIuI5/sHwq8/qULLT1h/IBtFrSDM1Z1RDtkxBMJBmCS+2&#10;GpJkrkCWhfxfofwBUEsDBBQAAAAIAIdO4kCTB67/BwIAAOQDAAAOAAAAZHJzL2Uyb0RvYy54bWyt&#10;U82O0zAQviPxDpbvNE1XlCpquoeW5YJgJeABXMdJLPlPM96mfQleAIkTcAJOe+dpYHkMxk7pwnLZ&#10;AzkkY0/mG3/ffF6e761hOwWovat5OZlyppz0jXZdzd+8vni04AyjcI0w3qmaHxTy89XDB8shVGrm&#10;e28aBYxAHFZDqHkfY6iKAmWvrMCJD8pRsvVgRaQldEUDYiB0a4rZdDovBg9NAC8VIu1uxiQ/IsJ9&#10;AH3baqk2Xl5Z5eKICsqISJSw1wH5Kp+2bZWML9sWVWSm5sQ05jc1oXib3sVqKaoOROi1PB5B3OcI&#10;dzhZoR01PUFtRBTsCvQ/UFZL8OjbOJHeFiORrAixKKd3tHnVi6AyF5Iaw0l0/H+w8sXuEphuyAkl&#10;Z05YmvjNu+sfbz/efP3y/cP1z2/vU/z5E6M8iTUErKhm7S7huMJwCYn5vgWbvsSJ7bPAh5PAah+Z&#10;pM1y9mRKykvKlNOzxWKeB1DcFgfA+Ex5y1JQc4wgdNfHtXeORumhzCKL3XOM1J4Kfxekzs5faGPy&#10;RI1jQ83nZ49TN0EubckdFNpATNF1nAnTkf1lhIyI3ugmVScchG67NsB2IpkmP4k6dfvrt9R6I7Af&#10;/8up0U5WR7ohRtuaL07VoopCm6euYfEQSGQB4IcjrHGEnpQdtUzR1jeHLHHep+Hn/kejJnf9uc7V&#10;t5dz9QtQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AAB6BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAFwDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAACAAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kC4kB2x2gAAAAoBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAkweu/wcCAADkAwAADgAAAAAAAAABACAA&#10;AAApAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAogUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1343660</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>241935</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="615315"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="6985"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="矩形 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="615315"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>1、图书编目加工上架</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>2、赔书款交财务处</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:105.8pt;margin-top:19.05pt;height:48.45pt;width:238.7pt;z-index:251663360;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAEBtrodcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU/DMBRFdyT+g/UqsVHbrYhCiNMBwcaSwFC219gkUf0R&#10;xW6T8Ot5TDA+vaN7zy0Pi7PsaqY4BK9AbgUw49ugB98p+Hh/vc+BxYReow3eKFhNhEN1e1NiocPs&#10;a3NtUscoxMcCFfQpjQXnse2Nw7gNo/H0+wqTw0Tn1HE94UzhzvKdEBl3OHhq6HE0z71pz83FKcBm&#10;+VzX9TjPvLZiePmux+atVupuI8UTsGSW9AfDrz6pQ0VOp3DxOjKrYCdlRqiCfS6BEZDljzTuROT+&#10;QQCvSv5/QvUDUEsDBBQAAAAIAIdO4kDUUWVidQIAAP8EAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;2zAMvg/YOwi6r7bTtGmDOkXQIMOAYi2QDTsrshQL0N8oJU73MgN220PscYa9xijZbdOuhx7mg0yK&#10;1EfyE6mLy73RZCcgKGdrWh2VlAjLXaPspqafPy3fnVESIrMN086Kmt6JQC9nb99cdH4qRq51uhFA&#10;EMSGaedr2sbop0UReCsMC0fOC4tG6cCwiCpsigZYh+hGF6OyPC06B40Hx0UIuLvojXRAhNcAOikV&#10;FwvHt0bY2KOC0CxiSaFVPtBZzlZKweONlEFEomuKlca8YhCU12ktZhdsugHmW8WHFNhrUnhWk2HK&#10;YtAHqAWLjGxB/QNlFAcXnIxH3JmiLyQzglVU5TNuVi3zIteCVAf/QHr4f7D84+4WiGpqOqHEMoMX&#10;/uf7z9+/fpBJ4qbzYYouK38LgxZQTIXuJZj0xxLIPvN598Cn2EfCcfO4PK7G50g1R9tpdXJcnSTQ&#10;4vG0hxDfC2dIEmoKeF+ZRra7DrF3vXdJwYLTqlkqrbMCm/WVBrJjeLfL/A3oT9y0JR32+WhSpkQY&#10;dqzETkHReKw62A0lTG9wFHiEHPvJ6XAYpMzfS0FSkgsW2j6ZjJDc2NSoiNOilanp2eFpbZGHxG7P&#10;Z5Lifr0fSF675g6vBVzfr8HzpcII1yzEWwbYoFgKjnC8wUVqh/W5QaKkdfDtpf3kj32DVko6bHis&#10;/euWgaBEf7DYUefVeIywMSvjk8kIFTi0rA8tdmuuHPJe4WPheRaTf9T3ogRnvuCkz1NUNDHLMXbP&#10;8qBcxX4Q8a3gYj7PbjgVnsVru/I8gScKrZtvo5Mq90Miqmdn4A/nInfUMMNp8A717PX4bs3+AlBL&#10;AwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMO&#10;g2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR&#10;1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGp&#10;do6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQ&#10;SwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3&#10;SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDS&#10;zljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6&#10;VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJ&#10;Q6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f&#10;8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOUEAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQ&#10;AAAAxwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAOsD&#10;AABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAA&#10;AABkcnMvUEsBAhQAFAAAAAgAh07iQBAba6HXAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9k&#10;b3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kDUUWVidQIAAP8EAAAOAAAAAAAAAAEAIAAAACYBAABk&#10;cnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAANBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>1、图书编目加工上架</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>2、赔书款交财务处</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">郭店校区图书馆联系人：吕玉立，联系电话：18615276404 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:eastAsiaTheme="minorEastAsia"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>遥墙校区图书馆联系人：高伟，联系电话：13589012131</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference r:id="rId3" w:type="default"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="50"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -73,51 +1648,912 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="194" w:lineRule="auto"/>
+      <w:ind w:left="4087" w:firstLine="4293" w:firstLineChars="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="17"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="文本框 3"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="2"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">第 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页 共 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>26</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQOGA044yAgAAYQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aStWVdV0VbYqQqrYlQri7DpOE8l/st0m5QHgDThx4c5z9Tn2c366aOGwBy7O2DP+xt83M1nc&#10;NkqSk3C+Mjqj41FKidDc5JU+ZPTzp82bGSU+MJ0zabTI6Fl4ert8/WpR27mYmNLIXDgCEO3ntc1o&#10;GYKdJ4nnpVDMj4wVGs7COMUCtu6Q5I7VQFcymaTpTVIbl1tnuPAep+vOSXtE9xJAUxQVF2vDj0ro&#10;0KE6IVkAJV9W1tNl+9qiEDzcF4UXgciMgmloVySBvY9rslyw+cExW1a8fwJ7yROecVKs0kh6hVqz&#10;wMjRVX9BqYo7400RRtyopCPSKgIW4/SZNruSWdFygdTeXkX3/w+Wfzw9OFLlGZ1SoplCwS8/vl9+&#10;/r78+kamUZ7a+jmidhZxoXlnGjTNcO5xGFk3hVPxCz4Efoh7voormkB4vDSbzGYpXBy+YQP85Om6&#10;dT68F0aRaGTUoXqtqOy09aELHUJiNm02lZRtBaUmdUZvpm/T9sLVA3CpkSOS6B4brdDsm57Z3uRn&#10;EHOm6wxv+aZC8i3z4YE5tAIejGEJ91gKaZDE9BYlpXFf/3Ue41EheCmp0VoZ1ZgkSuQHjcoBMAyG&#10;G4z9YOijujPo1TGG0PLWxAUX5GAWzqgvmKBVzAEX0xyZMhoG8y507Y0J5GK1aoOO1lWHsruAvrMs&#10;bPXO8pgmCunt6hggZqtxFKhTpdcNnddWqZ+S2Np/7tuopz/D8hFQSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJA4YDTjjICAABhBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="2"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">第 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页 共 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>26</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="90"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiYWE2Y2JiNmU0OTM2NWNiZGVkZDM3NDQ5NDdmYjRmNGIifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="3F311D2F"/>
+    <w:rsid w:val="15EE5930"/>
+    <w:rsid w:val="3B1B2B15"/>
+    <w:rsid w:val="3B511078"/>
+    <w:rsid w:val="3E956398"/>
+    <w:rsid w:val="3F311D2F"/>
+    <w:rsid w:val="4F2E0EDE"/>
+    <w:rsid w:val="52CE6E4B"/>
+    <w:rsid w:val="5D1A2EE2"/>
+    <w:rsid w:val="5D3E71CF"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="4">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="3">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>1</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <Application>WPS Office_11.1.0.14309_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>陈红霞</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-11.1.0.14309</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>914D88805F134BA98D82B7D5F686BC42_11</vt:lpwstr>
+  </property>
+</Properties>
+</file>