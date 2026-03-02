--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,45 +1,1014 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="420"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>图书馆公章</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t>用章</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t>流程图</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1321435</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>231775</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="矩形 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="2464435" y="2212975"/>
+                          <a:ext cx="3031490" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>发起人提出申请</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:104.05pt;margin-top:18.25pt;height:35.15pt;width:238.7pt;z-index:251659264;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAy15RQtYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU+EQBCGexP/w2ZM7LxdzhwhyHKF0c4GtNBujh2BuB+E&#10;3TvAX+9YaTeTefLO81bH1VlxoTmOwWvIdgoE+S6Y0fca3l6f7woQMaE3aIMnDRtFONbXVxWWJiy+&#10;oUubesEhPpaoYUhpKqWM3UAO4y5M5Pn2GWaHide5l2bGhcOdlXulculw9PxhwIkeB+q+2rPTgO36&#10;sW3b+7LIxqrx6buZ2pdG69ubTD2ASLSmPxh+9VkdanY6hbM3UVgNe1VkjGq4zw8gGMiLAw8nJlVe&#10;gKwr+b9C/QNQSwMEFAAAAAgAh07iQKZX7TyAAgAACwUAAA4AAABkcnMvZTJvRG9jLnhtbK1US27b&#10;MBDdF+gdCO4byYryMyIHRgwXBYImQFp0TVOUJYC/krTl9DIFuushepyi1+gjpSROmkUW1UKa0TzO&#10;580Mzy92SpKtcL4zuqKTg5wSobmpO72u6OdPy3enlPjAdM2k0aKid8LTi9nbN+e9nYrCtEbWwhE4&#10;0X7a24q2IdhplnneCsX8gbFCw9gYp1iA6tZZ7VgP70pmRZ4fZ71xtXWGC+/xdzEY6ejRvcahaZqO&#10;i4XhGyV0GLw6IVlASb7trKezlG3TCB6um8aLQGRFUWlIbwSBvIrvbHbOpmvHbNvxMQX2mhSe1aRY&#10;pxH0wdWCBUY2rvvHleq4M9404YAblQ2FJEZQxSR/xs1ty6xItYBqbx9I9//PLf+4vXGkqytaUKKZ&#10;QsP/fP/5+9cPUkRueuungNzaGzdqHmIsdNc4Fb8ogexwujwuy8MjSu4gF5Pi7ORo4FbsAuEAHOaH&#10;k/IMtHMgSqDzBMgePVnnw3thFIlCRR16lyhl2ysfEB3Qe0gM7I3s6mUnZVLcenUpHdky9HmZnhge&#10;R57ApCY9Zr44yWMiDNPbYGogKgsGvF5TwuQaa8GDS7GfnPb7QfL0vBQkJrlgvh2SSR4GKlQXsDmy&#10;UxU93T8tNTKNTA/cRinsVruR8JWp79AiZ4bZ9ZYvO0S4Yj7cMIdhRSlY53CNVyMN6jOjRElr3LeX&#10;/kc8ZghWSnoMP2r/umFOUCI/aEzX2aQs4TYkpTw6KaC4fctq36I36tKA9wkuDsuTGPFB3ouNM+oL&#10;tn4eo8LENEfsgeVRuQzDUuLe4GI+TzBsiGXhSt9aHp3HPmsz3wTTdGkeIlEDOyN/2JHU83Gf4xLu&#10;6wn1eIfN/gJQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07i&#10;QIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiK&#10;YxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyP&#10;D/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Au&#10;t9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6H&#10;jOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFM&#10;GNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6&#10;MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5Kd&#10;CXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3h&#10;dLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAAB&#10;ACAAAADvBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAAAAAAAAAEAAAANEDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAA&#10;AAABACAAAAD1AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAA&#10;AAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDLXlFC1gAAAAoBAAAPAAAAAAAAAAEAIAAA&#10;ACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAplftPIACAAALBQAADgAAAAAAAAAB&#10;ACAAAAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFwYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>发起人提出申请</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2832735</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>165735</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="12700" cy="1038860"/>
+                <wp:effectExtent l="37465" t="0" r="64135" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="直接箭头连接符 4"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="4060190" y="2769870"/>
+                          <a:ext cx="12700" cy="1038860"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:223.05pt;margin-top:13.05pt;height:81.8pt;width:1pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzQAUUNgAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2P207DMAyG75F4h8hI3CCWdopKV5pOHIRg3DF4gKz12q6J&#10;UzXZ6e3xruDKtvzp9+dyeXJWHHAKvScN6SwBgVT7pqdWw8/3230OIkRDjbGeUMMZAyyr66vSFI0/&#10;0hce1rEVHEKhMBq6GMdCylB36EyY+RGJd1s/ORN5nFrZTObI4c7KeZJk0pme+EJnRnzpsB7We6dh&#10;u1tlz6refb6Hs7v7WDwN/tUOWt/epMkjiIin+AfDRZ/VoWKnjd9TE4TVoFSWMqphfqkMKJVzs2Ey&#10;XzyArEr5/4XqF1BLAwQUAAAACACHTuJAMnUbcxQCAADuAwAADgAAAGRycy9lMm9Eb2MueG1srVPN&#10;ctMwEL4zwztodCe205Kknjg9JJQLA50BHkCRZVsz+puVGicvwQswwwk4UU698zRQHoOVbFIolx7w&#10;QV5ptd/u92l3eb7XiuwEeGlNRYtJTokw3NbStBV9++biyYISH5ipmbJGVPQgPD1fPX607F0ppraz&#10;qhZAEMT4sncV7UJwZZZ53gnN/MQ6YdDZWNAs4BbarAbWI7pW2TTPZ1lvoXZgufAeTzeDk46I8BBA&#10;2zSSi43lV1qYMKCCUCwgJd9J5+kqVds0godXTeNFIKqiyDSkFZOgvY1rtlqysgXmOsnHEthDSrjH&#10;STNpMOkRasMCI1cg/4HSkoP1tgkTbnU2EEmKIIsiv6fN6445kbig1N4dRff/D5a/3F0CkXVFTykx&#10;TOOD376/+fHu0+3X6+8fb35++xDtL5/JaZSqd77EiLW5hHHn3SVE3vsGdPwjI7JHsHyWF2co8qGi&#10;0/nsbDEfpRb7QDheKKbzHN0c/UV+sljMkj+7A3Lgw3NhNYlGRX0AJtsurK0x+KgWiiQ3273wAUvB&#10;wN8BsQpjL6RS6W2VIX1FZydPYzaG/dpgn6CpHXL2pqWEqRYHgQdIiN4qWcfoiOOh3a4VkB2L7ZO+&#10;KANm++taTL1hvhvuJdfQWFoGnBUldUUXx2hWBibVM1OTcHCoNwOw/QirDKJHlQddo7W19SHJnc6x&#10;DVL+sWVjn/25T9F3Y7r6BVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQU&#10;AAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04v&#10;o9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7&#10;UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y&#10;6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe&#10;00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9U&#10;eXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/&#10;vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9&#10;jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZD&#10;TKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trW&#10;asybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAAT&#10;AAAAAAAAAAEAIAAAAIUEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAAAAAAAAAAAQAAAAZwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQB&#10;AAALAAAAAAAAAAEAIAAAAIsDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQM0AFFDYAAAACgEAAA8AAAAA&#10;AAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAydRtzFAIAAO4DAAAO&#10;AAAAAAAAAAEAIAAAACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACtBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="420"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="640" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="420" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1300480</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>290195</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="5" name="矩形 5"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:szCs w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>馆长审批(T-306馆长室)</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:102.4pt;margin-top:22.85pt;height:35.15pt;width:238.7pt;z-index:251661312;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAxOd7VNcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3WV2KidqIQqxOmAYGNJYCjbNTZJ1Pgc&#10;xW6T8Os5JhhP79N73xWHxQ3iaqfQe9KQbBUIS403PbUaPt5f7/cgQkQyOHiyGlYb4FDe3hSYGz9T&#10;Za91bAWXUMhRQxfjmEsZms46DFs/WuLsy08OI59TK82EM5e7QaZKZdJhT7zQ4WifO9uc64vTgPXy&#10;ua7rcZ5lNaj+5bsa67dK67tNop5ARLvEPxh+9VkdSnY6+QuZIAYNqdqxetSwe3gEwUC2T1MQJyaT&#10;TIEsC/n/hfIHUEsDBBQAAAAIAIdO4kAv0TBFdgIAAP8EAAAOAAAAZHJzL2Uyb0RvYy54bWytVEtu&#10;2zAQ3RfoHQjuG8mO8zMiB0YMFwWCJkBadE1TlEWAv5K05fQyBbrrIXqcotfoI6UkTppFFtWCmuEM&#10;Z+Y9zvD8YqcV2QofpDUVHR2UlAjDbS3NuqKfPy3fnVISIjM1U9aIit6JQC9mb9+cd24qxra1qhae&#10;IIgJ085VtI3RTYsi8FZoFg6sEwbGxnrNIlS/LmrPOkTXqhiX5XHRWV87b7kIAbuL3kiHiP41AW3T&#10;SC4Wlm+0MLGP6oViEZBCK12gs1xt0wger5smiEhURYE05hVJIK/SWszO2XTtmWslH0pgrynhGSbN&#10;pEHSh1ALFhnZePlPKC25t8E28YBbXfRAMiNAMSqfcXPbMicyFlAd3APp4f+F5R+3N57IuqJHlBim&#10;ceF/vv/8/esHOUrcdC5M4XLrbvygBYgJ6K7xOv0Bgewyn3cPfIpdJBybh+XhaHIGqjlsk8nxpMxB&#10;i8fTzof4XlhNklBRj/vKNLLtVYjICNd7l5QsWCXrpVQqK369ulSebBnudpm/VDKOPHFThnTo8/FJ&#10;mQph6NgGnQJRO6AOZk0JU2uMAo8+535yOuwnKfP3UpJU5IKFti8mR0hubKplxLQoqSt6un9aGVSa&#10;2O35TFLcrXYDyStb3+FavO37NTi+lMhwxUK8YR4NCigY4XiNpVEW+OwgUdJa/+2l/eSPvoGVkg4N&#10;D+xfN8wLStQHg446G00mCBuzMjk6GUPx+5bVvsVs9KUF7yM8Fo5nMflHdS823uovmPR5ygoTMxy5&#10;e5YH5TL2g4i3gov5PLthKhyLV+bW8RQ8UWjsfBNtI3M/JKJ6dgb+MBf5zocZToO3r2evx3dr9hdQ&#10;SwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbz&#10;DoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5lj&#10;EdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiah&#10;qXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8A&#10;UEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj9&#10;3/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAADmBAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAA&#10;EAAAAMgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAADs&#10;AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAA&#10;AAAAZHJzL1BLAQIUABQAAAAIAIdO4kDE53tU1wAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMv&#10;ZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAL9EwRXYCAAD/BAAADgAAAAAAAAABACAAAAAmAQAA&#10;ZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAADgYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:szCs w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>馆长审批(T-306馆长室)</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2839720</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>357505</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="12700" cy="1038860"/>
+                <wp:effectExtent l="37465" t="0" r="64135" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="6" name="直接箭头连接符 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="12700" cy="1038860"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:223.6pt;margin-top:28.15pt;height:81.8pt;width:1pt;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAlxa9jtkAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbFDrJJhAQpyKh1CBXQsf4MbTJI0f&#10;Uey+/p5hBcuZObpzbrU4WcMOOIXeOwnpPAGGrvG6d62E76+32QOwEJXTyniHEs4YYFFfXlSq1P7o&#10;VnhYx5ZRiAulktDFOJach6ZDq8Lcj+jotvWTVZHGqeV6UkcKt4ZnSZJzq3pHHzo14kuHzbDeWwnb&#10;3Uf+LJrd5zKc7c178TT4VzNIeX2VJo/AIp7iHwy/+qQONTlt/N7pwIwEIe4zQiXc5bfACBCioMVG&#10;QpYWBfC64v8r1D9QSwMEFAAAAAgAh07iQFmxLIMFAgAA4gMAAA4AAABkcnMvZTJvRG9jLnhtbK1T&#10;S44TMRDdI3EHy3vSnYwIUSudWSQMGwQjAQdw3O5uS/6pypNOLsEFkFgBK2A1e04DwzEou0MGhs0s&#10;6IW7/Kn3/F6Vl+d7a9hOAWrvaj6dlJwpJ32jXVfzN68vHi04wyhcI4x3quYHhfx89fDBcgiVmvne&#10;m0YBIxCH1RBq3scYqqJA2SsrcOKDcrTZerAi0hS6ogExELo1xaws58XgoQngpUKk1c24yY+IcB9A&#10;37Zaqo2XV1a5OKKCMiKSJOx1QL7Kt21bJePLtkUVmak5KY15JBKKt2ksVktRdSBCr+XxCuI+V7ij&#10;yQrtiPQEtRFRsCvQ/0BZLcGjb+NEeluMQrIjpGJa3vHmVS+CylrIagwn0/H/wcoXu0tguqn5nDMn&#10;LBX85t31j7cfb75++f7h+ue39yn+/InNk1VDwIoy1u4SjjMMl5B071uw6U+K2D7bezjZq/aRSVqc&#10;zp6U5LuknWl5tljMs/3FbXIAjM+UtywFNccIQnd9XHvnqJAeptlisXuOkegp8XdCYnb+QhuT62kc&#10;G0jQ2ePEJqhHW+oNCm0gneg6zoTpqPllhIyI3ugmZScchG67NsB2IrVM/pJ0YvvrWKLeCOzHc3lr&#10;bCarI70Po23NF6dsUUWhzVPXsHgI5LEA8MMR1jhCT86OXqZo65tDtjivU+kz/7FNU2/9Oc/Zt09z&#10;9QtQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzR&#10;AAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ&#10;+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2&#10;I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gp&#10;OiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6&#10;HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7D&#10;MBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQq&#10;L6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9Ap&#10;D/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvc&#10;W893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r&#10;1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAB3&#10;BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAA&#10;AAAAEAAAAFkDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAA&#10;AAB9AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAA&#10;AAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCXFr2O2QAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABk&#10;cnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAWbEsgwUCAADiAwAADgAAAAAAAAABACAAAAAo&#10;AQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAnwUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1312545</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>271145</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="7" name="矩形 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>审批通过后，</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>T-307</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>办公室</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>办理盖章手续</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:103.35pt;margin-top:21.35pt;height:35.15pt;width:238.7pt;z-index:251663360;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJArq5jxdcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PsU7DMBCGdyTewbpKbNROqEIV4nRAsLEkMJTNjY8kanyO&#10;YrdJeHqOCabT6T799/3FYXGDuOIUek8akq0CgdR421Or4eP99X4PIkRD1gyeUMOKAQ7l7U1hcutn&#10;qvBax1ZwCIXcaOhiHHMpQ9OhM2HrRyS+ffnJmcjr1Eo7mZnD3SBTpTLpTE/8oTMjPnfYnOuL02Dq&#10;5XNd1+M8y2pQ/ct3NdZvldZ3m0Q9gYi4xD8YfvVZHUp2OvkL2SAGDanKHhnVsEt5MpDtdwmIE5PJ&#10;gwJZFvJ/hfIHUEsDBBQAAAAIAIdO4kC9TX78dAIAAP8EAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;2zAMvg/YOwi6r3ZSt2mDOkXQIMOAYi2QDTsrshQL0N8oJU73MgN220PscYa9xijZbdOuhx7mg0yK&#10;1EfyE6mLy73RZCcgKGdrOjoqKRGWu0bZTU0/f1q+O6MkRGYbpp0VNb0TgV7O3r656PxUjF3rdCOA&#10;IIgN087XtI3RT4si8FYYFo6cFxaN0oFhEVXYFA2wDtGNLsZleVp0DhoPjosQcHfRG+mACK8BdFIq&#10;LhaOb42wsUcFoVnEkkKrfKCznK2UgscbKYOIRNcUK415xSAor9NazC7YdAPMt4oPKbDXpPCsJsOU&#10;xaAPUAsWGdmC+gfKKA4uOBmPuDNFX0hmBKsYlc+4WbXMi1wLUh38A+nh/8Hyj7tbIKqp6YQSywxe&#10;+J/vP3//+kEmiZvOhym6rPwtDFpAMRW6l2DSH0sg+8zn3QOfYh8Jx83j8nhUnSPVHG1VdVqVJwm0&#10;eDztIcT3whmShJoC3lemke2uQ+xd711SsOC0apZK66zAZn2lgewY3u0yfwP6EzdtSYd9Pp6UKRGG&#10;HSuxU1A0HqsOdkMJ0xscBR4hx35yOhwGKfP3UpCU5IKFtk8mIyQ3NjUq4rRoZWp6dnhaW+Qhsdvz&#10;maS4X+8HkteuucNrAdf3a/B8qTDCNQvxlgE2KJaCIxxvcJHaYX1ukChpHXx7aT/5Y9+glZIOGx5r&#10;/7plICjRHyx21PmoqhA2ZqU6mYxRgUPL+tBit+bKIe8jfCw8z2Lyj/pelODMF5z0eYqKJmY5xu5Z&#10;HpSr2A8ivhVczOfZDafCs3htV54n8EShdfNtdFLlfkhE9ewM/OFc5I4aZjgN3qGevR7frdlfUEsD&#10;BAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6D&#10;ZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHV&#10;KFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2&#10;jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBL&#10;AwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI&#10;3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLO&#10;WOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU&#10;66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lD&#10;ql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y&#10;7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA5AQAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAA&#10;AADGAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAA6gMA&#10;AF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAA&#10;AGRycy9QSwECFAAUAAAACACHTuJArq5jxdcAAAAKAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rv&#10;d25yZXYueG1sUEsBAhQAFAAAAAgAh07iQL1Nfvx0AgAA/wQAAA4AAAAAAAAAAQAgAAAAJgEAAGRy&#10;cy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAAwGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>审批通过后，</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>T-307</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>办公室</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>办理盖章手续</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="1200" w:firstLineChars="400"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>联系人：吕玉立，联系电话：18615276404</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference r:id="rId3" w:type="default"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="50"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -73,51 +1042,903 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="194" w:lineRule="auto"/>
+      <w:ind w:left="4087" w:firstLine="4293"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="17"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="文本框 3"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="2"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">第 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页 共 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQL0O3bcsAgAAVQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aStWVdV0VbYqQqrYlQri7DpOE8l/st0m5QHgDThx4c5z9Tn2c366aOGwBy7O2DP+xt83M1nc&#10;NkqSk3C+Mjqj41FKidDc5JU+ZPTzp82bGSU+MJ0zabTI6Fl4ert8/WpR27mYmNLIXDgCEO3ntc1o&#10;GYKdJ4nnpVDMj4wVGs7COMUCtu6Q5I7VQFcymaTpTVIbl1tnuPAep+vOSXtE9xJAUxQVF2vDj0ro&#10;0KE6IVkAJV9W1tNl+9qiEDzcF4UXgciMgmloVySBvY9rslyw+cExW1a8fwJ7yROecVKs0kh6hVqz&#10;wMjRVX9BqYo7400RRtyopCPSKgIW4/SZNruSWdFygdTeXkX3/w+Wfzw9OFLlGZ1SoplCwS8/vl9+&#10;/r78+kamUZ7a+jmidhZxoXlnGjTNcO5xGFk3hVPxCz4Efoh7voormkB4vDSbzGYpXBy+YQP85Om6&#10;dT68F0aRaGTUoXqtqOy09aELHUJiNm02lZRtBaUmdUZvpm/T9sLVA3CpkSOS6B4brdDsm57Z3uRn&#10;EHOm6wxv+aZC8i3z4YE5tAIejGEJ91gKaZDE9BYlpXFf/3Ue41EheCmp0VoZ1ZgkSuQHjcoBMAyG&#10;G4z9YOijujPo1TGG0PLWxAUX5GAWzqgvmKBVzAEX0xyZMhoG8y507Y0J5GK1aoPQa5aFrd5ZHqGj&#10;eN6ujgECtrpGUToleq3QbW1l+smI7fznvo16+hssHwFQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrD&#10;MAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/Wg&#10;MDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0j&#10;B12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxyw&#10;GvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEB&#10;AAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKL&#10;ZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69&#10;KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCu&#10;TyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSU&#10;CayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACH&#10;TuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACVBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIU&#10;AAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAHcDAABfcmVscy9QSwECFAAUAAAA&#10;CACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAACbAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCz&#10;SVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACH&#10;TuJAvQ7dtywCAABVBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYA&#10;BgBZAQAAvQUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="2"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">第 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页 共 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="90"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiYWE2Y2JiNmU0OTM2NWNiZGVkZDM3NDQ5NDdmYjRmNGIifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="00000000"/>
+    <w:rsid w:val="16442063"/>
+    <w:rsid w:val="3B511078"/>
+    <w:rsid w:val="52CE6E4B"/>
+    <w:rsid w:val="5D1A2EE2"/>
+    <w:rsid w:val="5D3E71CF"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="4">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="3">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>1</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <Application>WPS Office_11.1.0.14309_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Administrator</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-11.1.0.14309</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>51E785E9BF29460184C6B777685684DA</vt:lpwstr>
+  </property>
+</Properties>
+</file>