--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -510,50 +510,698 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="zh-CN"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:hint="eastAsia"/>
           </w:rPr>
           <w:t>—</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
   <w:p>
     <w:pPr>
       <w:pStyle w:val="6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:evenAndOddHeaders w:val="1"/>
+  <w:drawingGridHorizontalSpacing w:val="105"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMjg2ZDc1ZjRhN2NhYTc4YzE4NzAyZTdlNDgwNzYyNDUifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="001711E9"/>
+    <w:rsid w:val="00013661"/>
+    <w:rsid w:val="00023D92"/>
+    <w:rsid w:val="0003694B"/>
+    <w:rsid w:val="00044A34"/>
+    <w:rsid w:val="00076771"/>
+    <w:rsid w:val="00091E21"/>
+    <w:rsid w:val="000C2A6A"/>
+    <w:rsid w:val="000D7C66"/>
+    <w:rsid w:val="00106140"/>
+    <w:rsid w:val="001067E1"/>
+    <w:rsid w:val="00137F40"/>
+    <w:rsid w:val="00161056"/>
+    <w:rsid w:val="001711E9"/>
+    <w:rsid w:val="0018298D"/>
+    <w:rsid w:val="001844CD"/>
+    <w:rsid w:val="0021781C"/>
+    <w:rsid w:val="0022074E"/>
+    <w:rsid w:val="002558C3"/>
+    <w:rsid w:val="00283E79"/>
+    <w:rsid w:val="002F09AF"/>
+    <w:rsid w:val="002F1642"/>
+    <w:rsid w:val="00302C80"/>
+    <w:rsid w:val="00311549"/>
+    <w:rsid w:val="00315186"/>
+    <w:rsid w:val="0032561B"/>
+    <w:rsid w:val="0035485B"/>
+    <w:rsid w:val="0036424C"/>
+    <w:rsid w:val="003776D0"/>
+    <w:rsid w:val="00392D11"/>
+    <w:rsid w:val="003C0F99"/>
+    <w:rsid w:val="003D3904"/>
+    <w:rsid w:val="004551FD"/>
+    <w:rsid w:val="00480BE2"/>
+    <w:rsid w:val="004A7830"/>
+    <w:rsid w:val="005502F6"/>
+    <w:rsid w:val="005535A4"/>
+    <w:rsid w:val="0056529B"/>
+    <w:rsid w:val="005A1841"/>
+    <w:rsid w:val="005F06D9"/>
+    <w:rsid w:val="00602B05"/>
+    <w:rsid w:val="00616745"/>
+    <w:rsid w:val="006B1BFD"/>
+    <w:rsid w:val="006D2477"/>
+    <w:rsid w:val="006F265A"/>
+    <w:rsid w:val="007166A2"/>
+    <w:rsid w:val="007551BD"/>
+    <w:rsid w:val="0078104E"/>
+    <w:rsid w:val="007F5C7D"/>
+    <w:rsid w:val="007F5DBC"/>
+    <w:rsid w:val="009417F4"/>
+    <w:rsid w:val="00943290"/>
+    <w:rsid w:val="009E0D2C"/>
+    <w:rsid w:val="009E3081"/>
+    <w:rsid w:val="009E5BA2"/>
+    <w:rsid w:val="00A21EB1"/>
+    <w:rsid w:val="00A23757"/>
+    <w:rsid w:val="00A62BFC"/>
+    <w:rsid w:val="00A85859"/>
+    <w:rsid w:val="00A97228"/>
+    <w:rsid w:val="00B24CFC"/>
+    <w:rsid w:val="00B81217"/>
+    <w:rsid w:val="00B97192"/>
+    <w:rsid w:val="00BB1599"/>
+    <w:rsid w:val="00BD44B7"/>
+    <w:rsid w:val="00C06146"/>
+    <w:rsid w:val="00C44109"/>
+    <w:rsid w:val="00C47173"/>
+    <w:rsid w:val="00C61A3E"/>
+    <w:rsid w:val="00C86D48"/>
+    <w:rsid w:val="00CF02A2"/>
+    <w:rsid w:val="00D33A05"/>
+    <w:rsid w:val="00D433B4"/>
+    <w:rsid w:val="00D47AA7"/>
+    <w:rsid w:val="00D50D09"/>
+    <w:rsid w:val="00DA58BC"/>
+    <w:rsid w:val="00DC048C"/>
+    <w:rsid w:val="00DE2042"/>
+    <w:rsid w:val="00E256E6"/>
+    <w:rsid w:val="00E31799"/>
+    <w:rsid w:val="00E55BA8"/>
+    <w:rsid w:val="00E7170B"/>
+    <w:rsid w:val="00E91112"/>
+    <w:rsid w:val="00EB312A"/>
+    <w:rsid w:val="00ED5752"/>
+    <w:rsid w:val="00F02214"/>
+    <w:rsid w:val="00F111D9"/>
+    <w:rsid w:val="00F1357A"/>
+    <w:rsid w:val="00F25F22"/>
+    <w:rsid w:val="00FA689D"/>
+    <w:rsid w:val="00FC247C"/>
+    <w:rsid w:val="00FD77D2"/>
+    <w:rsid w:val="51EE639A"/>
+    <w:rsid w:val="61FB4CD6"/>
+    <w:rsid w:val="6F467CAF"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="1"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="15"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="10">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="9">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="16"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:line="520" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="14"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:left="100" w:leftChars="2500"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="13"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="12"/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="11"/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="页眉 Char"/>
+    <w:basedOn w:val="10"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+    <w:name w:val="页脚 Char"/>
+    <w:basedOn w:val="10"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+    <w:name w:val="批注框文本 Char"/>
+    <w:basedOn w:val="10"/>
+    <w:link w:val="5"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="14">
+    <w:name w:val="日期 Char"/>
+    <w:basedOn w:val="10"/>
+    <w:link w:val="4"/>
+    <w:semiHidden/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="15">
+    <w:name w:val="标题 1 Char"/>
+    <w:basedOn w:val="10"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="16">
+    <w:name w:val="正文文本 Char"/>
+    <w:basedOn w:val="10"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17">
+    <w:name w:val="Default"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Calibri" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -784,25 +1432,65 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E435258A-0ACC-423C-9AAD-66C6E27FE5BC}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <Company>china</Company>
+  <Pages>8</Pages>
+  <Words>3238</Words>
+  <Characters>3327</Characters>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3350</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15374_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>娱乐</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15374</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>C9790264B0B54B7485858900CC5C0874_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>