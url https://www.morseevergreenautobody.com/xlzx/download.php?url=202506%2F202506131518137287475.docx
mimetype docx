--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,43 +1,6770 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p w14:paraId="132024F9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>附件</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEE88D5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="baseline"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>我的心灵世界”主题心理绘画</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>获奖作品名单</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="4790" w:type="pct"/>
+        <w:tblInd w:w="79" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="927"/>
+        <w:gridCol w:w="1319"/>
+        <w:gridCol w:w="4144"/>
+        <w:gridCol w:w="2445"/>
+        <w:gridCol w:w="2105"/>
+        <w:gridCol w:w="2640"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="7FEE8AAA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11557428">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>奖项</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="653249AA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>姓名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0750CA41">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>专业班级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CAB8229">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>作品名称</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="419F929D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>辅导员</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7192AD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5589C359">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0741026B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>一等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C34116">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>葛一诺</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F0E7A9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>早期教育（专科）2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>0-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="669E36C0">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《向阳而生》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8DC809">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>任梦霞</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AC4795">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">人文艺术与教育学院 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1BF6ED90">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74941FBA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>一等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C38C450">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>王诗语</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="005B1C89">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>康复治疗学（本科）2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="047E8A95">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《我的心灵世界》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="154079AC">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>胡莹莹</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E06AD57">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>医学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="3FA18E74">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0B146F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>一等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8DF5D3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>郎安琪</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED62EBB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>视觉传达设计（本科）2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18645E9A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《雨夜》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5370BDE4">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>赵红岩</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EA92E3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>计算机学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1BDA8129">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E563155">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>二等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FD452D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>姜浩然</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF87CEC">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>视觉传达设计（本科）2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27FEAAAD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《向阳而生》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FF4E87">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>赵红岩</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="591AA621">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>计算机学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="39E7270D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7A3832">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>二等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55481D1F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>刘子琳</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0130D885">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>医学检验技术（本科）2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6131F441">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《循梦而行，向阳而生》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="757EE3A6">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>刘玉成</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="225E0185">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>医学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="251DA00B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351E99F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>二等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C170021">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>孔慧鑫</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DCC0FA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>环境设计（本科）2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DECC0B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《心宇幻彩，沐光逐梦》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="05EBAF31">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>于洪涛</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F21A44">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>工学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2AE8029F">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="321350CA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>二等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31CA45E7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>王淑冉</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF42111">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>学前教育（专科）2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C127169">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《向阳而生》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="73EA72A6">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>任守波</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2533256B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>人文艺术与教育学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="3DD41FEB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="475B9F5A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>二等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBD2FF9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>韩茹茹</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="37FB9AA4">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>环境设计（本科）2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBC7357">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《心屿微光》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E036736">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>张雨欣</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6A0B31">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>工学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="26F3F15A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1139" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB72EFE">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>二等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CDE6CCD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>邢玉琦 袁伟 吴晓彤</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B47DCB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>学前教育（本科）2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FB3755">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《向阳而生》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AA1956">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>张静</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0B93CF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>人文艺术与教育学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="564E3302">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:wAfter w:w="0" w:type="auto"/>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A51E77">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>三等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ED397B4">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>邵若溪</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="25165773">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>口腔医学（本科）2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6670FB38">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《阳光洒落的梦幻世界》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2718216F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>刘玉成</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="25380A01">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>医学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6CF3E930">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="358A725D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>三等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FCFD70">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>徐淇</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1E9C45">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>汽车服务工程（本科）2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7C8741">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《心之田野》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FB410E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>薄艳艳</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2342BD1F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>工学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="12A2D38D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E51A02">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>三等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E4B2465">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>王峥嵘</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D84D566">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>医学影像技术（本科）2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="552777BE">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《心跳》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="513D6ED4">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>林九虓</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="288898F0">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>医学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="66C98384">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BFFB61">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>三等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5488B8B5">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>韩家烁</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC60AD9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>护理（专科）2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6E806E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《晴空》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="39852C1E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>姚树社</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="331A2FDD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>护理学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5AAB0603">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E735859">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>三等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="008FF69B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>宋秉卿</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2F2952">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>学前教育（本科）2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="509FA98B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《伞下》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="443BDD14">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>寻迎迎</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F472857">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>人文艺术与教育学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="71962D1F">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7D058D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>三等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA04A50">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>邱梦冉</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D5D46B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>数字媒体技术（专科）2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F53A2C4">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《心灵——最美的花朵》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5074A954">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>杨玉林</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6937CF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="none"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>计算机学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6C6BD72E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="178BC3EF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>三等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A86D5B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>刘宗壮</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A10B5FC">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>视觉传达设计（本科）2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>H1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="434ADFBD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《灵境织梦：心象绮旅》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6195FEF9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>孙潇</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9977D7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>计算机学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5B780050">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="574" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D41E3D8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>三等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7FC017">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>周志强</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="564B9DA4">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>数字媒体艺术（本科）2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>H1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E9F0A8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《狂奏节拍·心灵旅途》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F627A6">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>孙潇</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="62568C1E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>计算机学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0341E774">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="584" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="927" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7F4812">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>三等奖</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1319" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5CE199">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>田秀娟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E0D8515">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>音乐学（本科）2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>-0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDF084E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>《我的心灵世界》</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2105" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="160E3082">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>张静</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2640" w:type="dxa"/>
+            <w:shd w:val="clear"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="508B07F0">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="560" w:lineRule="exact"/>
+              <w:ind w:left="0" w:leftChars="0" w:firstLine="0" w:firstLineChars="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>人文艺术与教育学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="40C7174E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:line="560" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01607124">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="5EBA12E4"/>
+    <w:sectPr>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -71,28 +6798,739 @@
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00000000"/>
+    <w:rsid w:val="46384170"/>
+    <w:rsid w:val="603C4D81"/>
+    <w:rsid w:val="68211994"/>
+    <w:rsid w:val="77C40D2D"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="宋体"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:line="576" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="5">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="3">
+    <w:name w:val="Normal Table"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="4">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="3"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>2</Pages>
+  <Words>660</Words>
+  <Characters>717</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>138</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>720</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.21541_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>杜伟</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.21541</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>D29CA05FA0AB4212BCAB26AB810ADCB3_11</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
+    <vt:lpwstr>eyJoZGlkIjoiZDRhMmNjYTM2NzIyMjcyZTc1YWNjNmQwYmE3NTc2ZGIiLCJ1c2VySWQiOiI1MzM2NTA0MzMifQ==</vt:lpwstr>
+  </property>
+</Properties>
+</file>