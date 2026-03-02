--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,23 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="等线">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="微软雅黑">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>