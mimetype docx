--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -17,74 +17,606 @@
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="等线 Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="zh-CN" w:vendorID="64" w:dllVersion="131077" w:nlCheck="1" w:checkStyle="1"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00F16EF0"/>
+    <w:rsid w:val="00166EEE"/>
+    <w:rsid w:val="001827C1"/>
+    <w:rsid w:val="001C515A"/>
+    <w:rsid w:val="00A35E04"/>
+    <w:rsid w:val="00F16EF0"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="7ADBB00D"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{C9F4941E-2E2F-4330-B461-2FB7D903F19E}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="001827C1"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001827C1"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="nil"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="90702981">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7009351C-0F86-4D95-BA06-784840FBAC84}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>47</Words>
   <Characters>274</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>320</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">