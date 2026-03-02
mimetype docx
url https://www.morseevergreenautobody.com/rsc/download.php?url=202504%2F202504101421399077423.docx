--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,46 +1,2484 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="-1"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t>全国教师管理信息系统填报业务流程图</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t>教师无账号</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1333500</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>11430</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="481965"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="6985"/>
+                <wp:wrapNone/>
+                <wp:docPr id="530421964" name="矩形 530421964"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="481965"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>管理员在全国教师管理信息系统为新教师生成账号密码</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:105pt;margin-top:0.9pt;height:37.95pt;width:238.7pt;z-index:251672576;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA+MuykdUAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNROhZoqxOmAYGNJYIDNja9JVPsc&#10;xW6T8Os5JhhP3+m975WHxTtxxSkOgTRkGwUCqQ12oE7Dx/vrwx5ETIascYFQw4oRDtXtTWkKG2aq&#10;8dqkTnAIxcJo6FMaCylj26M3cRNGJGanMHmT+Jw6aSczc7h3cqvUTnozEDf0ZsTnHttzc/EaTLN8&#10;rev6Oc+ydmp4+a7H5q3W+v4uU08gEi7p7xl+9VkdKnY6hgvZKJyGbaZ4S2LAC5jv9vkjiKOGPM9B&#10;VqX8P6D6AVBLAwQUAAAACACHTuJAzxP6OXwCAAAPBQAADgAAAGRycy9lMm9Eb2MueG1srVRLbtsw&#10;EN0X6B0I7hvJjvIzIgdGDBcFgiZAWnRNU5RFgL+S9Ce9TIHueogep+g1+kgpiZNmkUW1oGY4wzcz&#10;jzM8v9hpRTbCB2lNTUcHJSXCcNtIs6rp50+Ld6eUhMhMw5Q1oqZ3ItCL6ds351s3EWPbWdUITwBi&#10;wmTratrF6CZFEXgnNAsH1gkDY2u9ZhGqXxWNZ1uga1WMy/K42FrfOG+5CAG7895IB0T/GkDbtpKL&#10;ueVrLUzsUb1QLKKk0EkX6DRn27aCx+u2DSISVVNUGvOKIJCXaS2m52yy8sx1kg8psNek8KwmzaRB&#10;0AeoOYuMrL38B0pL7m2wbTzgVhd9IZkRVDEqn3Fz2zEnci2gOrgH0sP/g+UfNzeeyKamR4dlNR6d&#10;HVeUGKZx8X++//z96wd53AdXWxcmOHLrbvygBYip8F3rdfqjJLLL/N498Ct2kXBsHpaHo+oM1HPY&#10;qlMEO0oXUDyedj7E98JqkoSaetxfppVtrkLsXe9dUrBglWwWUqms+NXyUnmyYbjrRf4G9CduypAt&#10;+n58UqZEGDq4RedA1A4sBLOihKkVRoNHn2M/OR32g5T5eylISnLOQtcnkxGSG5toGTE9Suqanu6f&#10;VgY8JHZ7PpMUd8vdQPLSNne4Jm/7/g2OLyQiXLEQb5hHw6IUjHS8xtIqi/rsIFHSWf/tpf3kjz6C&#10;lZItBgC1f10zLyhRHww67GxUVYCNWamOTsZQ/L5luW8xa31pwfsIj4fjWUz+Ud2Lrbf6CyZ/lqLC&#10;xAxH7J7lQbmM/WDi7eBiNstumBLH4pW5dTyBJwqNna2jbWXuh0RUz87AH+Ykd9Qw02kQ9/Xs9fiO&#10;Tf8CUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY8&#10;0QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62&#10;tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/Y&#10;KTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dv&#10;uhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFO&#10;wzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrk&#10;Ki+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQ&#10;KQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si47&#10;3FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaO&#10;a9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA&#10;6gQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAA&#10;AAAAABAAAADMAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAg&#10;AAAA8AMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQ&#10;AAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJA+MuykdUAAAAIAQAADwAAAAAAAAABACAAAAAiAAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQM8T+jl8AgAADwUAAA4AAAAAAAAAAQAgAAAA&#10;JAEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAABIGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>管理员在全国教师管理信息系统为新教师生成账号密码</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2857500</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>60960</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1061321535" name="直接箭头连接符 1061321535"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="windowText" lastClr="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:miter lim="800000"/>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:225pt;margin-top:4.8pt;height:21.6pt;width:0pt;z-index:251671552;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA5lSVR9cAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBRE90j8g3WR2KDWbtVGbchNxUOIx46WD3Dj2ySN&#10;fR3F7uvvMWIBy9GMZs4Uq7Oz4khDaD0jTMYKBHHlTcs1wtfmZbQAEaJmo61nQrhQgFV5fVXo3PgT&#10;f9JxHWuRSjjkGqGJsc+lDFVDToex74mTt/OD0zHJoZZm0KdU7qycKpVJp1tOC43u6amhqlsfHMJu&#10;/549zqr9x2u4uLu35UPnn22HeHszUfcgIp3jXxh+8BM6lIlp6w9sgrAIs7lKXyLCMgOR/F+9RZhP&#10;FyDLQv4/UH4DUEsDBBQAAAAIAIdO4kBNCiUvHQIAABEEAAAOAAAAZHJzL2Uyb0RvYy54bWytU0uO&#10;EzEQ3SNxB8t70vmQMIrSmUXCsEEQieEANW532pJ/cnnSySW4ABIrYAWzmj2ngeEYlN1NCMNmFvSi&#10;u2x3var36nlxvjea7WRA5WzJR4MhZ9IKVym7Lfnby4snZ5xhBFuBdlaW/CCRny8fP1q0fi7HrnG6&#10;koERiMV560vexOjnRYGikQZw4Ly0dFi7YCDSMmyLKkBL6EYX4+FwVrQuVD44IRFpd90d8h4xPATQ&#10;1bUScu3EtZE2dqhBaohECRvlkS9zt3UtRXxd1ygj0yUnpjG/qQjFV+ldLBcw3wbwjRJ9C/CQFu5x&#10;MqAsFT1CrSECuw7qHyijRHDo6jgQzhQdkawIsRgN72nzpgEvMxeSGv1RdPx/sOLVbhOYqsgJw9lo&#10;Mh5NJ1POLBia/N372x/vPt3dfP3+8fbntw8p/vKZnfxH4rUe54SxspvQr9BvQlJiXweTvsSR7bPg&#10;h6Pgch+Z6DYF7Y6fPZ2M8yyKP3k+YHwhnWEpKDnGAGrbxJWzlqbqwijrDbuXGKkyJf5OSEWtu1Ba&#10;5+Fqy9qSzyZTGrkAMmxNRqHQeCKNdssZ6C3dBBFDRkSnVZWyEw4ecKUD2wHZhzxcufaSeudMA0Y6&#10;IEL5STaiDv5KTe2sAZsuOR91bjMq0gXSypT87JgN8whKP7cViwdP2kMIru1htU2tyOzmnm2SvRM6&#10;RVeuOmT9i7Qip+RuelcnK56uKT69yctfUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3Jl&#10;bHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPR&#10;fXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X&#10;49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro&#10;+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnX&#10;fgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtD&#10;b250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+T&#10;thtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4&#10;kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0&#10;OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+&#10;d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3&#10;AAAA4QEAABMAAAAAAAAAAQAgAAAAjQQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACH&#10;TuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAABvAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAkwMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAA&#10;AAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJA5lSVR9cAAAAI&#10;AQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQE0KJS8d&#10;AgAAEQQAAA4AAAAAAAAAAQAgAAAAJgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAALUF&#10;AAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1358900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>112395</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2999740" cy="351790"/>
+                <wp:effectExtent l="6350" t="6350" r="22860" b="22860"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1209246575" name="矩形 1209246575"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2999740" cy="351790"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>以部门为单位下发账号密码</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:107pt;margin-top:8.85pt;height:27.7pt;width:236.2pt;z-index:251664384;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAhz8WeNcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBSEdyT+g/UqsVEnpUqqEKcDgo0lgQG219gkUe3n&#10;KHabhF/PY4LxdKe778rj4qy4mikMnhSk2wSEodbrgToF728v9wcQISJptJ6MgtUEOFa3NyUW2s9U&#10;m2sTO8ElFApU0Mc4FlKGtjcOw9aPhtj78pPDyHLqpJ5w5nJn5S5JMulwIF7ocTRPvWnPzcUpwGb5&#10;XNf1Y55lbZPh+bsem9daqbtNmjyCiGaJf2H4xWd0qJjp5C+kg7AKdumev0Q28hwEB7JDtgdxUpA/&#10;pCCrUv5/UP0AUEsDBBQAAAAIAIdO4kC6dqfRfgIAABEFAAAOAAAAZHJzL2Uyb0RvYy54bWytVEtu&#10;2zAQ3RfoHQjuG8muHcdG5MCI4aJA0AZIi65pirII8FeS/qSXKdBdD9HjFL1GHyklcdIssqgW0oxm&#10;ODPvzQzPLw5akZ3wQVpT0cFJSYkw3NbSbCr6+dPqzRklITJTM2WNqOitCPRi/vrV+d7NxNC2VtXC&#10;EwQxYbZ3FW1jdLOiCLwVmoUT64SBsbFeswjVb4rasz2ia1UMy/K02FtfO2+5CAF/l52R9hH9SwLa&#10;ppFcLC3famFiF9ULxSIghVa6QOe52qYRPH5smiAiURUF0pjfSAJ5nd7F/JzNNp65VvK+BPaSEp5g&#10;0kwaJL0PtWSRka2X/4TSknsbbBNPuNVFByQzAhSD8gk3Ny1zImMB1cHdkx7+X1j+YXftiawxCcNy&#10;OhydjidjSgzT6Pyf7z9///pBjgxga+/CDIdu3LXvtQAxQT80XqcvQJFDZvj2nmFxiITj53A6nU5G&#10;IJ/D9nY8mExzC4qH086H+E5YTZJQUY8OZmLZ7ipEZITrnUtKFqyS9UoqlRW/WV8qT3YM3V7lJzUY&#10;Rx65KUP2Ce+kTIUwzHCD2YGoHXgIZkMJUxssB48+5350OhwnKfPzXJJU5JKFtismR+iGTcuI/VFS&#10;V/Ts+LQyqDSx2/GZpHhYH3qS17a+RaO87SY4OL6SyHDFQrxmHiMLKFjq+BGvRlngs71ESWv9t+f+&#10;J39MEqyU7LECwP51y7ygRL03mLHpYJRaFbMyGk+GUPyxZX1sMVt9acH7ANeH41lM/lHdiY23+gt2&#10;f5GywsQMR+6O5V65jN1q4vbgYrHIbtgTx+KVuXE8BU99NnaxjbaReR4SUR07PX/YlNzzfqvTKh7r&#10;2evhJpv/BVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2Ipj&#10;GltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P&#10;+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC63&#10;0sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM&#10;649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1s&#10;lZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY&#10;2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0row&#10;QkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0J&#10;eUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0&#10;sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEA&#10;IAAAAO4EAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AAAAAAAAAAAQAAAA0AMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAA&#10;AAEAIAAAAPQDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAA&#10;AAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQIc/FnjXAAAACQEAAA8AAAAAAAAAAQAgAAAA&#10;IgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kC6dqfRfgIAABEFAAAOAAAAAAAAAAEA&#10;IAAAACYBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAAWBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>以部门为单位下发账号密码</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2860040</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>255270</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="756394905" name="直接箭头连接符 756394905"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:225.2pt;margin-top:20.1pt;height:21.6pt;width:0pt;z-index:251668480;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAB3TbD9cAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbFBrt4SqhDgVDyEKO1o+wI2nSRp7&#10;HMXu6+8ZxAJ28zi6c6ZYnLwTBxxiG0jDZKxAIFXBtlRr+Fq/juYgYjJkjQuEGs4YYVFeXhQmt+FI&#10;n3hYpVpwCMXcaGhS6nMpY9WgN3EceiTebcPgTeJ2qKUdzJHDvZNTpWbSm5b4QmN6fG6w6lZ7r2G7&#10;e589ZdXu4y2e/c3y/rELL67T+vpqoh5AJDylPxh+9FkdSnbahD3ZKJyG7E5ljHKhpiAY+B1sNMxv&#10;M5BlIf9/UH4DUEsDBBQAAAAIAIdO4kAOgSY3CwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWytU0ty&#10;EzEQ3VPFHVTa4/EndhJXxlnYhA0FrgIO0NFoZlSlX7UUj30JLkAVK2AFrLLnNBCOQUtjbAibLJiF&#10;pvXp13qvny4ut0azjcSgnC35aDDkTFrhKmWbkr95ffXkjLMQwVagnZUl38nALxePH110fi7HrnW6&#10;ksgIxIZ550vexujnRRFEKw2EgfPS0mbt0ECkKTZFhdARutHFeDicFZ3DyqMTMgRaXfWbfI+IDwF0&#10;da2EXDlxY6SNPSpKDZEohVb5wBf5tnUtRXxZ10FGpktOTGMeqQjF12ksFhcwbxB8q8T+CvCQK9zj&#10;ZEBZKnqAWkEEdoPqHyijBLrg6jgQzhQ9kawIsRgN72nzqgUvMxeSOviD6OH/wYoXmzUyVZX8dDqb&#10;nJ+cD6ecWTDU+Lt3tz/efrz7+uX7h9uf396n+PMndjxG0nU+zAlhade4nwW/xqTDtkaT/sSQbbPc&#10;u4PcchuZ6BcFrY5PTybj3InimOcxxGfSGZaCkoeIoJo2Lp211FOHo6w2bJ6HSJUp8XdCKmrdldI6&#10;t1Zb1pV8NplSwwWQXWuyCYXGE+VgG85AN/QORMSMGJxWVcpOOAGb66VGtoHknvwlw1C1v46l0isI&#10;bX8ub/W+MirSU9HKlPzskA3zCEo/tRWLO08yA6Lr9rDaEnoStZcxRdeu2mV18zq5INffOzbZ7M95&#10;zj6+0sUvUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAAewQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAABdAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAAgQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAB3TbD9cAAAAJAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQA6BJjcLAgAA7QMAAA4AAAAAAAAAAQAg&#10;AAAAJgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKMFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1390650</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>9525</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="480060"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="892578165" name="矩形 892578165"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="480060"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>新教师登录系统</w:t>
+                            </w:r>
+                            <w:ins w:id="0" w:author="钱秋苓" w:date="2023-08-22T13:15:14Z">
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:sz w:val="24"/>
+                                  <w:lang w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                                <w:t>，</w:t>
+                              </w:r>
+                            </w:ins>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>按照O</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>A</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>发布的填报要求进行填报</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:109.5pt;margin-top:0.75pt;height:37.8pt;width:238.7pt;z-index:251669504;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzSREE9UAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNROBSkNcTog2FgSGGC7xkcSYZ+j&#10;2G0Sfj1mgvH0nd77XnlYnBVnmsLgWUO2USCIW28G7jS8vT7f3IMIEdmg9UwaVgpwqC4vSiyMn7mm&#10;cxM7kUI4FKihj3EspAxtTw7Dxo/EiX36yWFM59RJM+Gcwp2VW6Vy6XDg1NDjSI89tV/NyWnAZvlY&#10;1/V9nmVt1fD0XY/NS6319VWmHkBEWuLfM/zqJ3WoktPRn9gEYTVss33aEhO4A5F4vs9vQRw17HYZ&#10;yKqU/wdUP1BLAwQUAAAACACHTuJA9HSJznwCAAAPBQAADgAAAGRycy9lMm9Eb2MueG1srVRLbtsw&#10;EN0X6B0I7hvJjpM4RuTAiOGiQNAYSIuuaYqyCPBXkv6klynQXQ/R4xS9Rh8pJXHSLLKoFtQM5/9m&#10;hheXe63IVvggrano4KikRBhua2nWFf38afFuTEmIzNRMWSMqeicCvZy+fXOxcxMxtK1VtfAETkyY&#10;7FxF2xjdpCgCb4Vm4cg6YSBsrNcsgvXrovZsB+9aFcOyPC121tfOWy5CwO28E9Leo3+NQ9s0kou5&#10;5RstTOy8eqFYREmhlS7Qac62aQSPN00TRCSqoqg05hNBQK/SWUwv2GTtmWsl71Ngr0nhWU2aSYOg&#10;D67mLDKy8fIfV1pyb4Nt4hG3uugKyYigikH5DJvbljmRawHUwT2AHv6fW/5xu/RE1hUdnw9PzsaD&#10;0xNKDNNo/J/vP3//+kEe74HVzoUJTG7d0vdcAJkK3zdepz9KIvuM790DvmIfCcflcXk8GJ0Deg7Z&#10;aIxhyA0oHq2dD/G9sJokoqIe/cuwsu11iIgI1XuVFCxYJeuFVCozfr26Up5sGXq9yF9qL0yeqClD&#10;dpj74VmZEmGY4AaTA1I7oBDMmhKm1lgNHn2O/cQ6HAYp8/dSkJTknIW2SyZ76EZNy4jtUVID8ENr&#10;ZZBpQrfDM1Fxv9r3IK9sfYc2edvNb3B8IRHhmoW4ZB4Di1Kw0vEGR6Ms6rM9RUlr/beX7pM+5ghS&#10;SnZYANT+dcO8oER9MJiw88FoBLcxM6OTsyEYfyhZHUrMRl9Z4D7A4+F4JpN+VPdk463+gs2fpagQ&#10;McMRu0O5Z65it5h4O7iYzbIatsSxeG1uHU/OU5+NnW2ibWSehwRUh06PH/Yk97zf6bSIh3zWenzH&#10;pn8BUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY8&#10;0QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62&#10;tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/Y&#10;KTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dv&#10;uhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFO&#10;wzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrk&#10;Ki+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQ&#10;KQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si47&#10;3FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaO&#10;a9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA&#10;6gQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAA&#10;AAAAABAAAADMAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAg&#10;AAAA8AMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQ&#10;AAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAzSREE9UAAAAIAQAADwAAAAAAAAABACAAAAAiAAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQPR0ic58AgAADwUAAA4AAAAAAAAAAQAgAAAA&#10;JAEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAABIGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>新教师登录系统</w:t>
+                      </w:r>
+                      <w:ins w:id="1" w:author="钱秋苓" w:date="2023-08-22T13:15:14Z">
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:sz w:val="24"/>
+                            <w:lang w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                          <w:t>，</w:t>
+                        </w:r>
+                      </w:ins>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>按照O</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>A</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>发布的填报要求进行填报</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2893695</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>253365</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="635" cy="275590"/>
+                <wp:effectExtent l="48895" t="0" r="64770" b="10160"/>
+                <wp:wrapNone/>
+                <wp:docPr id="831338786" name="直接箭头连接符 831338786"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr>
+                        <a:endCxn id="848505249" idx="0"/>
+                      </wps:cNvCnPr>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="635" cy="275590"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;flip:x;margin-left:227.85pt;margin-top:19.95pt;height:21.7pt;width:0.05pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA/AYerNgAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Pu07DQBBFeyT+YTVIdGQdTCAxXkeCxBUpwEmRcmwPtsU+&#10;rN3Ng3w9QwXlzBzdOTdfno0WR/JhcFbBdJKAINu4drCdgt22vJuDCBFti9pZUvBNAZbF9VWOWetO&#10;9oOOVewEh9iQoYI+xjGTMjQ9GQwTN5Ll26fzBiOPvpOtxxOHGy3vk+RRGhwsf+hxpNeemq/qYBSM&#10;+8368vZSYiwverV+J79dVbVStzfT5BlEpHP8g+FXn9WhYKfaHWwbhFbwMJs9MaogXSxAMMAL7lIr&#10;mKcpyCKX/xsUP1BLAwQUAAAACACHTuJAiSfboisCAAAoBAAADgAAAGRycy9lMm9Eb2MueG1srVPN&#10;bhMxEL4j8Q6W73TTpGnTVTc9JBQOCCoBDzDxenct+U9jN5u8BC+AxAk4AafeeRooj8HYG1JaLj2w&#10;h9WMPfPNzDefz843RrO1xKCcrfjhwYgzaYWrlW0r/vbNxZMZZyGCrUE7Kyu+lYGfzx8/Out9Kceu&#10;c7qWyAjEhrL3Fe9i9GVRBNFJA+HAeWnpsnFoIJKLbVEj9IRudDEejY6L3mHt0QkZAp0uh0u+Q8SH&#10;ALqmUUIunbgy0sYBFaWGSCOFTvnA57nbppEivmqaICPTFadJY/5TEbJX6V/Mz6BsEXynxK4FeEgL&#10;92YyoCwV3UMtIQK7QvUPlFECXXBNPBDOFMMgmRGa4nB0j5vXHXiZZyGqg9+THv4frHi5vkSm6orP&#10;JoeTyexkdsyZBUOLv3l//fPdp5tvX398vP71/UOyv3xmt2FEXe9DSQgLe4lpeGnrxcYOaEez6Wg6&#10;Pjrl5G52TBd34pMT/JC5adCwRiv/nCSZiSRqWM5j2/2e5CYyQYfHkylngs7HJ9PpaV5iAWXCSF14&#10;DPGZdIYlo+IhIqi2iwtnLcnB4YAP6xch0giU+CchJVt3obTOqtCW9bkWaUUAKb0hhZFpPLEVbMsZ&#10;6JaekIiYOw5OqzplJ5yA7Wqhka0hCS9/SWtU7U5YKr2E0A1x+WqQpFGRXplWhhazz4YygtJPbc3i&#10;1tOGANH1O1htCf2W0mStXL29xFQ1eSSgXH8n9qTQv/0cdfvA578BUEsDBAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUi&#10;S6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQw&#10;t81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg2&#10;4Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfubl&#10;IPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtA&#10;qBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjC&#10;Sh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbY&#10;wucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHx&#10;CiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQA&#10;FAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAnAQAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB+AwAAX3JlbHMvUEsB&#10;AhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAogMAAF9yZWxzLy5yZWxzUEsB&#10;AhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAA&#10;CACHTuJA/AYerNgAAAAJAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQA&#10;FAAAAAgAh07iQIkn26IrAgAAKAQAAA4AAAAAAAAAAQAgAAAAJwEAAGRycy9lMm9Eb2MueG1sUEsF&#10;BgAAAAAGAAYAWQEAAMQFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1377950</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>254635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="552450"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="848505249" name="矩形 848505249"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="552450"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>学校管理员审核，如填报不规范需重新填报</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>提交</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:108.5pt;margin-top:20.05pt;height:43.5pt;width:238.7pt;z-index:251661312;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA+GtiotcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU/DMBRFdyT+g/WQ2KjtKGohjdMBwcaSwFA2N34kUf0R&#10;xW6T8Ot5TDA+vaN7zy0Pi7PsilMcglcgNwIY+jaYwXcKPt5fHx6BxaS90TZ4VLBihEN1e1PqwoTZ&#10;13htUscoxMdCK+hTGgvOY9uj03ETRvT0+wqT04nOqeNm0jOFO8szIbbc6cFTQ69HfO6xPTcXp0A3&#10;y+e6rsd55rUVw8t3PTZvtVL3d1LsgSVc0h8Mv/qkDhU5ncLFm8isgkzuaEtSkAsJjIDtU54DOxGZ&#10;7STwquT/J1Q/UEsDBBQAAAAIAIdO4kC9V3lBewIAAA8FAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;EzEQviPxDpbvdDdpQtuomypqFIRUQaWCODteb9aS/7CdbMrLIHHjIXgcxGvw2btt09JDD+zBO+P5&#10;/2bG5xd7rchO+CCtqejoqKREGG5raTYV/fxp9eaUkhCZqZmyRlT0VgR6MX/96rxzMzG2rVW18ARO&#10;TJh1rqJtjG5WFIG3QrNwZJ0wEDbWaxbB+k1Re9bBu1bFuCzfFp31tfOWixBwu+yFdPDoX+LQNo3k&#10;Ymn5VgsTe69eKBZRUmilC3Ses20awePHpgkiElVRVBrziSCg1+ks5udstvHMtZIPKbCXpPCkJs2k&#10;QdB7V0sWGdl6+Y8rLbm3wTbxiFtd9IVkRFDFqHyCzU3LnMi1AOrg7kEP/88t/7C79kTWFT2dnE7L&#10;6XhyRolhGo3/8/3n718/yMM9sOpcmMHkxl37gQsgU+H7xuv0R0lkn/G9vcdX7CPhuDwuj0eTM0DP&#10;IZsi1jQ3oHiwdj7Ed8JqkoiKevQvw8p2VyEiIlTvVFKwYJWsV1KpzPjN+lJ5smPo9Sp/qb0weaSm&#10;DOkw9+OTMiXCMMENJgekdkAhmA0lTG2wGjz6HPuRdTgMUubvuSApySULbZ9M9tCPmpYR26OkBuCH&#10;1sog04Ruj2ei4n69H0Be2/oWbfK2n9/g+EoiwhUL8Zp5DCxKwUrHjzgaZVGfHShKWuu/PXef9DFH&#10;kFLSYQFQ+9ct84IS9d5gws5GkwncxsxMpidjMP5Qsj6UmK2+tMB9hMfD8Uwm/ajuyMZb/QWbv0hR&#10;IWKGI3aP8sBcxn4x8XZwsVhkNWyJY/HK3DienKc+G7vYRtvIPA8JqB6dAT/sSe75sNNpEQ/5rPXw&#10;js3/AlBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AOsEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAzQMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAPEDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQPhrYqLXAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kC9V3lBewIAAA8FAAAOAAAAAAAAAAEAIAAA&#10;ACYBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAATBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>学校管理员审核，如填报不规范需重新填报</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>提交</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1409700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>370840</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="362585"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="12065"/>
+                <wp:wrapNone/>
+                <wp:docPr id="910549462" name="矩形 910549462"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="362585"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>管理员审核通过、报送，生成个人识别码</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:111pt;margin-top:29.2pt;height:28.55pt;width:238.7pt;z-index:251665408;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAjLIxl9cAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PTU+DQBCG7yb+h8008WYXiDQtsvRg9OYF9KC3KTsC6X4Q&#10;dlvAX+940ttM5sk7z1seF2vElaYweKcg3SYgyLVeD65T8P72cr8HESI6jcY7UrBSgGN1e1Niof3s&#10;aro2sRMc4kKBCvoYx0LK0PZkMWz9SI5vX36yGHmdOqknnDncGpklyU5aHBx/6HGkp57ac3OxCrBZ&#10;Ptd1/ZhnWZtkeP6ux+a1VupukyaPICIt8Q+GX31Wh4qdTv7idBBGQZZl3CUqyPcPIBjYHQ48nJhM&#10;8xxkVcr/FaofUEsDBBQAAAAIAIdO4kCZibo/fgIAAA8FAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;2zAMvg/YOwi6r3bSpG2COEXQIMOAYi3QDTsrshQL0N8oJU73MgN220PscYa9xijZbdKuhx7mg0yK&#10;1EfyE6nZ5d5oshMQlLMVHZyUlAjLXa3spqKfP63eXVASIrM1086Kit6LQC/nb9/MWj8VQ9c4XQsg&#10;CGLDtPUVbWL006IIvBGGhRPnhUWjdGBYRBU2RQ2sRXSji2FZnhWtg9qD4yIE3F12RtojwmsAnZSK&#10;i6XjWyNs7FBBaBaxpNAoH+g8Zyul4PFGyiAi0RXFSmNeMQjK67QW8xmbboD5RvE+BfaaFJ7VZJiy&#10;GPQRaskiI1tQ/0AZxcEFJ+MJd6boCsmMYBWD8hk3dw3zIteCVAf/SHr4f7D84+4WiKorOhmU49Fk&#10;dDakxDKDF//n+8/fv36Qwz5y1fowxSN3/hZ6LaCYCt9LMOmPJZF95vf+kV+xj4Tj5ml5OhhNkHqO&#10;ttOz4fhinC6gOJz2EOJ74QxJQkUB7y/TynbXIXauDy4pWHBa1SuldVZgs77SQHYM73qVvx79iZu2&#10;pMW+H56XKRGGHSyxc1A0HlkIdkMJ0xscDR4hx35yOhwHKfP3UpCU5JKFpksmIyQ3NjUq4vRoZSp6&#10;cXxaW+QhsdvxmaS4X+97kteuvsdrAtf1b/B8pTDCNQvxlgE2LJaCIx1vcJHaYX2ulyhpHHx7aT/5&#10;Yx+hlZIWBwBr/7plICjRHyx22GQwGiFszMpofD5EBY4t62OL3Zorh7wP8PHwPIvJP+oHUYIzX3Dy&#10;FykqmpjlGLtjuVeuYjeY+HZwsVhkN5wSz+K1vfM8gScKrVtso5Mq90MiqmOn5w/nJHdUP9NpEI/1&#10;7HV4x+Z/AVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2Ipj&#10;GltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P&#10;+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC63&#10;0sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM&#10;649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1s&#10;lZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY&#10;2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0row&#10;QkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0J&#10;eUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0&#10;sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEA&#10;IAAAAO4EAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AAAAAAAAAAAQAAAA0AMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAA&#10;AAEAIAAAAPQDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAA&#10;AAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQIyyMZfXAAAACgEAAA8AAAAAAAAAAQAgAAAA&#10;IgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kCZibo/fgIAAA8FAAAOAAAAAAAAAAEA&#10;IAAAACYBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAAWBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>管理员审核通过、报送，生成个人识别码</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2894330</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>40005</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5715" cy="304165"/>
+                <wp:effectExtent l="47625" t="0" r="60960" b="635"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1526771187" name="直接箭头连接符 1526771187"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm flipH="1">
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5715" cy="304165"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;flip:x;margin-left:227.9pt;margin-top:3.15pt;height:23.95pt;width:0.45pt;z-index:251670528;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAIqkeyNgAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VI3KjTkgQUsqkEbU5wgJQDx028JBGx&#10;HdnuD316zAmOoxnNfFOuT3oSB3Z+tAZhuUhAsOmsGk2P8L6rb+5B+EBG0WQNI3yzh3V1eVFSoezR&#10;vPGhCb2IJcYXhDCEMBdS+m5gTX5hZzbR+7ROU4jS9VI5OsZyPclVkuRS02jiwkAzPw3cfTV7jTB/&#10;vGzPz481hfo8bbav7HabpkW8vlomDyACn8JfGH7xIzpUkam1e6O8mBDSLIvoASG/BRH9NMvvQLQI&#10;WboCWZXy/4HqB1BLAwQUAAAACACHTuJAuAZPehcCAAD8AwAADgAAAGRycy9lMm9Eb2MueG1srVPN&#10;bhMxEL4j8Q6W73STliTVKpseGgoHBJWAB5h4vbuW/Kexm01eghdA4gScgFPvPA2Ux2DsXUIplx7Y&#10;w2o84/lm5pvPy7Od0WwrMShnKz49mnAmrXC1sm3F37y+eHTKWYhga9DOyorvZeBnq4cPlr0v5bHr&#10;nK4lMgKxoex9xbsYfVkUQXTSQDhyXloKNg4NRDpiW9QIPaEbXRxPJvOid1h7dEKGQN71EOQjIt4H&#10;0DWNEnLtxJWRNg6oKDVEGil0yge+yt02jRTxZdMEGZmuOE0a85+KkL1J/2K1hLJF8J0SYwtwnxbu&#10;zGRAWSp6gFpDBHaF6h8oowS64Jp4JJwphkEyIzTFdHKHm1cdeJlnIaqDP5Ae/h+seLG9RKZqUsLs&#10;eL5YTKenC84sGNr8zbvrH28/3nz98v3D9c9v75P9+RO7dY/I630oCePcXuJ4Cv4SExO7Bg1rtPLP&#10;CDtzQ9OyXaZ+f6Be7iIT5JwtpjPOBAVOJo+n81laTDGAJDCPIT6VzrBkVDxEBNV28dxZSyt2OBSA&#10;7fMQh8TfCSnZugulNfmh1Jb1FZ+fzGj/Aki9DamGTOOJgWBbzkC39CxExNxycFrVKTslB2w35xrZ&#10;FpKY8je2+de1VHoNoRvu5dAgM6MivRytTMVPD9lQRlD6ia1Z3HsiHRBdP8JqSyQkhgdOk7Vx9T5T&#10;nf0kikzTKOCkutvnnP3n0a5+AVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BL&#10;AwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMY&#10;o04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyip&#10;Nnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8Z&#10;MG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/&#10;+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVu&#10;dF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY&#10;2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5R&#10;KdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgne&#10;D1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly&#10;5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEB&#10;AAATAAAAAAAAAAEAIAAAAIgEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAA&#10;AAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAagMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAA&#10;AJQBAAALAAAAAAAAAAEAIAAAAI4DAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAA&#10;AAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQCKpHsjYAAAACAEAAA8A&#10;AAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kC4Bk96FwIAAPwD&#10;AAAOAAAAAAAAAAEAIAAAACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACwBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2882900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>367665</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1905" cy="294640"/>
+                <wp:effectExtent l="47625" t="0" r="64770" b="10160"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1860645338" name="直接箭头连接符 1860645338"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1905" cy="294640"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:227pt;margin-top:28.95pt;height:23.2pt;width:0.15pt;z-index:251666432;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAOMz6utkAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXFBrF9JCQ5yKH6ECtxYewI23SRp7&#10;HcXu39uznOC2uzOa/aZYnLwTBxxiG0jDZKxAIFXBtlRr+P56Gz2AiMmQNS4QajhjhEV5eVGY3IYj&#10;rfCwTrXgEIq50dCk1OdSxqpBb+I49EisbcPgTeJ1qKUdzJHDvZO3Ss2kNy3xh8b0+NJg1a33XsN2&#10;9zF7zqrd5zKe/c37/KkLr67T+vpqoh5BJDylPzP84jM6lMy0CXuyUTgN2TTjLknD9H4Ogg18uAOx&#10;YafiQZaF/F+h/AFQSwMEFAAAAAgAh07iQI/rAgAQAgAA8gMAAA4AAABkcnMvZTJvRG9jLnhtbK1T&#10;y24TMRTdI/EPlvdkJk+lo0y6SCgbBJGAD3A8nhlLfunazSQ/wQ8gsQJW0FX3fA1tP4NrT0hL2XTB&#10;LDzXj3uuz7nHi/O9VmQnwEtrSjoc5JQIw20lTVPSD+8vXswp8YGZiilrREkPwtPz5fNni84VYmRb&#10;qyoBBEGMLzpX0jYEV2SZ563QzA+sEwY3awuaBZxCk1XAOkTXKhvl+SzrLFQOLBfe4+q636RHRHgK&#10;oK1rycXa8kstTOhRQSgWkJJvpfN0mW5b14KHt3XtRSCqpMg0pBGLYLyNY7ZcsKIB5lrJj1dgT7nC&#10;I06aSYNFT1BrFhi5BPkPlJYcrLd1GHCrs55IUgRZDPNH2rxrmROJC0rt3Ul0//9g+ZvdBois0Anz&#10;WT6bTMdj7L9hGjt/++n65uPX26sfv75c3/38HOPv38iDcyhe53yBGCuzgePMuw1EJfY16PhHjmSf&#10;BD+cBBf7QDguDs/yKSUcN0Znk9kktSO7T3XgwythNYlBSX0AJps2rKwx2FgLwyQ52732AYtj4p+E&#10;WNfYC6lU6q8ypCvpbDzFrnOGnq3RKxhqh7y9aShhqsHHwAMkRG+VrGJ2xPHQbFcKyI5FC6Uvugar&#10;/XUsll4z3/bn0lZvLi0DvhcldUnnp2xWBCbVS1ORcHAoNQOw3RFWGUSPuvZKxmhrq0MSOK2jFVL9&#10;o22j1x7OU/b9U13+BlBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAA&#10;CACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br&#10;6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYD&#10;NxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN&#10;8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+&#10;47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBl&#10;c10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye7&#10;3BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC5&#10;80hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZq&#10;IvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasyb&#10;wE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAA&#10;AAAAAAEAIAAAAIIEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAA&#10;AAAAAAYAAAAAAAAAAAAQAAAAZAMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAAL&#10;AAAAAAAAAAEAIAAAAIgDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAE&#10;AAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQDjM+rrZAAAACgEAAA8AAAAAAAAA&#10;AQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kCP6wIAEAIAAPIDAAAOAAAA&#10;AAAAAAEAIAAAACgBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACqBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1428750</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8255</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="342265"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="13335"/>
+                <wp:wrapNone/>
+                <wp:docPr id="815572346" name="矩形 815572346"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="342265"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>教师信息进入学校人员信息库</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:112.5pt;margin-top:0.65pt;height:26.95pt;width:238.7pt;z-index:251667456;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA33PvvdUAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNRuIIDSOB0QbCwJDLC58TWJsM9R&#10;7DYJv55jgvH0nd77XrlfvBNnnOIQSMN2o0AgtcEO1Gl4f3u5eQQRkyFrXCDUsGKEfXV5UZrChplq&#10;PDepExxCsTAa+pTGQsrY9uhN3IQRidkxTN4kPqdO2snMHO6dzJS6l94MxA29GfGpx/arOXkNplk+&#10;13X9mGdZOzU8f9dj81prfX21VTsQCZf09wy/+qwOFTsdwolsFE5DluW8JTG4BcH8QWV3IA4a8jwD&#10;WZXy/4DqB1BLAwQUAAAACACHTuJAapP2MnsCAAAPBQAADgAAAGRycy9lMm9Eb2MueG1srVRLbtsw&#10;EN0X6B0I7hvJn/yMyIERw0WBoDGQFl3TFGUR4K8k/UkvU6C7HqLHKXqNPlJK4qRZZFEtqBnO8M3M&#10;4wwvLvdaka3wQVpT0cFRSYkw3NbSrCv6+dPi3RklITJTM2WNqOidCPRy+vbNxc5NxNC2VtXCE4CY&#10;MNm5irYxuklRBN4KzcKRdcLA2FivWYTq10Xt2Q7oWhXDsjwpdtbXzlsuQsDuvDPSHtG/BtA2jeRi&#10;bvlGCxM7VC8UiygptNIFOs3ZNo3g8aZpgohEVRSVxrwiCORVWovpBZusPXOt5H0K7DUpPKtJM2kQ&#10;9AFqziIjGy//gdKSextsE4+41UVXSGYEVQzKZ9zctsyJXAuoDu6B9PD/YPnH7dITWVf0bHB8fDoc&#10;jU8oMUzj4v98//n71w/yuA+udi5McOTWLX2vBYip8H3jdfqjJLLP/N498Cv2kXBsjsrRYHwO6jls&#10;o/FweHKcLqB4PO18iO+F1SQJFfW4v0wr216H2Lneu6RgwSpZL6RSWfHr1ZXyZMtw14v89ehP3JQh&#10;O/T98LRMiTB0cIPOgagdWAhmTQlTa4wGjz7HfnI6HAYp8/dSkJTknIW2SyYjJDc20TJiepTUIPzw&#10;tDLgIbHb8ZmkuF/te5JXtr7DNXnb9W9wfCER4ZqFuGQeDYtSMNLxBkujLOqzvURJa/23l/aTP/oI&#10;Vkp2GADU/nXDvKBEfTDosPPBeAzYmJUxWgOKP7SsDi1mo68seB/g8XA8i8k/qnux8VZ/weTPUlSY&#10;mOGI3bHcK1exG0y8HVzMZtkNU+JYvDa3jifwRKGxs020jcz9kIjq2On5w5zkjupnOg3ioZ69Ht+x&#10;6V9QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzR&#10;AAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ&#10;+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2&#10;I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gp&#10;OiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6&#10;HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7D&#10;MBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQq&#10;L6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9Ap&#10;D/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvc&#10;W893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r&#10;1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAADp&#10;BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAA&#10;AAAAEAAAAMsDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAA&#10;AADvAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAA&#10;AAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDfc++91QAAAAgBAAAPAAAAAAAAAAEAIAAAACIAAABk&#10;cnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAapP2MnsCAAAPBQAADgAAAAAAAAABACAAAAAk&#10;AQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAEQYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>教师信息进入学校人员信息库</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1333500</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>379095</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="511175"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="15875"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1398834692" name="矩形 1398834692"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="511175"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>教师入职后</w:t>
+                            </w:r>
+                            <w:ins w:id="2" w:author="钱秋苓" w:date="2023-08-22T13:15:26Z">
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                  <w:sz w:val="24"/>
+                                  <w:lang w:eastAsia="zh-CN"/>
+                                </w:rPr>
+                                <w:t>，</w:t>
+                              </w:r>
+                            </w:ins>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>联系原单位管理员在全国教师管理信息系中进行离职操作</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:105pt;margin-top:29.85pt;height:40.25pt;width:238.7pt;z-index:251677696;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAxXCK69gAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNROVNqSxumAYGNJ6ADbNTZJ1Pgc&#10;xW6T8Os5JhhP9+m97+WH2fXiasfQedKQrBQIS7U3HTUaju+vDzsQISIZ7D1ZDYsNcChub3LMjJ+o&#10;tNcqNoJDKGSooY1xyKQMdWsdhpUfLPHvy48OI59jI82IE4e7XqZKbaTDjrihxcE+t7Y+VxenAav5&#10;c1mWj2mSZa+6l+9yqN5Kre/vErUHEe0c/2D41Wd1KNjp5C9kgug1pIniLVHD49MWBAOb3XYN4sTk&#10;WqUgi1z+n1D8AFBLAwQUAAAACACHTuJADl++un4CAAARBQAADgAAAGRycy9lMm9Eb2MueG1srVTN&#10;btswDL4P2DsIuq+2k7RNgjhFkCDDgGIN0A07K7IcC9DfKCVO9zIDdttD7HGGvcYo2W3Troce5oNM&#10;ihTJ7xOp2dVRK3IQ4KU1JS3OckqE4baSZlfSz5/W78aU+MBMxZQ1oqR3wtOr+ds3s9ZNxcA2VlUC&#10;CAYxftq6kjYhuGmWed4IzfyZdcKgsbagWUAVdlkFrMXoWmWDPL/IWguVA8uF97i76oy0jwivCWjr&#10;WnKxsnyvhQldVBCKBYTkG+k8nadq61rwcFPXXgSiSopIQ1oxCcrbuGbzGZvugLlG8r4E9poSnmHS&#10;TBpM+hBqxQIje5D/hNKSg/W2Dmfc6qwDkhhBFEX+jJvbhjmRsCDV3j2Q7v9fWP7xsAEiK+yE4WQ8&#10;Ho4uJgNKDNN483++//z96wc5MSBbrfNTPHTrNtBrHsUI/ViDjn8ERY6J4bsHhsUxEI6bw3xYjCZI&#10;PkfbeVEUl+fxCrLH0w58eC+sJlEoKeANJmLZ4dqHzvXeJSbzVslqLZVKCuy2SwXkwPC21+nroz9x&#10;U4a0iHdwmcdCGPZwjb2DonbIgzc7Spja4XDwACn3k9P+NEmevpeSxCJXzDddMSlCdGNTLQPOj5K6&#10;pOPT08ogD5Hdjs8oheP22JO8tdUdXhTYroO942uJGa6ZDxsG2LIIBYc63OBSK4v4bC9R0lj49tJ+&#10;9MdOQislLY4AYv+6ZyAoUR8M9tikGI0wbEjK6PxygAqcWranFrPXS4u8F/h8OJ7E6B/UvViD1V9w&#10;9hcxK5qY4Zi7Y7lXlqEbTXw9uFgskhvOiWPh2tw6HoNHCo1d7IOtZeqHSFTHTs8fTkrqqH6q4yie&#10;6snr8SWb/wVQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07i&#10;QIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiK&#10;YxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyP&#10;D/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Au&#10;t9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6H&#10;jOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFM&#10;GNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6&#10;MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5Kd&#10;CXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3h&#10;dLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAAB&#10;ACAAAADvBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAAAAAAAAAEAAAANEDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAA&#10;AAABACAAAAD1AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAA&#10;AAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDFcIrr2AAAAAoBAAAPAAAAAAAAAAEAIAAA&#10;ACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJADl++un4CAAARBQAADgAAAAAAAAAB&#10;ACAAAAAnAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFwYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>教师入职后</w:t>
+                      </w:r>
+                      <w:ins w:id="3" w:author="钱秋苓" w:date="2023-08-22T13:15:26Z">
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                            <w:sz w:val="24"/>
+                            <w:lang w:eastAsia="zh-CN"/>
+                          </w:rPr>
+                          <w:t>，</w:t>
+                        </w:r>
+                      </w:ins>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>联系原单位管理员在全国教师管理信息系中进行离职操作</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>（</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>）</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t>教师已有账号</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2828925</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>32385</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="510457489" name="直接箭头连接符 510457489"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="windowText" lastClr="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:miter lim="800000"/>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:222.75pt;margin-top:2.55pt;height:21.6pt;width:0pt;z-index:251676672;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAe05zAdYAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXFDrBJKqhDgVP0IUbrQ8gBtvkzT2&#10;Oordv7dnEQe47WhGs9+Ui5Oz4oBj6DwpSKcJCKTam44aBV/r18kcRIiajLaeUMEZAyyqy4tSF8Yf&#10;6RMPq9gILqFQaAVtjEMhZahbdDpM/YDE3taPTkeWYyPNqI9c7qy8TZKZdLoj/tDqAZ9brPvV3inY&#10;7t5nT1m9+3gLZ3ezvH/s/Yvtlbq+SpMHEBFP8S8MP/iMDhUzbfyeTBBWQZblOUcV5CkI9n/1ho/5&#10;HciqlP8HVN9QSwMEFAAAAAgAh07iQGvXU4oeAgAADwQAAA4AAABkcnMvZTJvRG9jLnhtbK1TzW4T&#10;MRC+I/EOlu9kkzRpwyqbHhLKBUElygNMvd6sJf/J42aTl+AFkDgBJ8qpd54GymMw9oa0lEsP7GF3&#10;bO98M983n+enW6PZRgZUzlZ8NBhyJq1wtbLrir+7OHs24wwj2Bq0s7LiO4n8dPH0ybzzpRy71ula&#10;BkYgFsvOV7yN0ZdFgaKVBnDgvLR02LhgINIyrIs6QEfoRhfj4fC46FyofXBCItLuqj/ke8TwGEDX&#10;NErIlRNXRtrYowapIRIlbJVHvsjdNo0U8U3ToIxMV5yYxvymIhRfpnexmEO5DuBbJfYtwGNaeMDJ&#10;gLJU9AC1ggjsKqh/oIwSwaFr4kA4U/REsiLEYjR8oM3bFrzMXEhq9AfR8f/Biteb88BUXfHpaDiZ&#10;nkxmzzmzYGjwtx9ufr7/fPvt+senm1/fP6b46xd29xtJ13ksCWFpz8N+hf48JB22TTDpSwzZNsu9&#10;O8gtt5GJflPQ7vhkcjTOkyju8nzA+FI6w1JQcYwB1LqNS2ctzdSFUVYbNq8wUmVK/JOQilp3prTO&#10;o9WWdRU/PprSwAWQXRuyCYXGE2W0a85Ar+keiBgyIjqt6pSdcHCHSx3YBsg85ODadRfUO2caMNIB&#10;EcpPMhF18FdqamcF2PbJ+aj3mlGRro9WpuKzQzaUEZR+YWsWd56khxBct4fVNrUis5f3bJPsvdAp&#10;unT1LutfpBX5JHez93Qy4v01xffv8eI3UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3Jl&#10;bHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPR&#10;fXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X&#10;49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro&#10;+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnX&#10;fgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtD&#10;b250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+T&#10;thtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4&#10;kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0&#10;OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+&#10;d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3&#10;AAAA4QEAABMAAAAAAAAAAQAgAAAAjQQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACH&#10;TuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAABvAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAkwMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAA&#10;AAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAe05zAdYAAAAI&#10;AQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQGvXU4oe&#10;AgAADwQAAA4AAAAAAAAAAQAgAAAAJQEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAALUF&#10;AAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1358900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>64135</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2999740" cy="323850"/>
+                <wp:effectExtent l="6350" t="6350" r="22860" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="417605619" name="矩形 417605619"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2999740" cy="323850"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>操作完成后联系本学校管理员录入信息</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:107pt;margin-top:5.05pt;height:25.5pt;width:236.2pt;z-index:251673600;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAtlTw0NYAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNR2VUVVGqdDVTaWBAbY3PhIIuJz&#10;FLtNwq/nmGC7p/f07nvFcfGDuOEU+0AG9EaBQGqC66k18Pb6/LQHEZMlZ4dAaGDFCMfy/q6wuQsz&#10;VXirUyu4hGJuDXQpjbmUsenQ27gJIxJ7n2HyNrGcWukmO3O5H+RWqUx62xN/6OyIpw6br/rqDdh6&#10;+VjX9X2eZTWo/vxdjfVLZczjg1YHEAmX9BeGX3xGh5KZLuFKLorBwFbveEtiQ2kQHMj22Q7EhQ+t&#10;QZaF/L+g/AFQSwMEFAAAAAgAh07iQMM6T3p9AgAADwUAAA4AAABkcnMvZTJvRG9jLnhtbK1US27b&#10;MBDdF+gdCO4byY4Tx0bkwIjhokDQBEiLrmmKsgjwV5L+pJcp0F0P0eMUvUYfKSVx0iyyqBbUDOf/&#10;ZobnF3utyFb4IK2p6OCopEQYbmtp1hX9/Gn57oySEJmpmbJGVPROBHoxe/vmfOemYmhbq2rhCZyY&#10;MN25irYxumlRBN4KzcKRdcJA2FivWQTr10Xt2Q7etSqGZXla7KyvnbdchIDbRSekvUf/Goe2aSQX&#10;C8s3WpjYefVCsYiSQitdoLOcbdMIHq+bJohIVEVRacwngoBepbOYnbPp2jPXSt6nwF6TwrOaNJMG&#10;QR9cLVhkZOPlP6605N4G28QjbnXRFZIRQRWD8hk2ty1zItcCqIN7AD38P7f84/bGE1lXdDQYn5Yn&#10;p4MJJYZpNP7P95+/f/0gj/fAaufCFCa37sb3XACZCt83Xqc/SiL7jO/dA75iHwnH5XAymYxHgJ5D&#10;djw8PjvJDSgerZ0P8b2wmiSioh79y7Cy7VWIiAjVe5UULFgl66VUKjN+vbpUnmwZer3MX2ovTJ6o&#10;KUN2mPvhuEyJMExwg8kBqR1QCGZNCVNrrAaPPsd+Yh0Og5T5eylISnLBQtslkz10o6ZlxPYoqSt6&#10;dmitDDJN6HZ4JiruV/se5JWt79Amb7v5DY4vJSJcsRBvmMfAohSsdLzG0SiL+mxPUdJa/+2l+6SP&#10;OYKUkh0WALV/3TAvKFEfDCZsMhilVsXMjE7GQzD+ULI6lJiNvrTAfYDHw/FMJv2o7snGW/0Fmz9P&#10;USFihiN2h3LPXMZuMfF2cDGfZzVsiWPxytw6npynPhs730TbyDwPCagOnR4/7Enueb/TaREP+az1&#10;+I7N/gJQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AADsBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAM4DAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAADyAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kC2VPDQ1gAAAAkBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAwzpPen0CAAAPBQAADgAAAAAAAAABACAA&#10;AAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFAYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>操作完成后联系本学校管理员录入信息</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2821940</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>160020</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1931513088" name="直接箭头连接符 1931513088"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:222.2pt;margin-top:12.6pt;height:21.6pt;width:0pt;z-index:251674624;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAkb/HYtYAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DQAxF90j8w8hIbBCdNApRCXEqHkI8dhQ+YJq4SZoZ&#10;T5SZvv4eIxbgne2j6+NyeXRW7WkKvWeE+SwBRVz7pucW4evz+XoBKkTDjbGeCeFEAZbV+VlpisYf&#10;+IP2q9gqCeFQGIQuxrHQOtQdORNmfiSW3cZPzkRpp1Y3kzlIuLM6TZJcO9OzXOjMSI8d1cNq5xA2&#10;27f8Iau37y/h5K5eb+8H/2QHxMuLeXIHKtIx/sHwoy/qUInT2u+4CcoiZFKCIqQ3KSgBfgdrhHyR&#10;ga5K/f+D6htQSwMEFAAAAAgAh07iQED3RxwLAgAA7wMAAA4AAABkcnMvZTJvRG9jLnhtbK1TS44T&#10;MRDdI3EHy3vS+TBDaKUzi4Rhg2Ak4AAVt7vbkn8qe9LJJbgAEitgBaxmz2lgOAZld8gMw2YW9MJd&#10;/tQrv1fPi7Od0WwrMShnKz4ZjTmTVrha2bbib9+cP5pzFiLYGrSzsuJ7GfjZ8uGDRe9LOXWd07VE&#10;RiA2lL2veBejL4siiE4aCCPnpaXNxqGBSFNsixqhJ3Sji+l4fFr0DmuPTsgQaHU9bPIDIt4H0DWN&#10;EnLtxKWRNg6oKDVEohQ65QNf5ts2jRTxVdMEGZmuODGNeaQiFG/SWCwXULYIvlPicAW4zxXucDKg&#10;LBU9Qq0hArtE9Q+UUQJdcE0cCWeKgUhWhFhMxne0ed2Bl5kLSR38UfTw/2DFy+0FMlWTE57OJieT&#10;2XhO/bdgqPPX769+vvt0/e3rj49Xv75/SPGXz+zWORKv96EkjJW9wMMs+AtMSuwaNOlPHNkuC74/&#10;Ci53kYlhUdDq9Mnj2TT3orjJ8xjic+kMS0HFQ0RQbRdXzlrqqsNJ1hu2L0KkypT4JyEVte5caZ2b&#10;qy3rK346O6GWCyDDNmQUCo0n0sG2nIFu6SWIiBkxOK3qlJ1wArablUa2heSf/CXLULW/jqXSawjd&#10;cC5vDc4yKtJj0cpUfH7MhjKC0s9szeLek86A6PoDrLaEnkQdZEzRxtX7rG5eJx/k+gfPJqPdnufs&#10;m3e6/A1QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AAB6BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAFwDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAACAAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCRv8di1gAAAAkBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAQPdHHAsCAADvAwAADgAAAAAAAAABACAA&#10;AAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAogUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1352550</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>162560</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="297815"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="19685"/>
+                <wp:wrapNone/>
+                <wp:docPr id="823006763" name="矩形 823006763"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="297815"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>信息录入完成，生成新的登录密码</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:106.5pt;margin-top:12.8pt;height:23.45pt;width:238.7pt;z-index:251675648;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAoverTNcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQU+EMBCF7yb+h2ZMvLkt6LIrUvZg9OYF9KC3WVqBSKeE&#10;dhfw1zue9PYm7+XN94rD4gZxtlPoPWlINgqEpcabnloNb6/PN3sQISIZHDxZDasNcCgvLwrMjZ+p&#10;suc6toJLKOSooYtxzKUMTWcdho0fLbH36SeHkc+plWbCmcvdIFOlMumwJ/7Q4WgfO9t81SenAevl&#10;Y13X93mW1aD6p+9qrF8qra+vEvUAItol/oXhF5/RoWSmoz+RCWLQkCa3vCWy2GYgOJDdqzsQRw27&#10;dAuyLOT/BeUPUEsDBBQAAAAIAIdO4kDlS1zvfAIAAA8FAAAOAAAAZHJzL2Uyb0RvYy54bWytVEtu&#10;2zAQ3RfoHQjuG8mfxIkROTBiuCgQNAHSomuaoiwC/JWkP+llCnTXQ/Q4Ra/RR0pJnDSLLKoFNcMZ&#10;vpl5nOH5xV4rshU+SGsqOjgqKRGG21qadUU/f1q+O6UkRGZqpqwRFb0TgV7M3r4537mpGNrWqlp4&#10;AhATpjtX0TZGNy2KwFuhWTiyThgYG+s1i1D9uqg92wFdq2JYlifFzvraectFCNhddEbaI/rXANqm&#10;kVwsLN9oYWKH6oViESWFVrpAZznbphE8XjdNEJGoiqLSmFcEgbxKazE7Z9O1Z66VvE+BvSaFZzVp&#10;Jg2CPkAtWGRk4+U/UFpyb4Nt4hG3uugKyYygikH5jJvbljmRawHVwT2QHv4fLP+4vfFE1hU9HY5w&#10;O5OTESWGaVz8n+8/f//6QR73wdXOhSmO3Lob32sBYip833id/iiJ7DO/dw/8in0kHJujcjQYn4F6&#10;DtvwbHI6OE4XUDyedj7E98JqkoSKetxfppVtr0LsXO9dUrBglayXUqms+PXqUnmyZbjrZf569Cdu&#10;ypAd+n44KVMiDB3coHMgagcWgllTwtQao8Gjz7GfnA6HQcr8vRQkJblgoe2SyQjJjU21jJgeJTUI&#10;PzytDHhI7HZ8JinuV/ue5JWt73BN3nb9GxxfSkS4YiHeMI+GRSkY6XiNpVEW9dleoqS1/ttL+8kf&#10;fQQrJTsMAGr/umFeUKI+GHTY2WA8BmzMyvh4MoTiDy2rQ4vZ6EsL3gd4PBzPYvKP6l5svNVfMPnz&#10;FBUmZjhidyz3ymXsBhNvBxfzeXbDlDgWr8yt4wk8UWjsfBNtI3M/JKI6dnr+MCe5o/qZToN4qGev&#10;x3ds9hdQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AADsBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAM4DAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAADyAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCi96tM1wAAAAkBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA5Utc73wCAAAPBQAADgAAAAAAAAABACAA&#10;AAAmAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFAYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>信息录入完成，生成新的登录密码</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2816225</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>190500</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6985" cy="279400"/>
+                <wp:effectExtent l="44450" t="0" r="62865" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1650065100" name="直接箭头连接符 1650065100"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6985" cy="279400"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:221.75pt;margin-top:15pt;height:22pt;width:0.55pt;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAqcTIftgAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBC1S00KIZOKhxCPXQsf4MbTJE1s&#10;R7H7+nuGFSxHc3TvucXi6HqxpzG2wSNMJwoE+SrY1tcI31+v13cgYjLemj54QjhRhEV5flaY3IaD&#10;X9J+lWrBIT7mBqFJaciljFVDzsRJGMjzbxNGZxKfYy3taA4c7np5o1QmnWk9NzRmoOeGqm61cwib&#10;7Uf2pKvt51s8uav3+8cuvPQd4uXFVD2ASHRMfzD86rM6lOy0Djtvo+gRtJ7dMoowU7yJAa11BmKN&#10;MNcKZFnI/wvKH1BLAwQUAAAACACHTuJACc7ddA0CAADyAwAADgAAAGRycy9lMm9Eb2MueG1srVPN&#10;bhMxEL4j8Q6W73STQEq66qaHhnJBEAl4gInXu2vJfxq72eQleAEkTsAJOPXO00B5DMbeJS3l0gN7&#10;8I5nPN/M93l8erYzmm0lBuVsxadHE86kFa5Wtq342zcXjxachQi2Bu2srPheBn62fPjgtPelnLnO&#10;6VoiIxAbyt5XvIvRl0URRCcNhCPnpaVg49BApC22RY3QE7rRxWwyOS56h7VHJ2QI5F0NQT4i4n0A&#10;XdMoIVdOXBpp44CKUkMkSqFTPvBl7rZppIivmibIyHTFiWnMKxUhe5PWYnkKZYvgOyXGFuA+Ldzh&#10;ZEBZKnqAWkEEdonqHyijBLrgmngknCkGIlkRYjGd3NHmdQdeZi4kdfAH0cP/gxUvt2tkqqZJOJ7T&#10;7cynE5LGgqGbv35/9fPdp+tvX398vPr1/UOyv3xmt86ReL0PJWGc2zWOu+DXmJTYNWjSnziyXRZ8&#10;fxBc7iIT5Dw+Wcw5ExSYPT15QpUJo7hJ9Rjic+kMS0bFQ0RQbRfPnbV0sQ6nWXLYvghxSPyTkOpa&#10;d6G0Jj+U2rKeij2eEzUBNLMNzQqZxhPvYFvOQLf0GETEjBicVnXKTskB2825RraFNEL5G9v861gq&#10;vYLQDedyaBguoyK9F61MxReHbCgjKP3M1izuPUkNiK4fYbUlEZKug5LJ2rh6nwXOfhqFLNM4tmnW&#10;bu9z9s1TXf4GUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO&#10;4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDY&#10;imMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiM&#10;jw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+g&#10;LrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+&#10;h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54&#10;bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZB&#10;TBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnS&#10;ujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OS&#10;nQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq9&#10;4XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAA&#10;AQAgAAAAfgQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAAAAAAAAABAAAABgAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAA&#10;AAAAAQAgAAAAhAMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAA&#10;AAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAqcTIftgAAAAJAQAADwAAAAAAAAABACAA&#10;AAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQAnO3XQNAgAA8gMAAA4AAAAAAAAA&#10;AQAgAAAAJwEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKYFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1371600</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>222885</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="322580"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="13970"/>
+                <wp:wrapNone/>
+                <wp:docPr id="777922637" name="矩形 777922637"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="322580"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>教师信息进入学校人员信息库</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:108pt;margin-top:17.55pt;height:25.4pt;width:238.7pt;z-index:251663360;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAa5SIktgAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBSEdyT+g/WQ2KidlkZtmpcOCDaWBAbYXuNHEjW2&#10;o9htEn49ZoLxdKe77/LjbHpx5dF3ziIkKwWCbe10ZxuE97eXhx0IH8hq6p1lhIU9HIvbm5wy7SZb&#10;8rUKjYgl1meE0IYwZFL6umVDfuUGttH7cqOhEOXYSD3SFMtNL9dKpdJQZ+NCSwM/tVyfq4tBoGr+&#10;XJblY5pk2avu+bscqtcS8f4uUQcQgefwF4Zf/IgORWQ6uYvVXvQI6ySNXwLCZpuAiIF0v3kEcULY&#10;bfcgi1z+f1D8AFBLAwQUAAAACACHTuJAn5cRin0CAAAPBQAADgAAAGRycy9lMm9Eb2MueG1srVRL&#10;btswEN0X6B0I7hvZshMnRuTAiOGiQNAESIuuaYqyCPBXkv6klynQXQ/R4xS9Rh8pJXHSLLKoFtQM&#10;5/9mhucXe63IVvggrano8GhAiTDc1tKsK/r50/LdKSUhMlMzZY2o6J0I9GL29s35zk1FaVurauEJ&#10;nJgw3bmKtjG6aVEE3grNwpF1wkDYWK9ZBOvXRe3ZDt61KsrB4KTYWV87b7kIAbeLTkh7j/41Dm3T&#10;SC4Wlm+0MLHz6oViESWFVrpAZznbphE8XjdNEJGoiqLSmE8EAb1KZzE7Z9O1Z66VvE+BvSaFZzVp&#10;Jg2CPrhasMjIxst/XGnJvQ22iUfc6qIrJCOCKoaDZ9jctsyJXAugDu4B9PD/3PKP2xtPZF3RyWRy&#10;VpYnowklhmk0/s/3n79//SCP98Bq58IUJrfuxvdcAJkK3zdepz9KIvuM790DvmIfCcflaDAajs8A&#10;PYdsVJbHp7kBxaO18yG+F1aTRFTUo38ZVra9ChERoXqvkoIFq2S9lEplxq9Xl8qTLUOvl/lL7YXJ&#10;EzVlyA5zX04GKRGGCW4wOSC1AwrBrClhao3V4NHn2E+sw2GQQf5eCpKSXLDQdslkD92oaRmxPUrq&#10;ip4eWiuDTBO6HZ6JivvVvgd5Zes7tMnbbn6D40uJCFcsxBvmMbAoBSsdr3E0yqI+21OUtNZ/e+k+&#10;6WOOIKVkhwVA7V83zAtK1AeDCTsbjsdwGzMzPp6UYPyhZHUoMRt9aYH7EI+H45lM+lHdk423+gs2&#10;f56iQsQMR+wO5Z65jN1i4u3gYj7PatgSx+KVuXU8OU99Nna+ibaReR4SUB06PX7Yk9zzfqfTIh7y&#10;WevxHZv9BVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2Ipj&#10;GltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P&#10;+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC63&#10;0sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM&#10;649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1s&#10;lZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY&#10;2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0row&#10;QkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0J&#10;eUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0&#10;sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEA&#10;IAAAAO4EAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AAAAAAAAAAAQAAAA0AMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAA&#10;AAEAIAAAAPQDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAA&#10;AAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQGuUiJLYAAAACQEAAA8AAAAAAAAAAQAgAAAA&#10;IgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kCflxGKfQIAAA8FAAAOAAAAAAAAAAEA&#10;IAAAACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAAWBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>教师信息进入学校人员信息库</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>岗位职责联系人 ：张婷 联系方式：8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>8795760</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference r:id="rId3" w:type="default"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="50"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -89,59 +2527,1329 @@
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="华文宋体">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600040101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0004009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="194" w:lineRule="auto"/>
+      <w:ind w:left="4087" w:firstLine="4293" w:firstLineChars="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="17"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="28" name="文本框 28"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="5"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">第 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页 共 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>26</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQMAs4fcyAgAAYwQAAA4AAABkcnMvZTJvRG9jLnhtbK1US44TMRDdI3EH&#10;y3vSSRCjKEpnFCYKQoqYkQJi7bjdaUv+yXbSHQ4AN2DFhj3nyjl47k8GDSxmwcZddpVf+b2q6sVt&#10;oxU5CR+kNTmdjMaUCMNtIc0hp58+bl7NKAmRmYIpa0ROzyLQ2+XLF4vazcXUVlYVwhOAmDCvXU6r&#10;GN08ywKvhGZhZJ0wcJbWaxax9Yes8KwGulbZdDy+yWrrC+ctFyHgdN05aY/onwNoy1Jysbb8qIWJ&#10;HaoXikVQCpV0gS7b15al4PG+LIOIROUUTGO7IgnsfVqz5YLND565SvL+Cew5T3jCSTNpkPQKtWaR&#10;kaOXf0Fpyb0NtowjbnXWEWkVAYvJ+Ik2u4o50XKB1MFdRQ//D5Z/OD14IoucTlF3wzQqfvn+7fLj&#10;1+XnV4IzCFS7MEfcziEyNm9tg7YZzgMOE++m9Dp9wYjAD3nPV3lFEwlPl2bT2WwMF4dv2AA/e7zu&#10;fIjvhNUkGTn1qF8rKzttQ+xCh5CUzdiNVKqtoTKkzunN6zfj9sLVA3BlkCOR6B6brNjsm57Z3hZn&#10;EPO2643g+EYi+ZaF+MA8mgEPxrjEeyylskhie4uSyvov/zpP8agRvJTUaK6cGswSJeq9Qe0AGAfD&#10;D8Z+MMxR31l06wRj6Hhr4oKPajBLb/VnzNAq5YCLGY5MOY2DeRe7BscMcrFatUFH5+Wh6i6g8xyL&#10;W7NzPKVJQga3OkaI2WqcBOpU6XVD77VV6uckNfef+zbq8d+w/A1QSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJAwCzh9zICAABjBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="5"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">第 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页 共 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>26</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w15:person w15:author="钱秋苓">
     <w15:presenceInfo w15:providerId="None" w15:userId="钱秋苓"/>
   </w15:person>
 </w15:people>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:trackRevisions w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMjg2ZDc1ZjRhN2NhYTc4YzE4NzAyZTdlNDgwNzYyNDUifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="6365313A"/>
+    <w:rsid w:val="013435B5"/>
+    <w:rsid w:val="01E23011"/>
+    <w:rsid w:val="028B18FB"/>
+    <w:rsid w:val="03604B36"/>
+    <w:rsid w:val="03724FAD"/>
+    <w:rsid w:val="03FD4132"/>
+    <w:rsid w:val="048B5BE2"/>
+    <w:rsid w:val="053A4900"/>
+    <w:rsid w:val="055840C4"/>
+    <w:rsid w:val="05BE3D95"/>
+    <w:rsid w:val="05C313AC"/>
+    <w:rsid w:val="06BC6527"/>
+    <w:rsid w:val="06FA6593"/>
+    <w:rsid w:val="073267E9"/>
+    <w:rsid w:val="07A174CB"/>
+    <w:rsid w:val="07DD49A7"/>
+    <w:rsid w:val="08332819"/>
+    <w:rsid w:val="083640B7"/>
+    <w:rsid w:val="086329D2"/>
+    <w:rsid w:val="094E71DE"/>
+    <w:rsid w:val="09572537"/>
+    <w:rsid w:val="09BC683E"/>
+    <w:rsid w:val="0B226B74"/>
+    <w:rsid w:val="0B753148"/>
+    <w:rsid w:val="0C01678A"/>
+    <w:rsid w:val="0CC872A8"/>
+    <w:rsid w:val="0CF62067"/>
+    <w:rsid w:val="0CF93299"/>
+    <w:rsid w:val="0D674EF4"/>
+    <w:rsid w:val="0DFF4F4B"/>
+    <w:rsid w:val="0EA0228A"/>
+    <w:rsid w:val="0EE4486D"/>
+    <w:rsid w:val="0EEE7499"/>
+    <w:rsid w:val="0F865924"/>
+    <w:rsid w:val="0FDC192C"/>
+    <w:rsid w:val="100C6FAD"/>
+    <w:rsid w:val="10572E1C"/>
+    <w:rsid w:val="115A0E16"/>
+    <w:rsid w:val="11E44B84"/>
+    <w:rsid w:val="11E9219A"/>
+    <w:rsid w:val="124B76B6"/>
+    <w:rsid w:val="124F2EE4"/>
+    <w:rsid w:val="125B6DD1"/>
+    <w:rsid w:val="12C0114D"/>
+    <w:rsid w:val="138D0097"/>
+    <w:rsid w:val="139879D4"/>
+    <w:rsid w:val="13CB4825"/>
+    <w:rsid w:val="13E946D3"/>
+    <w:rsid w:val="15785D0F"/>
+    <w:rsid w:val="16493207"/>
+    <w:rsid w:val="16783AEC"/>
+    <w:rsid w:val="16EB0762"/>
+    <w:rsid w:val="16F92E7F"/>
+    <w:rsid w:val="171852BA"/>
+    <w:rsid w:val="17780248"/>
+    <w:rsid w:val="186B1B5B"/>
+    <w:rsid w:val="18B84674"/>
+    <w:rsid w:val="1968609A"/>
+    <w:rsid w:val="197467ED"/>
+    <w:rsid w:val="19762565"/>
+    <w:rsid w:val="19F425B1"/>
+    <w:rsid w:val="1AE856E5"/>
+    <w:rsid w:val="1BF43C15"/>
+    <w:rsid w:val="1C0003D1"/>
+    <w:rsid w:val="1C632B49"/>
+    <w:rsid w:val="1C744D56"/>
+    <w:rsid w:val="1C8925AF"/>
+    <w:rsid w:val="1C9D2D61"/>
+    <w:rsid w:val="1CCF5E36"/>
+    <w:rsid w:val="1CF53206"/>
+    <w:rsid w:val="1E58492F"/>
+    <w:rsid w:val="1E773B70"/>
+    <w:rsid w:val="1E9A6CF6"/>
+    <w:rsid w:val="1EAC07D7"/>
+    <w:rsid w:val="1EEB7551"/>
+    <w:rsid w:val="1FFC578E"/>
+    <w:rsid w:val="2059673D"/>
+    <w:rsid w:val="20AC4ABE"/>
+    <w:rsid w:val="20BD316F"/>
+    <w:rsid w:val="20C5446B"/>
+    <w:rsid w:val="216E446A"/>
+    <w:rsid w:val="21B93937"/>
+    <w:rsid w:val="21EE732A"/>
+    <w:rsid w:val="225673D8"/>
+    <w:rsid w:val="228A0E2F"/>
+    <w:rsid w:val="22CF2CE6"/>
+    <w:rsid w:val="231B5F2B"/>
+    <w:rsid w:val="239B5EA4"/>
+    <w:rsid w:val="23D507D0"/>
+    <w:rsid w:val="243C43AB"/>
+    <w:rsid w:val="243D0FA6"/>
+    <w:rsid w:val="24591AE0"/>
+    <w:rsid w:val="245A2A83"/>
+    <w:rsid w:val="2462766C"/>
+    <w:rsid w:val="24AF1021"/>
+    <w:rsid w:val="25B00118"/>
+    <w:rsid w:val="260E1D77"/>
+    <w:rsid w:val="26490F70"/>
+    <w:rsid w:val="26753BA5"/>
+    <w:rsid w:val="268D5392"/>
+    <w:rsid w:val="27345D06"/>
+    <w:rsid w:val="27D50D9F"/>
+    <w:rsid w:val="286659BF"/>
+    <w:rsid w:val="286F0851"/>
+    <w:rsid w:val="288B76AF"/>
+    <w:rsid w:val="29A7676B"/>
+    <w:rsid w:val="29D67050"/>
+    <w:rsid w:val="2A094D30"/>
+    <w:rsid w:val="2A157B78"/>
+    <w:rsid w:val="2A6B59EA"/>
+    <w:rsid w:val="2B08148B"/>
+    <w:rsid w:val="2B0D0850"/>
+    <w:rsid w:val="2B7408CF"/>
+    <w:rsid w:val="2B794137"/>
+    <w:rsid w:val="2BC5737C"/>
+    <w:rsid w:val="2C332538"/>
+    <w:rsid w:val="2CE35A4D"/>
+    <w:rsid w:val="2D157E8F"/>
+    <w:rsid w:val="2D7503B1"/>
+    <w:rsid w:val="2DE96269"/>
+    <w:rsid w:val="2E4C5B33"/>
+    <w:rsid w:val="2F544C9F"/>
+    <w:rsid w:val="2FC35981"/>
+    <w:rsid w:val="30CB788F"/>
+    <w:rsid w:val="31E26D53"/>
+    <w:rsid w:val="31ED4F37"/>
+    <w:rsid w:val="351A4295"/>
+    <w:rsid w:val="361B6516"/>
+    <w:rsid w:val="36421CF5"/>
+    <w:rsid w:val="364D45CE"/>
+    <w:rsid w:val="36931254"/>
+    <w:rsid w:val="36EB2C9D"/>
+    <w:rsid w:val="37092813"/>
+    <w:rsid w:val="378303B7"/>
+    <w:rsid w:val="37D526F5"/>
+    <w:rsid w:val="38545D10"/>
+    <w:rsid w:val="387575C1"/>
+    <w:rsid w:val="38955F6C"/>
+    <w:rsid w:val="38E250CA"/>
+    <w:rsid w:val="39C43E56"/>
+    <w:rsid w:val="3A641269"/>
+    <w:rsid w:val="3A6B3068"/>
+    <w:rsid w:val="3B381919"/>
+    <w:rsid w:val="3BC62A80"/>
+    <w:rsid w:val="3BFA097C"/>
+    <w:rsid w:val="3C48729C"/>
+    <w:rsid w:val="3CB606B2"/>
+    <w:rsid w:val="3CD411CD"/>
+    <w:rsid w:val="3DC96858"/>
+    <w:rsid w:val="3DF06488"/>
+    <w:rsid w:val="3E5129D7"/>
+    <w:rsid w:val="3E9F7A4E"/>
+    <w:rsid w:val="3EE6168C"/>
+    <w:rsid w:val="3EE80F60"/>
+    <w:rsid w:val="3F3D74FE"/>
+    <w:rsid w:val="3F7722E4"/>
+    <w:rsid w:val="40112738"/>
+    <w:rsid w:val="40166E94"/>
+    <w:rsid w:val="40552625"/>
+    <w:rsid w:val="414A3380"/>
+    <w:rsid w:val="418C27C9"/>
+    <w:rsid w:val="42005B16"/>
+    <w:rsid w:val="428D09E1"/>
+    <w:rsid w:val="42F56341"/>
+    <w:rsid w:val="43000F6E"/>
+    <w:rsid w:val="434846C3"/>
+    <w:rsid w:val="43AD4526"/>
+    <w:rsid w:val="444430DC"/>
+    <w:rsid w:val="44937BC0"/>
+    <w:rsid w:val="44AF0E16"/>
+    <w:rsid w:val="44B71B00"/>
+    <w:rsid w:val="450D7972"/>
+    <w:rsid w:val="474927B8"/>
+    <w:rsid w:val="4767488A"/>
+    <w:rsid w:val="486C49B0"/>
+    <w:rsid w:val="48C22822"/>
+    <w:rsid w:val="48E629B4"/>
+    <w:rsid w:val="49DA3B9B"/>
+    <w:rsid w:val="4C0D0258"/>
+    <w:rsid w:val="4C536C12"/>
+    <w:rsid w:val="4CF716D2"/>
+    <w:rsid w:val="4EE2777A"/>
+    <w:rsid w:val="4F0E056F"/>
+    <w:rsid w:val="4F1E720E"/>
+    <w:rsid w:val="4F4D0794"/>
+    <w:rsid w:val="508F56DF"/>
+    <w:rsid w:val="516F77C0"/>
+    <w:rsid w:val="518E5997"/>
+    <w:rsid w:val="51AC22C1"/>
+    <w:rsid w:val="51DF61F2"/>
+    <w:rsid w:val="51F62E85"/>
+    <w:rsid w:val="52630BD1"/>
+    <w:rsid w:val="52950FA7"/>
+    <w:rsid w:val="52B2589F"/>
+    <w:rsid w:val="52C5188C"/>
+    <w:rsid w:val="52EA30A1"/>
+    <w:rsid w:val="534F1156"/>
+    <w:rsid w:val="53866F34"/>
+    <w:rsid w:val="5394125E"/>
+    <w:rsid w:val="53966D85"/>
+    <w:rsid w:val="54372312"/>
+    <w:rsid w:val="552E64E3"/>
+    <w:rsid w:val="56270168"/>
+    <w:rsid w:val="570566FB"/>
+    <w:rsid w:val="57391B27"/>
+    <w:rsid w:val="5860449E"/>
+    <w:rsid w:val="58F24A5D"/>
+    <w:rsid w:val="59633BAD"/>
+    <w:rsid w:val="59637C58"/>
+    <w:rsid w:val="597E600B"/>
+    <w:rsid w:val="598A2EE8"/>
+    <w:rsid w:val="59C12681"/>
+    <w:rsid w:val="5A3538B9"/>
+    <w:rsid w:val="5A8E4C59"/>
+    <w:rsid w:val="5AF6036F"/>
+    <w:rsid w:val="5B0B0058"/>
+    <w:rsid w:val="5B5437AD"/>
+    <w:rsid w:val="5B8F2A37"/>
+    <w:rsid w:val="5BD7618C"/>
+    <w:rsid w:val="5C070844"/>
+    <w:rsid w:val="5D973E25"/>
+    <w:rsid w:val="5DDC3F2E"/>
+    <w:rsid w:val="5E4A0E97"/>
+    <w:rsid w:val="5E5835B4"/>
+    <w:rsid w:val="5ED10157"/>
+    <w:rsid w:val="5F221E14"/>
+    <w:rsid w:val="5F526256"/>
+    <w:rsid w:val="5F914E71"/>
+    <w:rsid w:val="5FEB66AA"/>
+    <w:rsid w:val="61932B55"/>
+    <w:rsid w:val="62821AAC"/>
+    <w:rsid w:val="63497970"/>
+    <w:rsid w:val="6365313A"/>
+    <w:rsid w:val="63B461E4"/>
+    <w:rsid w:val="645C36D2"/>
+    <w:rsid w:val="645F7A93"/>
+    <w:rsid w:val="64E70097"/>
+    <w:rsid w:val="65385EEE"/>
+    <w:rsid w:val="65393A14"/>
+    <w:rsid w:val="65A25A5D"/>
+    <w:rsid w:val="66540B05"/>
+    <w:rsid w:val="67AC3573"/>
+    <w:rsid w:val="6828049B"/>
+    <w:rsid w:val="68742AA3"/>
+    <w:rsid w:val="68D538A3"/>
+    <w:rsid w:val="69112CDD"/>
+    <w:rsid w:val="6943024E"/>
+    <w:rsid w:val="6B79100E"/>
+    <w:rsid w:val="6BE768BF"/>
+    <w:rsid w:val="6CC938CF"/>
+    <w:rsid w:val="6CF941B4"/>
+    <w:rsid w:val="6D3451EC"/>
+    <w:rsid w:val="6DE05374"/>
+    <w:rsid w:val="6E315BD0"/>
+    <w:rsid w:val="6E764006"/>
+    <w:rsid w:val="6EAE506D"/>
+    <w:rsid w:val="6F6A5F99"/>
+    <w:rsid w:val="6F7C2E7B"/>
+    <w:rsid w:val="6FC85BF5"/>
+    <w:rsid w:val="702C664F"/>
+    <w:rsid w:val="7040034C"/>
+    <w:rsid w:val="70972B53"/>
+    <w:rsid w:val="717209D9"/>
+    <w:rsid w:val="71C07997"/>
+    <w:rsid w:val="74827185"/>
+    <w:rsid w:val="74A60CB8"/>
+    <w:rsid w:val="751F2C26"/>
+    <w:rsid w:val="754548E7"/>
+    <w:rsid w:val="75AD0232"/>
+    <w:rsid w:val="760140DA"/>
+    <w:rsid w:val="77B75398"/>
+    <w:rsid w:val="77D575CC"/>
+    <w:rsid w:val="78061E7B"/>
+    <w:rsid w:val="7A2B7977"/>
+    <w:rsid w:val="7A5946E0"/>
+    <w:rsid w:val="7A965AB5"/>
+    <w:rsid w:val="7BA75723"/>
+    <w:rsid w:val="7BFB44B7"/>
+    <w:rsid w:val="7C961A20"/>
+    <w:rsid w:val="7C9E2682"/>
+    <w:rsid w:val="7DB303AF"/>
+    <w:rsid w:val="7DBF0B02"/>
+    <w:rsid w:val="7ED74465"/>
+    <w:rsid w:val="7F17671C"/>
+    <w:rsid w:val="7F6A41C0"/>
+    <w:rsid w:val="7FB1460D"/>
+    <w:rsid w:val="7FE02FB2"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="340" w:beforeLines="0" w:beforeAutospacing="0" w:after="330" w:afterLines="0" w:afterAutospacing="0" w:line="576" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="9">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="7">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+    <w:pPr>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="zh-CN" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="7"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="10">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="9"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="WPSOffice手动目录 1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="WPSOffice手动目录 2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>6</Pages>
+  <Words>1156</Words>
+  <Characters>1172</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1201</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15374_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>L.</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15374</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>39D0F293D8804CB1BC7DAB3C00059668_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>