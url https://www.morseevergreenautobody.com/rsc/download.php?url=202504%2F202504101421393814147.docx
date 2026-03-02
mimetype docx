--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,45 +1,1860 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t>济南市新市民、青年人租赁住房补贴申报流程图</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1276350</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>39370</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2999740" cy="692150"/>
+                <wp:effectExtent l="6350" t="6350" r="22860" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="470618454" name="矩形 470618454"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2999740" cy="692150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>申请人下载“爱山东泉城办”APP注册个人账号，申领泉城安居电子卡</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:100.5pt;margin-top:3.1pt;height:54.5pt;width:236.2pt;z-index:251660288;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJARgsUh9UAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQU+EMBSE7yb+h+aZeHNbUNEgZQ9Gb15AD3p7SysQ21dC&#10;uwv4632e9DiZycw31X71TpzsHMdAGrKdAmGpC2akXsPb6/PVPYiYkAy6QFbDZiPs6/OzCksTFmrs&#10;qU294BKKJWoYUppKKWM3WI9xFyZL7H2G2WNiOffSzLhwuXcyV6qQHkfihQEn+zjY7qs9eg3Yrh/b&#10;tr0vi2ycGp++m6l9abS+vMjUA4hk1/QXhl98RoeamQ7hSCYKpyFXGX9JGoocBPvF3fUNiAMHs9sc&#10;ZF3J/w/qH1BLAwQUAAAACACHTuJAEstJQHwCAAAPBQAADgAAAGRycy9lMm9Eb2MueG1srVRLbtsw&#10;EN0X6B0I7hvJhhPHRuTAiOGiQNAEcIuuaYqyCPBXkv6klynQXQ/R4xS9Rh8pJXHSLLKoFtQM5/9m&#10;hheXB63ITvggrano4KSkRBhua2k2Ff38afnunJIQmamZskZU9E4Eejl7++Zi76ZiaFurauEJnJgw&#10;3buKtjG6aVEE3grNwol1wkDYWK9ZBOs3Re3ZHt61KoZleVbsra+dt1yEgNtFJ6S9R/8ah7ZpJBcL&#10;y7damNh59UKxiJJCK12gs5xt0wgeb5omiEhURVFpzCeCgF6ns5hdsOnGM9dK3qfAXpPCs5o0kwZB&#10;H1wtWGRk6+U/rrTk3gbbxBNuddEVkhFBFYPyGTarljmRawHUwT2AHv6fW/5xd+uJrCs6Gpdng/PR&#10;6YgSwzQa/+f7z9+/fpDHe2C1d2EKk5W79T0XQKbCD43X6Y+SyCHje/eArzhEwnE5nEwm4xGg55Cd&#10;TYaD09yA4tHa+RDfC6tJIirq0b8MK9tdh4iIUL1XScGCVbJeSqUy4zfrK+XJjqHXy/yl9sLkiZoy&#10;ZI+5H47LlAjDBDeYHJDaAYVgNpQwtcFq8Ohz7CfW4ThImb+XgqQkFyy0XTLZQzdqWkZsj5K6oufH&#10;1sog04Ruh2ei4mF96EFe2/oObfK2m9/g+FIiwjUL8ZZ5DCxKwUrHGxyNsqjP9hQlrfXfXrpP+pgj&#10;SCnZYwFQ+9ct84IS9cFgwiaDUWpVzMzodDwE448l62OJ2eorC9wHeDwcz2TSj+qebLzVX7D58xQV&#10;ImY4Ynco98xV7BYTbwcX83lWw5Y4Fq/NyvHkPPXZ2Pk22kbmeUhAdej0+GFPcs/7nU6LeMxnrcd3&#10;bPYXUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY8&#10;0QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62&#10;tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/Y&#10;KTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dv&#10;uhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFO&#10;wzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrk&#10;Ki+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQ&#10;KQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si47&#10;3FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaO&#10;a9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA&#10;6gQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAA&#10;AAAAABAAAADMAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAg&#10;AAAA8AMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQ&#10;AAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJARgsUh9UAAAAJAQAADwAAAAAAAAABACAAAAAiAAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQBLLSUB8AgAADwUAAA4AAAAAAAAAAQAgAAAA&#10;JAEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAABIGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>申请人下载“爱山东泉城办”APP注册个人账号，申领泉城安居电子卡</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2771140</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>34290</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1625544519" name="直接箭头连接符 1625544519"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:218.2pt;margin-top:2.7pt;height:21.6pt;width:0pt;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAIzGG6dYAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXBB1CiEqIU7VglCBG20fwI23SRp7&#10;HcXu39uzqAc47Y5mNPttMT05Kw44hNaTgvEoAYFUedNSrWC9er+fgAhRk9HWEyo4Y4BpeX1V6Nz4&#10;I33jYRlrwSUUcq2gibHPpQxVg06Hke+R2Nv6wenIcqilGfSRy52VD0mSSadb4guN7vG1wapb7p2C&#10;7e4zm6fV7msRzu7u43nW+TfbKXV7M05eQEQ8xb8w/OIzOpTMtPF7MkFYBeljlnJUwRMP9i96w8sk&#10;A1kW8v8D5Q9QSwMEFAAAAAgAh07iQKLq5B8MAgAA7wMAAA4AAABkcnMvZTJvRG9jLnhtbK1TS3IT&#10;MRDdU8UdVNrjsR3bBJfHWdiEDQWpAg7Q1mhmVKVftRSPfQkuQBUrYEVYZc9pIByDlsY4IWyyYBaa&#10;1qdf671+WpztjGZbiUE5W/LRYMiZtMJVyjYlf/f2/MkpZyGCrUA7K0u+l4GfLR8/WnR+LseudbqS&#10;yAjEhnnnS97G6OdFEUQrDYSB89LSZu3QQKQpNkWF0BG60cV4OJwVncPKoxMyBFpd95v8gIgPAXR1&#10;rYRcO3FppI09KkoNkSiFVvnAl/m2dS1FfF3XQUamS05MYx6pCMWbNBbLBcwbBN8qcbgCPOQK9zgZ&#10;UJaKHqHWEIFdovoHyiiBLrg6DoQzRU8kK0IsRsN72rxpwcvMhaQO/ih6+H+w4tX2ApmqyAmz8XQ6&#10;mUxHzzizYKjzNx+uf77/fPPt6sen61/fP6b46xd25xyJ1/kwJ4yVvcDDLPgLTErsajTpTxzZLgu+&#10;Pwoud5GJflHQ6vjp5GSce1Hc5nkM8YV0hqWg5CEiqKaNK2ctddXhKOsN25chUmVK/JOQilp3rrTO&#10;zdWWdSWfnUyp5QLIsDUZhULjiXSwDWegG3oJImJGDE6rKmUnnIDNZqWRbSH5J3/JMlTtr2Op9BpC&#10;25/LW72zjIr0WLQyJT89ZsM8gtLPbcXi3pPOgOi6A6y2hJ5E7WVM0cZV+6xuXicf5PoHzyaj3Z3n&#10;7Nt3uvwNUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAAewQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAABdAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAAgQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAIzGG6dYAAAAIAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQKLq5B8MAgAA7wMAAA4AAAAAAAAAAQAg&#10;AAAAJQEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKMFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1333500</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>108585</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="490647228" name="矩形 490647228"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>单位添加申请人信息</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:105pt;margin-top:8.55pt;height:35.15pt;width:238.7pt;z-index:251672576;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAWHfab9YAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PvU7DQBCEeyTe4bRIdOTOEUoi43OKCDoaGwrSbXyLbeV+&#10;LN8ltnl6NhVUq9GMZr8p9rOz4kpj7IPXkK0UCPJNML1vNXx+vD3tQMSE3qANnjQsFGFf3t8VmJsw&#10;+YqudWoFl/iYo4YupSGXMjYdOYyrMJBn7zuMDhPLsZVmxInLnZVrpTbSYe/5Q4cDHTpqzvXFacB6&#10;Pi7L8jVNsrKqf/2phvq90vrxIVMvIBLN6S8MN3xGh5KZTuHiTRRWwzpTvCWxsc1AcGCz2z6DOGm4&#10;XVkW8v+C8hdQSwMEFAAAAAgAh07iQF4s4SR7AgAADwUAAA4AAABkcnMvZTJvRG9jLnhtbK1US27b&#10;MBDdF+gdCO4byY7yMyIHRgwXBYImQFp0TVOURYC/kvQnvUyB7nqIHqfoNfpIKYmTZpFFtaBmOMM3&#10;M48zPL/YaUU2wgdpTU1HByUlwnDbSLOq6edPi3enlITITMOUNaKmdyLQi+nbN+dbNxFj21nVCE8A&#10;YsJk62raxegmRRF4JzQLB9YJA2NrvWYRql8VjWdboGtVjMvyuNha3zhvuQgBu/PeSAdE/xpA27aS&#10;i7nlay1M7FG9UCyipNBJF+g0Z9u2gsfrtg0iElVTVBrziiCQl2ktpudssvLMdZIPKbDXpPCsJs2k&#10;QdAHqDmLjKy9/AdKS+5tsG084FYXfSGZEVQxKp9xc9sxJ3ItoDq4B9LD/4PlHzc3nsimptVZeVyd&#10;jMe4fsM0Lv7P95+/f/0gj/vgauvCBEdu3Y0ftAAxFb5rvU5/lER2md+7B37FLhKOzcPycAQ4Sjhs&#10;VXVclUfpAorH086H+F5YTZJQU4/7y7SyzVWIveu9SwoWrJLNQiqVFb9aXipPNgx3vcjfgP7ETRmy&#10;Rd+PT8qUCEMHt+gciNqBhWBWlDC1wmjw6HPsJ6fDfpAyfy8FSUnOWej6ZDJCcmMTLSOmR0ld09P9&#10;08qAh8Ruz2eS4m65G0he2uYO1+Rt37/B8YVEhCsW4g3zaFiUgpGO11haZVGfHSRKOuu/vbSf/NFH&#10;sFKyxQCg9q9r5gUl6oNBh52NqgqwMSvV0ckYit+3LPctZq0vLXgf4fFwPIvJP6p7sfVWf8Hkz1JU&#10;mJjhiN2zPCiXsR9MvB1czGbZDVPiWLwyt44n8EShsbN1tK3M/ZCI6tkZ+MOc5I4aZjoN4r6evR7f&#10;selfUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY8&#10;0QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62&#10;tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/Y&#10;KTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dv&#10;uhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFO&#10;wzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrk&#10;Ki+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQ&#10;KQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si47&#10;3FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaO&#10;a9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA&#10;6gQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAA&#10;AAAAABAAAADMAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAg&#10;AAAA8AMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQ&#10;AAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAWHfab9YAAAAJAQAADwAAAAAAAAABACAAAAAiAAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQF4s4SR7AgAADwUAAA4AAAAAAAAAAQAgAAAA&#10;JQEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAABIGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>单位添加申请人信息</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2876550</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>62865</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1924831227" name="直接箭头连接符 1924831227"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+                          <a:solidFill>
+                            <a:sysClr val="windowText" lastClr="000000"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                          <a:miter lim="800000"/>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:226.5pt;margin-top:4.95pt;height:21.6pt;width:0pt;z-index:251671552;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAuy8HrNcAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBRE90j9B+tWYoOoE/oQCbmpeAhBu6PwAW58m6Sx&#10;r6PYff09RixgOZrRzJliebZGHGnwrWOEdJKAIK6cbrlG+Pp8vb0H4YNirYxjQriQh2U5uipUrt2J&#10;P+i4CbWIJexzhdCE0OdS+qohq/zE9cTR27nBqhDlUEs9qFMst0beJclCWtVyXGhUT88NVd3mYBF2&#10;+9XiaVbt12/+Ym/es8fOvZgO8XqcJg8gAp3DXxh+8CM6lJFp6w6svTAIs/k0fgkIWQYi+r96izCf&#10;piDLQv4/UH4DUEsDBBQAAAAIAIdO4kBsyQTVHgIAABEEAAAOAAAAZHJzL2Uyb0RvYy54bWytU81u&#10;EzEQviPxDpbvZJNNaUOUTQ8J5YIgEuUBpl5v1pL/5HGzyUvwAkicgBPl1DtPA+UxGHtDCOXSA3vY&#10;Hds738z3zefZ+dZotpEBlbMVHw2GnEkrXK3suuJvLy+eTDjDCLYG7ays+E4iP58/fjTr/FSWrnW6&#10;loERiMVp5yvexuinRYGilQZw4Ly0dNi4YCDSMqyLOkBH6EYX5XB4WnQu1D44IRFpd9kf8j1ieAig&#10;axol5NKJayNt7FGD1BCJErbKI5/nbptGivi6aVBGpitOTGN+UxGKr9K7mM9gug7gWyX2LcBDWrjH&#10;yYCyVPQAtYQI7Dqof6CMEsGha+JAOFP0RLIixGI0vKfNmxa8zFxIavQH0fH/wYpXm1VgqiYnPCtP&#10;JuNRWZ5xZsHQ5O/e3/549+nu6833j7c/v31I8ZfP7Og/Eq/zOCWMhV2F/Qr9KiQltk0w6Usc2TYL&#10;vjsILreRiX5T0G55djIu8yyKP3k+YHwhnWEpqDjGAGrdxoWzlqbqwijrDZuXGKkyJf5OSEWtu1Ba&#10;5+Fqy7qKn46f0sgFkGEbMgqFxhNptGvOQK/pJogYMiI6reqUnXBwhwsd2AbIPuTh2nWX1DtnGjDS&#10;ARHKT7IRdfBXampnCdj2yfmod5tRkS6QVqbik0M2TCMo/dzWLO48aQ8huG4Pq21qRWY379km2Xuh&#10;U3Tl6l3Wv0grckruZu/qZMXjNcXHN3n+C1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9y&#10;ZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D&#10;0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPv&#10;l+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB6&#10;6Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ&#10;134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABb&#10;Q29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+P&#10;k7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKa&#10;uJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLp&#10;tDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT&#10;/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAAAAAAAEAIAAAAI4EAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAcAMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAJQDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAA&#10;AAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQLsvB6zXAAAA&#10;CAEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kBsyQTV&#10;HgIAABEEAAAOAAAAAAAAAAEAIAAAACYBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAC2&#10;BQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1358900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>104140</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2999740" cy="692150"/>
+                <wp:effectExtent l="6350" t="6350" r="22860" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="938618484" name="矩形 938618484"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2999740" cy="692150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>申请人通过“爱山东泉城办”APP向单位提出补贴申请</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:107pt;margin-top:8.2pt;height:54.5pt;width:236.2pt;z-index:251662336;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAGQ+89tYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQU+EMBCF7yb+h2ZMvLkFgmSDlD0YvXkBPbi3Lh2B2E4J&#10;7S7gr3f2pLeZeS9vvlcdVmfFBecwelKQ7hIQSJ03I/UKPt5fH/YgQtRktPWECjYMcKhvbypdGr9Q&#10;g5c29oJDKJRawRDjVEoZugGdDjs/IbH25WenI69zL82sFw53VmZJUkinR+IPg57wecDuuz07Bbpd&#10;j9u2fS6LbGwyvvw0U/vWKHV/lyZPICKu8c8MV3xGh5qZTv5MJgirIEtz7hJZKHIQbCj21+HEh+wx&#10;B1lX8n+F+hdQSwMEFAAAAAgAh07iQMPUCJh9AgAADwUAAA4AAABkcnMvZTJvRG9jLnhtbK1UzW4T&#10;MRC+I/EOlu90k5C2SdRNFTUKQqpopYI4O15v1pL/sJ1syssgceMh+jiI1+Czd9umpYce2IN3xvP/&#10;zYzPzvdakZ3wQVpT0uHRgBJhuK2k2ZT0y+fVuwklITJTMWWNKOmtCPR8/vbNWetmYmQbqyrhCZyY&#10;MGtdSZsY3awoAm+EZuHIOmEgrK3XLIL1m6LyrIV3rYrRYHBStNZXzlsuQsDtshPS3qN/jUNb15KL&#10;peVbLUzsvHqhWERJoZEu0HnOtq4Fj1d1HUQkqqSoNOYTQUCv01nMz9hs45lrJO9TYK9J4VlNmkmD&#10;oA+uliwysvXyH1dacm+DreMRt7roCsmIoIrh4Bk2Nw1zItcCqIN7AD38P7f80+7aE1mVdPp+cjKc&#10;jCdjSgzTaPyfH79+3/0kj/fAqnVhBpMbd+17LoBMhe9rr9MfJZF9xvf2AV+xj4TjcjSdTk/HgJ5D&#10;djIdDY9zA4pHa+dD/CCsJokoqUf/MqxsdxkiIkL1XiUFC1bJaiWVyozfrC+UJzuGXq/yl9oLkydq&#10;ypAWcz86HaREGCa4xuSA1A4oBLOhhKkNVoNHn2M/sQ6HQQb5eylISnLJQtMlkz10o6ZlxPYoqUs6&#10;ObRWBpkmdDs8ExX3630P8tpWt2iTt938BsdXEhEuWYjXzGNgUQpWOl7hqJVFfbanKGms//7SfdLH&#10;HEFKSYsFQO3ftswLStRHgwmbDsepVTEz4+PTERh/KFkfSsxWX1jgPsTj4Xgmk35U92Ttrf6KzV+k&#10;qBAxwxG7Q7lnLmK3mHg7uFgsshq2xLF4aW4cT85Tn41dbKOtZZ6HBFSHTo8f9iT3vN/ptIiHfNZ6&#10;fMfmfwFQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AADsBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAM4DAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAADyAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kAZD7z21gAAAAoBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAw9QImH0CAAAPBQAADgAAAAAAAAABACAA&#10;AAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFAYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>申请人通过“爱山东泉城办”APP向单位提出补贴申请</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2917190</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>240030</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="75177794" name="直接箭头连接符 75177794"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="4060190" y="2769870"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:229.7pt;margin-top:18.9pt;height:21.6pt;width:0pt;z-index:251666432;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAwelNPNcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBC1A6G0IZOKhxCPHYUPcONpksaP&#10;KHZff88gFrCcmaM755aLg7NiR2PsgkfIJgoE+TqYzjcIX5/PlzMQMWlvtA2eEI4UYVGdnpS6MGHv&#10;P2i3TI3gEB8LjdCmNBRSxrolp+MkDOT5tg6j04nHsZFm1HsOd1ZeKTWVTneeP7R6oMeW6n65dQjr&#10;zdv0Ia837y/x6C5e5/d9eLI94vlZpu5AJDqkPxh+9FkdKnZaha03UViE/GaeM4pwfcsVGPhdrBBm&#10;mQJZlfJ/g+obUEsDBBQAAAAIAIdO4kAH/g7vFgIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWytU82O&#10;0zAQviPxDpbvNGm325+o6R5alguClYAHcB0nseQ/jb1N+xK8ABIn4ASc9s7TwPIYjJ3QheWyB3Jw&#10;xp6Zb2Y+f15dHLQiewFeWlPS8SinRBhuK2makr55fflkQYkPzFRMWSNKehSeXqwfP1p1rhAT21pV&#10;CSAIYnzRuZK2IbgiyzxvhWZ+ZJ0w6KwtaBZwC01WAesQXatskuezrLNQObBceI+n295JB0R4CKCt&#10;a8nF1vJrLUzoUUEoFnAk30rn6Tp1W9eCh5d17UUgqqQ4aUgrFkF7F9dsvWJFA8y1kg8tsIe0cG8m&#10;zaTBoieoLQuMXIP8B0pLDtbbOoy41Vk/SGIEpxjn97h51TIn0ixItXcn0v3/g+Uv9ldAZFXS+fl4&#10;Pp8vp5QYpvHeb9/d/Hj78fbrl+8fbn5+ex/tz5/IKQqJ65wvMH9jrmDYeXcFkYVDDTr+cT5yKOk0&#10;n+XjJVJ+LOlkPlsu5gPx4hAIxwB08eSbnk2SK7vDcODDM2E1iUZJfQAmmzZsrDF4uxbGiXe2f+4D&#10;doGJvxNiA8ZeSqXSJStDupLOzs5jMYbCrVEwaGqHw3vTUMJUgy+CB0iI3ipZxeyI46HZbRSQPYs6&#10;Sl+UDlb7KyyW3jLf9nHJ1StMy4CPRkld0sUpmxWBSfXUVCQcHTLOAGw3wCqD6JHgntJo7Wx1TEyn&#10;c9RDqj9oNwruz33Kvnuv619QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwME&#10;FAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNO&#10;L6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7&#10;u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBu&#10;mOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un&#10;3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz&#10;/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnW&#10;PY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9W&#10;Q0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba&#10;1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAAAAAAABACAAAACGBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAGAAAAAAAAAAAAEAAAAGgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAAAAAAABACAAAACMAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDB6U081wAAAAkBAAAPAAAA&#10;AAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAB/4O7xYCAAD3AwAA&#10;DgAAAAAAAAABACAAAAAmAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAArgUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1341755</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>250190</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="125538860" name="矩形 125538860"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>学校管理员审核</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:105.65pt;margin-top:19.7pt;height:35.15pt;width:238.7pt;z-index:251667456;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA2ToFB9gAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNROi9o0jdMBwcaSwADbNT6SqLEd&#10;xW6T8Os5JhhP79N73+XH2fbiSmPovNOQrBQIcrU3nWs0vL+9PKQgQkRnsPeONCwU4Fjc3uSYGT+5&#10;kq5VbASXuJChhjbGIZMy1C1ZDCs/kOPsy48WI59jI82IE5fbXq6V2kqLneOFFgd6aqk+VxerAav5&#10;c1mWj2mSZa+65+9yqF5Lre/vEnUAEWmOfzD86rM6FOx08hdngug1rJNkw6iGzf4RBAPbNN2BODGp&#10;9juQRS7/v1D8AFBLAwQUAAAACACHTuJA+kH8oHwCAAAPBQAADgAAAGRycy9lMm9Eb2MueG1srVTN&#10;btswDL4P2DsIuq92UqdNgzpF0CDDgGIt0A07K7IUC9DfKCVO9zIDdttD7HGGvcYo2W3Troce5oNM&#10;ihTJ7xOp84u90WQnIChnazo6KikRlrtG2U1NP39avZtSEiKzDdPOipreiUAv5m/fnHd+JsaudboR&#10;QDCIDbPO17SN0c+KIvBWGBaOnBcWjdKBYRFV2BQNsA6jG12My/Kk6Bw0HhwXIeDusjfSISK8JqCT&#10;UnGxdHxrhI19VBCaRYQUWuUDnedqpRQ8XksZRCS6pog05hWToLxOazE/Z7MNMN8qPpTAXlPCM0yG&#10;KYtJH0ItWWRkC+qfUEZxcMHJeMSdKXogmRFEMSqfcXPbMi8yFqQ6+AfSw/8Lyz/uboCoBjthPJkc&#10;T6cnyIxlBi/+z/efv3/9II/7yFXnwwyP3PobGLSAYgK+l2DSHyGRfeb37oFfsY+E4+ZxeTyqzjAB&#10;R1tVnVTlJF1A8XjaQ4jvhTMkCTUFvL9MK9tdhdi73rukZMFp1ayU1lmBzfpSA9kxvOtV/oboT9y0&#10;JV1Ce1qmQhh2sMTOQdF4ZCHYDSVMb3A0eISc+8npcJikzN9LSVKRSxbavpgcIbmxmVERp0crU9Pp&#10;4WltkYfEbs9nkuJ+vR9IXrvmDq8JXN+/wfOVwgxXLMQbBtiwCAVHOl7jIrVDfG6QKGkdfHtpP/lj&#10;H6GVkg4HALF/3TIQlOgPFjvsbFRVGDZmpZqcjlGBQ8v60GK35tIh7yN8PDzPYvKP+l6U4MwXnPxF&#10;yoomZjnm7lkelMvYDya+HVwsFtkNp8SzeGVvPU/BE4XWLbbRSZX7IRHVszPwh3OSO2qY6TSIh3r2&#10;enzH5n8BUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAA7QQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAADPAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAA8wMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJA2ToFB9gAAAAKAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQPpB/KB8AgAADwUAAA4AAAAAAAAAAQAg&#10;AAAAJwEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAABUGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>学校管理员审核</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2932430</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>68580</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="343535"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1975013100" name="直接箭头连接符 1975013100"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="343535"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:230.9pt;margin-top:5.4pt;height:27.05pt;width:0pt;z-index:251668480;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAadtRW9cAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbFBrB0URDXEqHkI8dpR+gBtPkzT2&#10;OIrd198ziAWsRjP36s651fLknTjgFPtAGrK5AoHUBNtTq2H99TK7AxGTIWtcINRwxgjL+vKiMqUN&#10;R/rEwyq1gkMolkZDl9JYShmbDr2J8zAisbYNkzeJ16mVdjJHDvdO3ipVSG964g+dGfGpw2ZY7b2G&#10;7e69eMyb3cdrPPubt8XDEJ7doPX1VabuQSQ8pT8z/OAzOtTMtAl7slE4DXmRMXpiQfFkw+9ho6HI&#10;FyDrSv5vUH8DUEsDBBQAAAAIAIdO4kDtnWf5CgIAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWytU81u&#10;EzEQviPxDpbvZJOGlLLKpoeEckEQCXiAide7a8l/GrvZ5CV4ASROwAk49c7TQHkMxt6QlnLpgT14&#10;x2PPN/4+f56f74xmW4lBOVvxyWjMmbTC1cq2FX/75uLRGWchgq1BOysrvpeBny8ePpj3vpQnrnO6&#10;lsgIxIay9xXvYvRlUQTRSQNh5Ly0tNg4NBBpim1RI/SEbnRxMh6fFr3D2qMTMgTKroZFfkDE+wC6&#10;plFCrpy4NNLGARWlhkiUQqd84It82qaRIr5qmiAj0xUnpjGP1ITiTRqLxRzKFsF3ShyOAPc5wh1O&#10;BpSlpkeoFURgl6j+gTJKoAuuiSPhTDEQyYoQi8n4jjavO/AycyGpgz+KHv4frHi5XSNTNTnh6ZPZ&#10;eDKdjEkaC4Zu/vr91c93n66/ff3x8erX9w8p/vKZ3dpH4vU+lISxtGs8zIJfY1Ji16BJf+LIdlnw&#10;/VFwuYtMDElB2enj6Ww6S3dR3NR5DPG5dIaloOIhIqi2i0tnLd2qw0nWG7YvQhwK/xSkptZdKK0p&#10;D6W2rK/46XRGvASQYRsyCoXGE+lgW85At/QSRMSMGJxWdapOxQHbzVIj20LyT/4Ox/xrW2q9gtAN&#10;+/LS4CyjIj0WrUzFz47VUEZQ+pmtWdx70hkQXX+A1ZZESKIOMqZo4+p9VjfnyQdZpoNnk9Fuz3P1&#10;zTtd/AZQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AAB6BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAFwDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAACAAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBp21Fb1wAAAAkBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA7Z1n+QoCAADvAwAADgAAAAAAAAABACAA&#10;AAAmAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAogUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1339850</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>15240</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="412750"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="485910563" name="矩形 485910563"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="412750"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:spacing w:line="360" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>区县住房城乡建设部门审核</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:spacing w:line="360" w:lineRule="auto"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:105.5pt;margin-top:1.2pt;height:32.5pt;width:238.7pt;z-index:251669504;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzzshnNQAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNROVZUoxOmAYGNJYIDtGrtJVPsc&#10;xW6T8Os5Jti+03t69155WLwTVzvFIZCGbKNAWGqDGajT8PH++pCDiAnJoAtkNaw2wqG6vSmxMGGm&#10;2l6b1AkOoVighj6lsZAytr31GDdhtMTaKUweE59TJ82EM4d7J7dK7aXHgfhDj6N97m17bi5eAzbL&#10;17qun/Msa6eGl+96bN5qre/vMvUEItkl/Znhtz5Xh4o7HcOFTBROwzbLeEti2IFgfZ/nDEeGxx3I&#10;qpT/B1Q/UEsDBBQAAAAIAIdO4kAXd17+fQIAAA8FAAAOAAAAZHJzL2Uyb0RvYy54bWytVEtu2zAQ&#10;3RfoHQjuG8mOnThG5MCI4aJA0ARIi65pirII8FeS/qSXKdBdD9HjFL1GHyklcdIssqgW1Azn/2aG&#10;5xd7rchW+CCtqejgqKREGG5radYV/fxp+W5CSYjM1ExZIyp6JwK9mL19c75zUzG0rVW18AROTJju&#10;XEXbGN20KAJvhWbhyDphIGys1yyC9eui9mwH71oVw7I8KXbW185bLkLA7aIT0t6jf41D2zSSi4Xl&#10;Gy1M7Lx6oVhESaGVLtBZzrZpBI/XTRNEJKqiqDTmE0FAr9JZzM7ZdO2ZayXvU2CvSeFZTZpJg6AP&#10;rhYsMrLx8h9XWnJvg23iEbe66ArJiKCKQfkMm9uWOZFrAdTBPYAe/p9b/nF744msKzqajM8G5fjk&#10;mBLDNBr/5/vP379+kMd7YLVzYQqTW3fjey6ATIXvG6/THyWRfcb37gFfsY+E4/K4PB6MzgA9h2w0&#10;GJ6OcwOKR2vnQ3wvrCaJqKhH/zKsbHsVIiJC9V4lBQtWyXoplcqMX68ulSdbhl4v85faC5MnasqQ&#10;HeZ+eFqmRBgmuMHkgNQOKASzpoSpNVaDR59jP7EOh0HK/L0UJCW5YKHtkskeulHTMmJ7lNQVnRxa&#10;K4NME7odnomK+9W+B3ll6zu0ydtufoPjS4kIVyzEG+YxsCgFKx2vcTTKoj7bU5S01n976T7pY44g&#10;pWSHBUDtXzfMC0rUB4MJOxuMRnAbMzManw7B+EPJ6lBiNvrSAvcBHg/HM5n0o7onG2/1F2z+PEWF&#10;iBmO2B3KPXMZu8XE28HFfJ7VsCWOxStz63hynvps7HwTbSPzPCSgOnR6/LAnuef9TqdFPOSz1uM7&#10;NvsLUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY8&#10;0QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62&#10;tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/Y&#10;KTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dv&#10;uhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFO&#10;wzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrk&#10;Ki+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQ&#10;KQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si47&#10;3FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaO&#10;a9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA&#10;6gQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAA&#10;AAAAABAAAADMAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAg&#10;AAAA8AMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQ&#10;AAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAzzshnNQAAAAIAQAADwAAAAAAAAABACAAAAAiAAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQBd3Xv59AgAADwUAAA4AAAAAAAAAAQAgAAAA&#10;IwEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAABIGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:spacing w:line="360" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>区县住房城乡建设部门审核</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:spacing w:line="360" w:lineRule="auto"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2957195</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>158115</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="343535"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1810046929" name="直接箭头连接符 1810046929"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="343535"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:232.85pt;margin-top:12.45pt;height:27.05pt;width:0pt;z-index:251670528;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAPuLxs9gAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBC1W4WUhEwqHkI8dhQ+wE2mSRp7&#10;HMXu6+/rigUsZ+bozrnF4mCN2NHoO8cI04kCQVy5uuMG4ef79fYehA+aa20cE8KRPCzKy4tC57Xb&#10;8xftlqERMYR9rhHaEIZcSl+1ZLWfuIE43tZutDrEcWxkPep9DLdGzpRKpdUdxw+tHui5papfbi3C&#10;evORPiXV5vPNH+3Ne/bYuxfTI15fTdUDiECH8AfDWT+qQxmdVm7LtRcGIUnv5hFFmCUZiAj8LlYI&#10;80yBLAv5v0F5AlBLAwQUAAAACACHTuJAsMsw4QsCAADvAwAADgAAAGRycy9lMm9Eb2MueG1srVPN&#10;jtMwEL4j8Q6W7zRpu626UdM9tCwXBJWAB5g6TmLJf7K9TfsSvAASJ+AEe9o7TwPLYzB2QndZLnsg&#10;B2c89nwz883n5cVBSbLnzgujSzoe5ZRwzUwldFPSd28vny0o8QF0BdJoXtIj9/Ri9fTJsrMFn5jW&#10;yIo7giDaF50taRuCLbLMs5Yr8CNjucbD2jgFAbeuySoHHaIrmU3yfJ51xlXWGca9R++mP6QDonsM&#10;oKlrwfjGsCvFdehRHZcQsCXfCuvpKlVb15yF13XteSCypNhpSCsmQXsX12y1hKJxYFvBhhLgMSU8&#10;6EmB0Jj0BLWBAOTKiX+glGDOeFOHETMq6xtJjGAX4/wBN29asDz1glR7eyLd/z9Y9mq/dURUqITF&#10;OM/P5ueTc0o0KJz87Yebn+8/315/+/Hp5tf3j9H++oXcu4fkddYXiLHWWzfsvN26yMShdir+sUdy&#10;SIQfT4TzQyCsdzL0Ts+ms+ksziK7i7POhxfcKBKNkvrgQDRtWButcarGjRPfsH/pQx/4JyAm1eZS&#10;SIl+KKQmXUnn0xmOnAEKtkahoKksNu11QwnIBl8CCy4heiNFFaNjsHfNbi0d2UPUT/qGMv+6FlNv&#10;wLf9vXTUK0uJgI9FClXSxSkaigBCPtcVCUeLPINzphtgpUYSIqk9jdHameqY2E1+1EGiadBsFNr9&#10;fYq+e6er31BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2Ipj&#10;GltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P&#10;+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC63&#10;0sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM&#10;649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1s&#10;lZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY&#10;2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0row&#10;QkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0J&#10;eUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0&#10;sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEA&#10;IAAAAHwEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AAAAAAAAAAAQAAAAXgMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAA&#10;AAEAIAAAAIIDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAA&#10;AAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQD7i8bPYAAAACQEAAA8AAAAAAAAAAQAgAAAA&#10;IgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kCwyzDhCwIAAO8DAAAOAAAAAAAAAAEA&#10;IAAAACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACkBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1327150</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>143510</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="457200"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="75753993" name="矩形 75753993"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="457200"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>审核通过予以公示</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:104.5pt;margin-top:11.3pt;height:36pt;width:238.7pt;z-index:251663360;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJANsLqFdcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNRuVEVtiNMBwcaSwEC3a2ySCPsc&#10;xW6T8Os5Jtje6T29+155XLwTVzvFIZCG7UaBsNQGM1Cn4f3t5WEPIiYkgy6Q1bDaCMfq9qbEwoSZ&#10;anttUie4hGKBGvqUxkLK2PbWY9yE0RJ7n2HymPicOmkmnLncO5kplUuPA/GHHkf71Nv2q7l4Ddgs&#10;p3VdP+ZZ1k4Nz9/12LzWWt/fbdUjiGSX9BeGX3xGh4qZzuFCJgqnIVMH3pJYZDkIDuT7fAfirOGw&#10;y0FWpfy/oPoBUEsDBBQAAAAIAIdO4kANPdb4ewIAAA0FAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;EzEQviPxDpbvdJMmJU3UTRU1CkKqoFJBnB2vN2vJf9hONuVlkLjxEDwO4jX47N2maemhB/bgnfHM&#10;fOP5POOLy71WZCd8kNaUdHgyoEQYbitpNiX9/Gn15pySEJmpmLJGlPROBHo5f/3qonUzcWobqyrh&#10;CUBMmLWupE2MblYUgTdCs3BinTAw1tZrFqH6TVF51gJdq+J0MHhbtNZXzlsuQsDusjPSHtG/BNDW&#10;teRiaflWCxM7VC8UiygpNNIFOs+nrWvB48e6DiISVVJUGvOKJJDXaS3mF2y28cw1kvdHYC85wpOa&#10;NJMGSQ9QSxYZ2Xr5D5SW3Ntg63jCrS66QjIjqGI4eMLNbcOcyLWA6uAOpIf/B8s/7G48kVVJJ2eT&#10;s9F0OqLEMI17//P95+9fP8hhG0y1LswQcOtufK8FiKnsfe11+qMgss/s3h3YFftIODZHg9FwPAXx&#10;HLbx2QTNkOgvHqKdD/GdsJokoaQet5dJZbvrEDvXe5eULFglq5VUKit+s75SnuwYbnqVvx79kZsy&#10;pEXXn06QnHCG/q3RNxC1AwfBbChhaoPB4NHn3I+iw3GSQf6eS5IOuWSh6Q6TEZIbm2kZMTtK6pKe&#10;H0crAx4Sux2fSYr79b4neW2rO1ySt133BsdXEhmuWYg3zKNdUQoGOn7EUiuL+mwvUdJY/+25/eSP&#10;LoKVkhbtj9q/bpkXlKj3Bv01HY7HgI1ZyZdFiT+2rI8tZquvLHgf4ulwPIsI9lHdi7W3+gvmfpGy&#10;wsQMR+6O5V65it1Y4uXgYrHIbpgRx+K1uXU8gScKjV1so61l7odEVMdOzx+mJHdUP9FpDI/17PXw&#10;is3/AlBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AOsEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAzQMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAPEDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQDbC6hXXAAAACQEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kANPdb4ewIAAA0FAAAOAAAAAAAAAAEAIAAA&#10;ACYBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAATBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>审核通过予以公示</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2959100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>165735</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="343535"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1167757354" name="直接箭头连接符 1167757354"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="343535"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:233pt;margin-top:13.05pt;height:27.05pt;width:0pt;z-index:251664384;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAXonF4NcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXBC1E1VRCdlU/AgBvVF4ADfeJmns&#10;dRS7f2+PEQc4zs5o9ptqeXJWHGgKvWeEbKZAEDfe9NwifH2+3C5AhKjZaOuZEM4UYFlfXlS6NP7I&#10;H3RYx1akEg6lRuhiHEspQ9OR02HmR+Lkbf3kdExyaqWZ9DGVOytzpQrpdM/pQ6dHeuqoGdZ7h7Dd&#10;vReP82a3eg1nd/N29zD4ZzsgXl9l6h5EpFP8C8MPfkKHOjFt/J5NEBZhXhRpS0TIiwxECvweNggL&#10;lYOsK/l/Qf0NUEsDBBQAAAAIAIdO4kAfvT9ICwIAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWytU81u&#10;1DAQviPxDpbvNLvdbltFm+2hS7kgqAQ8wKzjJJb8p7G72X0JXgCJE3CCnnrnaaA8BmMnbEu59EAO&#10;znjs+Wbmm8+Ls63RbCMxKGcrPj2YcCatcLWybcXfvb14dspZiGBr0M7Kiu9k4GfLp08WvS/loeuc&#10;riUyArGh7H3Fuxh9WRRBdNJAOHBeWjpsHBqItMW2qBF6Qje6OJxMjoveYe3RCRkCeVfDIR8R8TGA&#10;rmmUkCsnroy0cUBFqSFSS6FTPvBlrrZppIivmybIyHTFqdOYV0pC9jqtxXIBZYvgOyXGEuAxJTzo&#10;yYCylHQPtYII7ArVP1BGCXTBNfFAOFMMjWRGqIvp5AE3bzrwMvdCVAe/Jz38P1jxanOJTNWkhOnx&#10;ycn8ZDY/4syCocnffrj5+f7z7fW3H59ufn3/mOyvX9i9e0Re70NJGOf2Esdd8JeYmNg2aNKfemTb&#10;TPhuT7jcRiYGpyDv7Gg2n83TLIq7OI8hvpDOsGRUPEQE1Xbx3FlLU3U4zXzD5mWIQ+CfgJTUugul&#10;Nfmh1Jb1FT+ezWnkAkiwDQmFTOOp6WBbzkC39BJExIwYnFZ1ik7BAdv1uUa2gaSf/I1l/nUtpV5B&#10;6IZ7+WhQllGRHotWpuKn+2goIyj93NYs7jzxDIiuH2G1JRISqQONyVq7epfZzX7SQaZp1GwS2v19&#10;jr57p8vfUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAAewQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAABdAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAAgQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAXonF4NcAAAAJAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQB+9P0gLAgAA7wMAAA4AAAAAAAAAAQAg&#10;AAAAJgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKMFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1327150</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>297180</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3031490" cy="584200"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="99343759" name="矩形 99343759"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3031490" cy="584200"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>区县住房城乡建设部门与申请人在线签订租赁住房补贴协议</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:104.5pt;margin-top:23.4pt;height:46pt;width:238.7pt;z-index:251665408;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAIWqeWNcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNRuqaIQ4nRAsLEkMJTtGpskwj5H&#10;sdsk/HqOCcbTPb33feVh8U5c7BSHQBq2GwXCUhvMQJ2G97eXuxxETEgGXSCrYbURDtX1VYmFCTPV&#10;9tKkTnAJxQI19CmNhZSx7a3HuAmjJf59hslj4nPqpJlw5nLv5E6pTHociBd6HO1Tb9uv5uw1YLN8&#10;rOt6nGdZOzU8f9dj81prfXuzVY8gkl3SXxh+8RkdKmY6hTOZKJyGnXpgl6Rhn7ECB7I824M4cfI+&#10;z0FWpfyvUP0AUEsDBBQAAAAIAIdO4kALm7xAewIAAA0FAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;EzEQviPxDpbvdPNX2kTdVFGjIKQKKhXE2fF6s5b8h+1kU14GiRsPweMgXoPP3m2alh56YA/eGc/4&#10;m5nPM7643GtFdsIHaU1JhycDSoThtpJmU9LPn1ZvzikJkZmKKWtESe9EoJfz168uWjcTI9tYVQlP&#10;AGLCrHUlbWJ0s6IIvBGahRPrhIGxtl6zCNVvisqzFuhaFaPB4G3RWl85b7kIAbvLzkh7RP8SQFvX&#10;koul5VstTOxQvVAsoqTQSBfoPGdb14LHj3UdRCSqpKg05hVBIK/TWswv2GzjmWsk71NgL0nhSU2a&#10;SYOgB6gli4xsvfwHSkvubbB1POFWF10hmRFUMRw84ea2YU7kWkB1cAfSw/+D5R92N57IqqTT6Xgy&#10;PjudUmKYxr3/+f7z968f5LANploXZjhw6258rwWIqex97XX6oyCyz+zeHdgV+0g4NseD8XAyBfEc&#10;ttPzCZoh0V88nHY+xHfCapKEknrcXiaV7a5D7FzvXVKwYJWsVlKprPjN+kp5smO46VX+evRHbsqQ&#10;Fl0/OkNwwhn6t0bfQNQOHASzoYSpDQaDR59jPzodjoMM8vdckJTkkoWmSyYjJDc20zJidpTUJT0/&#10;Pq0MeEjsdnwmKe7X+57kta3ucEnedt0bHF9JRLhmId4wj3ZFKRjo+BFLrSzqs71ESWP9t+f2kz+6&#10;CFZKWrQ/av+6ZV5Qot4b9Nd0OJkANmZlcno2guKPLetji9nqKwveh3g6HM9i8o/qXqy91V8w94sU&#10;FSZmOGJ3LPfKVezGEi8HF4tFdsOMOBavza3jCTxRaOxiG20tcz8kojp2ev4wJbmj+olOY3isZ6+H&#10;V2z+F1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AOsEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAzQMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAPEDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQCFqnljXAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kALm7xAewIAAA0FAAAOAAAAAAAAAAEAIAAA&#10;ACYBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAATBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>区县住房城乡建设部门与申请人在线签订租赁住房补贴协议</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p/>
+    <w:p/>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>岗位职责联系人 ：张婷 联系方式：8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>8795760</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference r:id="rId3" w:type="default"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="50"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -88,51 +1903,1321 @@
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="华文宋体">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600040101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0004009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="194" w:lineRule="auto"/>
+      <w:ind w:left="4087" w:firstLine="4293" w:firstLineChars="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="17"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="28" name="文本框 28"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="5"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">第 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页 共 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>26</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQMAs4fcyAgAAYwQAAA4AAABkcnMvZTJvRG9jLnhtbK1US44TMRDdI3EH&#10;y3vSSRCjKEpnFCYKQoqYkQJi7bjdaUv+yXbSHQ4AN2DFhj3nyjl47k8GDSxmwcZddpVf+b2q6sVt&#10;oxU5CR+kNTmdjMaUCMNtIc0hp58+bl7NKAmRmYIpa0ROzyLQ2+XLF4vazcXUVlYVwhOAmDCvXU6r&#10;GN08ywKvhGZhZJ0wcJbWaxax9Yes8KwGulbZdDy+yWrrC+ctFyHgdN05aY/onwNoy1Jysbb8qIWJ&#10;HaoXikVQCpV0gS7b15al4PG+LIOIROUUTGO7IgnsfVqz5YLND565SvL+Cew5T3jCSTNpkPQKtWaR&#10;kaOXf0Fpyb0NtowjbnXWEWkVAYvJ+Ik2u4o50XKB1MFdRQ//D5Z/OD14IoucTlF3wzQqfvn+7fLj&#10;1+XnV4IzCFS7MEfcziEyNm9tg7YZzgMOE++m9Dp9wYjAD3nPV3lFEwlPl2bT2WwMF4dv2AA/e7zu&#10;fIjvhNUkGTn1qF8rKzttQ+xCh5CUzdiNVKqtoTKkzunN6zfj9sLVA3BlkCOR6B6brNjsm57Z3hZn&#10;EPO2643g+EYi+ZaF+MA8mgEPxrjEeyylskhie4uSyvov/zpP8agRvJTUaK6cGswSJeq9Qe0AGAfD&#10;D8Z+MMxR31l06wRj6Hhr4oKPajBLb/VnzNAq5YCLGY5MOY2DeRe7BscMcrFatUFH5+Wh6i6g8xyL&#10;W7NzPKVJQga3OkaI2WqcBOpU6XVD77VV6uckNfef+zbq8d+w/A1QSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJAwCzh9zICAABjBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="5"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">第 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页 共 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>26</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:trackRevisions w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMjg2ZDc1ZjRhN2NhYTc4YzE4NzAyZTdlNDgwNzYyNDUifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="6365313A"/>
+    <w:rsid w:val="013435B5"/>
+    <w:rsid w:val="01E23011"/>
+    <w:rsid w:val="028B18FB"/>
+    <w:rsid w:val="03604B36"/>
+    <w:rsid w:val="03724FAD"/>
+    <w:rsid w:val="03FD4132"/>
+    <w:rsid w:val="048B5BE2"/>
+    <w:rsid w:val="053A4900"/>
+    <w:rsid w:val="055840C4"/>
+    <w:rsid w:val="05BE3D95"/>
+    <w:rsid w:val="05C313AC"/>
+    <w:rsid w:val="06BC6527"/>
+    <w:rsid w:val="06FA6593"/>
+    <w:rsid w:val="073267E9"/>
+    <w:rsid w:val="07A174CB"/>
+    <w:rsid w:val="07DD49A7"/>
+    <w:rsid w:val="08332819"/>
+    <w:rsid w:val="083640B7"/>
+    <w:rsid w:val="086329D2"/>
+    <w:rsid w:val="094E71DE"/>
+    <w:rsid w:val="09572537"/>
+    <w:rsid w:val="09BC683E"/>
+    <w:rsid w:val="0B226B74"/>
+    <w:rsid w:val="0B753148"/>
+    <w:rsid w:val="0C01678A"/>
+    <w:rsid w:val="0CC872A8"/>
+    <w:rsid w:val="0CF62067"/>
+    <w:rsid w:val="0CF93299"/>
+    <w:rsid w:val="0D674EF4"/>
+    <w:rsid w:val="0DFF4F4B"/>
+    <w:rsid w:val="0EA0228A"/>
+    <w:rsid w:val="0EE4486D"/>
+    <w:rsid w:val="0EEE7499"/>
+    <w:rsid w:val="0F865924"/>
+    <w:rsid w:val="0FDC192C"/>
+    <w:rsid w:val="100C6FAD"/>
+    <w:rsid w:val="10572E1C"/>
+    <w:rsid w:val="115A0E16"/>
+    <w:rsid w:val="11E44B84"/>
+    <w:rsid w:val="11E9219A"/>
+    <w:rsid w:val="124B76B6"/>
+    <w:rsid w:val="124F2EE4"/>
+    <w:rsid w:val="125B6DD1"/>
+    <w:rsid w:val="12C0114D"/>
+    <w:rsid w:val="138D0097"/>
+    <w:rsid w:val="139879D4"/>
+    <w:rsid w:val="13CB4825"/>
+    <w:rsid w:val="13E946D3"/>
+    <w:rsid w:val="15785D0F"/>
+    <w:rsid w:val="16493207"/>
+    <w:rsid w:val="16783AEC"/>
+    <w:rsid w:val="16EB0762"/>
+    <w:rsid w:val="16F92E7F"/>
+    <w:rsid w:val="171852BA"/>
+    <w:rsid w:val="17780248"/>
+    <w:rsid w:val="186B1B5B"/>
+    <w:rsid w:val="18B84674"/>
+    <w:rsid w:val="1968609A"/>
+    <w:rsid w:val="197467ED"/>
+    <w:rsid w:val="19762565"/>
+    <w:rsid w:val="19F425B1"/>
+    <w:rsid w:val="1AE856E5"/>
+    <w:rsid w:val="1BF43C15"/>
+    <w:rsid w:val="1C0003D1"/>
+    <w:rsid w:val="1C632B49"/>
+    <w:rsid w:val="1C6377C3"/>
+    <w:rsid w:val="1C744D56"/>
+    <w:rsid w:val="1C8925AF"/>
+    <w:rsid w:val="1C9D2D61"/>
+    <w:rsid w:val="1CCF5E36"/>
+    <w:rsid w:val="1CF53206"/>
+    <w:rsid w:val="1D5548A8"/>
+    <w:rsid w:val="1E58492F"/>
+    <w:rsid w:val="1E773B70"/>
+    <w:rsid w:val="1E9A6CF6"/>
+    <w:rsid w:val="1EAC07D7"/>
+    <w:rsid w:val="1EEB7551"/>
+    <w:rsid w:val="1FFC578E"/>
+    <w:rsid w:val="2059673D"/>
+    <w:rsid w:val="20AC4ABE"/>
+    <w:rsid w:val="20BD316F"/>
+    <w:rsid w:val="20C5446B"/>
+    <w:rsid w:val="216E446A"/>
+    <w:rsid w:val="21B93937"/>
+    <w:rsid w:val="21EE732A"/>
+    <w:rsid w:val="225673D8"/>
+    <w:rsid w:val="228A0E2F"/>
+    <w:rsid w:val="22CF2CE6"/>
+    <w:rsid w:val="231B5F2B"/>
+    <w:rsid w:val="239B5EA4"/>
+    <w:rsid w:val="23D507D0"/>
+    <w:rsid w:val="243C43AB"/>
+    <w:rsid w:val="243D0FA6"/>
+    <w:rsid w:val="24591AE0"/>
+    <w:rsid w:val="245A2A83"/>
+    <w:rsid w:val="2462766C"/>
+    <w:rsid w:val="24AF1021"/>
+    <w:rsid w:val="25B00118"/>
+    <w:rsid w:val="260E1D77"/>
+    <w:rsid w:val="26490F70"/>
+    <w:rsid w:val="26753BA5"/>
+    <w:rsid w:val="268D5392"/>
+    <w:rsid w:val="27345D06"/>
+    <w:rsid w:val="27D50D9F"/>
+    <w:rsid w:val="286659BF"/>
+    <w:rsid w:val="288B76AF"/>
+    <w:rsid w:val="29A7676B"/>
+    <w:rsid w:val="29D67050"/>
+    <w:rsid w:val="2A094D30"/>
+    <w:rsid w:val="2A157B78"/>
+    <w:rsid w:val="2A6B59EA"/>
+    <w:rsid w:val="2B08148B"/>
+    <w:rsid w:val="2B0D0850"/>
+    <w:rsid w:val="2B7408CF"/>
+    <w:rsid w:val="2B794137"/>
+    <w:rsid w:val="2BC5737C"/>
+    <w:rsid w:val="2C332538"/>
+    <w:rsid w:val="2D157E8F"/>
+    <w:rsid w:val="2D7503B1"/>
+    <w:rsid w:val="2DE96269"/>
+    <w:rsid w:val="2E4C5B33"/>
+    <w:rsid w:val="2F544C9F"/>
+    <w:rsid w:val="2FC35981"/>
+    <w:rsid w:val="30CB788F"/>
+    <w:rsid w:val="31E26D53"/>
+    <w:rsid w:val="31ED4F37"/>
+    <w:rsid w:val="351A4295"/>
+    <w:rsid w:val="361B6516"/>
+    <w:rsid w:val="36421CF5"/>
+    <w:rsid w:val="364D45CE"/>
+    <w:rsid w:val="36931254"/>
+    <w:rsid w:val="36EB2C9D"/>
+    <w:rsid w:val="37092813"/>
+    <w:rsid w:val="378303B7"/>
+    <w:rsid w:val="37D526F5"/>
+    <w:rsid w:val="38545D10"/>
+    <w:rsid w:val="387575C1"/>
+    <w:rsid w:val="38955F6C"/>
+    <w:rsid w:val="38E250CA"/>
+    <w:rsid w:val="39C43E56"/>
+    <w:rsid w:val="3A641269"/>
+    <w:rsid w:val="3B381919"/>
+    <w:rsid w:val="3BC62A80"/>
+    <w:rsid w:val="3BFA097C"/>
+    <w:rsid w:val="3C48729C"/>
+    <w:rsid w:val="3CB606B2"/>
+    <w:rsid w:val="3CD411CD"/>
+    <w:rsid w:val="3DC96858"/>
+    <w:rsid w:val="3DF06488"/>
+    <w:rsid w:val="3E5129D7"/>
+    <w:rsid w:val="3E9F7A4E"/>
+    <w:rsid w:val="3EE6168C"/>
+    <w:rsid w:val="3EE80F60"/>
+    <w:rsid w:val="3F3D74FE"/>
+    <w:rsid w:val="3F7722E4"/>
+    <w:rsid w:val="40112738"/>
+    <w:rsid w:val="40166E94"/>
+    <w:rsid w:val="40552625"/>
+    <w:rsid w:val="414A3380"/>
+    <w:rsid w:val="418C27C9"/>
+    <w:rsid w:val="42005B16"/>
+    <w:rsid w:val="428D09E1"/>
+    <w:rsid w:val="42F56341"/>
+    <w:rsid w:val="43000F6E"/>
+    <w:rsid w:val="434846C3"/>
+    <w:rsid w:val="43AD4526"/>
+    <w:rsid w:val="444430DC"/>
+    <w:rsid w:val="44937BC0"/>
+    <w:rsid w:val="44AF0E16"/>
+    <w:rsid w:val="44B71B00"/>
+    <w:rsid w:val="450D7972"/>
+    <w:rsid w:val="474927B8"/>
+    <w:rsid w:val="4767488A"/>
+    <w:rsid w:val="486C49B0"/>
+    <w:rsid w:val="48C22822"/>
+    <w:rsid w:val="48E629B4"/>
+    <w:rsid w:val="49DA3B9B"/>
+    <w:rsid w:val="4C0D0258"/>
+    <w:rsid w:val="4C536C12"/>
+    <w:rsid w:val="4CF716D2"/>
+    <w:rsid w:val="4EE2777A"/>
+    <w:rsid w:val="4F0E056F"/>
+    <w:rsid w:val="4F1E720E"/>
+    <w:rsid w:val="4F4D0794"/>
+    <w:rsid w:val="508F56DF"/>
+    <w:rsid w:val="516F77C0"/>
+    <w:rsid w:val="518E5997"/>
+    <w:rsid w:val="51AC22C1"/>
+    <w:rsid w:val="51DF61F2"/>
+    <w:rsid w:val="51F62E85"/>
+    <w:rsid w:val="52630BD1"/>
+    <w:rsid w:val="52950FA7"/>
+    <w:rsid w:val="52B2589F"/>
+    <w:rsid w:val="52C5188C"/>
+    <w:rsid w:val="52EA30A1"/>
+    <w:rsid w:val="534F1156"/>
+    <w:rsid w:val="53866F34"/>
+    <w:rsid w:val="5394125E"/>
+    <w:rsid w:val="53966D85"/>
+    <w:rsid w:val="54372312"/>
+    <w:rsid w:val="552E64E3"/>
+    <w:rsid w:val="56270168"/>
+    <w:rsid w:val="570566FB"/>
+    <w:rsid w:val="57391B27"/>
+    <w:rsid w:val="5860449E"/>
+    <w:rsid w:val="58F24A5D"/>
+    <w:rsid w:val="59633BAD"/>
+    <w:rsid w:val="59637C58"/>
+    <w:rsid w:val="597E600B"/>
+    <w:rsid w:val="598A2EE8"/>
+    <w:rsid w:val="59C12681"/>
+    <w:rsid w:val="5A3538B9"/>
+    <w:rsid w:val="5A8E4C59"/>
+    <w:rsid w:val="5AF6036F"/>
+    <w:rsid w:val="5B0B0058"/>
+    <w:rsid w:val="5B5437AD"/>
+    <w:rsid w:val="5B8F2A37"/>
+    <w:rsid w:val="5BD7618C"/>
+    <w:rsid w:val="5C070844"/>
+    <w:rsid w:val="5D973E25"/>
+    <w:rsid w:val="5DDC3F2E"/>
+    <w:rsid w:val="5E4A0E97"/>
+    <w:rsid w:val="5E5835B4"/>
+    <w:rsid w:val="5ED10157"/>
+    <w:rsid w:val="5F221E14"/>
+    <w:rsid w:val="5F526256"/>
+    <w:rsid w:val="5F914E71"/>
+    <w:rsid w:val="5FEB66AA"/>
+    <w:rsid w:val="61932B55"/>
+    <w:rsid w:val="628036C4"/>
+    <w:rsid w:val="62821AAC"/>
+    <w:rsid w:val="63497970"/>
+    <w:rsid w:val="6365313A"/>
+    <w:rsid w:val="63B461E4"/>
+    <w:rsid w:val="645C36D2"/>
+    <w:rsid w:val="645F7A93"/>
+    <w:rsid w:val="64E70097"/>
+    <w:rsid w:val="65385EEE"/>
+    <w:rsid w:val="65393A14"/>
+    <w:rsid w:val="65A25A5D"/>
+    <w:rsid w:val="66540B05"/>
+    <w:rsid w:val="67AC3573"/>
+    <w:rsid w:val="6828049B"/>
+    <w:rsid w:val="68742AA3"/>
+    <w:rsid w:val="68D538A3"/>
+    <w:rsid w:val="69112CDD"/>
+    <w:rsid w:val="6943024E"/>
+    <w:rsid w:val="6B79100E"/>
+    <w:rsid w:val="6BE768BF"/>
+    <w:rsid w:val="6CC938CF"/>
+    <w:rsid w:val="6CF941B4"/>
+    <w:rsid w:val="6D3451EC"/>
+    <w:rsid w:val="6DE05374"/>
+    <w:rsid w:val="6E315BD0"/>
+    <w:rsid w:val="6E764006"/>
+    <w:rsid w:val="6EAE506D"/>
+    <w:rsid w:val="6F6A5F99"/>
+    <w:rsid w:val="6F7C2E7B"/>
+    <w:rsid w:val="6FC85BF5"/>
+    <w:rsid w:val="702C664F"/>
+    <w:rsid w:val="7040034C"/>
+    <w:rsid w:val="70972B53"/>
+    <w:rsid w:val="717209D9"/>
+    <w:rsid w:val="71C07997"/>
+    <w:rsid w:val="74827185"/>
+    <w:rsid w:val="74A60CB8"/>
+    <w:rsid w:val="751F2C26"/>
+    <w:rsid w:val="754548E7"/>
+    <w:rsid w:val="75AD0232"/>
+    <w:rsid w:val="760140DA"/>
+    <w:rsid w:val="77B75398"/>
+    <w:rsid w:val="77D575CC"/>
+    <w:rsid w:val="78061E7B"/>
+    <w:rsid w:val="7A2B7977"/>
+    <w:rsid w:val="7A5946E0"/>
+    <w:rsid w:val="7A965AB5"/>
+    <w:rsid w:val="7BA75723"/>
+    <w:rsid w:val="7BFB44B7"/>
+    <w:rsid w:val="7C961A20"/>
+    <w:rsid w:val="7C9E2682"/>
+    <w:rsid w:val="7DB303AF"/>
+    <w:rsid w:val="7DBF0B02"/>
+    <w:rsid w:val="7ED74465"/>
+    <w:rsid w:val="7F17671C"/>
+    <w:rsid w:val="7F6A41C0"/>
+    <w:rsid w:val="7FB1460D"/>
+    <w:rsid w:val="7FE02FB2"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="340" w:beforeLines="0" w:beforeAutospacing="0" w:after="330" w:afterLines="0" w:afterAutospacing="0" w:line="576" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="9">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="7">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+    <w:pPr>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="zh-CN" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="7"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="10">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="9"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="WPSOffice手动目录 1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="WPSOffice手动目录 2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>6</Pages>
+  <Words>1156</Words>
+  <Characters>1172</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1201</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15374_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>L.</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15374</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>39D0F293D8804CB1BC7DAB3C00059668_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>