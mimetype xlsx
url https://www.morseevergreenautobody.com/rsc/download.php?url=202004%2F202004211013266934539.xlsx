--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,25 +1,64 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="5" rupBuild="4507"/>
+  <workbookPr/>
+  <bookViews>
+    <workbookView xWindow="0" yWindow="0" windowWidth="21720" windowHeight="9345"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Sheet2" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet3" sheetId="2" r:id="rId2"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet2!$3:$3</definedName>
+  </definedNames>
+  <calcPr calcId="144525"/>
+</workbook>
+</file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="214" uniqueCount="188">
   <si>
     <t>部分专业技术类职业资格与职称对应表（56项）</t>
   </si>
   <si>
     <t>一、准入类职业资格（27项）</t>
   </si>
   <si>
     <t>序号</t>
   </si>
   <si>
     <t>职业资格名称</t>
   </si>
   <si>
     <t>对应职称层级</t>
   </si>
   <si>
     <t>文件依据</t>
   </si>
   <si>
     <t>注册消防工程师</t>
   </si>
   <si>
@@ -853,50 +892,481 @@
     <t>管理咨询师</t>
   </si>
   <si>
     <t>经济师或会计师</t>
   </si>
   <si>
     <t>《管理咨询人员职业水平评价暂行规定》（国人部发〔2005〕71 号）</t>
   </si>
   <si>
     <t>棉花质量检验师</t>
   </si>
   <si>
     <t>《棉花质量检验师执业资格制度暂行规定》人发〔2000〕70号</t>
   </si>
   <si>
     <t>矿业权评估师</t>
   </si>
   <si>
     <t>矿业权评估师：经济师
 助理矿业评权估师：助理经济师</t>
   </si>
   <si>
     <t>矿业权评估专业技术人员职业资格制度暂行规定》和《助理矿业权评估师、矿业权评估师职业资格考试实施办法》人社部发〔2015〕65号</t>
   </si>
 </sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <fonts count="8">
+    <font>
+      <sz val="12"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <name val="方正小标宋简体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="黑体"/>
+      <family val="3"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10.5"/>
+      <name val="宋体"/>
+      <family val="3"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="仿宋_GB2312"/>
+      <family val="3"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="宋体"/>
+      <family val="3"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="黑体"/>
+      <family val="3"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="宋体"/>
+      <family val="3"/>
+      <charset val="134"/>
+    </font>
+  </fonts>
+  <fills count="2">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+  </fills>
+  <borders count="16">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+  </cellStyleXfs>
+  <cellXfs count="48">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="1">
+    <cellStyle name="常规" xfId="0" builtinId="0"/>
+  </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF000000"/>
+    </mruColors>
+  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
+</file>
+
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1111,50 +1581,58 @@
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F73"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="A64" workbookViewId="0">
       <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="4.25" style="1" customWidth="1"/>
     <col min="2" max="2" width="6.75" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.25" style="1" customWidth="1"/>
     <col min="4" max="4" width="14.5" style="1" customWidth="1"/>
     <col min="5" max="5" width="38" style="2" customWidth="1"/>
     <col min="6" max="6" width="60.125" style="3" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="33" customHeight="1">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
@@ -2341,50 +2819,67 @@
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
   </mergeCells>
   <phoneticPr fontId="7" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.59055118110236227" right="0.59055118110236227" top="0.19685039370078741" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddFooter>&amp;C第 &amp;P 页，共 &amp;N 页</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="J8" sqref="J8"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.25"/>
+  <sheetData/>
+  <phoneticPr fontId="7" type="noConversion"/>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.51041666666666696" footer="0.51041666666666696"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter scaleWithDoc="0" alignWithMargins="0"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>命名范围</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet2</vt:lpstr>
       <vt:lpstr>Sheet3</vt:lpstr>