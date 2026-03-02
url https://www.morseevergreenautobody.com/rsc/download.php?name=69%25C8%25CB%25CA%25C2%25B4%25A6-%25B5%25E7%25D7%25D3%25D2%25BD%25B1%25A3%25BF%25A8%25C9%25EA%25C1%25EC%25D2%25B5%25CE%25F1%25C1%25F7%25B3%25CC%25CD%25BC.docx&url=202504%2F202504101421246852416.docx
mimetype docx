--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,45 +1,1935 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>电子医保卡申领业务流程图</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">方法一： </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t>方法二：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>45720</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>22860</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2202180" cy="480060"/>
+                <wp:effectExtent l="6350" t="6350" r="20320" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1375929719" name="矩形 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2202180" cy="480060"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>打开“济南社保”微信公众号</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="矩形 6" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:3.6pt;margin-top:1.8pt;height:37.8pt;width:173.4pt;z-index:251667456;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3212]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzj99udQAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PvU7DQBCEeyTe4bRIdOQuDiTB+JwCQUdjQwHdxrfYFvdj&#10;+S6xzdOzVFDOzmjm2+IwOyvONMY+eA3rlQJBvgmm962Gt9fnmz2ImNAbtMGThoUiHMrLiwJzEyZf&#10;0blOreASH3PU0KU05FLGpiOHcRUG8ux9htFhYjm20ow4cbmzMlNqKx32nhc6HOixo+arPjkNWM8f&#10;y7K8T5OsrOqfvquhfqm0vr5aqwcQieb0F4ZffEaHkpmO4eRNFFbDLuOghs0WBLubu1v+7Mjn+wxk&#10;Wcj/+OUPUEsDBBQAAAAIAIdO4kA/jHr9fwIAAAgFAAAOAAAAZHJzL2Uyb0RvYy54bWytVEtu2zAQ&#10;3RfoHQjuG8mqE8dG7MCI4aJA0ARIi65pirII8FeS/qSXKdBdD5HjFL1GHyklcdIssqgW1AxnODPv&#10;cYZn53utyFb4IK2Z0sFRSYkw3NbSrKf0y+flu1NKQmSmZsoaMaW3ItDz2ds3Zzs3EZVtraqFJwhi&#10;wmTnprSN0U2KIvBWaBaOrBMGxsZ6zSJUvy5qz3aIrlVRleVJsbO+dt5yEQJ2F52R9hH9awLappFc&#10;LCzfaGFiF9ULxSIghVa6QGe52qYRPF41TRCRqCkF0phXJIG8SmsxO2OTtWeulbwvgb2mhGeYNJMG&#10;SR9CLVhkZOPlP6G05N4G28QjbnXRAcmMAMWgfMbNTcucyFhAdXAPpIf/F5Z/2l57Imt0wvvR8bga&#10;jwZjSgzTuPk/P379vvtJThJJOxcm8L1x177XAsSEeN94nf7AQvaZ2NsHYsU+Eo7NqiqrwSk457AN&#10;T9EFmfni8bTzIX4QVpMkTKnHxWU+2fYyRGSE671LShaskvVSKpUVv15dKE+2DJe8zF8qGUeeuClD&#10;doBZjcpUCEPrNmgZiNoBfjBrSphaYyZ49Dn3k9PhMEmZv5eSpCIXLLRdMTlCcmMTLSPGRkk9pcCP&#10;rz+tDCpN7HZ8JinuV/ue5JWtb3E/3naNGxxfSmS4ZCFeM49OBRTMcrzC0igLfLaXKGmt//7SfvJH&#10;A8FKyQ6dD+zfNswLStRHg9YaD4ZDhI1ZGR6PKij+0LI6tJiNvrDgfYBXw/EsJv+o7sXGW/0VIz9P&#10;WWFihiN3x3KvXMRuIvFocDGfZzeMh2Px0tw4noInCo2db6JtZO6HRFTHTs8fBiTfeT/MaQIP9ez1&#10;+IDN/gJQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AADsBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAM4DAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAADyAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDOP3251AAAAAYBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAP4x6/X8CAAAIBQAADgAAAAAAAAABACAA&#10;AAAjAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFAYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>打开“济南社保”微信公众号</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2705100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>22860</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2392680" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="20320" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="394278937" name="矩形 394278937"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2392680" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>打开支付宝</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>APP</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:213pt;margin-top:1.8pt;height:35.15pt;width:188.4pt;z-index:251660288;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAXc1li9YAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNRuikIJcTog2FgSGGBz4yOJsM9R&#10;7DYJv55jgvH0Tu99X3lYvBNnnOIQSMN2o0AgtcEO1Gl4e32+2YOIyZA1LhBqWDHCobq8KE1hw0w1&#10;npvUCS6hWBgNfUpjIWVse/QmbsKIxNlnmLxJfE6dtJOZudw7mSmVS28G4oXejPjYY/vVnLwG0ywf&#10;67q+z7OsnRqevuuxeam1vr7aqgcQCZf09wy/+IwOFTMdw4lsFE7DbZazS9Kwy0FwvlcZqxw13O3u&#10;QVal/C9Q/QBQSwMEFAAAAAgAh07iQGJ9Wh59AgAADwUAAA4AAABkcnMvZTJvRG9jLnhtbK1UzW7b&#10;MAy+D9g7CLqvdly3+UGdImiQYUCxBuiGnRVZjgXob5QSp3uZAbvtIfY4w15jlOy2addDD/NBJkXq&#10;I/mJ1MXlQSuyF+ClNRUdneSUCMNtLc22op8/rd5NKPGBmZopa0RF74Snl/O3by46NxOFba2qBRAE&#10;MX7WuYq2IbhZlnneCs38iXXCoLGxoFlAFbZZDaxDdK2yIs/Ps85C7cBy4T3uLnsjHRDhNYC2aSQX&#10;S8t3WpjQo4JQLGBJvpXO03nKtmkEDzdN40UgqqJYaUgrBkF5E9dsfsFmW2CulXxIgb0mhWc1aSYN&#10;Bn2AWrLAyA7kP1BacrDeNuGEW531hSRGsIpR/oyb25Y5kWpBqr17IN3/P1j+cb8GIuuKnk7LYjyZ&#10;no4pMUzjxf/5/vP3rx/kcR+56pyf4ZFbt4ZB8yjGwg8N6PjHksgh8Xv3wK84BMJxszidFucTpJ6j&#10;rSzPy/wsXkD2eNqBD++F1SQKFQW8v0Qr21/70Lveu8Rg3ipZr6RSSYHt5koB2TO861X6BvQnbsqQ&#10;Dvu+GOcxEYYd3GDnoKgdsuDNlhKmtjgaPECK/eS0Pw6Sp++lIDHJJfNtn0xCiG5spmXA6VFSV3Ry&#10;fFoZ5CGy2/MZpXDYHAaSN7a+w2sC2/evd3wlMcI182HNABsWS8GRDje4NMpifXaQKGktfHtpP/pj&#10;H6GVkg4HAGv/umMgKFEfDHbYdFSWCBuSUp6NC1Tg2LI5tpidvrLI+wgfD8eTGP2DuhcbsPoLTv4i&#10;RkUTMxxj9ywPylXoBxPfDi4Wi+SGU+JYuDa3jkfwSKGxi12wjUz9EInq2Rn4wzlJHTXMdBzEYz15&#10;Pb5j879QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AADsBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAM4DAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAADyAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBdzWWL1gAAAAgBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAYn1aHn0CAAAPBQAADgAAAAAAAAABACAA&#10;AAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFAYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>打开支付宝</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>APP</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1066800</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>243205</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="494153667" name="直接箭头连接符 494153667"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:84pt;margin-top:19.15pt;height:21.6pt;width:0pt;z-index:251668480;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA172MatcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXFDrhEIUQpyKHyEKN1oeYBtvkzT2&#10;Oordv7fH5QLHmR3NflPOj9aIPY2+c6wgnSYgiGunO24UfK/eJjkIH5A1Gsek4EQe5tXlRYmFdgf+&#10;ov0yNCKWsC9QQRvCUEjp65Ys+qkbiONt40aLIcqxkXrEQyy3Rt4mSSYtdhw/tDjQS0t1v9xZBZvt&#10;R/Z8V28/3/3J3iwennr3anqlrq/S5BFEoGP4C8MZP6JDFZnWbsfaCxN1lsctQcEsn4E4B36NtYI8&#10;vQdZlfL/guoHUEsDBBQAAAAIAIdO4kAV/yG1CwIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWytU0ty&#10;EzEQ3VPFHVTa4/EvTnBlnIVN2FDgKuAAHY1mRlX6VUvx2JfgAlSxAlaEVfacBsIxaGmMDWGTBbPQ&#10;tD79Wu/10/nF1mi2kRiUsyUfDYacSStcpWxT8rdvLp+ccRYi2Aq0s7LkOxn4xeLxo/POz+XYtU5X&#10;EhmB2DDvfMnbGP28KIJopYEwcF5a2qwdGog0xaaoEDpCN7oYD4ezonNYeXRChkCrq36T7xHxIYCu&#10;rpWQKyeujbSxR0WpIRKl0Cof+CLftq6liK/qOsjIdMmJacwjFaH4Ko3F4hzmDYJvldhfAR5yhXuc&#10;DChLRQ9QK4jArlH9A2WUQBdcHQfCmaInkhUhFqPhPW1et+Bl5kJSB38QPfw/WPFys0amqpJPn05H&#10;J5PZ7JQzC4Yaf/f+9se7T3dfb75/vP357UOKv3xmx2MkXefDnBCWdo37WfBrTDpsazTpTwzZNsu9&#10;O8gtt5GJflHQ6vh0OhnnThTHPI8hPpfOsBSUPEQE1bRx6aylnjocZbVh8yJEqkyJvxNSUesulda5&#10;tdqyruSzyQk1XADZtSabUGg8UQ624Qx0Q+9ARMyIwWlVpeyEE7C5WmpkG0juyV8yDFX761gqvYLQ&#10;9ufyVu8royI9Fa1Myc8O2TCPoPQzW7G48yQzILpuD6stoSdRexlTdOWqXVY3r5MLcv29Y5PN/pzn&#10;7OMrXfwCUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAAewQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAABdAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAAgQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJA172MatcAAAAJAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQBX/IbULAgAA7QMAAA4AAAAAAAAAAQAg&#10;AAAAJgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKMFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3915410</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>222885</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1482490773" name="直接箭头连接符 1482490773"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:308.3pt;margin-top:17.55pt;height:21.6pt;width:0pt;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJATEPxjdcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBB1QsGUkEnFQ6jAjsIHuPE0SWOP&#10;o9h9/T1GLGA5M0d3zi3nB2fFjsbQeUbIJxkI4tqbjhuEr8+XyxmIEDUbbT0TwpECzKvTk1IXxu/5&#10;g3bL2IgUwqHQCG2MQyFlqFtyOkz8QJxuaz86HdM4NtKMep/CnZVXWaak0x2nD60e6Kmlul9uHcJ6&#10;86Yer+vN+yIc3cXr3UPvn22PeH6WZ/cgIh3iHww/+kkdquS08ls2QVgElSuVUITpTQ4iAb+LFcLt&#10;bAqyKuX/BtU3UEsDBBQAAAAIAIdO4kCQLAKFDAIAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWytU0ty&#10;EzEQ3VPFHVTa43Fsk5ipjLOwCRsKUgUcoK3RzKhKv2opHvsSXIAqVsCKsMqe00A4Bi2NcULYZMEs&#10;NK1Pv9Z7/XR6tjWabSQG5WzFj0ZjzqQVrla2rfi7t+dP5pyFCLYG7ays+E4GfrZ4/Oi096WcuM7p&#10;WiIjEBvK3le8i9GXRRFEJw2EkfPS0mbj0ECkKbZFjdATutHFZDw+LnqHtUcnZAi0uho2+R4RHwLo&#10;mkYJuXLi0kgbB1SUGiJRCp3ygS/ybZtGivi6aYKMTFecmMY8UhGK12ksFqdQtgi+U2J/BXjIFe5x&#10;MqAsFT1ArSACu0T1D5RRAl1wTRwJZ4qBSFaEWByN72nzpgMvMxeSOviD6OH/wYpXmwtkqiYnzOaT&#10;2bPxycmUMwuGOn/z4frn+883365+fLr+9f1jir9+YXfOkXi9DyVhLO0F7mfBX2BSYtugSX/iyLZZ&#10;8N1BcLmNTAyLglYnJ7PpJPeiuM3zGOIL6QxLQcVDRFBtF5fOWuqqw6OsN2xehkiVKfFPQipq3bnS&#10;OjdXW9ZX/Hj6lFougAzbkFEoNJ5IB9tyBrqllyAiZsTgtKpTdsIJ2K6XGtkGkn/ylyxD1f46lkqv&#10;IHTDubw1OMuoSI9FK1Px+SEbyghKP7c1iztPOgOi6/ew2hJ6EnWQMUVrV++yunmdfJDr7z2bjHZ3&#10;nrNv3+niN1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2Ipj&#10;GltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P&#10;+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC63&#10;0sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM&#10;649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1s&#10;lZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY&#10;2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0row&#10;QkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0J&#10;eUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0&#10;sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEA&#10;IAAAAHwEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AAAAAAAAAAAQAAAAXgMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAA&#10;AAEAIAAAAIIDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAA&#10;AAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQExD8Y3XAAAACQEAAA8AAAAAAAAAAQAgAAAA&#10;IgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kCQLAKFDAIAAO8DAAAOAAAAAAAAAAEA&#10;IAAAACYBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACkBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>22860</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>236220</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2270760" cy="441960"/>
+                <wp:effectExtent l="6350" t="6350" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="580091486" name="矩形 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2270760" cy="441960"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>网上办事</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="矩形 7" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:1.8pt;margin-top:18.6pt;height:34.8pt;width:178.8pt;z-index:251669504;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3212]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAWbg7fNUAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNROK4UqxOmAYGNJYIDtGrtJVPsc&#10;xW6T8Os5JpjuTu/p3ffKw+KduNopDoE0ZBsFwlIbzECdho/314c9iJiQDLpAVsNqIxyq25sSCxNm&#10;qu21SZ3gEIoFauhTGgspY9tbj3ETRkusncLkMfE5ddJMOHO4d3KrVC49DsQfehztc2/bc3PxGrBZ&#10;vtZ1/ZxnWTs1vHzXY/NWa31/l6knEMku6c8Mv/iMDhUzHcOFTBROwy5nI4/HLQiWd3nGy5F9Kt+D&#10;rEr5v0D1A1BLAwQUAAAACACHTuJAGj44nnoCAAAHBQAADgAAAGRycy9lMm9Eb2MueG1srVRLbtsw&#10;EN0X6B0I7hvJhhMnRuTAiOGiQNAESIuuaYqyCPBXkracXqZAdz1Ej1P0Gn2klMRJs8iiWlAznOGb&#10;mccZnl/stSI74YO0pqKjo5ISYbitpdlU9POn1btTSkJkpmbKGlHROxHoxfztm/POzcTYtlbVwhOA&#10;mDDrXEXbGN2sKAJvhWbhyDphYGys1yxC9Zui9qwDulbFuCxPis762nnLRQjYXfZGOiD61wDappFc&#10;LC3famFij+qFYhElhVa6QOc526YRPF43TRCRqIqi0phXBIG8TmsxP2ezjWeulXxIgb0mhWc1aSYN&#10;gj5ALVlkZOvlP1Bacm+DbeIRt7roC8mMoIpR+Yyb25Y5kWsB1cE9kB7+Hyz/uLvxRNYVPT4ty7PR&#10;5PSEEsM0Lv7P95+/f/0g08RR58IMrrfuxg9agJgK3jdepz9KIfvM690Dr2IfCcfmeDwtpyegnMM2&#10;mYzOIAOmeDztfIjvhdUkCRX1uLdMJ9tdhdi73rukYMEqWa+kUlnxm/Wl8mTHcMer/A3oT9yUIR36&#10;HamkRBg6t0HHQNQO1QezoYSpDUaCR59jPzkdDoOU+XspSEpyyULbJ5MRkhubaRkxNUrqioJnfMNp&#10;ZcBDYrfnM0lxv94PJK9tfYfr8bbv2+D4SiLCFQvxhnk0KkrBKMdrLI2yqM8OEiWt9d9e2k/+6B9Y&#10;KenQ+Kj965Z5QYn6YNBZ6IEJYGNWJsfTMRR/aFkfWsxWX1rwPsKj4XgWk39U92Ljrf6CiV+kqDAx&#10;wxG7Z3lQLmM/kHgzuFgsshumw7F4ZW4dT+CJQmMX22gbmfshEdWzM/CH+cgdNcxyGsBDPXs9vl/z&#10;v1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEA&#10;AACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn6&#10;9vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYj&#10;mWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6&#10;JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7oc&#10;vwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMw&#10;EEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5Cov&#10;pEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP&#10;+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xb&#10;z3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvX&#10;OP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOgE&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAA&#10;AAAQAAAAygMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAA&#10;AO4DAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAA&#10;AAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQFm4O3zVAAAACAEAAA8AAAAAAAAAAQAgAAAAIgAAAGRy&#10;cy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAaPjieegIAAAcFAAAOAAAAAAAAAAEAIAAAACQB&#10;AABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAAQBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>网上办事</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2682240</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>243840</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2430780" cy="426720"/>
+                <wp:effectExtent l="6350" t="6350" r="20320" b="24130"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2040915563" name="矩形 2040915563"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2430780" cy="426720"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>城市服务</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:211.2pt;margin-top:19.2pt;height:33.6pt;width:191.4pt;z-index:251662336;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAbSniENcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PsU7DMBCGdyTewTokNmo3tFUU4nRAsLEkMMB2jU0SYZ+j&#10;2G0Snp5jgul0uk//fX95XLwTFzvFIZCG7UaBsNQGM1Cn4e31+S4HEROSQRfIalhthGN1fVViYcJM&#10;tb00qRMcQrFADX1KYyFlbHvrMW7CaIlvn2HymHidOmkmnDncO5kpdZAeB+IPPY72sbftV3P2GrBZ&#10;PtZ1fZ9nWTs1PH3XY/NSa317s1UPIJJd0h8Mv/qsDhU7ncKZTBROwy7LdoxquM95MpCrfQbixKTa&#10;H0BWpfxfofoBUEsDBBQAAAAIAIdO4kB/nMvofQIAABEFAAAOAAAAZHJzL2Uyb0RvYy54bWytVEtu&#10;2zAQ3RfoHQjuG8mO8zMiB0YMFwWCJkBadE1TlEWAv5K05fQyBbrrIXqcotfoI6UkTppFFtWCmuH8&#10;38zw/GKnFdkKH6Q1FR0dlJQIw20tzbqinz8t351SEiIzNVPWiIreiUAvZm/fnHduKsa2taoWnsCJ&#10;CdPOVbSN0U2LIvBWaBYOrBMGwsZ6zSJYvy5qzzp416oYl+Vx0VlfO2+5CAG3i15IB4/+NQ5t00gu&#10;FpZvtDCx9+qFYhElhVa6QGc526YRPF43TRCRqIqi0phPBAG9SmcxO2fTtWeulXxIgb0mhWc1aSYN&#10;gj64WrDIyMbLf1xpyb0NtokH3OqiLyQjgipG5TNsblvmRK4FUAf3AHr4f275x+2NJ7Ku6LiclGej&#10;o6PjQ0oM0+j8n+8/f//6QfYEQKtzYQqjW3fjBy6ATKXvGq/TH0WRXUb47gFhsYuE43I8OSxPTgE+&#10;h2wyPj4Z5xYUj9bOh/heWE0SUVGPDmZg2fYqRESE6r1KChaskvVSKpUZv15dKk+2DN1e5i81GCZP&#10;1JQhHSZ/fFKmRBhmuMHsgNQOOASzpoSpNZaDR59jP7EO+0HK/L0UJCW5YKHtk8ke+mHTMmJ/lNQV&#10;Pd23VgaZJnR7PBMVd6vdAPLK1ndolLf9BAfHlxIRrliIN8xjZFEKljpe42iURX12oChprf/20n3S&#10;xyRBSkmHFUDtXzfMC0rUB4MZOxtNJnAbMzM5Sr0ifl+y2peYjb60wH2E58PxTCb9qO7Jxlv9Bbs/&#10;T1EhYoYjdo/ywFzGfjXxenAxn2c17Ilj8crcOp6cpz4bO99E28g8DwmoHp0BP2xK7vmw1WkV9/ms&#10;9fiSzf4CUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAA7QQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAADPAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAA8wMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAbSniENcAAAAKAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQH+cy+h9AgAAEQUAAA4AAAAAAAAAAQAg&#10;AAAAJgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAABUGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>城市服务</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3923030</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>371475</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="343535"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1563102369" name="直接箭头连接符 1563102369"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="343535"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:308.9pt;margin-top:29.25pt;height:27.05pt;width:0pt;z-index:251663360;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA7HU6U9gAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBB1UtFQQpyKhxCluz4+wI2nSRp7&#10;HMXu6+8ZxAKWM3N059xidnZWHHEIrScF6SgBgVR501KtYLP+uJ+CCFGT0dYTKrhggFl5fVXo3PgT&#10;LfG4irXgEAq5VtDE2OdShqpBp8PI90h82/nB6cjjUEsz6BOHOyvHSZJJp1viD43u8a3BqlsdnILd&#10;/it7faj2i89wcXfzp5fOv9tOqdubNHkGEfEc/2D40Wd1KNlp6w9kgrAKsvSR1aOCyXQCgoHfxZbJ&#10;dJyBLAv5v0L5DVBLAwQUAAAACACHTuJAf1a/BgsCAADvAwAADgAAAGRycy9lMm9Eb2MueG1srVPN&#10;bhMxEL4j8Q6W72SThkRllU0PCeWCoBLwABOvd9eS/zR2s8lL8AJInIAT9NQ7TwPlMRh7Q1rKpQf2&#10;4B2PPd/MfPN5cbYzmm0lBuVsxSejMWfSClcr21b83dvzJ6echQi2Bu2srPheBn62fPxo0ftSnrjO&#10;6VoiIxAbyt5XvIvRl0URRCcNhJHz0tJh49BApC22RY3QE7rRxcl4PC96h7VHJ2QI5F0Ph/yAiA8B&#10;dE2jhFw7cWmkjQMqSg2RWgqd8oEvc7VNI0V83TRBRqYrTp3GvFISsjdpLZYLKFsE3ylxKAEeUsK9&#10;ngwoS0mPUGuIwC5R/QNllEAXXBNHwpliaCQzQl1Mxve4edOBl7kXojr4I+nh/8GKV9sLZKomJczm&#10;08n4ZDp/xpkFQ5O/+XD98/3nm6tvPz5d//r+Mdlfv7A794i83oeSMFb2Ag+74C8wMbFr0KQ/9ch2&#10;mfD9kXC5i0wMTkHe6dPpbDpLsyhu4zyG+EI6w5JR8RARVNvFlbOWpupwkvmG7csQh8A/ASmpdedK&#10;a/JDqS3rKz6fzmjkAkiwDQmFTOOp6WBbzkC39BJExIwYnFZ1ik7BAdvNSiPbQtJP/g5l/nUtpV5D&#10;6IZ7+WhQllGRHotWpuKnx2goIyj93NYs7j3xDIiuP8BqSyQkUgcak7Vx9T6zm/2kg0zTQbNJaHf3&#10;Ofr2nS5/A1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJA&#10;ihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2Ipj&#10;GltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P&#10;+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC63&#10;0sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM&#10;649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1s&#10;lZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY&#10;2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0row&#10;QkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0J&#10;eUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0&#10;sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEA&#10;IAAAAHwEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AAAAAAAAAAAQAAAAXgMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAA&#10;AAEAIAAAAIIDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAA&#10;AAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQOx1OlPYAAAACgEAAA8AAAAAAAAAAQAgAAAA&#10;IgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kB/Vr8GCwIAAO8DAAAOAAAAAAAAAAEA&#10;IAAAACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACkBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>15240</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>358140</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2255520" cy="457200"/>
+                <wp:effectExtent l="6350" t="6350" r="24130" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1227719490" name="矩形 8"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2255520" cy="457200"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>医保电子凭证</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="矩形 8" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:1.2pt;margin-top:28.2pt;height:36pt;width:177.6pt;z-index:251671552;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3212]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJADpJAFNYAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PsU7DMBCGdyTewTokNmo3tKFK43RAsLEkdIDtmpgkqn2O&#10;YrdJeHqOCabT6f/033f5YXZWXM0Yek8a1isFwlDtm55aDcf314cdiBCRGrSejIbFBDgUtzc5Zo2f&#10;qDTXKraCSyhkqKGLccikDHVnHIaVHwxx9uVHh5HXsZXNiBOXOysTpVLpsCe+0OFgnjtTn6uL04DV&#10;/Lksy8c0ydKq/uW7HKq3Uuv7u7Xag4hmjn8w/OqzOhTsdPIXaoKwGpINgxq2KU+OH7dPKYgTc8lu&#10;A7LI5f8Hih9QSwMEFAAAAAgAh07iQF4+ZgR4AgAACAUAAA4AAABkcnMvZTJvRG9jLnhtbK1UzW4T&#10;MRC+I/EOlu90k1VC2qibKmoUhFRBpYI4O15v1pL/sJ1syssgceMheBzEa/DZu23T0kMP7ME79oy/&#10;8fd5xucXB63IXvggrano+GREiTDc1tJsK/r50/rNKSUhMlMzZY2o6K0I9GLx+tV55+aitK1VtfAE&#10;ICbMO1fRNkY3L4rAW6FZOLFOGDgb6zWLmPptUXvWAV2rohyN3had9bXzlosQsLrqnXRA9C8BtE0j&#10;uVhZvtPCxB7VC8UiKIVWukAX+bRNI3j82DRBRKIqCqYxj0gCe5PGYnHO5lvPXCv5cAT2kiM84aSZ&#10;NEh6D7VikZGdl/9Aacm9DbaJJ9zqoieSFQGL8eiJNjctcyJzgdTB3Yse/h8s/7C/9kTWqISynM3G&#10;Z5MzSGOYxs3/+f7z968f5DSJ1LkwR+yNu/bDLMBMjA+N1+kPLuSQhb29F1YcIuFYLMvpdFoCmMM3&#10;mc5QBwm0eNjtfIjvhNUkGRX1uLisJ9tfhdiH3oWkZMEqWa+lUnnit5tL5cme4ZLX+RvQH4UpQ7pE&#10;c4bkhDOUboOSgakd6AezpYSpLXqCR59zP9odjpOM8vdcknTIFQttf5iMkMLYXMuItlFSV/T0eLcy&#10;0CGp2+uZrHjYHAaRN7a+xf142xducHwtkeGKhXjNPCoVVNDL8SOGRlnws4NFSWv9t+fWUzwKCF5K&#10;OlQ+uH/dMS8oUe8NSutsPJkANuZJvixK/LFnc+wxO31pofsYr4bj2cRmH9Wd2Xirv6DllykrXMxw&#10;5O5VHiaXse9IPBpcLJc5DO3hWLwyN44n8CShsctdtI3M9ZCE6tUZ9EOD5Ioamjl14PE8Rz08YIu/&#10;UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAA&#10;AJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2&#10;8w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZ&#10;YxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTom&#10;oal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/&#10;AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQ&#10;RfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+k&#10;QNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6&#10;AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvP&#10;d0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4&#10;/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA5wQA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAA&#10;ABAAAADJAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAA&#10;7QMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAA&#10;AAAAAGRycy9QSwECFAAUAAAACACHTuJADpJAFNYAAAAIAQAADwAAAAAAAAABACAAAAAiAAAAZHJz&#10;L2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQF4+ZgR4AgAACAUAAA4AAAAAAAAAAQAgAAAAJQEA&#10;AGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAA8GAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>医保电子凭证</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1077595</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>29845</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="518630357" name="直接箭头连接符 518630357"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:84.85pt;margin-top:2.35pt;height:21.6pt;width:0pt;z-index:251670528;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA214x/9UAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PS0/DMBCE70j8B2uRuFTUKapSEuJUPIR43Fr4AW68TdLY&#10;6yh2X/+eDZdyWn2a0exMsTw5Kw44hNaTgtk0AYFUedNSreDn++3uAUSImoy2nlDBGQMsy+urQufG&#10;H2mFh3WsBYdQyLWCJsY+lzJUDTodpr5HYm3rB6cj41BLM+gjhzsr75MklU63xB8a3eNLg1W33jsF&#10;291n+jyvdl/v4ewmH9lT519tp9TtzSx5BBHxFC9mGOtzdSi508bvyQRhmdNswVYFcz6j/sebkTOQ&#10;ZSH/Dyh/AVBLAwQUAAAACACHTuJACrBl3QsCAADtAwAADgAAAGRycy9lMm9Eb2MueG1srVNLjhMx&#10;EN0jcQfLe6bzYTJRazqzSBg2CCIBB6hxu7st+aeyJ51cggsgsQJWMKvZcxoYjkHZHRIYNrOgF+7y&#10;p175vXo+v9gazTYSg3K24uOTEWfSClcr21b87ZvLJ3POQgRbg3ZWVnwnA79YPH503vtSTlzndC2R&#10;EYgNZe8r3sXoy6IIopMGwonz0tJm49BApCm2RY3QE7rRxWQ0mhW9w9qjEzIEWl0Nm3yPiA8BdE2j&#10;hFw5cW2kjQMqSg2RKIVO+cAX+bZNI0V81TRBRqYrTkxjHqkIxVdpLBbnULYIvlNifwV4yBXucTKg&#10;LBU9QK0gArtG9Q+UUQJdcE08Ec4UA5GsCLEYj+5p87oDLzMXkjr4g+jh/8GKl5s1MlVX/HQ8n01H&#10;09MzziwYavzd+9sf7z7d3Xz9/vH257cPKf7ymR2PkXS9DyUhLO0a97Pg15h02DZo0p8Ysm2We3eQ&#10;W24jE8OioNXJ2dPpJHeiOOZ5DPG5dIaloOIhIqi2i0tnLfXU4TirDZsXIVJlSvydkIpad6m0zq3V&#10;lvUVn01PqeECyK4N2YRC44lysC1noFt6ByJiRgxOqzplJ5yA7dVSI9tAck/+kmGo2l/HUukVhG44&#10;l7cGXxkV6aloZSo+P2RDGUHpZ7ZmcedJZkB0/R5WW0JPog4ypujK1busbl4nF+T6e8cmm/05z9nH&#10;V7r4BVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AHkEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAWwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAH8DAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQNteMf/VAAAACAEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAKsGXdCwIAAO0DAAAOAAAAAAAAAAEAIAAA&#10;ACQBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAChBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>2689860</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>381000</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2438400" cy="408305"/>
+                <wp:effectExtent l="6350" t="6350" r="12700" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1692603257" name="矩形 1692603257"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2438400" cy="408305"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>医保</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:211.8pt;margin-top:30pt;height:32.15pt;width:192pt;mso-position-horizontal-relative:margin;z-index:251664384;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA/5pp+tYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU/DQAyGdyT+w8lIbPSuaRWqkEsHBBtLAgNsbs4kEfcR&#10;5a5Nwq/HTDDafvT6ecvj4qy40BSH4DVsNwoE+TaYwXca3l6f7w4gYkJv0AZPGlaKcKyur0osTJh9&#10;TZcmdYJDfCxQQ5/SWEgZ254cxk0YyfPtM0wOE49TJ82EM4c7KzOlculw8Pyhx5Eee2q/mrPTgM3y&#10;sa7r+zzL2qrh6bsem5da69ubrXoAkWhJfzD86rM6VOx0CmdvorAa9tkuZ1RDrrgTAwd1z4sTk9l+&#10;B7Iq5f8K1Q9QSwMEFAAAAAgAh07iQNuG0VJ9AgAAEQUAAA4AAABkcnMvZTJvRG9jLnhtbK1US27b&#10;MBDdF+gdCO4byYqTOEbkwIjhokDQGEiLrmmKtAjw1yFtOb1Mge56iB6n6DU6pJTESbPIolpQM5zh&#10;fB7n8eJybzTZCQjK2ZqOjkpKhOWuUXZT08+flu8mlITIbMO0s6KmdyLQy9nbNxedn4rKtU43AggG&#10;sWHa+Zq2MfppUQTeCsPCkfPColE6MCyiCpuiAdZhdKOLqixPi85B48FxEQLuLnojHSLCawI6KRUX&#10;C8e3RtjYRwWhWcSWQqt8oLNcrZSCxxspg4hE1xQ7jXnFJCiv01rMLth0A8y3ig8lsNeU8Kwnw5TF&#10;pA+hFiwysgX1TyijOLjgZDzizhR9IxkR7GJUPsPmtmVe5F4Q6uAfQA//Lyz/uFsBUQ1Owul5dVoe&#10;VydnlFhm8Ob/fP/5+9cPcmBAtDofpnjo1q9g0AKKqfW9BJP+2BTZZ4TvHhAW+0g4blbj48m4RPA5&#10;2sbl5Lg8SVdQPJ72EOJ74QxJQk0BbzADy3bXIfau9y4pWXBaNUuldVZgs77SQHYMb3uZvyH6Ezdt&#10;SYf9Vme5EIYzLHF2sCbjEYdgN5QwvUFy8Ag595PT4TBJmb+XkqQiFyy0fTE5QnJjU6Mi8kcrU9PJ&#10;4WltEYeEbo9nkuJ+vR9AXrvmDi8KXD/BwfOlwgzXLMQVAxxZxBRJHW9wkdphf26QKGkdfHtpP/nj&#10;JKGVkg4pgL1/3TIQlOgPFmfsfDQeJ85kZXxyVqECh5b1ocVuzZVD3Ef4fHiexeQf9b0owZkvyP15&#10;yoomZjnm7lEelKvYUxNfDy7m8+yGPPEsXttbz1PwBKF18210UuV5SED16Az4IVPyRA2sTlQ81LPX&#10;40s2+wtQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AADsBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAM4DAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAADyAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kD/mmn61gAAAAoBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA24bRUn0CAAARBQAADgAAAAAAAAABACAA&#10;AAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFAYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>医保</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3940175</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>358140</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="343535"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1733844667" name="直接箭头连接符 1733844667"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="343535"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:310.25pt;margin-top:28.2pt;height:27.05pt;width:0pt;z-index:251666432;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJApa7UadcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBC1U7URhDgVDyEKOwof4MbTJI09&#10;jmL39fcMYlGWM/fozplycfRO7HGMXSAN2USBQKqD7ajR8P31ensHIiZD1rhAqOGEERbV5UVpChsO&#10;9In7VWoEl1AsjIY2paGQMtYtehMnYUDibBNGbxKPYyPtaA5c7p2cKpVLbzriC60Z8LnFul/tvIbN&#10;9j1/mtXbj7d48jfL+8c+vLhe6+urTD2ASHhMZxh+9VkdKnZahx3ZKJyGfKrmjGqY5zMQDPwt1kxm&#10;nMiqlP9fqH4AUEsDBBQAAAAIAIdO4kDDJs0SCwIAAO8DAAAOAAAAZHJzL2Uyb0RvYy54bWytU82O&#10;0zAQviPxDpbvNO2m7VZR0z20LBcElYAHmDpOYsl/sr1N+xK8ABIn4AR72jtPA8tjMHZCd1kueyAH&#10;Zzz2fDPzzeflxUFJsufOC6NLOhmNKeGamUropqTv3l4+W1DiA+gKpNG8pEfu6cXq6ZNlZwt+Zloj&#10;K+4IgmhfdLakbQi2yDLPWq7Aj4zlGg9r4xQE3Lomqxx0iK5kdjYez7POuMo6w7j36N30h3RAdI8B&#10;NHUtGN8YdqW4Dj2q4xICtuRbYT1dpWrrmrPwuq49D0SWFDsNacUkaO/imq2WUDQObCvYUAI8poQH&#10;PSkQGpOeoDYQgFw58Q+UEswZb+owYkZlfSOJEexiMn7AzZsWLE+9INXenkj3/w+WvdpvHREVKuE8&#10;zxfT6Xx+TokGhZO//XDz8/3n2+tvPz7d/Pr+Mdpfv5B795C8zvoCMdZ664adt1sXmTjUTsU/9kgO&#10;ifDjiXB+CIT1TobefJrP8lmcRXYXZ50PL7hRJBol9cGBaNqwNlrjVI2bJL5h/9KHPvBPQEyqzaWQ&#10;Ev1QSE26ks7zGY6cAQq2RqGgqSw27XVDCcgGXwILLiF6I0UVo2Owd81uLR3ZQ9RP+oYy/7oWU2/A&#10;t/29dNQrS4mAj0UKVdLFKRqKAEI+1xUJR4s8g3OmG2ClRhIiqT2N0dqZ6pjYTX7UQaJp0GwU2v19&#10;ir57p6vfUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAAewQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAABdAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAAgQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJApa7UadcAAAAKAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQMMmzRILAgAA7wMAAA4AAAAAAAAAAQAg&#10;AAAAJgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKMFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>342900</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2270760" cy="441960"/>
+                <wp:effectExtent l="6350" t="6350" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1171720174" name="矩形 9"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2270760" cy="441960"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:ind w:firstLine="480" w:firstLineChars="200"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>领取我的医保电子凭证</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="矩形 9" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-top:27pt;height:34.8pt;width:178.8pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;z-index:251673600;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3212]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAiAYUmdUAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNRuSwMKcTog2LokMMB2jU0SYZ+j&#10;2G2S/nqOCaan03t677tiP3snznaMfSAN65UCYakJpqdWw/vb690jiJiQDLpAVsNiI+zL66sCcxMm&#10;quy5Tq3gEoo5auhSGnIpY9NZj3EVBkvsfYXRY+JzbKUZceJy7+RGqUx67IkXOhzsc2eb7/rkNWA9&#10;fy7L8jFNsnKqf7lUQ32otL69WasnEMnO6S8Mv/iMDiUzHcOJTBROAz+SNOzuWdnd7h4yEEeObbYZ&#10;yLKQ//nLH1BLAwQUAAAACACHTuJAFsQXnXkCAAAIBQAADgAAAGRycy9lMm9Eb2MueG1srVRLbtsw&#10;EN0X6B0I7htZhhsnRuTAiOGiQNAESIuuaYqyCPBXkracXqZAdz1EjxP0Gn2klMRJs8iiWlBDzujN&#10;vMcZnZ3vtSI74YO0pqLl0YgSYbitpdlU9Mvn1bsTSkJkpmbKGlHRWxHo+fztm7POzcTYtlbVwhOA&#10;mDDrXEXbGN2sKAJvhWbhyDph4Gys1yxi6zdF7VkHdK2K8Wh0XHTW185bLkLA6bJ30gHRvwbQNo3k&#10;Ymn5VgsTe1QvFIugFFrpAp3naptG8HjVNEFEoioKpjGvSAJ7ndZifsZmG89cK/lQAntNCc84aSYN&#10;kj5ALVlkZOvlP1Bacm+DbeIRt7roiWRFwKIcPdPmpmVOZC6QOrgH0cP/g+WfdteeyBqdUE7LKYqY&#10;TigxTOPm//z4dff7JzlNInUuzBB74679sAswE+N943V6gwvZZ2FvH4QV+0g4Dsfj6Wh6DM05fJNJ&#10;eQobMMXj186H+EFYTZJRUY+Ly3qy3WWIfeh9SEoWrJL1SiqVN36zvlCe7BgueZWfAf1JmDKkA02U&#10;kgphaN0GLQNTO9APZkMJUxvMBI8+537ydThMMsrPS0lSkUsW2r6YjJDC2EzLiLFRUlf05PBrZaBD&#10;UrfXM1lxv94PIq9tfYv78bZv3OD4SiLDJQvxmnl0KqhgluMVlkZZ8LODRUlr/feXzlM8GgheSjp0&#10;Prh/2zIvKFEfDVrrtJxMABvzZvIePUGJP/SsDz1mqy8sdC/x13A8myk+qnuz8VZ/xcgvUla4mOHI&#10;3as8bC5iP5H4aXCxWOQwjIdj8dLcOJ7Ak4TGLrbRNjL3QxKqV2fQDwOSO2oY5jSBh/sc9fgDm/8F&#10;UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAA&#10;AJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2&#10;8w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZ&#10;YxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTom&#10;oal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/&#10;AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQ&#10;RfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+k&#10;QNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6&#10;AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvP&#10;d0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4&#10;/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA5wQA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAA&#10;ABAAAADJAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAA&#10;7QMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAA&#10;AAAAAGRycy9QSwECFAAUAAAACACHTuJAiAYUmdUAAAAHAQAADwAAAAAAAAABACAAAAAiAAAAZHJz&#10;L2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQBbEF515AgAACAUAAA4AAAAAAAAAAQAgAAAAJAEA&#10;AGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAA8GAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:ind w:firstLine="480" w:firstLineChars="200"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>领取我的医保电子凭证</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1077595</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>52705</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="515947206" name="直接箭头连接符 515947206"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:84.85pt;margin-top:4.15pt;height:21.6pt;width:0pt;z-index:251672576;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAofOkjtYAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbFDrBGhoQ5yKh1CBXQsf4MbTJI09&#10;jmL39fdM2cDy6F7dOVPMj86KPQ6h9aQgHScgkCpvWqoVfH+9jaYgQtRktPWECk4YYF5eXhQ6N/5A&#10;S9yvYi14hEKuFTQx9rmUoWrQ6TD2PRJnGz84HRmHWppBH3jcWXmbJJl0uiW+0OgeXxqsutXOKdhs&#10;P7Ln+2r7uQgnd/M+e+r8q+2Uur5Kk0cQEY/xrwxnfVaHkp3WfkcmCMuczR64qmB6B+Kc//JawSSd&#10;gCwL+f+B8gdQSwMEFAAAAAgAh07iQKt7UXgLAgAA7QMAAA4AAABkcnMvZTJvRG9jLnhtbK1TS3IT&#10;MRDdU8UdVNrjsZ3YCS6Ps7AJGwpSBRxA1mhmVKVfdSse+xJcgCpWwIqwyp7TQDgGLY2xIWyyYBaa&#10;1qdf671+ml9srWEbBai9K/loMORMOekr7ZqSv31z+eScM4zCVcJ4p0q+U8gvFo8fzbswU2PfelMp&#10;YATicNaFkrcxhllRoGyVFTjwQTnarD1YEWkKTVGB6AjdmmI8HE6LzkMVwEuFSKurfpPvEeEhgL6u&#10;tVQrL6+tcrFHBWVEJErY6oB8kW9b10rGV3WNKjJTcmIa80hFKF6nsVjMxawBEVot91cQD7nCPU5W&#10;aEdFD1ArEQW7Bv0PlNUSPPo6DqS3RU8kK0IsRsN72rxuRVCZC0mN4SA6/j9Y+XJzBUxXJZ+MJk9P&#10;z8bDKWdOWGr83fvbH+8+3X29+f7x9ue3Dyn+8pkdj5F0XcAZISzdFexnGK4g6bCtwaY/MWTbLPfu&#10;ILfaRib7RUmr47PTk3HuRHHMC4DxufKWpaDkGEHopo1L7xz11MMoqy02LzBSZUr8nZCKOn+pjcmt&#10;NY51JZ+eTKjhUpBda7IJhTYQZXQNZ8I09A5khIyI3ugqZScchGa9NMA2Irknf8kwVO2vY6n0SmDb&#10;n8tbva+sjvRUjLYlPz9ki1kU2jxzFYu7QDILAN/tYY0j9CRqL2OK1r7aZXXzOrkg1987Ntnsz3nO&#10;Pr7SxS9QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AAB6BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAFwDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAACAAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCh86SO1gAAAAgBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAq3tReAsCAADtAwAADgAAAAAAAAABACAA&#10;AAAlAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAogUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2689860</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>349250</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2451100" cy="399415"/>
+                <wp:effectExtent l="6350" t="6350" r="19050" b="13335"/>
+                <wp:wrapNone/>
+                <wp:docPr id="597043882" name="矩形 597043882"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2451100" cy="399415"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>医保电子凭证</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:211.8pt;margin-top:27.5pt;height:31.45pt;width:193pt;z-index:251665408;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAy0fVadcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU/DQAyGdyT+w8lIbPQuhZY25NIBwcaSwACbmzNJxH1E&#10;uWuT8OsxE4y2H71+3uIwOyvONMY+eA3ZSoEg3wTT+1bD2+vzzQ5ETOgN2uBJw0IRDuXlRYG5CZOv&#10;6FynVnCIjzlq6FIacilj05HDuAoDeb59htFh4nFspRlx4nBn5VqprXTYe/7Q4UCPHTVf9clpwHr+&#10;WJblfZpkZVX/9F0N9Uul9fVVph5AJJrTHwy/+qwOJTsdw8mbKKyGu/XtllENmw13YmCn9rw4Mpnd&#10;70GWhfxfofwBUEsDBBQAAAAIAIdO4kC86jUrfAIAAA8FAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;EzEQviPxDpbvdHfThCZRN1XUKAipgkoFcXa8dtaS/xg72ZSXQeLGQ/A4iNdg7N22aemhB/bgnfGM&#10;5+fzfD6/OBhN9gKCcram1UlJibDcNcpua/r50/rNlJIQmW2YdlbU9FYEerF4/eq883Mxcq3TjQCC&#10;QWyYd76mbYx+XhSBt8KwcOK8sGiUDgyLqMK2aIB1GN3oYlSWb4vOQePBcREC7q56Ix0iwksCOikV&#10;FyvHd0bY2EcFoVnElkKrfKCLXK2UgsePUgYRia4pdhrziklQ3qS1WJyz+RaYbxUfSmAvKeFJT4Yp&#10;i0nvQ61YZGQH6p9QRnFwwcl4wp0p+kYyIthFVT7B5qZlXuReEOrg70EP/y8s/7C/BqKamk5mZ+X4&#10;dDodUWKZwYv/8/3n718/yMM+YtX5MMcjN/4aBi2gmBo/SDDpjy2RQ8b39h5fcYiE4+ZoPKmqEqHn&#10;aDudzcbVJF1A8XDaQ4jvhDMkCTUFvL8MK9tfhdi73rmkZMFp1ayV1lmB7eZSA9kzvOt1/oboj9y0&#10;JR3O/egsF8JwgiVODtZkPKIQ7JYSprdIDR4h5350OhwnKfP3XJJU5IqFti8mR0hubG5URPZoZWo6&#10;PT6tLeKQ0O3xTFI8bA4DyBvX3OI1gevnN3i+VpjhioV4zQAHFjFFSsePuEjtsD83SJS0Dr49t5/8&#10;cY7QSkmHBMDev+4YCEr0e4sTNqvG48SYrIwnZyNU4NiyObbYnbl0iHuFj4fnWUz+Ud+JEpz5gsxf&#10;pqxoYpZj7h7lQbmMPTHx7eBiucxuyBLP4pW98TwFTxBat9xFJ1WehwRUj86AH/IkT9TA6UTEYz17&#10;Pbxji79QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoU&#10;ZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpb&#10;RjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/sz&#10;Lra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LM&#10;f9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuP&#10;V2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWR&#10;QU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6&#10;quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJM&#10;x9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlK&#10;LjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG6&#10;1o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAA&#10;AADsBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAA&#10;AAAAAAAAEAAAAM4DAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAAB&#10;ACAAAADyAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAA&#10;ABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDLR9Vp1wAAAAoBAAAPAAAAAAAAAAEAIAAAACIA&#10;AABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAvOo1K3wCAAAPBQAADgAAAAAAAAABACAA&#10;AAAmAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAFAYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>医保电子凭证</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>岗位职责联系人 ：方凤 联系方式：8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>8795760</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="11"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference r:id="rId3" w:type="default"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="50"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -88,51 +1978,1321 @@
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="华文宋体">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600040101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0004009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="194" w:lineRule="auto"/>
+      <w:ind w:left="4087" w:firstLine="4293" w:firstLineChars="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="17"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="28" name="文本框 28"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="5"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">第 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页 共 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>26</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQMAs4fcyAgAAYwQAAA4AAABkcnMvZTJvRG9jLnhtbK1US44TMRDdI3EH&#10;y3vSSRCjKEpnFCYKQoqYkQJi7bjdaUv+yXbSHQ4AN2DFhj3nyjl47k8GDSxmwcZddpVf+b2q6sVt&#10;oxU5CR+kNTmdjMaUCMNtIc0hp58+bl7NKAmRmYIpa0ROzyLQ2+XLF4vazcXUVlYVwhOAmDCvXU6r&#10;GN08ywKvhGZhZJ0wcJbWaxax9Yes8KwGulbZdDy+yWrrC+ctFyHgdN05aY/onwNoy1Jysbb8qIWJ&#10;HaoXikVQCpV0gS7b15al4PG+LIOIROUUTGO7IgnsfVqz5YLND565SvL+Cew5T3jCSTNpkPQKtWaR&#10;kaOXf0Fpyb0NtowjbnXWEWkVAYvJ+Ik2u4o50XKB1MFdRQ//D5Z/OD14IoucTlF3wzQqfvn+7fLj&#10;1+XnV4IzCFS7MEfcziEyNm9tg7YZzgMOE++m9Dp9wYjAD3nPV3lFEwlPl2bT2WwMF4dv2AA/e7zu&#10;fIjvhNUkGTn1qF8rKzttQ+xCh5CUzdiNVKqtoTKkzunN6zfj9sLVA3BlkCOR6B6brNjsm57Z3hZn&#10;EPO2643g+EYi+ZaF+MA8mgEPxrjEeyylskhie4uSyvov/zpP8agRvJTUaK6cGswSJeq9Qe0AGAfD&#10;D8Z+MMxR31l06wRj6Hhr4oKPajBLb/VnzNAq5YCLGY5MOY2DeRe7BscMcrFatUFH5+Wh6i6g8xyL&#10;W7NzPKVJQga3OkaI2WqcBOpU6XVD77VV6uckNfef+zbq8d+w/A1QSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJAwCzh9zICAABjBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="5"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">第 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页 共 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>26</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:trackRevisions w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMjg2ZDc1ZjRhN2NhYTc4YzE4NzAyZTdlNDgwNzYyNDUifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="6365313A"/>
+    <w:rsid w:val="013435B5"/>
+    <w:rsid w:val="01E23011"/>
+    <w:rsid w:val="028B18FB"/>
+    <w:rsid w:val="03604B36"/>
+    <w:rsid w:val="03724FAD"/>
+    <w:rsid w:val="03FD4132"/>
+    <w:rsid w:val="048B5BE2"/>
+    <w:rsid w:val="053A4900"/>
+    <w:rsid w:val="055840C4"/>
+    <w:rsid w:val="05BE3D95"/>
+    <w:rsid w:val="05C313AC"/>
+    <w:rsid w:val="06BC6527"/>
+    <w:rsid w:val="06FA6593"/>
+    <w:rsid w:val="073267E9"/>
+    <w:rsid w:val="07A174CB"/>
+    <w:rsid w:val="07DD49A7"/>
+    <w:rsid w:val="08332819"/>
+    <w:rsid w:val="083640B7"/>
+    <w:rsid w:val="086329D2"/>
+    <w:rsid w:val="094E71DE"/>
+    <w:rsid w:val="09572537"/>
+    <w:rsid w:val="09BC683E"/>
+    <w:rsid w:val="0B226B74"/>
+    <w:rsid w:val="0B753148"/>
+    <w:rsid w:val="0C01678A"/>
+    <w:rsid w:val="0CC872A8"/>
+    <w:rsid w:val="0CF62067"/>
+    <w:rsid w:val="0CF93299"/>
+    <w:rsid w:val="0D674EF4"/>
+    <w:rsid w:val="0DFF4F4B"/>
+    <w:rsid w:val="0EA0228A"/>
+    <w:rsid w:val="0EE4486D"/>
+    <w:rsid w:val="0EEE7499"/>
+    <w:rsid w:val="0F865924"/>
+    <w:rsid w:val="0FCC12DA"/>
+    <w:rsid w:val="0FDC192C"/>
+    <w:rsid w:val="100C6FAD"/>
+    <w:rsid w:val="10572E1C"/>
+    <w:rsid w:val="115A0E16"/>
+    <w:rsid w:val="11E44B84"/>
+    <w:rsid w:val="11E9219A"/>
+    <w:rsid w:val="124B76B6"/>
+    <w:rsid w:val="124F2EE4"/>
+    <w:rsid w:val="125B6DD1"/>
+    <w:rsid w:val="12C0114D"/>
+    <w:rsid w:val="138D0097"/>
+    <w:rsid w:val="139879D4"/>
+    <w:rsid w:val="13CB4825"/>
+    <w:rsid w:val="13E946D3"/>
+    <w:rsid w:val="15785D0F"/>
+    <w:rsid w:val="16493207"/>
+    <w:rsid w:val="16783AEC"/>
+    <w:rsid w:val="16EB0762"/>
+    <w:rsid w:val="16F92E7F"/>
+    <w:rsid w:val="171852BA"/>
+    <w:rsid w:val="17780248"/>
+    <w:rsid w:val="186B1B5B"/>
+    <w:rsid w:val="18B84674"/>
+    <w:rsid w:val="1968609A"/>
+    <w:rsid w:val="197467ED"/>
+    <w:rsid w:val="19762565"/>
+    <w:rsid w:val="19F425B1"/>
+    <w:rsid w:val="1AE856E5"/>
+    <w:rsid w:val="1BF43C15"/>
+    <w:rsid w:val="1C0003D1"/>
+    <w:rsid w:val="1C632B49"/>
+    <w:rsid w:val="1C744D56"/>
+    <w:rsid w:val="1C8925AF"/>
+    <w:rsid w:val="1C9D2D61"/>
+    <w:rsid w:val="1CCF5E36"/>
+    <w:rsid w:val="1CF53206"/>
+    <w:rsid w:val="1E58492F"/>
+    <w:rsid w:val="1E773B70"/>
+    <w:rsid w:val="1E9A6CF6"/>
+    <w:rsid w:val="1EAC07D7"/>
+    <w:rsid w:val="1EEB7551"/>
+    <w:rsid w:val="1FFC578E"/>
+    <w:rsid w:val="2059673D"/>
+    <w:rsid w:val="20AC4ABE"/>
+    <w:rsid w:val="20BD316F"/>
+    <w:rsid w:val="20C5446B"/>
+    <w:rsid w:val="216E446A"/>
+    <w:rsid w:val="21B93937"/>
+    <w:rsid w:val="21EE732A"/>
+    <w:rsid w:val="225673D8"/>
+    <w:rsid w:val="228A0E2F"/>
+    <w:rsid w:val="22CF2CE6"/>
+    <w:rsid w:val="231B5F2B"/>
+    <w:rsid w:val="239B5EA4"/>
+    <w:rsid w:val="23D507D0"/>
+    <w:rsid w:val="243C43AB"/>
+    <w:rsid w:val="243D0FA6"/>
+    <w:rsid w:val="24591AE0"/>
+    <w:rsid w:val="245A2A83"/>
+    <w:rsid w:val="2462766C"/>
+    <w:rsid w:val="24AF1021"/>
+    <w:rsid w:val="25B00118"/>
+    <w:rsid w:val="260E1D77"/>
+    <w:rsid w:val="26490F70"/>
+    <w:rsid w:val="26753BA5"/>
+    <w:rsid w:val="268D5392"/>
+    <w:rsid w:val="27345D06"/>
+    <w:rsid w:val="27D50D9F"/>
+    <w:rsid w:val="286659BF"/>
+    <w:rsid w:val="288B76AF"/>
+    <w:rsid w:val="29A7676B"/>
+    <w:rsid w:val="29D67050"/>
+    <w:rsid w:val="2A094D30"/>
+    <w:rsid w:val="2A157B78"/>
+    <w:rsid w:val="2A6B59EA"/>
+    <w:rsid w:val="2B08148B"/>
+    <w:rsid w:val="2B0D0850"/>
+    <w:rsid w:val="2B7408CF"/>
+    <w:rsid w:val="2B794137"/>
+    <w:rsid w:val="2BC5737C"/>
+    <w:rsid w:val="2C332538"/>
+    <w:rsid w:val="2D157E8F"/>
+    <w:rsid w:val="2D7503B1"/>
+    <w:rsid w:val="2DE96269"/>
+    <w:rsid w:val="2E4C5B33"/>
+    <w:rsid w:val="2F544C9F"/>
+    <w:rsid w:val="2FC35981"/>
+    <w:rsid w:val="30CB788F"/>
+    <w:rsid w:val="31E26D53"/>
+    <w:rsid w:val="31ED4F37"/>
+    <w:rsid w:val="351A4295"/>
+    <w:rsid w:val="361B6516"/>
+    <w:rsid w:val="36421CF5"/>
+    <w:rsid w:val="364D45CE"/>
+    <w:rsid w:val="36931254"/>
+    <w:rsid w:val="36EB2C9D"/>
+    <w:rsid w:val="37092813"/>
+    <w:rsid w:val="378303B7"/>
+    <w:rsid w:val="37D526F5"/>
+    <w:rsid w:val="38545D10"/>
+    <w:rsid w:val="387575C1"/>
+    <w:rsid w:val="38955F6C"/>
+    <w:rsid w:val="38E250CA"/>
+    <w:rsid w:val="39C43E56"/>
+    <w:rsid w:val="3A641269"/>
+    <w:rsid w:val="3B381919"/>
+    <w:rsid w:val="3BC62A80"/>
+    <w:rsid w:val="3BFA097C"/>
+    <w:rsid w:val="3C48729C"/>
+    <w:rsid w:val="3CB606B2"/>
+    <w:rsid w:val="3CD411CD"/>
+    <w:rsid w:val="3DC96858"/>
+    <w:rsid w:val="3DF06488"/>
+    <w:rsid w:val="3E5129D7"/>
+    <w:rsid w:val="3E9F7A4E"/>
+    <w:rsid w:val="3EE6168C"/>
+    <w:rsid w:val="3EE80F60"/>
+    <w:rsid w:val="3F3D74FE"/>
+    <w:rsid w:val="3F7722E4"/>
+    <w:rsid w:val="40112738"/>
+    <w:rsid w:val="40166E94"/>
+    <w:rsid w:val="40552625"/>
+    <w:rsid w:val="414A3380"/>
+    <w:rsid w:val="418C27C9"/>
+    <w:rsid w:val="42005B16"/>
+    <w:rsid w:val="428D09E1"/>
+    <w:rsid w:val="42F56341"/>
+    <w:rsid w:val="43000F6E"/>
+    <w:rsid w:val="434846C3"/>
+    <w:rsid w:val="43AD4526"/>
+    <w:rsid w:val="444430DC"/>
+    <w:rsid w:val="44937BC0"/>
+    <w:rsid w:val="44AF0E16"/>
+    <w:rsid w:val="44B71B00"/>
+    <w:rsid w:val="450D7972"/>
+    <w:rsid w:val="474927B8"/>
+    <w:rsid w:val="4767488A"/>
+    <w:rsid w:val="486C49B0"/>
+    <w:rsid w:val="48C22822"/>
+    <w:rsid w:val="48E629B4"/>
+    <w:rsid w:val="49DA3B9B"/>
+    <w:rsid w:val="4A347045"/>
+    <w:rsid w:val="4C0D0258"/>
+    <w:rsid w:val="4C536C12"/>
+    <w:rsid w:val="4CF716D2"/>
+    <w:rsid w:val="4EE2777A"/>
+    <w:rsid w:val="4F0E056F"/>
+    <w:rsid w:val="4F1E720E"/>
+    <w:rsid w:val="4F4D0794"/>
+    <w:rsid w:val="508F56DF"/>
+    <w:rsid w:val="516F77C0"/>
+    <w:rsid w:val="518E5997"/>
+    <w:rsid w:val="51AC22C1"/>
+    <w:rsid w:val="51DF61F2"/>
+    <w:rsid w:val="51F62E85"/>
+    <w:rsid w:val="52630BD1"/>
+    <w:rsid w:val="52950FA7"/>
+    <w:rsid w:val="52B2589F"/>
+    <w:rsid w:val="52C5188C"/>
+    <w:rsid w:val="52EA30A1"/>
+    <w:rsid w:val="534F1156"/>
+    <w:rsid w:val="53866F34"/>
+    <w:rsid w:val="5394125E"/>
+    <w:rsid w:val="53966D85"/>
+    <w:rsid w:val="54372312"/>
+    <w:rsid w:val="552E64E3"/>
+    <w:rsid w:val="56270168"/>
+    <w:rsid w:val="570566FB"/>
+    <w:rsid w:val="57391B27"/>
+    <w:rsid w:val="5860449E"/>
+    <w:rsid w:val="58F24A5D"/>
+    <w:rsid w:val="59633BAD"/>
+    <w:rsid w:val="59637C58"/>
+    <w:rsid w:val="597E600B"/>
+    <w:rsid w:val="598A2EE8"/>
+    <w:rsid w:val="59C12681"/>
+    <w:rsid w:val="5A3538B9"/>
+    <w:rsid w:val="5A8E4C59"/>
+    <w:rsid w:val="5AF6036F"/>
+    <w:rsid w:val="5B0B0058"/>
+    <w:rsid w:val="5B5437AD"/>
+    <w:rsid w:val="5B8F2A37"/>
+    <w:rsid w:val="5BD7618C"/>
+    <w:rsid w:val="5C070844"/>
+    <w:rsid w:val="5D973E25"/>
+    <w:rsid w:val="5DDC3F2E"/>
+    <w:rsid w:val="5E4A0E97"/>
+    <w:rsid w:val="5E5835B4"/>
+    <w:rsid w:val="5ED10157"/>
+    <w:rsid w:val="5F221E14"/>
+    <w:rsid w:val="5F526256"/>
+    <w:rsid w:val="5F914E71"/>
+    <w:rsid w:val="5FEB66AA"/>
+    <w:rsid w:val="61932B55"/>
+    <w:rsid w:val="62821AAC"/>
+    <w:rsid w:val="63497970"/>
+    <w:rsid w:val="6365313A"/>
+    <w:rsid w:val="63B461E4"/>
+    <w:rsid w:val="645C36D2"/>
+    <w:rsid w:val="645F7A93"/>
+    <w:rsid w:val="64E70097"/>
+    <w:rsid w:val="65385EEE"/>
+    <w:rsid w:val="65393A14"/>
+    <w:rsid w:val="65A25A5D"/>
+    <w:rsid w:val="66540B05"/>
+    <w:rsid w:val="678C2E83"/>
+    <w:rsid w:val="67AC3573"/>
+    <w:rsid w:val="6828049B"/>
+    <w:rsid w:val="68742AA3"/>
+    <w:rsid w:val="68D538A3"/>
+    <w:rsid w:val="69112CDD"/>
+    <w:rsid w:val="6943024E"/>
+    <w:rsid w:val="6B79100E"/>
+    <w:rsid w:val="6BE768BF"/>
+    <w:rsid w:val="6CC938CF"/>
+    <w:rsid w:val="6CF941B4"/>
+    <w:rsid w:val="6D3451EC"/>
+    <w:rsid w:val="6DE05374"/>
+    <w:rsid w:val="6E315BD0"/>
+    <w:rsid w:val="6E764006"/>
+    <w:rsid w:val="6EAE506D"/>
+    <w:rsid w:val="6F6A5F99"/>
+    <w:rsid w:val="6F7C2E7B"/>
+    <w:rsid w:val="6FC85BF5"/>
+    <w:rsid w:val="702C664F"/>
+    <w:rsid w:val="7040034C"/>
+    <w:rsid w:val="70972B53"/>
+    <w:rsid w:val="717209D9"/>
+    <w:rsid w:val="71C07997"/>
+    <w:rsid w:val="74827185"/>
+    <w:rsid w:val="74A60CB8"/>
+    <w:rsid w:val="751F2C26"/>
+    <w:rsid w:val="754548E7"/>
+    <w:rsid w:val="75AD0232"/>
+    <w:rsid w:val="760140DA"/>
+    <w:rsid w:val="77B75398"/>
+    <w:rsid w:val="77D575CC"/>
+    <w:rsid w:val="78061E7B"/>
+    <w:rsid w:val="7A2B7977"/>
+    <w:rsid w:val="7A5946E0"/>
+    <w:rsid w:val="7A965AB5"/>
+    <w:rsid w:val="7BA75723"/>
+    <w:rsid w:val="7BFB44B7"/>
+    <w:rsid w:val="7C961A20"/>
+    <w:rsid w:val="7C9E2682"/>
+    <w:rsid w:val="7DB303AF"/>
+    <w:rsid w:val="7DBF0B02"/>
+    <w:rsid w:val="7ED74465"/>
+    <w:rsid w:val="7F17671C"/>
+    <w:rsid w:val="7F6A41C0"/>
+    <w:rsid w:val="7FB1460D"/>
+    <w:rsid w:val="7FE02FB2"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="340" w:beforeLines="0" w:beforeAutospacing="0" w:after="330" w:afterLines="0" w:afterAutospacing="0" w:line="576" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="9">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="7">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+    <w:pPr>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="zh-CN" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="7"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="10">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="9"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="WPSOffice手动目录 1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="WPSOffice手动目录 2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>6</Pages>
+  <Words>1156</Words>
+  <Characters>1172</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1201</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15374_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>L.</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15374</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>39D0F293D8804CB1BC7DAB3C00059668_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>