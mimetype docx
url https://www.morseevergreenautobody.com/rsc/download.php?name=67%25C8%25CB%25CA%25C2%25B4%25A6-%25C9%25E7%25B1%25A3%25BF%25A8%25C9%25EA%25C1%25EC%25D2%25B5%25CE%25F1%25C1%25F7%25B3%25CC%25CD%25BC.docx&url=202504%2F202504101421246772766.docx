--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,45 +1,2578 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>社保卡申领业务流程图</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">方法一： </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t>方法二：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>45720</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>22860</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2202180" cy="480060"/>
+                <wp:effectExtent l="6350" t="6350" r="20320" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1050888494" name="矩形 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2202180" cy="480060"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>打开“济南人社”A</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>PP</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="矩形 6" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:3.6pt;margin-top:1.8pt;height:37.8pt;width:173.4pt;z-index:251673600;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3212]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAzj99udQAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PvU7DQBCEeyTe4bRIdOQuDiTB+JwCQUdjQwHdxrfYFvdj&#10;+S6xzdOzVFDOzmjm2+IwOyvONMY+eA3rlQJBvgmm962Gt9fnmz2ImNAbtMGThoUiHMrLiwJzEyZf&#10;0blOreASH3PU0KU05FLGpiOHcRUG8ux9htFhYjm20ow4cbmzMlNqKx32nhc6HOixo+arPjkNWM8f&#10;y7K8T5OsrOqfvquhfqm0vr5aqwcQieb0F4ZffEaHkpmO4eRNFFbDLuOghs0WBLubu1v+7Mjn+wxk&#10;Wcj/+OUPUEsDBBQAAAAIAIdO4kCkKjhQfgIAAAgFAAAOAAAAZHJzL2Uyb0RvYy54bWytVEtu2zAQ&#10;3RfoHQjuG8mCkzhG7MCI4aJA0ARIi65pirII8FeStpxepkB3PUSPU/QafaSUxEmzyKJaUDOc4cy8&#10;xxmeX+y1Ijvhg7RmRkdHJSXCcFtLs5nRz59W7yaUhMhMzZQ1YkbvRKAX87dvzjs3FZVtraqFJwhi&#10;wrRzM9rG6KZFEXgrNAtH1gkDY2O9ZhGq3xS1Zx2ia1VUZXlSdNbXzlsuQsDusjfSIaJ/TUDbNJKL&#10;peVbLUzso3qhWASk0EoX6DxX2zSCx+umCSISNaNAGvOKJJDXaS3m52y68cy1kg8lsNeU8AyTZtIg&#10;6UOoJYuMbL38J5SW3Ntgm3jErS56IJkRoBiVz7i5bZkTGQuoDu6B9PD/wvKPuxtPZI1OKI/LyWQy&#10;PhtTYpjGzf/5/vP3rx/kJJHUuTCF76278YMWICbE+8br9AcWss/E3j0QK/aRcGxWVVmNJuCcwzae&#10;oAsy88XjaedDfC+sJkmYUY+Ly3yy3VWIyAjXe5eULFgl65VUKit+s75UnuwYLnmVv1QyjjxxU4Z0&#10;gFmdlqkQhtZt0DIQtQP8YDaUMLXBTPDoc+4np8NhkjJ/LyVJRS5ZaPticoTkxqZaRoyNknpGgR/f&#10;cFoZVJrY7flMUtyv9wPJa1vf4X687Rs3OL6SyHDFQrxhHp0KKJjleI2lURb47CBR0lr/7aX95I8G&#10;gpWSDp0P7F+3zAtK1AeD1jobjccIG7MyPj6toPhDy/rQYrb60oL3EV4Nx7OY/KO6Fxtv9ReM/CJl&#10;hYkZjtw9y4NyGfuJxKPBxWKR3TAejsUrc+t4Cp4oNHaxjbaRuR8SUT07A38YkHznwzCnCTzUs9fj&#10;Azb/C1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AOsEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAzQMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAPEDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQM4/fbnUAAAABgEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kCkKjhQfgIAAAgFAAAOAAAAAAAAAAEAIAAA&#10;ACMBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAATBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>打开“济南人社”A</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>PP</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2705100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>22860</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2392680" cy="446405"/>
+                <wp:effectExtent l="6350" t="6350" r="20320" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="212" name="矩形 212"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2392680" cy="446405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>关注“济南社保”微信公众号</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:213pt;margin-top:1.8pt;height:35.15pt;width:188.4pt;z-index:251660288;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAXc1li9YAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNRuikIJcTog2FgSGGBz4yOJsM9R&#10;7DYJv55jgvH0Tu99X3lYvBNnnOIQSMN2o0AgtcEO1Gl4e32+2YOIyZA1LhBqWDHCobq8KE1hw0w1&#10;npvUCS6hWBgNfUpjIWVse/QmbsKIxNlnmLxJfE6dtJOZudw7mSmVS28G4oXejPjYY/vVnLwG0ywf&#10;67q+z7OsnRqevuuxeam1vr7aqgcQCZf09wy/+IwOFTMdw4lsFE7DbZazS9Kwy0FwvlcZqxw13O3u&#10;QVal/C9Q/QBQSwMEFAAAAAgAh07iQA8+Yqx2AgAAAwUAAA4AAABkcnMvZTJvRG9jLnhtbK1UzW7b&#10;MAy+D9g7CLqvdrz0L4hTBAkyDCjWAt2wsyJLsQD9jVLidC8zYLc9RB9n2GuMkt027XroYT7IpEh9&#10;JD+Rml7sjSY7AUE5W9PRUUmJsNw1ym5q+uXz6t0ZJSEy2zDtrKjprQj0Yvb2zbTzE1G51ulGAEEQ&#10;Gyadr2kbo58UReCtMCwcOS8sGqUDwyKqsCkaYB2iG11UZXlSdA4aD46LEHB32RvpgAivAXRSKi6W&#10;jm+NsLFHBaFZxJJCq3ygs5ytlILHKymDiETXFCuNecUgKK/TWsymbLIB5lvFhxTYa1J4VpNhymLQ&#10;B6gli4xsQf0DZRQHF5yMR9yZoi8kM4JVjMpn3Ny0zItcC1Id/APp4f/B8k+7ayCqqWk1qiixzOCV&#10;//nx6/fdT5J2kJ/Ohwm63fhrGLSAYip2L8GkP5ZB9pnT2wdOxT4SjpvV+/Pq5Azp5mgbj0/G5XEC&#10;LR5Pewjxg3CGJKGmgHeWqWS7yxB713uXFCw4rZqV0jorsFkvNJAdw/td5W9Af+KmLemw16vTMiXC&#10;sGsldguKxmPlwW4oYXqD48Aj5NhPTofDIGX+XgqSklyy0PbJZITkxiZGRZwYrUxNzw5Pa4s8JHZ7&#10;PpMU9+v9QPLaNbd4NeD6ng2erxRGuGQhXjPAJsVScIzjFS5SO6zPDRIlrYPvL+0nf+wdtFLSYdNj&#10;7d+2DAQl+qPFrjofjccIG7MyPj6tUIFDy/rQYrdm4ZD3ET4Ynmcx+Ud9L0pw5itO+zxFRROzHGP3&#10;LA/KIvbDiO8FF/N5dsPJ8Cxe2hvPE3ii0Lr5Njqpcj8konp2Bv5wNnJHDXOchu9Qz16Pb9fsL1BL&#10;AwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMO&#10;g2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR&#10;1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGp&#10;do6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQ&#10;SwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3&#10;SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDS&#10;zljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6&#10;VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJ&#10;Q6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f&#10;8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOUEAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQ&#10;AAAAxwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAOsD&#10;AABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAA&#10;AABkcnMvUEsBAhQAFAAAAAgAh07iQF3NZYvWAAAACAEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9k&#10;b3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAPPmKsdgIAAAMFAAAOAAAAAAAAAAEAIAAAACUBAABk&#10;cnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAANBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>关注“济南社保”微信公众号</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1066800</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>243205</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="896920950" name="直接箭头连接符 896920950"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:84pt;margin-top:19.15pt;height:21.6pt;width:0pt;z-index:251674624;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA172MatcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXFDrhEIUQpyKHyEKN1oeYBtvkzT2&#10;Oordv7fH5QLHmR3NflPOj9aIPY2+c6wgnSYgiGunO24UfK/eJjkIH5A1Gsek4EQe5tXlRYmFdgf+&#10;ov0yNCKWsC9QQRvCUEjp65Ys+qkbiONt40aLIcqxkXrEQyy3Rt4mSSYtdhw/tDjQS0t1v9xZBZvt&#10;R/Z8V28/3/3J3iwennr3anqlrq/S5BFEoGP4C8MZP6JDFZnWbsfaCxN1lsctQcEsn4E4B36NtYI8&#10;vQdZlfL/guoHUEsDBBQAAAAIAIdO4kDMApvMCQIAAO0DAAAOAAAAZHJzL2Uyb0RvYy54bWytU0uO&#10;EzEQ3SNxB8t70kkGwiRKZxYJwwZBJOAAFbe725J/KnvSySW4ABIrYMWwmj2ngeEYlN0hgWEzC3rh&#10;Lpddr/yen+cXO6PZVmJQzpZ8NBhyJq1wlbJNyd++uXx0zlmIYCvQzsqS72XgF4uHD+adn8mxa52u&#10;JDICsWHW+ZK3MfpZUQTRSgNh4Ly0tFg7NBBpik1RIXSEbnQxHg4nReew8uiEDIGyq36RHxDxPoCu&#10;rpWQKyeujLSxR0WpIRKl0Cof+CKftq6liK/qOsjIdMmJacwjNaF4k8ZiMYdZg+BbJQ5HgPsc4Q4n&#10;A8pS0yPUCiKwK1T/QBkl0AVXx4FwpuiJZEWIxWh4R5vXLXiZuZDUwR9FD/8PVrzcrpGpquTn08l0&#10;PJw+IWUsGLr42/c3P959uv16/f3jzc9vH1L85TM7bSPpOh9mhLC0azzMgl9j0mFXo0l/Ysh2We79&#10;UW65i0z0SUHZ8dPHZ+N8E8WpzmOIz6UzLAUlDxFBNW1cOmvpTh2OstqwfREidabC3wWpqXWXSut8&#10;tdqyruSTs0RLANm1JptQaDxRDrbhDHRD70BEzIjBaVWl6oQTsNksNbItJPfkLxmGuv21LbVeQWj7&#10;fXmp95VRkZ6KVobUPVbDLILSz2zF4t6TzIDougOstoSeRO1lTNHGVfusbs6TC3L/g2OTzf6c5+rT&#10;K138AlBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AHkEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAWwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAH8DAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQNe9jGrXAAAACQEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kDMApvMCQIAAO0DAAAOAAAAAAAAAAEAIAAA&#10;ACYBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAChBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3915410</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>222885</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="213" name="直接箭头连接符 213"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:308.3pt;margin-top:17.55pt;height:21.6pt;width:0pt;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJATEPxjdcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBB1QsGUkEnFQ6jAjsIHuPE0SWOP&#10;o9h9/T1GLGA5M0d3zi3nB2fFjsbQeUbIJxkI4tqbjhuEr8+XyxmIEDUbbT0TwpECzKvTk1IXxu/5&#10;g3bL2IgUwqHQCG2MQyFlqFtyOkz8QJxuaz86HdM4NtKMep/CnZVXWaak0x2nD60e6Kmlul9uHcJ6&#10;86Yer+vN+yIc3cXr3UPvn22PeH6WZ/cgIh3iHww/+kkdquS08ls2QVgElSuVUITpTQ4iAb+LFcLt&#10;bAqyKuX/BtU3UEsDBBQAAAAIAIdO4kBkK8pFBAIAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWytU81u&#10;EzEQviPxDpbvZPMDpVpl00NCuSCIBDyA4/XuWvKfZtxs8hK8ABIn4AQ99c7T0PYxGHtDCuXSA3vw&#10;jscz3/j7Zjw/21nDtgpQe1fxyWjMmXLS19q1FX//7vzJKWcYhauF8U5VfK+Qny0eP5r3oVRT33lT&#10;K2AE4rDsQ8W7GENZFCg7ZQWOfFCODhsPVkTaQlvUIHpCt6aYjscnRe+hDuClQiTvajjkB0R4CKBv&#10;Gi3VyssLq1wcUEEZEYkSdjogX+TbNo2S8U3ToIrMVJyYxrxSEbI3aS0Wc1G2IEKn5eEK4iFXuMfJ&#10;Cu2o6BFqJaJgF6D/gbJagkffxJH0thiIZEWIxWR8T5u3nQgqcyGpMRxFx/8HK19v18B0XfHpZMaZ&#10;E5ZafvPx6vrDl5vL7z8/X93++JTsb19ZCiC5+oAlZS3dGg47DGtI3HcN2PQnVmyXJd4fJVa7yOTg&#10;lOSdPn86m2b1i7u8ABhfKm9ZMiqOEYRuu7j0zlEfPUyywmL7CiNVpsTfCamo8+famNxO41hf8ZPZ&#10;M2qyFDSiDY0GmTYQTXQtZ8K0NPsyQkZEb3SdshMOQrtZGmBbkSYmf4k1VfsrLJVeCeyGuHw0zJLV&#10;kZ6H0bbip8dsUUahzQtXs7gPJLAA8P0B1jhCT6IOMiZr4+t9Vjf7qfO5/mFK02j9uc/Zdy9z8QtQ&#10;SwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbz&#10;DoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5lj&#10;EdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiah&#10;qXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8A&#10;UEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj9&#10;3/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAB0BAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAA&#10;EAAAAFYDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAB6&#10;AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAA&#10;AAAAZHJzL1BLAQIUABQAAAAIAIdO4kBMQ/GN1wAAAAkBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMv&#10;ZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAZCvKRQQCAADhAwAADgAAAAAAAAABACAAAAAmAQAA&#10;ZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAnAUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:line="432" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>22860</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>236220</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2270760" cy="441960"/>
+                <wp:effectExtent l="6350" t="6350" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="565004164" name="矩形 7"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2270760" cy="441960"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>社保卡应用</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="矩形 7" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:1.8pt;margin-top:18.6pt;height:34.8pt;width:178.8pt;z-index:251675648;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3212]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAWbg7fNUAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNROK4UqxOmAYGNJYIDtGrtJVPsc&#10;xW6T8Os5JpjuTu/p3ffKw+KduNopDoE0ZBsFwlIbzECdho/314c9iJiQDLpAVsNqIxyq25sSCxNm&#10;qu21SZ3gEIoFauhTGgspY9tbj3ETRkusncLkMfE5ddJMOHO4d3KrVC49DsQfehztc2/bc3PxGrBZ&#10;vtZ1/ZxnWTs1vHzXY/NWa31/l6knEMku6c8Mv/iMDhUzHcOFTBROwy5nI4/HLQiWd3nGy5F9Kt+D&#10;rEr5v0D1A1BLAwQUAAAACACHTuJAVEhG3nkCAAAHBQAADgAAAGRycy9lMm9Eb2MueG1srVRLbtsw&#10;EN0X6B0I7hvJhmMnRuTAiOGiQNAESIuuaYqyCPBXkv6klynQXQ/R4xS9Rh8pxXHSLLKoFtQMZ/hm&#10;5nGGF5d7rchW+CCtqejgpKREGG5radYV/fxp+e6MkhCZqZmyRlT0XgR6OXv75mLnpmJoW6tq4QlA&#10;TJjuXEXbGN20KAJvhWbhxDphYGys1yxC9eui9mwHdK2KYVmOi531tfOWixCwu+iMtEf0rwG0TSO5&#10;WFi+0cLEDtULxSJKCq10gc5ytk0jeLxpmiAiURVFpTGvCAJ5ldZidsGma89cK3mfAntNCs9q0kwa&#10;BD1ALVhkZOPlP1Bacm+DbeIJt7roCsmMoIpB+Yybu5Y5kWsB1cEdSA//D5Z/3N56IuuKno5Py3I0&#10;GI8oMUzj4v98//n71w8ySRztXJjC9c7d+l4LEFPB+8br9EcpZJ95vT/wKvaRcGwOh5NyMgblHLbR&#10;aHAOGTDF42nnQ3wvrCZJqKjHvWU62fY6xM71wSUFC1bJeimVyopfr66UJ1uGO17mr0d/4qYM2aHf&#10;kUpKhKFzG3QMRO1QfTBrSphaYyR49Dn2k9PhOEiZv5eCpCQXLLRdMhkhubGplhFTo6Su6NnxaWXA&#10;Q2K34zNJcb/a9ySvbH2P6/G269vg+FIiwjUL8ZZ5NCpKwSjHGyyNsqjP9hIlrfXfXtpP/ugfWCnZ&#10;ofFR+9cN84IS9cGgs84HoxFgY1ZGp5MhFH9sWR1bzEZfWfA+wKPheBaTf1QPYuOt/oKJn6eoMDHD&#10;EbtjuVeuYjeQeDO4mM+zG6bDsXht7hxP4IlCY+ebaBuZ+yER1bHT84f5yB3Vz3IawGM9ez2+X7O/&#10;UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAA&#10;AJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2&#10;8w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZ&#10;YxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTom&#10;oal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/&#10;AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQ&#10;RfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+k&#10;QNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6&#10;AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvP&#10;d0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4&#10;/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA5wQA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAA&#10;ABAAAADJAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAA&#10;7QMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAA&#10;AAAAAGRycy9QSwECFAAUAAAACACHTuJAWbg7fNUAAAAIAQAADwAAAAAAAAABACAAAAAiAAAAZHJz&#10;L2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQFRIRt55AgAABwUAAA4AAAAAAAAAAQAgAAAAJAEA&#10;AGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAA8GAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>社保卡应用</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2682240</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>243840</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2430780" cy="426720"/>
+                <wp:effectExtent l="6350" t="6350" r="20320" b="24130"/>
+                <wp:wrapNone/>
+                <wp:docPr id="214" name="矩形 214"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2430780" cy="426720"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>办社保</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:211.2pt;margin-top:19.2pt;height:33.6pt;width:191.4pt;z-index:251662336;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAbSniENcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PsU7DMBCGdyTewTokNmo3tFUU4nRAsLEkMMB2jU0SYZ+j&#10;2G0Snp5jgul0uk//fX95XLwTFzvFIZCG7UaBsNQGM1Cn4e31+S4HEROSQRfIalhthGN1fVViYcJM&#10;tb00qRMcQrFADX1KYyFlbHvrMW7CaIlvn2HymHidOmkmnDncO5kpdZAeB+IPPY72sbftV3P2GrBZ&#10;PtZ1fZ9nWTs1PH3XY/NSa317s1UPIJJd0h8Mv/qsDhU7ncKZTBROwy7LdoxquM95MpCrfQbixKTa&#10;H0BWpfxfofoBUEsDBBQAAAAIAIdO4kBqcoX+eAIAAAMFAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;EzEQviPxDpbvdDdLaEvUTRU1CkKqoFJBnB2vN2vJf9hONuVlkLjxEDwO4jX47N22aemhB/bgnfGM&#10;Z+b7POOz871WZCd8kNbUdHJUUiIMt400m5p+/rR6dUpJiMw0TFkjanojAj2fv3xx1ruZqGxnVSM8&#10;QRATZr2raRejmxVF4J3QLBxZJwyMrfWaRah+UzSe9YiuVVGV5XHRW984b7kIAbvLwUjHiP45AW3b&#10;Si6Wlm+1MHGI6oViEZBCJ12g81xt2woeP7ZtEJGomgJpzCuSQF6ntZifsdnGM9dJPpbAnlPCI0ya&#10;SYOkd6GWLDKy9fKfUFpyb4Nt4xG3uhiAZEaAYlI+4ua6Y05kLKA6uDvSw/8Lyz/srjyRTU2ryZQS&#10;wzSu/M/3n79//SBpB/z0Lszgdu2u/KgFiAnsvvU6/QGD7DOnN3ecin0kHJvV9HV5cgq6OWzT6vik&#10;yqQX96edD/GdsJokoaYed5apZLvLEJERrrcuKVmwSjYrqVRW/GZ9oTzZMdzvKn+pZBx54KYM6dHr&#10;1UmZCmHo2hbdAlE7IA9mQwlTG4wDjz7nfnA6HCYp8/dUklTkkoVuKCZHSG5spmXExCipa3p6eFoZ&#10;VJrYHfhMUtyv9yPJa9vc4Gq8HXo2OL6SyHDJQrxiHk0KKBjj+BFLqyzw2VGipLP+21P7yR+9Aysl&#10;PZoe2L9umReUqPcGXfV2Mp0ibMzK9E26K+IPLetDi9nqCwveJ3gwHM9i8o/qVmy91V8w7YuUFSZm&#10;OHIPLI/KRRyGEe8FF4tFdsNkOBYvzbXjKXii0NjFNtpW5n5IRA3sjPxhNvKdj3Ochu9Qz173b9f8&#10;L1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEA&#10;AACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn6&#10;9vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYj&#10;mWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6&#10;JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7oc&#10;vwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMw&#10;EEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5Cov&#10;pEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP&#10;+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xb&#10;z3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvX&#10;OP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOgE&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAA&#10;AAAQAAAAygMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAA&#10;AO4DAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAA&#10;AAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQG0p4hDXAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRy&#10;cy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kBqcoX+eAIAAAMFAAAOAAAAAAAAAAEAIAAAACYB&#10;AABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAAQBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>办社保</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:eastAsia="Cambria Math" w:cs="Cambria Math"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:bidi="ar"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3923030</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>371475</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="343535"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="215" name="直接箭头连接符 215"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="343535"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:308.9pt;margin-top:29.25pt;height:27.05pt;width:0pt;z-index:251663360;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA7HU6U9gAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBB1UtFQQpyKhxCluz4+wI2nSRp7&#10;HMXu6+8ZxAKWM3N059xidnZWHHEIrScF6SgBgVR501KtYLP+uJ+CCFGT0dYTKrhggFl5fVXo3PgT&#10;LfG4irXgEAq5VtDE2OdShqpBp8PI90h82/nB6cjjUEsz6BOHOyvHSZJJp1viD43u8a3BqlsdnILd&#10;/it7faj2i89wcXfzp5fOv9tOqdubNHkGEfEc/2D40Wd1KNlp6w9kgrAKsvSR1aOCyXQCgoHfxZbJ&#10;dJyBLAv5v0L5DVBLAwQUAAAACACHTuJAxHFGfAQCAADhAwAADgAAAGRycy9lMm9Eb2MueG1srVNL&#10;jhMxEN0jcQfLe9L5kNGolc4sEoYNgkjAARy3u9uSf6rypJNLcAEkVsAKWM1+TgPDMSi7QwaGzSzo&#10;hbtcrnrl96q8uNhbw3YKUHtX8clozJly0tfatRV/++byyTlnGIWrhfFOVfygkF8sHz9a9KFUU995&#10;UytgBOKw7EPFuxhDWRQoO2UFjnxQjg4bD1ZE2kJb1CB6QremmI7HZ0XvoQ7gpUIk73o45EdEeAig&#10;bxot1drLK6tcHFBBGRGJEnY6IF/m2zaNkvFV06CKzFScmMa8UhGyt2ktlgtRtiBCp+XxCuIhV7jH&#10;yQrtqOgJai2iYFeg/4GyWoJH38SR9LYYiGRFiMVkfE+b150IKnMhqTGcRMf/Bytf7jbAdF3x6WTO&#10;mROWWn77/vrHu0+3375+/3j98+ZDsr98ZimA5OoDlpS1chs47jBsIHHfN2DTn1ixfZb4cJJY7SOT&#10;g1OSd/Z0Np9luOIuLwDG58pbloyKYwSh2y6uvHPURw+TrLDYvcBIlSnxd0Iq6vylNia30zjWV/xs&#10;NqcmS0Ej2tBokGkD0UTXciZMS7MvI2RE9EbXKTvhILTblQG2E2li8pdYU7W/wlLptcBuiMtHwyxZ&#10;Hel5GG0rfn7KFmUU2jxzNYuHQAILAN8fYY0j9CTqIGOytr4+ZHWznzqf6x+nNI3Wn/ucffcyl78A&#10;UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAA&#10;AJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2&#10;8w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZ&#10;YxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTom&#10;oal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/&#10;AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQ&#10;RfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+k&#10;QNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6&#10;AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvP&#10;d0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4&#10;/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAdQQA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAA&#10;ABAAAABXAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAA&#10;ewMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAA&#10;AAAAAGRycy9QSwECFAAUAAAACACHTuJA7HU6U9gAAAAKAQAADwAAAAAAAAABACAAAAAiAAAAZHJz&#10;L2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQMRxRnwEAgAA4QMAAA4AAAAAAAAAAQAgAAAAJwEA&#10;AGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAJ0FAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="0" w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>15240</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>358140</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2255520" cy="457200"/>
+                <wp:effectExtent l="6350" t="6350" r="24130" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1355917137" name="矩形 8"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2255520" cy="457200"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>社保卡即时制卡申领</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="矩形 8" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:1.2pt;margin-top:28.2pt;height:36pt;width:177.6pt;z-index:251677696;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3212]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJADpJAFNYAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PsU7DMBCGdyTewTokNmo3tKFK43RAsLEkdIDtmpgkqn2O&#10;YrdJeHqOCabT6f/033f5YXZWXM0Yek8a1isFwlDtm55aDcf314cdiBCRGrSejIbFBDgUtzc5Zo2f&#10;qDTXKraCSyhkqKGLccikDHVnHIaVHwxx9uVHh5HXsZXNiBOXOysTpVLpsCe+0OFgnjtTn6uL04DV&#10;/Lksy8c0ydKq/uW7HKq3Uuv7u7Xag4hmjn8w/OqzOhTsdPIXaoKwGpINgxq2KU+OH7dPKYgTc8lu&#10;A7LI5f8Hih9QSwMEFAAAAAgAh07iQLxahFF7AgAACAUAAA4AAABkcnMvZTJvRG9jLnhtbK1US27b&#10;MBDdF+gdCO4b2U5cJ0bkwIjhokDQBHCLrmmKsgjwV5K2nF6mQHc9RI5T9Bp9pJTESbPIolpQQ87w&#10;Dd/jDM8v9lqRnfBBWlPS4dGAEmG4raTZlPTL5+W7U0pCZKZiyhpR0lsR6MXs7Zvz1k3FyDZWVcIT&#10;gJgwbV1JmxjdtCgCb4Rm4cg6YeCsrdcsYuo3ReVZC3StitFg8L5ora+ct1yEgNVF56Q9on8NoK1r&#10;ycXC8q0WJnaoXigWQSk00gU6y6eta8HjdV0HEYkqKZjGPCIJ7HUai9k5m248c43k/RHYa47wjJNm&#10;0iDpA9SCRUa2Xv4DpSX3Ntg6HnGri45IVgQshoNn2qwa5kTmAqmDexA9/D9Y/ml344msUAnH4/HZ&#10;cDI8nlBimMbN//nx6/fdT3KaRGpdmCJ25W58PwswE+N97XX6gwvZZ2FvH4QV+0g4Fkej8Xg8guYc&#10;vpPxBHWQQIvH3c6H+EFYTZJRUo+Ly3qy3VWIXeh9SEoWrJLVUiqVJ36zvlSe7BgueZm/Hv1JmDKk&#10;Bc3RBMkJZyjdGiUDUzvQD2ZDCVMb9ASPPud+sjscJhnk76Uk6ZALFpruMBkhhbGplhFto6Qu6enh&#10;bmWgQ1K30zNZcb/e9yKvbXWL+/G2K9zg+FIiwxUL8YZ5VCqooJfjNYZaWfCzvUVJY/33l9ZTPAoI&#10;XkpaVD64f9syLyhRHw1K62x4cgLYmCf5sijxh571ocds9aWF7kO8Go5nE5t9VPdm7a3+ipafp6xw&#10;McORu1O5n1zGriPxaHAxn+cwtIdj8cqsHE/gSUJj59toa5nrIQnVqdPrhwbJFdU3c+rAw3mOenzA&#10;Zn8BUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY8&#10;0QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62&#10;tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/Y&#10;KTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dv&#10;uhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFO&#10;wzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrk&#10;Ki+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQ&#10;KQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si47&#10;3FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaO&#10;a9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA&#10;6gQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAA&#10;AAAAABAAAADMAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAg&#10;AAAA8AMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQ&#10;AAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJADpJAFNYAAAAIAQAADwAAAAAAAAABACAAAAAiAAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQLxahFF7AgAACAUAAA4AAAAAAAAAAQAgAAAA&#10;JQEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAABIGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>社保卡即时制卡申领</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1077595</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>29845</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1181118901" name="直接箭头连接符 1181118901"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:84.85pt;margin-top:2.35pt;height:21.6pt;width:0pt;z-index:251676672;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA214x/9UAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PS0/DMBCE70j8B2uRuFTUKapSEuJUPIR43Fr4AW68TdLY&#10;6yh2X/+eDZdyWn2a0exMsTw5Kw44hNaTgtk0AYFUedNSreDn++3uAUSImoy2nlDBGQMsy+urQufG&#10;H2mFh3WsBYdQyLWCJsY+lzJUDTodpr5HYm3rB6cj41BLM+gjhzsr75MklU63xB8a3eNLg1W33jsF&#10;291n+jyvdl/v4ewmH9lT519tp9TtzSx5BBHxFC9mGOtzdSi508bvyQRhmdNswVYFcz6j/sebkTOQ&#10;ZSH/Dyh/AVBLAwQUAAAACACHTuJA1BokTAoCAADvAwAADgAAAGRycy9lMm9Eb2MueG1srVPNjtMw&#10;EL4j8Q6W7zRtF5YSNd1Dy3JBUAl4gKnjJJb8p7G3aV+CF0DiBJxYTnvnaWB5DMZO6S7LZQ9ESjL+&#10;mW/8ffN5frYzmm0lBuVsxSejMWfSClcr21b83dvzRzPOQgRbg3ZWVnwvAz9bPHww730pp65zupbI&#10;CMSGsvcV72L0ZVEE0UkDYeS8tLTYODQQaYhtUSP0hG50MR2PT4veYe3RCRkCza6GRX5AxPsAuqZR&#10;Qq6cuDDSxgEVpYZIlEKnfOCLfNqmkSK+bpogI9MVJ6Yxf6kIxZv0LRZzKFsE3ylxOALc5wh3OBlQ&#10;looeoVYQgV2g+gfKKIEuuCaOhDPFQCQrQiwm4zvavOnAy8yFpA7+KHr4f7Di1XaNTNXkhMlsQu+z&#10;8YQzC4Y6f/3h6uf7z9ffLn98uvr1/WOKv35ht/aReL0PJWEs7RoPo+DXmJTYNWjSnziyXRZ8fxRc&#10;7iITw6Sg2enTxyfT3IviJs9jiC+kMywFFQ8RQbVdXDprqasOJ1lv2L4MkSpT4p+EVNS6c6V1bq62&#10;rK/46ckTarkAMmxDRqHQeCIdbMsZ6JZugoiYEYPTqk7ZCSdgu1lqZFtI/slPsgxV+2tbKr2C0A37&#10;8tLgLKMiXRatTMVnx2woIyj93NYs7j3pDIiuP8BqS+hJ1EHGFG1cvc/q5nnyQa5/8Gwy2u1xzr65&#10;p4vfUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY8&#10;0QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy&#10;2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62&#10;tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/Y&#10;KTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dv&#10;uhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFO&#10;wzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrk&#10;Ki+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQ&#10;KQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si47&#10;3FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaO&#10;a9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAA&#10;eAQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAA&#10;AAAAABAAAABaAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAg&#10;AAAAfgMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQ&#10;AAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJA214x/9UAAAAIAQAADwAAAAAAAAABACAAAAAiAAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQNQaJEwKAgAA7wMAAA4AAAAAAAAAAQAgAAAA&#10;JAEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKAFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:posOffset>2689860</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>381000</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2438400" cy="408305"/>
+                <wp:effectExtent l="6350" t="6350" r="12700" b="23495"/>
+                <wp:wrapNone/>
+                <wp:docPr id="216" name="矩形 216"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2438400" cy="408305"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>社保服务</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:211.8pt;margin-top:30pt;height:32.15pt;width:192pt;mso-position-horizontal-relative:margin;z-index:251664384;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA/5pp+tYAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU/DQAyGdyT+w8lIbPSuaRWqkEsHBBtLAgNsbs4kEfcR&#10;5a5Nwq/HTDDafvT6ecvj4qy40BSH4DVsNwoE+TaYwXca3l6f7w4gYkJv0AZPGlaKcKyur0osTJh9&#10;TZcmdYJDfCxQQ5/SWEgZ254cxk0YyfPtM0wOE49TJ82EM4c7KzOlculw8Pyhx5Eee2q/mrPTgM3y&#10;sa7r+zzL2qrh6bsem5da69ubrXoAkWhJfzD86rM6VOx0CmdvorAa9tkuZ1RDrrgTAwd1z4sTk9l+&#10;B7Iq5f8K1Q9QSwMEFAAAAAgAh07iQHxC7xl2AgAAAwUAAA4AAABkcnMvZTJvRG9jLnhtbK1UzW7b&#10;MAy+D9g7CLovdtK0zYI6RZAgw4BiLZANOyuyFAvQ3yglTvcyA3bbQ/Rxhr3GKNlt066HHuaDTIrU&#10;R/ITqYvLg9FkLyAoZys6HJSUCMtdrey2ol8+r95NKAmR2ZppZ0VFb0Wgl7O3by5aPxUj1zhdCyAI&#10;YsO09RVtYvTTogi8EYaFgfPColE6MCyiCtuiBtYiutHFqCzPitZB7cFxEQLuLjsj7RHhNYBOSsXF&#10;0vGdETZ2qCA0i1hSaJQPdJazlVLweC1lEJHoimKlMa8YBOVNWovZBZtugflG8T4F9poUntVkmLIY&#10;9AFqySIjO1D/QBnFwQUn44A7U3SFZEawimH5jJt1w7zItSDVwT+QHv4fLP+0vwGi6oqOhmeUWGbw&#10;yv/8+PX77idJO8hP68MU3db+BnotoJiKPUgw6Y9lkEPm9PaBU3GIhOPmaHwyGZdIN0fbuJyclKcJ&#10;tHg87SHED8IZkoSKAt5ZppLtr0LsXO9dUrDgtKpXSuuswHaz0ED2DO93lb8e/YmbtqTFXh+d50QY&#10;dq3EbsGcjMfKg91SwvQWx4FHyLGfnA7HQcr8vRQkJblkoemSyQjJjU2NijgxWpmKTo5Pa4s8JHY7&#10;PpMUD5tDT/LG1bd4NeC6ng2erxRGuGIh3jDAJkVOcYzjNS5SO6zP9RIljYPvL+0nf+wdtFLSYtNj&#10;7d92DAQl+qPFrno/HI/TlGRlfHo+QgWOLZtji92ZhUPeh/hgeJ7F5B/1vSjBma847fMUFU3Mcozd&#10;sdwri9gNI74XXMzn2Q0nw7N4ZdeeJ/BEoXXzXXRS5X5IRHXs9PzhbOSO6uc4Dd+xnr0e367ZX1BL&#10;AwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMO&#10;g2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR&#10;1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGp&#10;do6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQ&#10;SwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3&#10;SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDS&#10;zljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6&#10;VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJ&#10;Q6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f&#10;8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOUEAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQ&#10;AAAAxwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAOsD&#10;AABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAA&#10;AABkcnMvUEsBAhQAFAAAAAgAh07iQP+aafrWAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9k&#10;b3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kB8Qu8ZdgIAAAMFAAAOAAAAAAAAAAEAIAAAACUBAABk&#10;cnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAANBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>社保服务</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3940175</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>358140</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="343535"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="217" name="直接箭头连接符 217"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="343535"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:310.25pt;margin-top:28.2pt;height:27.05pt;width:0pt;z-index:251669504;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJApa7UadcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBC1U7URhDgVDyEKOwof4MbTJI09&#10;jmL39fcMYlGWM/fozplycfRO7HGMXSAN2USBQKqD7ajR8P31ensHIiZD1rhAqOGEERbV5UVpChsO&#10;9In7VWoEl1AsjIY2paGQMtYtehMnYUDibBNGbxKPYyPtaA5c7p2cKpVLbzriC60Z8LnFul/tvIbN&#10;9j1/mtXbj7d48jfL+8c+vLhe6+urTD2ASHhMZxh+9VkdKnZahx3ZKJyGfKrmjGqY5zMQDPwt1kxm&#10;nMiqlP9fqH4AUEsDBBQAAAAIAIdO4kDVl6nzBAIAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWytU0uO&#10;EzEQ3SNxB8t70vmQYdRKZxYJwwZBJOAAFbe725J/KnvSySW4ABIrYAWsZs9pYDgGZXfIwLCZBb1w&#10;l8tVr+o9lxcXe6PZTmJQzlZ8MhpzJq1wtbJtxd+8vnx0zlmIYGvQzsqKH2TgF8uHDxa9L+XUdU7X&#10;EhmB2FD2vuJdjL4siiA6aSCMnJeWDhuHBiJtsS1qhJ7QjS6m4/FZ0TusPTohQyDvejjkR0S8D6Br&#10;GiXk2okrI20cUFFqiEQpdMoHvszdNo0U8WXTBBmZrjgxjXmlImRv01osF1C2CL5T4tgC3KeFO5wM&#10;KEtFT1BriMCuUP0DZZRAF1wTR8KZYiCSFSEWk/EdbV514GXmQlIHfxI9/D9Y8WK3Qabqik8nTziz&#10;YOjKb95d/3j78ebrl+8frn9+e5/sz59YCiC5eh9KylrZDR53wW8wcd83aNKfWLF9lvhwkljuIxOD&#10;U5B39ng2n80TXHGb5zHEZ9IZloyKh4ig2i6unLV0jw4nWWHYPQ9xSPydkIpad6m0Jj+U2rK+4mez&#10;OV2yABrRhkaDTOOJZrAtZ6Bbmn0RMSMGp1WdslNywHa70sh2kCYmf8c2/wpLpdcQuiEuH6UwKI2K&#10;9Dy0MhU/P2VDGUHpp7Zm8eBJYEB0/RFWWxIhiTrImKytqw9Z3eynm88yHac0jdaf+5x9+zKXvwBQ&#10;SwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbz&#10;DoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5lj&#10;EdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiah&#10;qXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8A&#10;UEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj9&#10;3/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAB0BAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAA&#10;EAAAAFYDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAB6&#10;AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAA&#10;AAAAZHJzL1BLAQIUABQAAAAIAIdO4kClrtRp1wAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMv&#10;ZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA1Zep8wQCAADhAwAADgAAAAAAAAABACAAAAAmAQAA&#10;ZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAnAUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>342900</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2270760" cy="441960"/>
+                <wp:effectExtent l="6350" t="6350" r="8890" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="433214806" name="矩形 9"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2270760" cy="441960"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:ind w:firstLine="480" w:firstLineChars="200"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>完善信息，点击申领</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="矩形 9" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-top:27pt;height:34.8pt;width:178.8pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;z-index:251679744;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3212]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAiAYUmdUAAAAH&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PMU/DMBCFdyT+g3VIbNRuSwMKcTog2LokMMB2jU0SYZ+j&#10;2G2S/nqOCaan03t677tiP3snznaMfSAN65UCYakJpqdWw/vb690jiJiQDLpAVsNiI+zL66sCcxMm&#10;quy5Tq3gEoo5auhSGnIpY9NZj3EVBkvsfYXRY+JzbKUZceJy7+RGqUx67IkXOhzsc2eb7/rkNWA9&#10;fy7L8jFNsnKqf7lUQ32otL69WasnEMnO6S8Mv/iMDiUzHcOJTBROAz+SNOzuWdnd7h4yEEeObbYZ&#10;yLKQ//nLH1BLAwQUAAAACACHTuJAxBPOwHoCAAAHBQAADgAAAGRycy9lMm9Eb2MueG1srVRLbtsw&#10;EN0X6B0I7hvJjpuPETkwYrgoEDQB0qJrmqIsAvyVpC2nlynQXQ+R4xS9Rh8pJXHSLLKoFtQMZ/hm&#10;5nGGZ+c7rchW+CCtqejooKREGG5radYV/fJ5+e6EkhCZqZmyRlT0VgR6Pnv75qxzUzG2rVW18AQg&#10;Jkw7V9E2RjctisBboVk4sE4YGBvrNYtQ/bqoPeuArlUxLsujorO+dt5yEQJ2F72RDoj+NYC2aSQX&#10;C8s3WpjYo3qhWERJoZUu0FnOtmkEj1dNE0QkqqKoNOYVQSCv0lrMzth07ZlrJR9SYK9J4VlNmkmD&#10;oA9QCxYZ2Xj5D5SW3Ntgm3jArS76QjIjqGJUPuPmpmVO5FpAdXAPpIf/B8s/ba89kXVFJ4eH49Hk&#10;pDyixDCNi//z49fvu5/kNHHUuTCF64279oMWIKaCd43X6Y9SyC7zevvAq9hFwrE5Hh+Xx0egnMM2&#10;mYxOIQOmeDztfIgfhNUkCRX1uLdMJ9tehti73rukYMEqWS+lUlnx69WF8mTLcMfL/A3oT9yUIR36&#10;HamkRBg6t0HHQNQO1QezpoSpNUaCR59jPzkd9oOU+XspSEpywULbJ5MRkhubahkxNUrqip7sn1YG&#10;PCR2ez6TFHer3UDyyta3uB5v+74Nji8lIlyyEK+ZR6OiFIxyvMLSKIv67CBR0lr//aX95I/+gZWS&#10;Do2P2r9tmBeUqI8GnXU6mkwAG7MyeX88huL3Lat9i9noCwveR3g0HM9i8o/qXmy81V8x8fMUFSZm&#10;OGL3LA/KRewHEm8GF/N5dsN0OBYvzY3jCTxRaOx8E20jcz8konp2Bv4wH7mjhllOA7ivZ6/H92v2&#10;F1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEA&#10;AACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn6&#10;9vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYj&#10;mWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6&#10;JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7oc&#10;vwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMw&#10;EEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5Cov&#10;pEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP&#10;+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xb&#10;z3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvX&#10;OP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOgE&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAA&#10;AAAQAAAAygMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAA&#10;AO4DAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAA&#10;AAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQIgGFJnVAAAABwEAAA8AAAAAAAAAAQAgAAAAIgAAAGRy&#10;cy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kDEE87AegIAAAcFAAAOAAAAAAAAAAEAIAAAACQB&#10;AABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAAQBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:ind w:firstLine="480" w:firstLineChars="200"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>完善信息，点击申领</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1077595</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>52705</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="93224707" name="直接箭头连接符 93224707"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:84.85pt;margin-top:4.15pt;height:21.6pt;width:0pt;z-index:251678720;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAofOkjtYAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbFDrBGhoQ5yKh1CBXQsf4MbTJI09&#10;jmL39fdM2cDy6F7dOVPMj86KPQ6h9aQgHScgkCpvWqoVfH+9jaYgQtRktPWECk4YYF5eXhQ6N/5A&#10;S9yvYi14hEKuFTQx9rmUoWrQ6TD2PRJnGz84HRmHWppBH3jcWXmbJJl0uiW+0OgeXxqsutXOKdhs&#10;P7Ln+2r7uQgnd/M+e+r8q+2Uur5Kk0cQEY/xrwxnfVaHkp3WfkcmCMuczR64qmB6B+Kc//JawSSd&#10;gCwL+f+B8gdQSwMEFAAAAAgAh07iQGCAehkKAgAA6wMAAA4AAABkcnMvZTJvRG9jLnhtbK1TS44T&#10;MRDdI3EHy3vS+QyToZXOLBKGDYKRgAM4bne3Jf9U5Uknl+ACSKyAFbCaPaeB4RiU3SEDw2YW9MJd&#10;/tQrv1fPi/OdNWyrALV3FZ+MxpwpJ32tXVvxN68vHp1xhlG4WhjvVMX3Cvn58uGDRR9KNfWdN7UC&#10;RiAOyz5UvIsxlEWBslNW4MgH5Wiz8WBFpCm0RQ2iJ3Rriul4fFr0HuoAXipEWl0Pm/yACPcB9E2j&#10;pVp7eWWViwMqKCMiUcJOB+TLfNumUTK+bBpUkZmKE9OYRypC8SaNxXIhyhZE6LQ8XEHc5wp3OFmh&#10;HRU9Qq1FFOwK9D9QVkvw6Js4kt4WA5GsCLGYjO9o86oTQWUuJDWGo+j4/2Dli+0lMF1X/MlsOj2Z&#10;j+ecOWGp7zfvrn+8/Xjz9cv3D9c/v71P8edP7HiKhOsDlpS/cpdwmGG4hKTCrgGb/sSP7bLY+6PY&#10;aheZHBYlrU7nJ7Np7kNxmxcA4zPlLUtBxTGC0G0XV9456qiHSdZabJ9jpMqU+DshFXX+QhuTG2sc&#10;6yt+OntM7ZaCzNqQSSi0gQijazkTpqVXICNkRPRG1yk74SC0m5UBthXJO/lLdqFqfx1LpdcCu+Fc&#10;3hpcZXWkh2K0rfjZMVuUUWjz1NUs7gOpLAB8f4A1jtCTqIOMKdr4ep/VzevkgVz/4Ndksj/nOfv2&#10;jS5/AVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltG&#10;Mtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMu&#10;trYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/&#10;2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649X&#10;b7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFB&#10;TsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq&#10;5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH&#10;0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUou&#10;O9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrW&#10;jmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAA&#10;AHkEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAA&#10;AAAAAAAQAAAAWwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEA&#10;IAAAAH8DAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAA&#10;EAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQKHzpI7WAAAACAEAAA8AAAAAAAAAAQAgAAAAIgAA&#10;AGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kBggHoZCgIAAOsDAAAOAAAAAAAAAAEAIAAA&#10;ACUBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAChBQAAAAA=&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2689860</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>349250</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2451100" cy="399415"/>
+                <wp:effectExtent l="6350" t="6350" r="19050" b="13335"/>
+                <wp:wrapNone/>
+                <wp:docPr id="218" name="矩形 218"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2451100" cy="399415"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>社保卡业务</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:211.8pt;margin-top:27.5pt;height:31.45pt;width:193pt;z-index:251665408;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAy0fVadcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU/DQAyGdyT+w8lIbPQuhZY25NIBwcaSwACbmzNJxH1E&#10;uWuT8OsxE4y2H71+3uIwOyvONMY+eA3ZSoEg3wTT+1bD2+vzzQ5ETOgN2uBJw0IRDuXlRYG5CZOv&#10;6FynVnCIjzlq6FIacilj05HDuAoDeb59htFh4nFspRlx4nBn5VqprXTYe/7Q4UCPHTVf9clpwHr+&#10;WJblfZpkZVX/9F0N9Uul9fVVph5AJJrTHwy/+qwOJTsdw8mbKKyGu/XtllENmw13YmCn9rw4Mpnd&#10;70GWhfxfofwBUEsDBBQAAAAIAIdO4kB0FFUVdgIAAAMFAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;EzEQviPxDpbvdLMhpW3UTRU1CkKqaKWAODteb9aS/7CdbMrLIHHjIXgcxGvw2btt09JDD+zBO+MZ&#10;fzPzecbnF3utyE74IK2paHk0okQYbmtpNhX9/Gn55pSSEJmpmbJGVPRWBHoxe/3qvHNTMbatVbXw&#10;BCAmTDtX0TZGNy2KwFuhWTiyThgYG+s1i1D9pqg964CuVTEejd4VnfW185aLELC76I10QPQvAbRN&#10;I7lYWL7VwsQe1QvFIkoKrXSBznK2TSN4vG6aICJRFUWlMa8IAnmd1mJ2zqYbz1wr+ZACe0kKT2rS&#10;TBoEvYdasMjI1st/oLTk3gbbxCNuddEXkhlBFeXoCTerljmRawHVwd2THv4fLP+4u/FE1hUdl7h4&#10;wzSu/M/3n79//SBpB/x0LkzhtnI3ftACxFTsvvE6/VEG2WdOb+85FftIODbHk+OyHIFuDtvbs7NJ&#10;eZxAi4fTzof4XlhNklBRjzvLVLLdVYi9651LChaskvVSKpUVv1lfKk92DPe7zN+A/shNGdKh18cn&#10;ORGGrm3QLchJO1QezIYSpjYYBx59jv3odDgMMsrfc0FSkgsW2j6ZjJDc2FTLiIlRUlf09PC0MuAh&#10;sdvzmaS4X+8Hkte2vsXVeNv3bHB8KRHhioV4wzyaFJxijOM1lkZZ1GcHiZLW+m/P7Sd/9A6slHRo&#10;etT+dcu8oER9MOiqs3IySVOSlcnxyRiKP7SsDy1mqy8teC/xYDiexeQf1Z3YeKu/YNrnKSpMzHDE&#10;7lkelMvYDyPeCy7m8+yGyXAsXpmV4wk8UWjsfBttI3M/JKJ6dgb+MBu5o4Y5TsN3qGevh7dr9hdQ&#10;SwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbz&#10;DoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5lj&#10;EdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiah&#10;qXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8A&#10;UEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj9&#10;3/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAADmBAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAA&#10;EAAAAMgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAADs&#10;AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAA&#10;AAAAZHJzL1BLAQIUABQAAAAIAIdO4kDLR9Vp1wAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMv&#10;ZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAdBRVFXYCAAADBQAADgAAAAAAAAABACAAAAAmAQAA&#10;ZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAADgYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>社保卡业务</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3959225</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>379095</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9525" cy="363220"/>
+                <wp:effectExtent l="41910" t="0" r="62865" b="17780"/>
+                <wp:wrapNone/>
+                <wp:docPr id="219" name="直接箭头连接符 219"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9525" cy="363220"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:311.75pt;margin-top:29.85pt;height:28.6pt;width:0.75pt;z-index:251670528;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA5AU3RdkAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbFDrJBBDQpyKh1CBXQsf4MbTJI0f&#10;Uey+/p5hBcvRHN17brU4WcMOOIXeOwnpPAGGrvG6d62E76+32QOwEJXTyniHEs4YYFFfXlSq1P7o&#10;VnhYx5ZRiAulktDFOJach6ZDq8Lcj+jot/WTVZHOqeV6UkcKt4ZnSSK4Vb2jhk6N+NJhM6z3VsJ2&#10;9yGe75rd5zKc7c178TT4VzNIeX2VJo/AIp7iHwy/+qQONTlt/N7pwIwEkd3mhErIi3tgBIgsp3Eb&#10;IlNRAK8r/n9C/QNQSwMEFAAAAAgAh07iQMRfxecJAgAA5AMAAA4AAABkcnMvZTJvRG9jLnhtbK1T&#10;S44TMRDdI3EHy3vS+SjRTCudWSQMGwQjAQeouN3dlvxT2ZNOLsEFkFgBK2A1e04DwzEou0MGhs0s&#10;6IW77Kp65feqvLzYG812EoNytuKT0ZgzaYWrlW0r/ub15ZMzzkIEW4N2Vlb8IAO/WD1+tOx9Kaeu&#10;c7qWyAjEhrL3Fe9i9GVRBNFJA2HkvLTkbBwaiLTFtqgRekI3upiOx4uid1h7dEKGQKebwcmPiPgQ&#10;QNc0SsiNE9dG2jigotQQiVLolA98lW/bNFLEl00TZGS64sQ05pWKkL1Na7FaQtki+E6J4xXgIVe4&#10;x8mAslT0BLWBCOwa1T9QRgl0wTVxJJwpBiJZEWIxGd/T5lUHXmYuJHXwJ9HD/4MVL3ZXyFRd8enk&#10;nDMLhlp+++7mx9uPt1+/fP9w8/Pb+2R//sRSAMnV+1BS1tpe4XEX/BUm7vsGTfoTK7bPEh9OEst9&#10;ZIIOz+fTOWeCHLPFbDrNDSjuUj2G+Ew6w5JR8RARVNvFtbOWWulwkkWG3fMQqTgl/k5Ida27VFrn&#10;jmrL+oovZnPqswCa0oamg0zjiWmwLWegWxp/ETEjBqdVnbITTsB2u9bIdpCGJn+JOFX7KyyV3kDo&#10;hrjsGsbJqEgvRCtT8bNTNpQRlH5qaxYPnjQGRNcfYbUl9KTroGSytq4+ZIHzOTU/1z8OapquP/c5&#10;++5xrn4BUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAAewQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAABdAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAAgQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJA5AU3RdkAAAAKAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQMRfxecJAgAA5AMAAA4AAAAAAAAAAQAg&#10;AAAAKAEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKMFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-30480</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>350520</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2324100" cy="480060"/>
+                <wp:effectExtent l="6350" t="6350" r="12700" b="8890"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1031436396" name="矩形 10"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2324100" cy="480060"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                                <w:color w:val="000000" w:themeColor="text1"/>
+                                <w:sz w:val="24"/>
+                                <w14:textFill>
+                                  <w14:solidFill>
+                                    <w14:schemeClr w14:val="tx1"/>
+                                  </w14:solidFill>
+                                </w14:textFill>
+                              </w:rPr>
+                              <w:t>本人携带身份证到选定的即时制卡银行网点制卡</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="矩形 10" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:-2.4pt;margin-top:27.6pt;height:37.8pt;width:183pt;z-index:251681792;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3212]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAIcjMk9cAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PvU7DQBCEeyTe4bRIdMmdExJFxucUCDoaG4rQbXyLbXE/&#10;lu8S2zw9SwXdrGY0821xnJ0VVxpjH7yGbK1AkG+C6X2r4f3tZXUAERN6gzZ40rBQhGN5e1NgbsLk&#10;K7rWqRVc4mOOGrqUhlzK2HTkMK7DQJ69zzA6THyOrTQjTlzurNwotZcOe88LHQ701FHzVV+cBqzn&#10;j2VZTtMkK6v65+9qqF8rre/vMvUIItGc/sLwi8/oUDLTOVy8icJqWD0wedKw221AsL/dZyzOHNyq&#10;A8iykP8/KH8AUEsDBBQAAAAIAIdO4kB6DC8cfQIAAAkFAAAOAAAAZHJzL2Uyb0RvYy54bWytVEtu&#10;2zAQ3RfoHQjuG8mf5mNEDowYLgoEbYC06JqmKIsAfyVpy+llCnTXQ/Q4Ra/RR0pJnDSLLKqFNKMZ&#10;zsx7M8Pzi71WZCd8kNZUdHRUUiIMt7U0m4p+/rR6c0pJiMzUTFkjKnorAr2Yv3513rmZGNvWqlp4&#10;giAmzDpX0TZGNyuKwFuhWTiyThgYG+s1i1D9pqg96xBdq2JclsdFZ33tvOUiBPxd9kY6RPQvCWib&#10;RnKxtHyrhYl9VC8Ui4AUWukCnedqm0bw+LFpgohEVRRIY34jCeR1ehfzczbbeOZayYcS2EtKeIJJ&#10;M2mQ9D7UkkVGtl7+E0pL7m2wTTziVhc9kMwIUIzKJ9zctMyJjAVUB3dPevh/YfmH3bUnssYklJPR&#10;dHI8OTumxDCNzv/5/vP3rx9klFnqXJjB+cZde3CWtAAxQd43XqcvwJB9Zvb2nlmxj4Tj53gyno5K&#10;kM5hm55iDHLQ4uG08yG+E1aTJFTUo3OZULa7ChEZ4XrnkpIFq2S9kkplxW/Wl8qTHUOXV/lJjcWR&#10;R27KkA44xye5EIbZbTAzqEk74A9mQwlTGywFjz7nfnQ6HCYp8/NcklTkkoW2LyZH6IdMy4i9UVJX&#10;FPjxDKeVQaUPfCYp7tf7geS1rW/RIG/7yQ2OryQyXLEQr5nHqIJTLHP8iFejLPDZQaKktf7bc/+T&#10;PyYIVko6jD6wf90yLyhR7w1m62w0naZdycr07ckYij+0rA8tZqsvLXgf4dpwPIvJP6o7sfFWf8HO&#10;L1JWmJjhyN2zPCiXsV9J3BpcLBbZDfvhWLwyN46n4KnPxi620TYyz0Miqmdn4A8bkns+bHNawUM9&#10;ez3cYPO/UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAA7QQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAADPAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAA8wMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAIcjMk9cAAAAJAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQHoMLxx9AgAACQUAAA4AAAAAAAAAAQAg&#10;AAAAJgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAABUGAAAAAA==&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+                          <w:color w:val="000000" w:themeColor="text1"/>
+                          <w:sz w:val="24"/>
+                          <w14:textFill>
+                            <w14:solidFill>
+                              <w14:schemeClr w14:val="tx1"/>
+                            </w14:solidFill>
+                          </w14:textFill>
+                        </w:rPr>
+                        <w:t>本人携带身份证到选定的即时制卡银行网点制卡</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2705100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>364490</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2512060" cy="417830"/>
+                <wp:effectExtent l="6350" t="6350" r="15240" b="13970"/>
+                <wp:wrapNone/>
+                <wp:docPr id="220" name="矩形 220"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2512060" cy="417830"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>社保卡即时制卡申领</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:213pt;margin-top:28.7pt;height:32.9pt;width:197.8pt;z-index:251666432;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAYRP3qtgAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU/DMBRFdyT+g/WQ2KgdU0KVxumAYGNJYIDtNXaTCH9E&#10;sdsk/HoeE4xP7+jec8vD4iy7mCkOwSvINgKY8W3Qg+8UvL+93O2AxYReow3eKFhNhEN1fVViocPs&#10;a3NpUscoxMcCFfQpjQXnse2Nw7gJo/H0O4XJYaJz6riecKZwZ7kUIucOB08NPY7mqTftV3N2CrBZ&#10;Ptd1/ZhnXlsxPH/XY/NaK3V7k4k9sGSW9AfDrz6pQ0VOx3D2OjKrYCtz2pIUPDxugRGwk1kO7Eik&#10;vJfAq5L/n1D9AFBLAwQUAAAACACHTuJAJ00SuHgCAAADBQAADgAAAGRycy9lMm9Eb2MueG1srVTN&#10;bhMxEL4j8Q6W73Q3If0h6qaKGgUhVbRSQJwdrzdryX/YTjblZZC48RA8DuI1+OzdtmnpoQf24J3x&#10;jL+Z+Tzj84u9VmQnfJDWVHR0VFIiDLe1NJuKfv60fHNGSYjM1ExZIyp6KwK9mL1+dd65qRjb1qpa&#10;eAIQE6adq2gbo5sWReCt0CwcWScMjI31mkWoflPUnnVA16oYl+VJ0VlfO2+5CAG7i95IB0T/EkDb&#10;NJKLheVbLUzsUb1QLKKk0EoX6Cxn2zSCx+umCSISVVFUGvOKIJDXaS1m52y68cy1kg8psJek8KQm&#10;zaRB0HuoBYuMbL38B0pL7m2wTTziVhd9IZkRVDEqn3CzapkTuRZQHdw96eH/wfKPuxtPZF3R8Ric&#10;GKZx5X++//z96wdJO+Cnc2EKt5W78YMWIKZi943X6Y8yyD5zenvPqdhHwrE5Ph6NyxNAc9gmo9Oz&#10;txm0eDjtfIjvhdUkCRX1uLNMJdtdhYiIcL1zScGCVbJeSqWy4jfrS+XJjuF+l/lLKePIIzdlSIde&#10;H5+WKRGGrm3QLRC1Q+XBbChhaoNx4NHn2I9Oh8MgZf6eC5KSXLDQ9slkhOTGplpGTIySuqJnh6eV&#10;QaaJ3Z7PJMX9ej+QvLb1La7G275ng+NLiQhXLMQb5tGkKAVjHK+xNMqiPjtIlLTWf3tuP/mjd2Cl&#10;pEPTo/avW+YFJeqDQVe9G00mgI1ZmRyfppbwh5b1ocVs9aUF7yM8GI5nMflHdSc23uovmPZ5igoT&#10;Mxyxe5YH5TL2w4j3gov5PLthMhyLV2bleAJPFBo730bbyNwPiaienYE/zEa+82GO0/Ad6tnr4e2a&#10;/QVQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzR&#10;AAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ&#10;+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2&#10;I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gp&#10;OiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6&#10;HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7D&#10;MBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQq&#10;L6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9Ap&#10;D/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvc&#10;W893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r&#10;1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAADp&#10;BAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAA&#10;AAAAEAAAAMsDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAA&#10;AADvAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAA&#10;AAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kBhE/eq2AAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABk&#10;cnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAJ00SuHgCAAADBQAADgAAAAAAAAABACAAAAAn&#10;AQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAEQYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>社保卡即时制卡申领</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251680768" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1082040</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>37465</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="274320"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="11430"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1826489748" name="直接箭头连接符 1826489748"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="274320"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:85.2pt;margin-top:2.95pt;height:21.6pt;width:0pt;z-index:251680768;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAlHbLwNYAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF95X4B2uQ2KDWDgotCXGqFoQo7Ch8gBtPkzT2&#10;OIrd19/jsqHLo3t150wxP1nDDjj41pGEZCKAIVVOt1RL+Pl+Gz8B80GRVsYRSjijh3l5MypUrt2R&#10;vvCwDjWLI+RzJaEJoc8591WDVvmJ65FitnWDVSHiUHM9qGMct4Y/CDHlVrUULzSqx5cGq269txK2&#10;u4/pMq12n+/+bO9X2aJzr6aT8u42Ec/AAp7Cfxku+lEdyui0cXvSnpnIM5HGqoTHDNgl/+ONhDRL&#10;gJcFv36g/AVQSwMEFAAAAAgAh07iQLUUP6cMAgAA7wMAAA4AAABkcnMvZTJvRG9jLnhtbK1TS3IT&#10;MRDdU8UdVNrjsR3jGJfHWdiEDQWpAg7Q1mhmVKVftRSPfQkuQBUrYEVYZc9pIByDlsY4IWyyYBaa&#10;1qdf671+WpztjGZbiUE5W/LRYMiZtMJVyjYlf/f2/MmMsxDBVqCdlSXfy8DPlo8fLTo/l2PXOl1J&#10;ZARiw7zzJW9j9POiCKKVBsLAeWlps3ZoINIUm6JC6Ajd6GI8HE6LzmHl0QkZAq2u+01+QMSHALq6&#10;VkKunbg00sYeFaWGSJRCq3zgy3zbupYivq7rICPTJSemMY9UhOJNGovlAuYNgm+VOFwBHnKFe5wM&#10;KEtFj1BriMAuUf0DZZRAF1wdB8KZoieSFSEWo+E9bd604GXmQlIHfxQ9/D9Y8Wp7gUxV5ITZeDqZ&#10;PTudUP8tGOr8zYfrn+8/33y7+vHp+tf3jyn++oXdOUfidT7MCWNlL/AwC/4CkxK7Gk36E0e2y4Lv&#10;j4LLXWSiXxS0Oj6dnIxzL4rbPI8hvpDOsBSUPEQE1bRx5aylrjocZb1h+zJEqkyJfxJSUevOlda5&#10;udqyruTTk6fUcgFk2JqMQqHxRDrYhjPQDb0EETEjBqdVlbITTsBms9LItpD8k79kGar217FUeg2h&#10;7c/lrd5ZRkV6LFqZks+O2TCPoPRzW7G496QzILruAKstoSdRexlTtHHVPqub18kHuf7Bs8lod+c5&#10;+/adLn8DUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAAewQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAABdAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAAgQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAlHbLwNYAAAAIAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQLUUP6cMAgAA7wMAAA4AAAAAAAAAAQAg&#10;AAAAJQEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKMFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3978910</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>370840</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="342900"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="221" name="直接箭头连接符 221"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="342900"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:313.3pt;margin-top:29.2pt;height:27pt;width:0pt;z-index:251671552;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAKVT5L9cAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBB1EoWohDgVDyEKOwof4MbTJI09&#10;jmL39fcM6gKWM3N059xqcXRW7HEKvScF6SwBgdR401Or4Pvr9XYOIkRNRltPqOCEARb15UWlS+MP&#10;9In7VWwFh1AotYIuxrGUMjQdOh1mfkTi28ZPTkcep1aaSR843FmZJUkhne6JP3R6xOcOm2G1cwo2&#10;2/fiKW+2H2/h5G6W94+Df7GDUtdXafIAIuIx/sHwq8/qULPT2u/IBGEVFFlRMKrgbp6DYOC8WDOZ&#10;ZjnIupL/K9Q/UEsDBBQAAAAIAIdO4kC2ISqkBAIAAOEDAAAOAAAAZHJzL2Uyb0RvYy54bWytU82O&#10;0zAQviPxDpbvNGkXVkvUdA8tywVBJeABXMdJLPlPM96mfQleAIkTcII97Z2ngeUxGDulC8tlD+Tg&#10;jMcz3/j7Zjw/31nDtgpQe1fz6aTkTDnpG+26mr99c/HojDOMwjXCeKdqvlfIzxcPH8yHUKmZ771p&#10;FDACcVgNoeZ9jKEqCpS9sgInPihHh60HKyJtoSsaEAOhW1PMyvK0GDw0AbxUiORdjYf8gAj3AfRt&#10;q6VaeXlplYsjKigjIlHCXgfki3zbtlUyvmpbVJGZmhPTmFcqQvYmrcViLqoOROi1PFxB3OcKdzhZ&#10;oR0VPUKtRBTsEvQ/UFZL8OjbOJHeFiORrAixmJZ3tHndi6AyF5Iaw1F0/H+w8uV2DUw3NZ/Nppw5&#10;YanlN++vf7z7dHP19fvH65/fPiT7y2eWAkiuIWBFWUu3hsMOwxoS910LNv2JFdtlifdHidUuMjk6&#10;JXlPHs+elln94jYvAMbnyluWjJpjBKG7Pi69c9RHD9OssNi+wEiVKfF3Qirq/IU2JrfTODbU/PTk&#10;CTVZChrRlkaDTBuIJrqOM2E6mn0ZISOiN7pJ2QkHodssDbCtSBOTv8Saqv0VlkqvBPZjXD4aZ8nq&#10;SM/DaFvzs2O2qKLQ5plrWNwHElgA+OEAaxyhJ1FHGZO18c0+q5v91Plc/zClabT+3Ofs25e5+AVQ&#10;SwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbz&#10;DoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5lj&#10;EdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiah&#10;qXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8A&#10;UEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj9&#10;3/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAB0BAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAA&#10;EAAAAFYDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAB6&#10;AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAA&#10;AAAAZHJzL1BLAQIUABQAAAAIAIdO4kApVPkv1wAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMv&#10;ZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAtiEqpAQCAADhAwAADgAAAAAAAAABACAAAAAmAQAA&#10;ZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAnAUAAAAA&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2727960</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>349250</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2504440" cy="398145"/>
+                <wp:effectExtent l="6350" t="6350" r="22860" b="14605"/>
+                <wp:wrapNone/>
+                <wp:docPr id="222" name="矩形 222"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2504440" cy="398145"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>完善信息，点击申领</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-left:214.8pt;margin-top:27.5pt;height:31.35pt;width:197.2pt;z-index:251667456;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAaABdrdcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PPU/EMAyGdyT+Q2QkNi5pdV/0mt6AYGNpYYDN1/jaiiap&#10;mty15ddjJths+dHr582Ps+3FlcbQeachWSkQ5GpvOtdoeH97ediDCBGdwd470rBQgGNxe5NjZvzk&#10;SrpWsREc4kKGGtoYh0zKULdkMaz8QI5vZz9ajLyOjTQjThxue5kqtZUWO8cfWhzoqaX6q7pYDVjN&#10;n8uyfEyTLHvVPX+XQ/Vaan1/l6gDiEhz/IPhV5/VoWCnk784E0SvYZ0+bhnVsNlwJwb26ZqHE5PJ&#10;bgeyyOX/CsUPUEsDBBQAAAAIAIdO4kAWkNbJdgIAAAMFAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;2zAMvg/YOwi6r3a8ZG2DOkWQIMOAYi2QDTsrshQL0N8oJU73MgN220PscYa9xijZbdOuhx7mg0yK&#10;1EfyE6mLy4PRZC8gKGdrOjopKRGWu0bZbU0/f1q9OaMkRGYbpp0VNb0VgV7OXr+66PxUVK51uhFA&#10;EMSGaedr2sbop0UReCsMCyfOC4tG6cCwiCpsiwZYh+hGF1VZvis6B40Hx0UIuLvsjXRAhJcAOikV&#10;F0vHd0bY2KOC0CxiSaFVPtBZzlZKweO1lEFEomuKlca8YhCUN2ktZhdsugXmW8WHFNhLUnhSk2HK&#10;YtB7qCWLjOxA/QNlFAcXnIwn3JmiLyQzglWMyifcrFvmRa4FqQ7+nvTw/2D5x/0NENXUtKoqSiwz&#10;eOV/vv/8/esHSTvIT+fDFN3W/gYGLaCYij1IMOmPZZBD5vT2nlNxiITjZjUpx+Mx0s3R9vb8bDSe&#10;JNDi4bSHEN8LZ0gSagp4Z5lKtr8KsXe9c0nBgtOqWSmtswLbzUID2TO831X+BvRHbtqSDnu9Oi1T&#10;Igy7VmK3oGg8Vh7slhKmtzgOPEKO/eh0OA5S5u+5ICnJJQttn0xGSG5salTEidHK1PTs+LS2yENi&#10;t+czSfGwOQwkb1xzi1cDru/Z4PlKYYQrFuINA2xSLAXHOF7jIrXD+twgUdI6+PbcfvLH3kErJR02&#10;Pdb+dcdAUKI/WOyq81G+qpiV8eS0whhwbNkcW+zOLBzyPsIHw/MsJv+o70QJznzBaZ+nqGhilmPs&#10;nuVBWcR+GPG94GI+z244GZ7FK7v2PIEnCq2b76KTKvdDIqpnZ+APZyN31DDHafiO9ez18HbN/gJQ&#10;SwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAA&#10;lAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbz&#10;DoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5lj&#10;EdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiah&#10;qXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8A&#10;UEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj9&#10;3/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAADmBAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAA&#10;EAAAAMgDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAADs&#10;AwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAA&#10;AAAAZHJzL1BLAQIUABQAAAAIAIdO4kBoAF2t1wAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMv&#10;ZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAFpDWyXYCAAADBQAADgAAAAAAAAABACAAAAAmAQAA&#10;ZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAADgYAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>完善信息，点击申领</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4806"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3990340</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>11430</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="0" cy="343535"/>
+                <wp:effectExtent l="48895" t="0" r="65405" b="18415"/>
+                <wp:wrapNone/>
+                <wp:docPr id="223" name="直接箭头连接符 223"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvCnPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="0" cy="343535"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="straightConnector1">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:tailEnd type="arrow"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="tx1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr/>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="32" type="#_x0000_t32" style="position:absolute;left:0pt;margin-left:314.2pt;margin-top:0.9pt;height:27.05pt;width:0pt;z-index:251672576;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAPS8hnNUAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py27CMBBF95X4B2uQuqnAAUEEaRwErao+doV+gImHJMQe&#10;R7F5/X2n6qJdXp2r+8hXV2fFGfvQeFIwGScgkEpvGqoUfO1eRgsQIWoy2npCBTcMsCoGd7nOjL/Q&#10;J563sRIcQiHTCuoYu0zKUNbodBj7DonZwfdOR5Z9JU2vLxzurJwmSSqdbogbat3hU41luz05BYfj&#10;e7qZlceP13BzD2/LdeufbavU/XCSPIKIeI1/ZviZz9Oh4E17fyIThFWQThcztjLgB8x/9V7BfL4E&#10;WeTy/4HiG1BLAwQUAAAACACHTuJAKHUnaAQCAADhAwAADgAAAGRycy9lMm9Eb2MueG1srVNLjhMx&#10;EN0jcQfLe9L5kNGolc4sEoYNgkjAASpud7cl/1T2pJNLcAEkVsAKWM1+TgPDMSi7QwaGzSzohbtc&#10;rnpV77m8uNgbzXYSg3K24pPRmDNphauVbSv+9s3lk3POQgRbg3ZWVvwgA79YPn606H0pp65zupbI&#10;CMSGsvcV72L0ZVEE0UkDYeS8tHTYODQQaYttUSP0hG50MR2Pz4reYe3RCRkCedfDIT8i4kMAXdMo&#10;IddOXBlp44CKUkMkSqFTPvBl7rZppIivmibIyHTFiWnMKxUhe5vWYrmAskXwnRLHFuAhLdzjZEBZ&#10;KnqCWkMEdoXqHyijBLrgmjgSzhQDkawIsZiM72nzugMvMxeSOviT6OH/wYqXuw0yVVd8Op1xZsHQ&#10;ld++v/7x7tPtt6/fP17/vPmQ7C+fWQoguXofSspa2Q0ed8FvMHHfN2jSn1ixfZb4cJJY7iMTg1OQ&#10;d/Z0Np/NE1xxl+cxxOfSGZaMioeIoNourpy1dI8OJ1lh2L0IcUj8nZCKWneptCY/lNqyvuJnszld&#10;sgAa0YZGg0zjiWawLWegW5p9ETEjBqdVnbJTcsB2u9LIdpAmJn/HNv8KS6XXELohLh+lMCiNivQ8&#10;tDIVPz9lQxlB6We2ZvHgSWBAdP0RVlsSIYk6yJisrasPWd3sp5vPMh2nNI3Wn/ucffcyl78AUEsD&#10;BAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQB&#10;AAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6D&#10;ZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHV&#10;KFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2&#10;jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBL&#10;AwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI&#10;3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLO&#10;WOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU&#10;66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lD&#10;ql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y&#10;7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAcgQAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAA&#10;AABUAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAeAMA&#10;AF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAA&#10;AGRycy9QSwECFAAUAAAACACHTuJAPS8hnNUAAAAIAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rv&#10;d25yZXYueG1sUEsBAhQAFAAAAAgAh07iQCh1J2gEAgAA4QMAAA4AAAAAAAAAAQAgAAAAJAEAAGRy&#10;cy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAJoFAAAAAA==&#10;">
+                <v:fill on="f" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3213]" miterlimit="8" joinstyle="miter" endarrow="open"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>15240</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2536190" cy="488950"/>
+                <wp:effectExtent l="6350" t="6350" r="10160" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="224" name="矩形 224"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2536190" cy="488950"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="dk1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="dk1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                                <w:sz w:val="24"/>
+                              </w:rPr>
+                              <w:t>本人携带身份证到选定的即时制卡银行网点制卡</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="1" style="position:absolute;left:0pt;margin-top:1.2pt;height:38.5pt;width:199.7pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;z-index:251668480;v-text-anchor:middle;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAdEyWdtMAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQU/DMAyF70j8h8hI3Fi6gYB1dXdAcOPSwgFuXhPaaolT&#10;Ndna8usxJzj5Wc9673Oxn71TZzvGPjDCepWBstwE03OL8P72cvMIKiZiQy6wRVhshH15eVFQbsLE&#10;lT3XqVUSwjEnhC6lIdc6Np31FFdhsCzeVxg9JVnHVpuRJgn3Tm+y7F576lkaOhrsU2ebY33yCFTP&#10;n8uyfEyTrlzWP39XQ/1aIV5frbMdqGTn9HcMv/iCDqUwHcKJTVQOQR5JCJs7UGLebrciDggPMnVZ&#10;6P/05Q9QSwMEFAAAAAgAh07iQB3enxB5AgAAAwUAAA4AAABkcnMvZTJvRG9jLnhtbK1UzW4TMRC+&#10;I/EOlu90kyVt06ibKmoUhFRBpYI4O15v1pL/sJ1syssgceMheBzEa/DZu23T0kMP7ME74xnPzPd5&#10;xucXe63ITvggrano+GhEiTDc1tJsKvr50+rNlJIQmamZskZU9FYEejF//eq8czNR2taqWniCICbM&#10;OlfRNkY3K4rAW6FZOLJOGBgb6zWLUP2mqD3rEF2rohyNTorO+tp5y0UI2F32RjpE9C8JaJtGcrG0&#10;fKuFiX1ULxSLgBRa6QKd52qbRvD4sWmCiERVFEhjXpEE8jqtxfyczTaeuVbyoQT2khKeYNJMGiS9&#10;D7VkkZGtl/+E0pJ7G2wTj7jVRQ8kMwIU49ETbm5a5kTGAqqDuyc9/L+w/MPu2hNZV7QsJ5QYpnHl&#10;f77//P3rB0k74KdzYQa3G3ftBy1ATGD3jdfpDxhknzm9vedU7CPh2CyP356Mz0A3h20ynZ4dZ9KL&#10;h9POh/hOWE2SUFGPO8tUst1ViMgI1zuXlCxYJeuVVCorfrO+VJ7sGO53lb9UMo48clOGdOj18nSU&#10;CmHo2gbdAlE7IA9mQwlTG4wDjz7nfnQ6HCYZ5e+5JKnIJQttX0yOkNzYTMuIiVFSV3R6eFoZVJrY&#10;7flMUtyv9wPJa1vf4mq87Xs2OL6SyHDFQrxmHk0KKBjj+BFLoyzw2UGipLX+23P7yR+9AyslHZoe&#10;2L9umReUqPcGXXU2nkwQNmZlcnxaQvGHlvWhxWz1pQXvYzwYjmcx+Ud1Jzbe6i+Y9kXKChMzHLl7&#10;lgflMvbDiPeCi8Uiu2EyHItX5sbxFDxRaOxiG20jcz8konp2Bv4wG/nOhzlOw3eoZ6+Ht2v+F1BL&#10;AwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACU&#10;AQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMO&#10;g2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR&#10;1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGp&#10;do6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQ&#10;SwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3&#10;SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDS&#10;zljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6&#10;VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJ&#10;Q6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f&#10;8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAOUEAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQ&#10;AAAAxwMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAOsD&#10;AABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAA&#10;AABkcnMvUEsBAhQAFAAAAAgAh07iQHRMlnbTAAAABQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9k&#10;b3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAd3p8QeQIAAAMFAAAOAAAAAAAAAAEAIAAAACIBAABk&#10;cnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAANBgAAAAA=&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="1pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                          <w:sz w:val="24"/>
+                        </w:rPr>
+                        <w:t>本人携带身份证到选定的即时制卡银行网点制卡</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p/>
+    <w:p/>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3366"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>岗位职责联系人 ：方凤 联系方式：8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>8795760</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="default"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference r:id="rId3" w:type="default"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="50"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -88,51 +2621,1321 @@
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="华文宋体">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600040101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0004009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="194" w:lineRule="auto"/>
+      <w:ind w:left="4087" w:firstLine="4293" w:firstLineChars="0"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="17"/>
+        <w:szCs w:val="17"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="17"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="28" name="文本框 28"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="5"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">第 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页 共 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:t>26</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> 页</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQMAs4fcyAgAAYwQAAA4AAABkcnMvZTJvRG9jLnhtbK1US44TMRDdI3EH&#10;y3vSSRCjKEpnFCYKQoqYkQJi7bjdaUv+yXbSHQ4AN2DFhj3nyjl47k8GDSxmwcZddpVf+b2q6sVt&#10;oxU5CR+kNTmdjMaUCMNtIc0hp58+bl7NKAmRmYIpa0ROzyLQ2+XLF4vazcXUVlYVwhOAmDCvXU6r&#10;GN08ywKvhGZhZJ0wcJbWaxax9Yes8KwGulbZdDy+yWrrC+ctFyHgdN05aY/onwNoy1Jysbb8qIWJ&#10;HaoXikVQCpV0gS7b15al4PG+LIOIROUUTGO7IgnsfVqz5YLND565SvL+Cew5T3jCSTNpkPQKtWaR&#10;kaOXf0Fpyb0NtowjbnXWEWkVAYvJ+Ik2u4o50XKB1MFdRQ//D5Z/OD14IoucTlF3wzQqfvn+7fLj&#10;1+XnV4IzCFS7MEfcziEyNm9tg7YZzgMOE++m9Dp9wYjAD3nPV3lFEwlPl2bT2WwMF4dv2AA/e7zu&#10;fIjvhNUkGTn1qF8rKzttQ+xCh5CUzdiNVKqtoTKkzunN6zfj9sLVA3BlkCOR6B6brNjsm57Z3hZn&#10;EPO2643g+EYi+ZaF+MA8mgEPxrjEeyylskhie4uSyvov/zpP8agRvJTUaK6cGswSJeq9Qe0AGAfD&#10;D8Z+MMxR31l06wRj6Hhr4oKPajBLb/VnzNAq5YCLGY5MOY2DeRe7BscMcrFatUFH5+Wh6i6g8xyL&#10;W7NzPKVJQga3OkaI2WqcBOpU6XVD77VV6uckNfef+zbq8d+w/A1QSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJAwCzh9zICAABjBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="5"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">第 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页 共 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> NUMPAGES  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:t>26</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> 页</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:trackRevisions w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMjg2ZDc1ZjRhN2NhYTc4YzE4NzAyZTdlNDgwNzYyNDUifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="6365313A"/>
+    <w:rsid w:val="013435B5"/>
+    <w:rsid w:val="01E23011"/>
+    <w:rsid w:val="028B18FB"/>
+    <w:rsid w:val="03604B36"/>
+    <w:rsid w:val="03724FAD"/>
+    <w:rsid w:val="03FD4132"/>
+    <w:rsid w:val="048B5BE2"/>
+    <w:rsid w:val="053A4900"/>
+    <w:rsid w:val="055840C4"/>
+    <w:rsid w:val="05BE3D95"/>
+    <w:rsid w:val="05C313AC"/>
+    <w:rsid w:val="06BC6527"/>
+    <w:rsid w:val="06FA6593"/>
+    <w:rsid w:val="073267E9"/>
+    <w:rsid w:val="07A174CB"/>
+    <w:rsid w:val="07DD49A7"/>
+    <w:rsid w:val="08332819"/>
+    <w:rsid w:val="083640B7"/>
+    <w:rsid w:val="086329D2"/>
+    <w:rsid w:val="094E71DE"/>
+    <w:rsid w:val="09572537"/>
+    <w:rsid w:val="09BC683E"/>
+    <w:rsid w:val="0B226B74"/>
+    <w:rsid w:val="0B753148"/>
+    <w:rsid w:val="0C01678A"/>
+    <w:rsid w:val="0CC872A8"/>
+    <w:rsid w:val="0CF62067"/>
+    <w:rsid w:val="0CF93299"/>
+    <w:rsid w:val="0D674EF4"/>
+    <w:rsid w:val="0DFF4F4B"/>
+    <w:rsid w:val="0EA0228A"/>
+    <w:rsid w:val="0EE4486D"/>
+    <w:rsid w:val="0EEE7499"/>
+    <w:rsid w:val="0F865924"/>
+    <w:rsid w:val="0FDC192C"/>
+    <w:rsid w:val="100C6FAD"/>
+    <w:rsid w:val="10572E1C"/>
+    <w:rsid w:val="115A0E16"/>
+    <w:rsid w:val="11E44B84"/>
+    <w:rsid w:val="11E9219A"/>
+    <w:rsid w:val="124B76B6"/>
+    <w:rsid w:val="124F2EE4"/>
+    <w:rsid w:val="125B6DD1"/>
+    <w:rsid w:val="12C0114D"/>
+    <w:rsid w:val="13401EBD"/>
+    <w:rsid w:val="138D0097"/>
+    <w:rsid w:val="139879D4"/>
+    <w:rsid w:val="13A23FA5"/>
+    <w:rsid w:val="13CB4825"/>
+    <w:rsid w:val="13E946D3"/>
+    <w:rsid w:val="15785D0F"/>
+    <w:rsid w:val="16493207"/>
+    <w:rsid w:val="16783AEC"/>
+    <w:rsid w:val="16EB0762"/>
+    <w:rsid w:val="16F92E7F"/>
+    <w:rsid w:val="171852BA"/>
+    <w:rsid w:val="17780248"/>
+    <w:rsid w:val="186B1B5B"/>
+    <w:rsid w:val="18B84674"/>
+    <w:rsid w:val="1968609A"/>
+    <w:rsid w:val="197467ED"/>
+    <w:rsid w:val="19762565"/>
+    <w:rsid w:val="19F425B1"/>
+    <w:rsid w:val="1AE856E5"/>
+    <w:rsid w:val="1BF43C15"/>
+    <w:rsid w:val="1C0003D1"/>
+    <w:rsid w:val="1C632B49"/>
+    <w:rsid w:val="1C744D56"/>
+    <w:rsid w:val="1C8925AF"/>
+    <w:rsid w:val="1C9D2D61"/>
+    <w:rsid w:val="1CCF5E36"/>
+    <w:rsid w:val="1CF53206"/>
+    <w:rsid w:val="1E58492F"/>
+    <w:rsid w:val="1E773B70"/>
+    <w:rsid w:val="1E9A6CF6"/>
+    <w:rsid w:val="1EAC07D7"/>
+    <w:rsid w:val="1EEB7551"/>
+    <w:rsid w:val="1FFC578E"/>
+    <w:rsid w:val="2059673D"/>
+    <w:rsid w:val="20AC4ABE"/>
+    <w:rsid w:val="20BD316F"/>
+    <w:rsid w:val="20C5446B"/>
+    <w:rsid w:val="216E446A"/>
+    <w:rsid w:val="21B93937"/>
+    <w:rsid w:val="21EE732A"/>
+    <w:rsid w:val="225673D8"/>
+    <w:rsid w:val="228A0E2F"/>
+    <w:rsid w:val="22CF2CE6"/>
+    <w:rsid w:val="231B5F2B"/>
+    <w:rsid w:val="239B5EA4"/>
+    <w:rsid w:val="23D507D0"/>
+    <w:rsid w:val="243C43AB"/>
+    <w:rsid w:val="243D0FA6"/>
+    <w:rsid w:val="24591AE0"/>
+    <w:rsid w:val="245A2A83"/>
+    <w:rsid w:val="2462766C"/>
+    <w:rsid w:val="24AF1021"/>
+    <w:rsid w:val="25B00118"/>
+    <w:rsid w:val="260E1D77"/>
+    <w:rsid w:val="26490F70"/>
+    <w:rsid w:val="26753BA5"/>
+    <w:rsid w:val="268D5392"/>
+    <w:rsid w:val="27345D06"/>
+    <w:rsid w:val="27D50D9F"/>
+    <w:rsid w:val="286659BF"/>
+    <w:rsid w:val="288B76AF"/>
+    <w:rsid w:val="29A7676B"/>
+    <w:rsid w:val="29D67050"/>
+    <w:rsid w:val="2A094D30"/>
+    <w:rsid w:val="2A157B78"/>
+    <w:rsid w:val="2A6B59EA"/>
+    <w:rsid w:val="2B08148B"/>
+    <w:rsid w:val="2B0D0850"/>
+    <w:rsid w:val="2B7408CF"/>
+    <w:rsid w:val="2B794137"/>
+    <w:rsid w:val="2BC5737C"/>
+    <w:rsid w:val="2C332538"/>
+    <w:rsid w:val="2D157E8F"/>
+    <w:rsid w:val="2D7503B1"/>
+    <w:rsid w:val="2DE96269"/>
+    <w:rsid w:val="2E4C5B33"/>
+    <w:rsid w:val="2F544C9F"/>
+    <w:rsid w:val="2FC35981"/>
+    <w:rsid w:val="30CB788F"/>
+    <w:rsid w:val="31E26D53"/>
+    <w:rsid w:val="31ED4F37"/>
+    <w:rsid w:val="34FA63F1"/>
+    <w:rsid w:val="351A4295"/>
+    <w:rsid w:val="361B6516"/>
+    <w:rsid w:val="36421CF5"/>
+    <w:rsid w:val="364D45CE"/>
+    <w:rsid w:val="36931254"/>
+    <w:rsid w:val="36EB2C9D"/>
+    <w:rsid w:val="37092813"/>
+    <w:rsid w:val="378303B7"/>
+    <w:rsid w:val="37D526F5"/>
+    <w:rsid w:val="38545D10"/>
+    <w:rsid w:val="387575C1"/>
+    <w:rsid w:val="38955F6C"/>
+    <w:rsid w:val="38E250CA"/>
+    <w:rsid w:val="39C43E56"/>
+    <w:rsid w:val="3A641269"/>
+    <w:rsid w:val="3B381919"/>
+    <w:rsid w:val="3BC62A80"/>
+    <w:rsid w:val="3BFA097C"/>
+    <w:rsid w:val="3C48729C"/>
+    <w:rsid w:val="3CB606B2"/>
+    <w:rsid w:val="3CD411CD"/>
+    <w:rsid w:val="3DC96858"/>
+    <w:rsid w:val="3DF06488"/>
+    <w:rsid w:val="3E5129D7"/>
+    <w:rsid w:val="3E9F7A4E"/>
+    <w:rsid w:val="3EE6168C"/>
+    <w:rsid w:val="3EE80F60"/>
+    <w:rsid w:val="3F3D74FE"/>
+    <w:rsid w:val="3F7722E4"/>
+    <w:rsid w:val="40112738"/>
+    <w:rsid w:val="40166E94"/>
+    <w:rsid w:val="40552625"/>
+    <w:rsid w:val="414A3380"/>
+    <w:rsid w:val="418C27C9"/>
+    <w:rsid w:val="42005B16"/>
+    <w:rsid w:val="428D09E1"/>
+    <w:rsid w:val="42F56341"/>
+    <w:rsid w:val="43000F6E"/>
+    <w:rsid w:val="434846C3"/>
+    <w:rsid w:val="43AD4526"/>
+    <w:rsid w:val="444430DC"/>
+    <w:rsid w:val="44937BC0"/>
+    <w:rsid w:val="44AF0E16"/>
+    <w:rsid w:val="44B71B00"/>
+    <w:rsid w:val="450D7972"/>
+    <w:rsid w:val="474927B8"/>
+    <w:rsid w:val="4767488A"/>
+    <w:rsid w:val="486C49B0"/>
+    <w:rsid w:val="48C22822"/>
+    <w:rsid w:val="48E629B4"/>
+    <w:rsid w:val="49DA3B9B"/>
+    <w:rsid w:val="4C0D0258"/>
+    <w:rsid w:val="4C536C12"/>
+    <w:rsid w:val="4CF716D2"/>
+    <w:rsid w:val="4EE2777A"/>
+    <w:rsid w:val="4F0E056F"/>
+    <w:rsid w:val="4F1E720E"/>
+    <w:rsid w:val="4F4D0794"/>
+    <w:rsid w:val="508F56DF"/>
+    <w:rsid w:val="516F77C0"/>
+    <w:rsid w:val="518E5997"/>
+    <w:rsid w:val="51AC22C1"/>
+    <w:rsid w:val="51DF61F2"/>
+    <w:rsid w:val="51F62E85"/>
+    <w:rsid w:val="52630BD1"/>
+    <w:rsid w:val="52950FA7"/>
+    <w:rsid w:val="52B2589F"/>
+    <w:rsid w:val="52C5188C"/>
+    <w:rsid w:val="52EA30A1"/>
+    <w:rsid w:val="534F1156"/>
+    <w:rsid w:val="53866F34"/>
+    <w:rsid w:val="5394125E"/>
+    <w:rsid w:val="53966D85"/>
+    <w:rsid w:val="54372312"/>
+    <w:rsid w:val="552E64E3"/>
+    <w:rsid w:val="56270168"/>
+    <w:rsid w:val="570566FB"/>
+    <w:rsid w:val="57391B27"/>
+    <w:rsid w:val="5860449E"/>
+    <w:rsid w:val="58F24A5D"/>
+    <w:rsid w:val="59633BAD"/>
+    <w:rsid w:val="59637C58"/>
+    <w:rsid w:val="597E600B"/>
+    <w:rsid w:val="598A2EE8"/>
+    <w:rsid w:val="59C12681"/>
+    <w:rsid w:val="5A3538B9"/>
+    <w:rsid w:val="5A8E4C59"/>
+    <w:rsid w:val="5AF6036F"/>
+    <w:rsid w:val="5B0B0058"/>
+    <w:rsid w:val="5B5437AD"/>
+    <w:rsid w:val="5B8F2A37"/>
+    <w:rsid w:val="5BD7618C"/>
+    <w:rsid w:val="5C070844"/>
+    <w:rsid w:val="5D973E25"/>
+    <w:rsid w:val="5DDC3F2E"/>
+    <w:rsid w:val="5E4A0E97"/>
+    <w:rsid w:val="5E5835B4"/>
+    <w:rsid w:val="5ED10157"/>
+    <w:rsid w:val="5F221E14"/>
+    <w:rsid w:val="5F526256"/>
+    <w:rsid w:val="5F914E71"/>
+    <w:rsid w:val="5FEB66AA"/>
+    <w:rsid w:val="61932B55"/>
+    <w:rsid w:val="62821AAC"/>
+    <w:rsid w:val="63497970"/>
+    <w:rsid w:val="6365313A"/>
+    <w:rsid w:val="63B461E4"/>
+    <w:rsid w:val="645C36D2"/>
+    <w:rsid w:val="645F7A93"/>
+    <w:rsid w:val="64E70097"/>
+    <w:rsid w:val="65385EEE"/>
+    <w:rsid w:val="65393A14"/>
+    <w:rsid w:val="65A25A5D"/>
+    <w:rsid w:val="66540B05"/>
+    <w:rsid w:val="67AC3573"/>
+    <w:rsid w:val="6828049B"/>
+    <w:rsid w:val="68742AA3"/>
+    <w:rsid w:val="68D538A3"/>
+    <w:rsid w:val="69112CDD"/>
+    <w:rsid w:val="6943024E"/>
+    <w:rsid w:val="6B79100E"/>
+    <w:rsid w:val="6BE768BF"/>
+    <w:rsid w:val="6CC938CF"/>
+    <w:rsid w:val="6CF941B4"/>
+    <w:rsid w:val="6D3451EC"/>
+    <w:rsid w:val="6DE05374"/>
+    <w:rsid w:val="6E315BD0"/>
+    <w:rsid w:val="6E764006"/>
+    <w:rsid w:val="6EAE506D"/>
+    <w:rsid w:val="6F6A5F99"/>
+    <w:rsid w:val="6F7C2E7B"/>
+    <w:rsid w:val="6FC85BF5"/>
+    <w:rsid w:val="702C664F"/>
+    <w:rsid w:val="7040034C"/>
+    <w:rsid w:val="70972B53"/>
+    <w:rsid w:val="717209D9"/>
+    <w:rsid w:val="71C07997"/>
+    <w:rsid w:val="74827185"/>
+    <w:rsid w:val="74A60CB8"/>
+    <w:rsid w:val="751F2C26"/>
+    <w:rsid w:val="754548E7"/>
+    <w:rsid w:val="75AD0232"/>
+    <w:rsid w:val="760140DA"/>
+    <w:rsid w:val="77B75398"/>
+    <w:rsid w:val="77D575CC"/>
+    <w:rsid w:val="78061E7B"/>
+    <w:rsid w:val="7A2B7977"/>
+    <w:rsid w:val="7A5946E0"/>
+    <w:rsid w:val="7A965AB5"/>
+    <w:rsid w:val="7BA75723"/>
+    <w:rsid w:val="7BFB44B7"/>
+    <w:rsid w:val="7C961A20"/>
+    <w:rsid w:val="7C9E2682"/>
+    <w:rsid w:val="7DB303AF"/>
+    <w:rsid w:val="7DBF0B02"/>
+    <w:rsid w:val="7ED74465"/>
+    <w:rsid w:val="7F17671C"/>
+    <w:rsid w:val="7F6A41C0"/>
+    <w:rsid w:val="7FB1460D"/>
+    <w:rsid w:val="7FE02FB2"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="340" w:beforeLines="0" w:beforeAutospacing="0" w:after="330" w:afterLines="0" w:afterAutospacing="0" w:line="576" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="9">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="7">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+    <w:pPr>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="zh-CN" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="7"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="10">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="9"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="WPSOffice手动目录 1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="WPSOffice手动目录 2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>6</Pages>
+  <Words>1156</Words>
+  <Characters>1172</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1201</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15374_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>L.</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15374</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>39D0F293D8804CB1BC7DAB3C00059668_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>