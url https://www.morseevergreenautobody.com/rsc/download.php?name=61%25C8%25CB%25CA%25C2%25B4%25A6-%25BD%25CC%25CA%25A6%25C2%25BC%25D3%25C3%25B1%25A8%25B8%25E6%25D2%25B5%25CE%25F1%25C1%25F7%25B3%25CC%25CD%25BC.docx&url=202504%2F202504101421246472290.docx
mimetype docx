--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -2396,50 +2396,844 @@
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                     <w:r>
                       <w:t xml:space="preserve"> 页</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w15:person w15:author="钱秋苓">
     <w15:presenceInfo w15:providerId="None" w15:userId="钱秋苓"/>
   </w15:person>
 </w15:people>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:trackRevisions w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMjg2ZDc1ZjRhN2NhYTc4YzE4NzAyZTdlNDgwNzYyNDUifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="6365313A"/>
+    <w:rsid w:val="013435B5"/>
+    <w:rsid w:val="01E23011"/>
+    <w:rsid w:val="028B18FB"/>
+    <w:rsid w:val="03604B36"/>
+    <w:rsid w:val="03724FAD"/>
+    <w:rsid w:val="03FD4132"/>
+    <w:rsid w:val="048B5BE2"/>
+    <w:rsid w:val="053A4900"/>
+    <w:rsid w:val="055840C4"/>
+    <w:rsid w:val="05BE3D95"/>
+    <w:rsid w:val="05C313AC"/>
+    <w:rsid w:val="06BC6527"/>
+    <w:rsid w:val="06FA6593"/>
+    <w:rsid w:val="073267E9"/>
+    <w:rsid w:val="07A174CB"/>
+    <w:rsid w:val="07DD49A7"/>
+    <w:rsid w:val="08332819"/>
+    <w:rsid w:val="083640B7"/>
+    <w:rsid w:val="086329D2"/>
+    <w:rsid w:val="094E71DE"/>
+    <w:rsid w:val="09572537"/>
+    <w:rsid w:val="09BC683E"/>
+    <w:rsid w:val="0B226B74"/>
+    <w:rsid w:val="0B753148"/>
+    <w:rsid w:val="0C01678A"/>
+    <w:rsid w:val="0CC872A8"/>
+    <w:rsid w:val="0CF62067"/>
+    <w:rsid w:val="0CF93299"/>
+    <w:rsid w:val="0D674EF4"/>
+    <w:rsid w:val="0DFF4F4B"/>
+    <w:rsid w:val="0EA0228A"/>
+    <w:rsid w:val="0EE4486D"/>
+    <w:rsid w:val="0EEE7499"/>
+    <w:rsid w:val="0F865924"/>
+    <w:rsid w:val="0FDC192C"/>
+    <w:rsid w:val="100C6FAD"/>
+    <w:rsid w:val="10572E1C"/>
+    <w:rsid w:val="115A0E16"/>
+    <w:rsid w:val="11E44B84"/>
+    <w:rsid w:val="11E9219A"/>
+    <w:rsid w:val="124B76B6"/>
+    <w:rsid w:val="124F2EE4"/>
+    <w:rsid w:val="125B6DD1"/>
+    <w:rsid w:val="12C0114D"/>
+    <w:rsid w:val="138D0097"/>
+    <w:rsid w:val="139879D4"/>
+    <w:rsid w:val="13CB4825"/>
+    <w:rsid w:val="13E946D3"/>
+    <w:rsid w:val="15785D0F"/>
+    <w:rsid w:val="16493207"/>
+    <w:rsid w:val="16783AEC"/>
+    <w:rsid w:val="16EB0762"/>
+    <w:rsid w:val="16F92E7F"/>
+    <w:rsid w:val="171852BA"/>
+    <w:rsid w:val="17780248"/>
+    <w:rsid w:val="186B1B5B"/>
+    <w:rsid w:val="18B84674"/>
+    <w:rsid w:val="1968609A"/>
+    <w:rsid w:val="197467ED"/>
+    <w:rsid w:val="19762565"/>
+    <w:rsid w:val="19F425B1"/>
+    <w:rsid w:val="1AE856E5"/>
+    <w:rsid w:val="1BF43C15"/>
+    <w:rsid w:val="1C0003D1"/>
+    <w:rsid w:val="1C632B49"/>
+    <w:rsid w:val="1C744D56"/>
+    <w:rsid w:val="1C8925AF"/>
+    <w:rsid w:val="1C9D2D61"/>
+    <w:rsid w:val="1CCF5E36"/>
+    <w:rsid w:val="1CF53206"/>
+    <w:rsid w:val="1E58492F"/>
+    <w:rsid w:val="1E773B70"/>
+    <w:rsid w:val="1E9A6CF6"/>
+    <w:rsid w:val="1EAC07D7"/>
+    <w:rsid w:val="1EEB7551"/>
+    <w:rsid w:val="1FFC578E"/>
+    <w:rsid w:val="2059673D"/>
+    <w:rsid w:val="20AC4ABE"/>
+    <w:rsid w:val="20BD316F"/>
+    <w:rsid w:val="20C5446B"/>
+    <w:rsid w:val="216E446A"/>
+    <w:rsid w:val="21B93937"/>
+    <w:rsid w:val="21EE732A"/>
+    <w:rsid w:val="225673D8"/>
+    <w:rsid w:val="228A0E2F"/>
+    <w:rsid w:val="22CF2CE6"/>
+    <w:rsid w:val="231B5F2B"/>
+    <w:rsid w:val="239B5EA4"/>
+    <w:rsid w:val="23D507D0"/>
+    <w:rsid w:val="243C43AB"/>
+    <w:rsid w:val="243D0FA6"/>
+    <w:rsid w:val="24591AE0"/>
+    <w:rsid w:val="245A2A83"/>
+    <w:rsid w:val="2462766C"/>
+    <w:rsid w:val="24AF1021"/>
+    <w:rsid w:val="25B00118"/>
+    <w:rsid w:val="260E1D77"/>
+    <w:rsid w:val="26490F70"/>
+    <w:rsid w:val="26753BA5"/>
+    <w:rsid w:val="268D5392"/>
+    <w:rsid w:val="27345D06"/>
+    <w:rsid w:val="27D50D9F"/>
+    <w:rsid w:val="286659BF"/>
+    <w:rsid w:val="288B76AF"/>
+    <w:rsid w:val="28BF03A2"/>
+    <w:rsid w:val="29A7676B"/>
+    <w:rsid w:val="29D67050"/>
+    <w:rsid w:val="2A094D30"/>
+    <w:rsid w:val="2A157B78"/>
+    <w:rsid w:val="2A6B59EA"/>
+    <w:rsid w:val="2B08148B"/>
+    <w:rsid w:val="2B0D0850"/>
+    <w:rsid w:val="2B7408CF"/>
+    <w:rsid w:val="2B794137"/>
+    <w:rsid w:val="2BC5737C"/>
+    <w:rsid w:val="2C332538"/>
+    <w:rsid w:val="2D157E8F"/>
+    <w:rsid w:val="2D7503B1"/>
+    <w:rsid w:val="2DE96269"/>
+    <w:rsid w:val="2E4C5B33"/>
+    <w:rsid w:val="2F544C9F"/>
+    <w:rsid w:val="2FB46BDD"/>
+    <w:rsid w:val="2FC35981"/>
+    <w:rsid w:val="30CB788F"/>
+    <w:rsid w:val="31E26D53"/>
+    <w:rsid w:val="31ED4F37"/>
+    <w:rsid w:val="351A4295"/>
+    <w:rsid w:val="361B6516"/>
+    <w:rsid w:val="36421CF5"/>
+    <w:rsid w:val="364D45CE"/>
+    <w:rsid w:val="36931254"/>
+    <w:rsid w:val="36EB2C9D"/>
+    <w:rsid w:val="37092813"/>
+    <w:rsid w:val="378303B7"/>
+    <w:rsid w:val="37D526F5"/>
+    <w:rsid w:val="38545D10"/>
+    <w:rsid w:val="387575C1"/>
+    <w:rsid w:val="38955F6C"/>
+    <w:rsid w:val="38E250CA"/>
+    <w:rsid w:val="39C43E56"/>
+    <w:rsid w:val="3A641269"/>
+    <w:rsid w:val="3B381919"/>
+    <w:rsid w:val="3BC62A80"/>
+    <w:rsid w:val="3BFA097C"/>
+    <w:rsid w:val="3C48729C"/>
+    <w:rsid w:val="3CB606B2"/>
+    <w:rsid w:val="3CD411CD"/>
+    <w:rsid w:val="3DC96858"/>
+    <w:rsid w:val="3DF06488"/>
+    <w:rsid w:val="3E5129D7"/>
+    <w:rsid w:val="3E9F7A4E"/>
+    <w:rsid w:val="3EE6168C"/>
+    <w:rsid w:val="3EE80F60"/>
+    <w:rsid w:val="3F3D74FE"/>
+    <w:rsid w:val="3F7722E4"/>
+    <w:rsid w:val="40112738"/>
+    <w:rsid w:val="40166E94"/>
+    <w:rsid w:val="40552625"/>
+    <w:rsid w:val="414A3380"/>
+    <w:rsid w:val="418C27C9"/>
+    <w:rsid w:val="42005B16"/>
+    <w:rsid w:val="428D09E1"/>
+    <w:rsid w:val="42F56341"/>
+    <w:rsid w:val="43000F6E"/>
+    <w:rsid w:val="434846C3"/>
+    <w:rsid w:val="43AD4526"/>
+    <w:rsid w:val="444430DC"/>
+    <w:rsid w:val="44937BC0"/>
+    <w:rsid w:val="44AF0E16"/>
+    <w:rsid w:val="44B71B00"/>
+    <w:rsid w:val="450D7972"/>
+    <w:rsid w:val="474927B8"/>
+    <w:rsid w:val="4767488A"/>
+    <w:rsid w:val="486C49B0"/>
+    <w:rsid w:val="48C22822"/>
+    <w:rsid w:val="48E629B4"/>
+    <w:rsid w:val="49DA3B9B"/>
+    <w:rsid w:val="4C0D0258"/>
+    <w:rsid w:val="4C536C12"/>
+    <w:rsid w:val="4CF716D2"/>
+    <w:rsid w:val="4EE2777A"/>
+    <w:rsid w:val="4F0E056F"/>
+    <w:rsid w:val="4F1E720E"/>
+    <w:rsid w:val="4F4D0794"/>
+    <w:rsid w:val="508F56DF"/>
+    <w:rsid w:val="516F77C0"/>
+    <w:rsid w:val="518E5997"/>
+    <w:rsid w:val="51AC22C1"/>
+    <w:rsid w:val="51DF61F2"/>
+    <w:rsid w:val="51F62E85"/>
+    <w:rsid w:val="52630BD1"/>
+    <w:rsid w:val="52950FA7"/>
+    <w:rsid w:val="52B2589F"/>
+    <w:rsid w:val="52C5188C"/>
+    <w:rsid w:val="52EA30A1"/>
+    <w:rsid w:val="534F1156"/>
+    <w:rsid w:val="53866F34"/>
+    <w:rsid w:val="5394125E"/>
+    <w:rsid w:val="53966D85"/>
+    <w:rsid w:val="54372312"/>
+    <w:rsid w:val="552E64E3"/>
+    <w:rsid w:val="56270168"/>
+    <w:rsid w:val="570566FB"/>
+    <w:rsid w:val="57391B27"/>
+    <w:rsid w:val="5860449E"/>
+    <w:rsid w:val="58F24A5D"/>
+    <w:rsid w:val="59633BAD"/>
+    <w:rsid w:val="59637C58"/>
+    <w:rsid w:val="597E600B"/>
+    <w:rsid w:val="598A2EE8"/>
+    <w:rsid w:val="59C12681"/>
+    <w:rsid w:val="5A3538B9"/>
+    <w:rsid w:val="5A8E4C59"/>
+    <w:rsid w:val="5AF6036F"/>
+    <w:rsid w:val="5B0B0058"/>
+    <w:rsid w:val="5B5437AD"/>
+    <w:rsid w:val="5B8F2A37"/>
+    <w:rsid w:val="5BD7618C"/>
+    <w:rsid w:val="5C070844"/>
+    <w:rsid w:val="5D973E25"/>
+    <w:rsid w:val="5DDC3F2E"/>
+    <w:rsid w:val="5E4A0E97"/>
+    <w:rsid w:val="5E5835B4"/>
+    <w:rsid w:val="5ED10157"/>
+    <w:rsid w:val="5F221E14"/>
+    <w:rsid w:val="5F526256"/>
+    <w:rsid w:val="5F914E71"/>
+    <w:rsid w:val="5FEB66AA"/>
+    <w:rsid w:val="615543F1"/>
+    <w:rsid w:val="61932B55"/>
+    <w:rsid w:val="62821AAC"/>
+    <w:rsid w:val="63497970"/>
+    <w:rsid w:val="6365313A"/>
+    <w:rsid w:val="63B461E4"/>
+    <w:rsid w:val="645C36D2"/>
+    <w:rsid w:val="645F7A93"/>
+    <w:rsid w:val="64E70097"/>
+    <w:rsid w:val="65385EEE"/>
+    <w:rsid w:val="65393A14"/>
+    <w:rsid w:val="65A25A5D"/>
+    <w:rsid w:val="66540B05"/>
+    <w:rsid w:val="67AC3573"/>
+    <w:rsid w:val="6828049B"/>
+    <w:rsid w:val="68742AA3"/>
+    <w:rsid w:val="68AE4EB2"/>
+    <w:rsid w:val="68D538A3"/>
+    <w:rsid w:val="69112CDD"/>
+    <w:rsid w:val="6943024E"/>
+    <w:rsid w:val="6B79100E"/>
+    <w:rsid w:val="6BE768BF"/>
+    <w:rsid w:val="6CC938CF"/>
+    <w:rsid w:val="6CF941B4"/>
+    <w:rsid w:val="6D3451EC"/>
+    <w:rsid w:val="6DE05374"/>
+    <w:rsid w:val="6E315BD0"/>
+    <w:rsid w:val="6E764006"/>
+    <w:rsid w:val="6EAE506D"/>
+    <w:rsid w:val="6F6A5F99"/>
+    <w:rsid w:val="6F7C2E7B"/>
+    <w:rsid w:val="6FC85BF5"/>
+    <w:rsid w:val="702C664F"/>
+    <w:rsid w:val="7040034C"/>
+    <w:rsid w:val="70972B53"/>
+    <w:rsid w:val="717209D9"/>
+    <w:rsid w:val="71C07997"/>
+    <w:rsid w:val="74827185"/>
+    <w:rsid w:val="74A60CB8"/>
+    <w:rsid w:val="751F2C26"/>
+    <w:rsid w:val="754548E7"/>
+    <w:rsid w:val="75AD0232"/>
+    <w:rsid w:val="760140DA"/>
+    <w:rsid w:val="77B75398"/>
+    <w:rsid w:val="77D575CC"/>
+    <w:rsid w:val="78061E7B"/>
+    <w:rsid w:val="7A2B7977"/>
+    <w:rsid w:val="7A5946E0"/>
+    <w:rsid w:val="7A965AB5"/>
+    <w:rsid w:val="7BA75723"/>
+    <w:rsid w:val="7BFB44B7"/>
+    <w:rsid w:val="7C961A20"/>
+    <w:rsid w:val="7C9E2682"/>
+    <w:rsid w:val="7DB303AF"/>
+    <w:rsid w:val="7DBF0B02"/>
+    <w:rsid w:val="7ED74465"/>
+    <w:rsid w:val="7F17671C"/>
+    <w:rsid w:val="7F6A41C0"/>
+    <w:rsid w:val="7FB1460D"/>
+    <w:rsid w:val="7FE02FB2"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="1" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="340" w:beforeLines="0" w:beforeAutospacing="0" w:after="330" w:afterLines="0" w:afterAutospacing="0" w:line="576" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:kern w:val="44"/>
+      <w:sz w:val="44"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="9">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="7">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+    <w:pPr>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="zh-CN" w:eastAsia="zh-CN" w:bidi="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="7"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="10">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="9"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="WPSOffice手动目录 1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="WPSOffice手动目录 2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:leftChars="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
@@ -2677,25 +3471,63 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>6</Pages>
+  <Words>1156</Words>
+  <Characters>1172</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1201</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15374_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>L.</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15374</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>39D0F293D8804CB1BC7DAB3C00059668_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>