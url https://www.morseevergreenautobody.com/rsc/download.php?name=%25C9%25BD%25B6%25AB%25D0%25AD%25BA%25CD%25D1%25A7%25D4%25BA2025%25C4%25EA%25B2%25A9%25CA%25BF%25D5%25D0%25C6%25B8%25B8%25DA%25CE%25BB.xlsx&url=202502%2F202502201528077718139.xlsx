--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,27 +1,3141 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
+  <workbookPr/>
+  <bookViews>
+    <workbookView windowWidth="20745" windowHeight="9675"/>
+  </bookViews>
+  <sheets>
+    <sheet name="博士人才引进需求计划" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">博士人才引进需求计划!$A$3:$G$53</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">博士人才引进需求计划!$2:$3</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="266" uniqueCount="122">
+  <si>
+    <t>博士人才引进需求计划一览表</t>
+  </si>
+  <si>
+    <t>序号</t>
+  </si>
+  <si>
+    <t>教学院（部）</t>
+  </si>
+  <si>
+    <t>岗位名称</t>
+  </si>
+  <si>
+    <t>所属教研室</t>
+  </si>
+  <si>
+    <t>联系人及联系方式</t>
+  </si>
+  <si>
+    <t>学历学位</t>
+  </si>
+  <si>
+    <t>专业</t>
+  </si>
+  <si>
+    <t>工学院</t>
+  </si>
+  <si>
+    <t>教师</t>
+  </si>
+  <si>
+    <t>机设专业教研室</t>
+  </si>
+  <si>
+    <t>博士研究生</t>
+  </si>
+  <si>
+    <t>机械工程、机械制造及其自动化、机械设计及理论</t>
+  </si>
+  <si>
+    <t xml:space="preserve">联系人：郝老师
+联系电：15169050475
+</t>
+  </si>
+  <si>
+    <t>土木工程教研室</t>
+  </si>
+  <si>
+    <t>土木工程、智能建造</t>
+  </si>
+  <si>
+    <t>环境专业教研室</t>
+  </si>
+  <si>
+    <t>环境设计</t>
+  </si>
+  <si>
+    <t>自动化专业教研室</t>
+  </si>
+  <si>
+    <t>控制理论与控制工程、检测技术与自动化装置、模式识别与智能系统</t>
+  </si>
+  <si>
+    <t>机电专业教研室</t>
+  </si>
+  <si>
+    <t>机械电子工程、智能制造工程</t>
+  </si>
+  <si>
+    <t>工程管理专业教研室</t>
+  </si>
+  <si>
+    <t>工程管理、工程造价、建筑经济与管理</t>
+  </si>
+  <si>
+    <t>电气工程专业教研室</t>
+  </si>
+  <si>
+    <t>电机与电器、电工理论与新技术、电力电子与电力传动</t>
+  </si>
+  <si>
+    <t>汽车专业教研室</t>
+  </si>
+  <si>
+    <t>车辆工程、载运工具运用工程、机械工程、交通运输工程</t>
+  </si>
+  <si>
+    <t>物理教研室</t>
+  </si>
+  <si>
+    <t>理论物理、原子与分子物理、光学</t>
+  </si>
+  <si>
+    <t>计算机学院</t>
+  </si>
+  <si>
+    <t>软件工程教研室</t>
+  </si>
+  <si>
+    <t>软件工程、计算机科学与技术、电子信息、人工智能、智能科学与技术、生物医学工程、模式识别与智能系统、数据科学与大数据技术、 数学与统计学、 网络安全等</t>
+  </si>
+  <si>
+    <t xml:space="preserve">联系人：王老师
+联系电话：13573145251
+</t>
+  </si>
+  <si>
+    <t>电子信息教研室</t>
+  </si>
+  <si>
+    <t>电子信息、集成电路科学与工程、信息与通信工程、人工智能、智能科学与技术、控制科学与工程、电气工程、机械电子工程、仪器科学与技术等</t>
+  </si>
+  <si>
+    <t>计算机科学教研室</t>
+  </si>
+  <si>
+    <t>视觉传达教研室</t>
+  </si>
+  <si>
+    <t>设计艺术学、视觉传达设计、智慧设计、智能设计、交互设计、艺术与科技等</t>
+  </si>
+  <si>
+    <t>数字媒体教研室</t>
+  </si>
+  <si>
+    <t>计算机科学与技术、计算机应用技术、数字媒体技术、设计艺术学、信息与通信工程、视觉传达设计、新闻传播学（数字媒体方向、量子成像与智能医学等</t>
+  </si>
+  <si>
+    <t>网络工程教研室</t>
+  </si>
+  <si>
+    <t>计算机网络与通信、网络安全、通讯工程、网络工程与网络管理、软件工程、计算机科学与技术、电子信息、人工智能、智能科学与技术、生物医学工程、模式识别与智能系统、数据科学与大数据技术、 数学与统计学等</t>
+  </si>
+  <si>
+    <t>物联网工程教研室</t>
+  </si>
+  <si>
+    <t>物联网工程、计算机科学与技术、计算机应用技术、信息与通信工程、电子信息、集成电路科学与工程、生物医学工程、数据科学与大数据技术、工业互联网与智能制造、 网络安全等</t>
+  </si>
+  <si>
+    <t>医学院</t>
+  </si>
+  <si>
+    <t>中药学教研室</t>
+  </si>
+  <si>
+    <t>中药学、药学、药物制剂、生物制药、化学等</t>
+  </si>
+  <si>
+    <t>联系人：徐老师
+联系电话：13791108055</t>
+  </si>
+  <si>
+    <t>机能学教研室</t>
+  </si>
+  <si>
+    <t>口腔医学教研室</t>
+  </si>
+  <si>
+    <t>口腔医学、基础医学、生物医学工程、公共卫生与预防医学等</t>
+  </si>
+  <si>
+    <t>临床医学教研室</t>
+  </si>
+  <si>
+    <t>临床医学、基础医学、公共卫生与预防医学、生物医学工程等</t>
+  </si>
+  <si>
+    <t>微生物与化学教研室</t>
+  </si>
+  <si>
+    <t>基础医学、医学实验技术专业、生物制药专业、生物学、化学、生物化学、公共卫生与预防医学等</t>
+  </si>
+  <si>
+    <t>形态学教研室</t>
+  </si>
+  <si>
+    <t>基础医学、医学实验技术专业、生物制药专业、生物学、公共卫生与预防医学等</t>
+  </si>
+  <si>
+    <t>医学影像技术教研室</t>
+  </si>
+  <si>
+    <t>影像医学与核医学、放射医学、超声医学、医学影像技术学、智能医学工程、临床医学、基础医学、医学技术、生物医学工程、计算机科学与技术等</t>
+  </si>
+  <si>
+    <t>中医学教研室</t>
+  </si>
+  <si>
+    <t>中医学、中西医结合、临床医学、公共卫生与预防医学等</t>
+  </si>
+  <si>
+    <t>康复治疗学教研室</t>
+  </si>
+  <si>
+    <t>临床医学、基础医学、医学技术、生物医学工程、生物工程、计算机科学与技术等</t>
+  </si>
+  <si>
+    <t>医学检验技术教研室</t>
+  </si>
+  <si>
+    <t>医学检验技术、临床检验诊断学微生物学、病原生物学、生物化学与分子生物学、生物学、生物技术、免疫学、遗传学、细胞生物学、临床医学、卫生检验与检疫、基础医学、生物医学工程、生物工程等</t>
+  </si>
+  <si>
+    <t>医学美容技术教研室</t>
+  </si>
+  <si>
+    <t>基础医学、医学技术、生物医学工程、生物工程、计算机科学与技术、材料科学与工程等</t>
+  </si>
+  <si>
+    <t>针灸推拿学教研室</t>
+  </si>
+  <si>
+    <t>护理学院</t>
+  </si>
+  <si>
+    <t>老年与社区护理教研室</t>
+  </si>
+  <si>
+    <t>护理学、临床医学、基础医学、中医学、公共卫生与预防医学、中西医结合、生物医学工程等专业</t>
+  </si>
+  <si>
+    <t>联系人：许老师、王老师
+联系电话：17705410812、15966314902</t>
+  </si>
+  <si>
+    <t>临床护理教研室</t>
+  </si>
+  <si>
+    <t>人文护理教研室</t>
+  </si>
+  <si>
+    <t>护理学、心理学等专业</t>
+  </si>
+  <si>
+    <t>商学院</t>
+  </si>
+  <si>
+    <t>审计学教研室</t>
+  </si>
+  <si>
+    <t>审计学、会计学、工商管理</t>
+  </si>
+  <si>
+    <t>联系人：魏老师
+联系电：13791095898</t>
+  </si>
+  <si>
+    <t>财务管理教研室</t>
+  </si>
+  <si>
+    <t>财务管理</t>
+  </si>
+  <si>
+    <t>金融科技教研室</t>
+  </si>
+  <si>
+    <t>金融学</t>
+  </si>
+  <si>
+    <t>市场营销教研室</t>
+  </si>
+  <si>
+    <t>企业管理、管理科学与工程、技术经济及管理</t>
+  </si>
+  <si>
+    <t>创业管理教研室</t>
+  </si>
+  <si>
+    <t>电子商务、管理科学与工程、技术经济及管理专业</t>
+  </si>
+  <si>
+    <t>会计学教研室</t>
+  </si>
+  <si>
+    <t>会计学</t>
+  </si>
+  <si>
+    <t>旅游管理教研室</t>
+  </si>
+  <si>
+    <t>旅游管理、酒店管理</t>
+  </si>
+  <si>
+    <t>人文艺术与教育学院</t>
+  </si>
+  <si>
+    <t>学前教育教研室</t>
+  </si>
+  <si>
+    <t>教育学原理、学前教育、课程与教学论、音乐学、艺术教育、艺术学理论</t>
+  </si>
+  <si>
+    <t>联系人：杨老师
+联系电话：15098963992</t>
+  </si>
+  <si>
+    <t>英语教研室</t>
+  </si>
+  <si>
+    <t>外国语言学及应用语言学、英语语言文学、翻译</t>
+  </si>
+  <si>
+    <t>马克思主义学院</t>
+  </si>
+  <si>
+    <t>思想道德与法治教研室</t>
+  </si>
+  <si>
+    <t>思想政治教育、社会学</t>
+  </si>
+  <si>
+    <t>联系人：唐老师
+联系电话：15098725269</t>
+  </si>
+  <si>
+    <t>马克思主义基本原理教研室</t>
+  </si>
+  <si>
+    <t>马克思主义基本原理、马克思主义发展史、马克思主义哲学</t>
+  </si>
+  <si>
+    <t>习近平新时代中国特色社会主义思想概论教研室</t>
+  </si>
+  <si>
+    <t>马克思主义理论、马克思主义中国化研究、政治学</t>
+  </si>
+  <si>
+    <t>中国近现代史纲要教研室</t>
+  </si>
+  <si>
+    <t>中国近现代史、党的建设、科学社会主义与国际共产主义运动</t>
+  </si>
+  <si>
+    <t>毛泽东思想和中国特色社会主义理论体系概论教研室</t>
+  </si>
+  <si>
+    <t>马克思主义中国化研究、政治学</t>
+  </si>
+  <si>
+    <t>形势与政策教研室</t>
+  </si>
+  <si>
+    <t>政治学、国际政治</t>
+  </si>
+  <si>
+    <t>基础部</t>
+  </si>
+  <si>
+    <t>就业指导与创新创业教育教研室</t>
+  </si>
+  <si>
+    <t>工商管理</t>
+  </si>
+  <si>
+    <t>联系人：张老师
+联系电话：15165127561</t>
+  </si>
+  <si>
+    <t>体育教研室</t>
+  </si>
+  <si>
+    <t>体育学</t>
+  </si>
+  <si>
+    <t>高等数学教研室</t>
+  </si>
+  <si>
+    <t>数学</t>
+  </si>
+  <si>
+    <t>心理健康教育教研室</t>
+  </si>
+  <si>
+    <t>心理学</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
+  <numFmts count="4">
+    <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
+  </numFmts>
+  <fonts count="32">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="黑体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
+      <name val="方正小标宋简体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="黑体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="黑体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF800080"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C6500"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+  </fonts>
+  <fills count="36">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.149998474074526"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor indexed="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="17">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="50">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="9" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="6" borderId="12" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="7" borderId="13" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="7" borderId="12" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="8" borderId="14" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="16" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+  </cellStyleXfs>
+  <cellXfs count="59">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="50">
+    <cellStyle name="常规" xfId="0" builtinId="0"/>
+    <cellStyle name="千位分隔" xfId="1" builtinId="3"/>
+    <cellStyle name="货币" xfId="2" builtinId="4"/>
+    <cellStyle name="百分比" xfId="3" builtinId="5"/>
+    <cellStyle name="千位分隔[0]" xfId="4" builtinId="6"/>
+    <cellStyle name="货币[0]" xfId="5" builtinId="7"/>
+    <cellStyle name="超链接" xfId="6" builtinId="8"/>
+    <cellStyle name="已访问的超链接" xfId="7" builtinId="9"/>
+    <cellStyle name="注释" xfId="8" builtinId="10"/>
+    <cellStyle name="警告文本" xfId="9" builtinId="11"/>
+    <cellStyle name="标题" xfId="10" builtinId="15"/>
+    <cellStyle name="解释性文本" xfId="11" builtinId="53"/>
+    <cellStyle name="标题 1" xfId="12" builtinId="16"/>
+    <cellStyle name="标题 2" xfId="13" builtinId="17"/>
+    <cellStyle name="标题 3" xfId="14" builtinId="18"/>
+    <cellStyle name="标题 4" xfId="15" builtinId="19"/>
+    <cellStyle name="输入" xfId="16" builtinId="20"/>
+    <cellStyle name="输出" xfId="17" builtinId="21"/>
+    <cellStyle name="计算" xfId="18" builtinId="22"/>
+    <cellStyle name="检查单元格" xfId="19" builtinId="23"/>
+    <cellStyle name="链接单元格" xfId="20" builtinId="24"/>
+    <cellStyle name="汇总" xfId="21" builtinId="25"/>
+    <cellStyle name="好" xfId="22" builtinId="26"/>
+    <cellStyle name="差" xfId="23" builtinId="27"/>
+    <cellStyle name="适中" xfId="24" builtinId="28"/>
+    <cellStyle name="强调文字颜色 1" xfId="25" builtinId="29"/>
+    <cellStyle name="20% - 强调文字颜色 1" xfId="26" builtinId="30"/>
+    <cellStyle name="40% - 强调文字颜色 1" xfId="27" builtinId="31"/>
+    <cellStyle name="60% - 强调文字颜色 1" xfId="28" builtinId="32"/>
+    <cellStyle name="强调文字颜色 2" xfId="29" builtinId="33"/>
+    <cellStyle name="20% - 强调文字颜色 2" xfId="30" builtinId="34"/>
+    <cellStyle name="40% - 强调文字颜色 2" xfId="31" builtinId="35"/>
+    <cellStyle name="60% - 强调文字颜色 2" xfId="32" builtinId="36"/>
+    <cellStyle name="强调文字颜色 3" xfId="33" builtinId="37"/>
+    <cellStyle name="20% - 强调文字颜色 3" xfId="34" builtinId="38"/>
+    <cellStyle name="40% - 强调文字颜色 3" xfId="35" builtinId="39"/>
+    <cellStyle name="60% - 强调文字颜色 3" xfId="36" builtinId="40"/>
+    <cellStyle name="强调文字颜色 4" xfId="37" builtinId="41"/>
+    <cellStyle name="20% - 强调文字颜色 4" xfId="38" builtinId="42"/>
+    <cellStyle name="40% - 强调文字颜色 4" xfId="39" builtinId="43"/>
+    <cellStyle name="60% - 强调文字颜色 4" xfId="40" builtinId="44"/>
+    <cellStyle name="强调文字颜色 5" xfId="41" builtinId="45"/>
+    <cellStyle name="20% - 强调文字颜色 5" xfId="42" builtinId="46"/>
+    <cellStyle name="40% - 强调文字颜色 5" xfId="43" builtinId="47"/>
+    <cellStyle name="60% - 强调文字颜色 5" xfId="44" builtinId="48"/>
+    <cellStyle name="强调文字颜色 6" xfId="45" builtinId="49"/>
+    <cellStyle name="20% - 强调文字颜色 6" xfId="46" builtinId="50"/>
+    <cellStyle name="40% - 强调文字颜色 6" xfId="47" builtinId="51"/>
+    <cellStyle name="60% - 强调文字颜色 6" xfId="48" builtinId="52"/>
+    <cellStyle name="常规 6" xfId="49"/>
+  </cellStyles>
+  <dxfs count="17">
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <border>
+        <top style="double">
+          <color theme="4"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="0"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4"/>
+          <bgColor theme="4"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <border>
+        <left style="thin">
+          <color theme="4"/>
+        </left>
+        <right style="thin">
+          <color theme="4"/>
+        </right>
+        <top style="thin">
+          <color theme="4"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4"/>
+        </bottom>
+        <horizontal style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="1"/>
+      </font>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <border>
+        <top style="thin">
+          <color theme="4"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <top style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </top>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="1"/>
+        <color theme="1"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor theme="4" tint="0.799981688894314"/>
+          <bgColor theme="4" tint="0.799981688894314"/>
+        </patternFill>
+      </fill>
+      <border>
+        <bottom style="thin">
+          <color theme="4" tint="0.399975585192419"/>
+        </bottom>
+      </border>
+    </dxf>
+  </dxfs>
+  <tableStyles count="2" defaultTableStyle="TableStylePreset3_Accent1" defaultPivotStyle="PivotStylePreset2_Accent1">
+    <tableStyle name="TableStylePreset3_Accent1" pivot="0" count="7" xr9:uid="{59DB682C-5494-4EDE-A608-00C9E5F0F923}">
+      <tableStyleElement type="wholeTable" dxfId="6"/>
+      <tableStyleElement type="headerRow" dxfId="5"/>
+      <tableStyleElement type="totalRow" dxfId="4"/>
+      <tableStyleElement type="firstColumn" dxfId="3"/>
+      <tableStyleElement type="lastColumn" dxfId="2"/>
+      <tableStyleElement type="firstRowStripe" dxfId="1"/>
+      <tableStyleElement type="firstColumnStripe" dxfId="0"/>
+    </tableStyle>
+    <tableStyle name="PivotStylePreset2_Accent1" table="0" count="10" xr9:uid="{267968C8-6FFD-4C36-ACC1-9EA1FD1885CA}">
+      <tableStyleElement type="headerRow" dxfId="16"/>
+      <tableStyleElement type="totalRow" dxfId="15"/>
+      <tableStyleElement type="firstRowStripe" dxfId="14"/>
+      <tableStyleElement type="firstColumnStripe" dxfId="13"/>
+      <tableStyleElement type="firstSubtotalRow" dxfId="12"/>
+      <tableStyleElement type="secondSubtotalRow" dxfId="11"/>
+      <tableStyleElement type="firstRowSubheading" dxfId="10"/>
+      <tableStyleElement type="secondRowSubheading" dxfId="9"/>
+      <tableStyleElement type="pageFieldLabels" dxfId="8"/>
+      <tableStyleElement type="pageFieldValues" dxfId="7"/>
+    </tableStyle>
+  </tableStyles>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
+</file>
+
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="WPS">
+  <a:themeElements>
+    <a:clrScheme name="WPS">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4874CB"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="EE822F"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="F2BA02"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="75BD42"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="30C0B4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="E54C5E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0026E5"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="7E1FAD"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="WPS">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="WPS">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumOff val="17500"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:hueOff val="-2520000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="phClr">
+                  <a:hueOff val="-4200000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="phClr"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+          </a:gradFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="101600" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:schemeClr val="phClr">
+                <a:alpha val="60000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:reflection stA="50000" endA="300" endPos="40000" dist="25400" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xiehejcbzp@163.com" TargetMode="External"/></Relationships>
 </file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:G53"/>
+  <sheetViews>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I11" sqref="I11"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" outlineLevelCol="6"/>
+  <cols>
+    <col min="1" max="1" width="9" style="12" customWidth="1"/>
+    <col min="2" max="2" width="17.6416666666667" style="12" customWidth="1"/>
+    <col min="3" max="3" width="14.2666666666667" style="12" customWidth="1"/>
+    <col min="4" max="4" width="19.0916666666667" style="12" customWidth="1"/>
+    <col min="5" max="5" width="12.9083333333333" style="12" customWidth="1"/>
+    <col min="6" max="6" width="53.05" style="12" customWidth="1"/>
+    <col min="7" max="7" width="31.5416666666667" style="13" customWidth="1"/>
+    <col min="8" max="16384" width="9" style="12"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="1" customFormat="1" ht="27" customHeight="1" spans="1:7">
+      <c r="A1" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+      <c r="G1" s="15"/>
+    </row>
+    <row r="2" s="2" customFormat="1" ht="27" customHeight="1" spans="1:7">
+      <c r="A2" s="16" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="20" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" s="3" customFormat="1" ht="32" customHeight="1" spans="1:7">
+      <c r="A3" s="21"/>
+      <c r="B3" s="22"/>
+      <c r="C3" s="18"/>
+      <c r="D3" s="18"/>
+      <c r="E3" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="G3" s="20"/>
+    </row>
+    <row r="4" s="4" customFormat="1" ht="12" spans="1:7">
+      <c r="A4" s="23">
+        <v>1</v>
+      </c>
+      <c r="B4" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="27" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="5" s="4" customFormat="1" ht="12" spans="1:7">
+      <c r="A5" s="23">
+        <v>2</v>
+      </c>
+      <c r="B5" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" s="27"/>
+    </row>
+    <row r="6" s="5" customFormat="1" spans="1:7">
+      <c r="A6" s="23">
+        <v>3</v>
+      </c>
+      <c r="B6" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="27"/>
+    </row>
+    <row r="7" s="5" customFormat="1" spans="1:7">
+      <c r="A7" s="23">
+        <v>4</v>
+      </c>
+      <c r="B7" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="G7" s="27"/>
+    </row>
+    <row r="8" s="5" customFormat="1" spans="1:7">
+      <c r="A8" s="23">
+        <v>5</v>
+      </c>
+      <c r="B8" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C8" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D8" s="28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" s="27"/>
+    </row>
+    <row r="9" s="5" customFormat="1" spans="1:7">
+      <c r="A9" s="23">
+        <v>6</v>
+      </c>
+      <c r="B9" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C9" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D9" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="G9" s="27"/>
+    </row>
+    <row r="10" s="5" customFormat="1" spans="1:7">
+      <c r="A10" s="23">
+        <v>7</v>
+      </c>
+      <c r="B10" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D10" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="26" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10" s="27"/>
+    </row>
+    <row r="11" s="5" customFormat="1" spans="1:7">
+      <c r="A11" s="23">
+        <v>8</v>
+      </c>
+      <c r="B11" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D11" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="G11" s="27"/>
+    </row>
+    <row r="12" s="5" customFormat="1" spans="1:7">
+      <c r="A12" s="23">
+        <v>9</v>
+      </c>
+      <c r="B12" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C12" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D12" s="28" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="26" t="s">
+        <v>29</v>
+      </c>
+      <c r="G12" s="27"/>
+    </row>
+    <row r="13" s="6" customFormat="1" ht="36" spans="1:7">
+      <c r="A13" s="23">
+        <v>10</v>
+      </c>
+      <c r="B13" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="G13" s="30" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="14" s="6" customFormat="1" ht="24" spans="1:7">
+      <c r="A14" s="23">
+        <v>11</v>
+      </c>
+      <c r="B14" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D14" s="24" t="s">
+        <v>34</v>
+      </c>
+      <c r="E14" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="29" t="s">
+        <v>35</v>
+      </c>
+      <c r="G14" s="31"/>
+    </row>
+    <row r="15" s="6" customFormat="1" ht="36" spans="1:7">
+      <c r="A15" s="23">
+        <v>12</v>
+      </c>
+      <c r="B15" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" s="24" t="s">
+        <v>36</v>
+      </c>
+      <c r="E15" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="G15" s="31"/>
+    </row>
+    <row r="16" s="6" customFormat="1" ht="24" spans="1:7">
+      <c r="A16" s="23">
+        <v>13</v>
+      </c>
+      <c r="B16" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" s="24" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="29" t="s">
+        <v>38</v>
+      </c>
+      <c r="G16" s="31"/>
+    </row>
+    <row r="17" s="6" customFormat="1" ht="36" spans="1:7">
+      <c r="A17" s="23">
+        <v>14</v>
+      </c>
+      <c r="B17" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D17" s="24" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="29" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" s="31"/>
+    </row>
+    <row r="18" s="6" customFormat="1" ht="48" spans="1:7">
+      <c r="A18" s="23">
+        <v>15</v>
+      </c>
+      <c r="B18" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D18" s="24" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="G18" s="31"/>
+    </row>
+    <row r="19" s="6" customFormat="1" ht="36" spans="1:7">
+      <c r="A19" s="23">
+        <v>16</v>
+      </c>
+      <c r="B19" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="C19" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D19" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="34" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" s="31"/>
+    </row>
+    <row r="20" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A20" s="23">
+        <v>17</v>
+      </c>
+      <c r="B20" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D20" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="E20" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="G20" s="37" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="21" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A21" s="23">
+        <v>18</v>
+      </c>
+      <c r="B21" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C21" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D21" s="38" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="G21" s="39"/>
+    </row>
+    <row r="22" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A22" s="23">
+        <v>19</v>
+      </c>
+      <c r="B22" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C22" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D22" s="38" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="36" t="s">
+        <v>51</v>
+      </c>
+      <c r="G22" s="39"/>
+    </row>
+    <row r="23" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A23" s="23">
+        <v>20</v>
+      </c>
+      <c r="B23" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C23" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D23" s="38" t="s">
+        <v>52</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="36" t="s">
+        <v>53</v>
+      </c>
+      <c r="G23" s="39"/>
+    </row>
+    <row r="24" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A24" s="23">
+        <v>21</v>
+      </c>
+      <c r="B24" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C24" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D24" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="E24" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="36" t="s">
+        <v>55</v>
+      </c>
+      <c r="G24" s="39"/>
+    </row>
+    <row r="25" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A25" s="23">
+        <v>22</v>
+      </c>
+      <c r="B25" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C25" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" s="38" t="s">
+        <v>56</v>
+      </c>
+      <c r="E25" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="36" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" s="39"/>
+    </row>
+    <row r="26" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A26" s="23">
+        <v>23</v>
+      </c>
+      <c r="B26" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C26" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D26" s="38" t="s">
+        <v>58</v>
+      </c>
+      <c r="E26" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="36" t="s">
+        <v>59</v>
+      </c>
+      <c r="G26" s="39"/>
+    </row>
+    <row r="27" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A27" s="23">
+        <v>24</v>
+      </c>
+      <c r="B27" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C27" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D27" s="38" t="s">
+        <v>60</v>
+      </c>
+      <c r="E27" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="36" t="s">
+        <v>61</v>
+      </c>
+      <c r="G27" s="39"/>
+    </row>
+    <row r="28" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A28" s="23">
+        <v>25</v>
+      </c>
+      <c r="B28" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C28" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D28" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="E28" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="36" t="s">
+        <v>63</v>
+      </c>
+      <c r="G28" s="39"/>
+    </row>
+    <row r="29" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A29" s="23">
+        <v>26</v>
+      </c>
+      <c r="B29" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C29" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D29" s="38" t="s">
+        <v>64</v>
+      </c>
+      <c r="E29" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="36" t="s">
+        <v>65</v>
+      </c>
+      <c r="G29" s="39"/>
+    </row>
+    <row r="30" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A30" s="23">
+        <v>27</v>
+      </c>
+      <c r="B30" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C30" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D30" s="38" t="s">
+        <v>66</v>
+      </c>
+      <c r="E30" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="36" t="s">
+        <v>67</v>
+      </c>
+      <c r="G30" s="39"/>
+    </row>
+    <row r="31" s="6" customFormat="1" ht="24" customHeight="1" spans="1:7">
+      <c r="A31" s="23">
+        <v>28</v>
+      </c>
+      <c r="B31" s="35" t="s">
+        <v>45</v>
+      </c>
+      <c r="C31" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D31" s="38" t="s">
+        <v>68</v>
+      </c>
+      <c r="E31" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="36" t="s">
+        <v>61</v>
+      </c>
+      <c r="G31" s="39"/>
+    </row>
+    <row r="32" s="6" customFormat="1" ht="24" spans="1:7">
+      <c r="A32" s="23">
+        <v>29</v>
+      </c>
+      <c r="B32" s="35" t="s">
+        <v>69</v>
+      </c>
+      <c r="C32" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D32" s="35" t="s">
+        <v>70</v>
+      </c>
+      <c r="E32" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="36" t="s">
+        <v>71</v>
+      </c>
+      <c r="G32" s="37" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="33" s="6" customFormat="1" ht="27" customHeight="1" spans="1:7">
+      <c r="A33" s="23">
+        <v>30</v>
+      </c>
+      <c r="B33" s="35" t="s">
+        <v>69</v>
+      </c>
+      <c r="C33" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D33" s="35" t="s">
+        <v>73</v>
+      </c>
+      <c r="E33" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="36" t="s">
+        <v>71</v>
+      </c>
+      <c r="G33" s="39"/>
+    </row>
+    <row r="34" s="6" customFormat="1" ht="22" customHeight="1" spans="1:7">
+      <c r="A34" s="23">
+        <v>31</v>
+      </c>
+      <c r="B34" s="35" t="s">
+        <v>69</v>
+      </c>
+      <c r="C34" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D34" s="35" t="s">
+        <v>74</v>
+      </c>
+      <c r="E34" s="35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="36" t="s">
+        <v>75</v>
+      </c>
+      <c r="G34" s="40"/>
+    </row>
+    <row r="35" s="7" customFormat="1" ht="48" customHeight="1" spans="1:7">
+      <c r="A35" s="23">
+        <v>32</v>
+      </c>
+      <c r="B35" s="41" t="s">
+        <v>76</v>
+      </c>
+      <c r="C35" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D35" s="43" t="s">
+        <v>77</v>
+      </c>
+      <c r="E35" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="45" t="s">
+        <v>78</v>
+      </c>
+      <c r="G35" s="46" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="36" s="7" customFormat="1" ht="48" customHeight="1" spans="1:7">
+      <c r="A36" s="23">
+        <v>33</v>
+      </c>
+      <c r="B36" s="41" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" s="43" t="s">
+        <v>80</v>
+      </c>
+      <c r="E36" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="45" t="s">
+        <v>81</v>
+      </c>
+      <c r="G36" s="47"/>
+    </row>
+    <row r="37" s="7" customFormat="1" ht="48" customHeight="1" spans="1:7">
+      <c r="A37" s="23">
+        <v>34</v>
+      </c>
+      <c r="B37" s="41" t="s">
+        <v>76</v>
+      </c>
+      <c r="C37" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D37" s="44" t="s">
+        <v>82</v>
+      </c>
+      <c r="E37" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="45" t="s">
+        <v>83</v>
+      </c>
+      <c r="G37" s="47"/>
+    </row>
+    <row r="38" s="7" customFormat="1" ht="48" customHeight="1" spans="1:7">
+      <c r="A38" s="23">
+        <v>35</v>
+      </c>
+      <c r="B38" s="41" t="s">
+        <v>76</v>
+      </c>
+      <c r="C38" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D38" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="E38" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="45" t="s">
+        <v>85</v>
+      </c>
+      <c r="G38" s="47"/>
+    </row>
+    <row r="39" s="7" customFormat="1" ht="48" customHeight="1" spans="1:7">
+      <c r="A39" s="23">
+        <v>36</v>
+      </c>
+      <c r="B39" s="41" t="s">
+        <v>76</v>
+      </c>
+      <c r="C39" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D39" s="44" t="s">
+        <v>86</v>
+      </c>
+      <c r="E39" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="41" t="s">
+        <v>87</v>
+      </c>
+      <c r="G39" s="47"/>
+    </row>
+    <row r="40" s="7" customFormat="1" ht="48" customHeight="1" spans="1:7">
+      <c r="A40" s="23">
+        <v>37</v>
+      </c>
+      <c r="B40" s="41" t="s">
+        <v>76</v>
+      </c>
+      <c r="C40" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D40" s="41" t="s">
+        <v>88</v>
+      </c>
+      <c r="E40" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="48" t="s">
+        <v>89</v>
+      </c>
+      <c r="G40" s="47"/>
+    </row>
+    <row r="41" s="8" customFormat="1" ht="36" customHeight="1" spans="1:7">
+      <c r="A41" s="23">
+        <v>38</v>
+      </c>
+      <c r="B41" s="41" t="s">
+        <v>76</v>
+      </c>
+      <c r="C41" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D41" s="43" t="s">
+        <v>90</v>
+      </c>
+      <c r="E41" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="43" t="s">
+        <v>91</v>
+      </c>
+      <c r="G41" s="49"/>
+    </row>
+    <row r="42" s="9" customFormat="1" ht="27" spans="1:7">
+      <c r="A42" s="23">
+        <v>39</v>
+      </c>
+      <c r="B42" s="43" t="s">
+        <v>92</v>
+      </c>
+      <c r="C42" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D42" s="43" t="s">
+        <v>93</v>
+      </c>
+      <c r="E42" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="45" t="s">
+        <v>94</v>
+      </c>
+      <c r="G42" s="50" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="43" s="9" customFormat="1" ht="23" customHeight="1" spans="1:7">
+      <c r="A43" s="23">
+        <v>40</v>
+      </c>
+      <c r="B43" s="43" t="s">
+        <v>92</v>
+      </c>
+      <c r="C43" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D43" s="43" t="s">
+        <v>96</v>
+      </c>
+      <c r="E43" s="43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="51" t="s">
+        <v>97</v>
+      </c>
+      <c r="G43" s="52"/>
+    </row>
+    <row r="44" s="6" customFormat="1" ht="49" customHeight="1" spans="1:7">
+      <c r="A44" s="23">
+        <v>41</v>
+      </c>
+      <c r="B44" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C44" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D44" s="24" t="s">
+        <v>99</v>
+      </c>
+      <c r="E44" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="36" t="s">
+        <v>100</v>
+      </c>
+      <c r="G44" s="53" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="45" s="6" customFormat="1" ht="49" customHeight="1" spans="1:7">
+      <c r="A45" s="23">
+        <v>42</v>
+      </c>
+      <c r="B45" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C45" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D45" s="24" t="s">
+        <v>102</v>
+      </c>
+      <c r="E45" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="36" t="s">
+        <v>103</v>
+      </c>
+      <c r="G45" s="54"/>
+    </row>
+    <row r="46" s="6" customFormat="1" ht="49" customHeight="1" spans="1:7">
+      <c r="A46" s="23">
+        <v>43</v>
+      </c>
+      <c r="B46" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C46" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D46" s="24" t="s">
+        <v>104</v>
+      </c>
+      <c r="E46" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="36" t="s">
+        <v>105</v>
+      </c>
+      <c r="G46" s="54"/>
+    </row>
+    <row r="47" s="6" customFormat="1" ht="49" customHeight="1" spans="1:7">
+      <c r="A47" s="23">
+        <v>44</v>
+      </c>
+      <c r="B47" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C47" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D47" s="24" t="s">
+        <v>106</v>
+      </c>
+      <c r="E47" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="36" t="s">
+        <v>107</v>
+      </c>
+      <c r="G47" s="54"/>
+    </row>
+    <row r="48" s="6" customFormat="1" ht="49" customHeight="1" spans="1:7">
+      <c r="A48" s="23">
+        <v>45</v>
+      </c>
+      <c r="B48" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C48" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D48" s="24" t="s">
+        <v>108</v>
+      </c>
+      <c r="E48" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="36" t="s">
+        <v>109</v>
+      </c>
+      <c r="G48" s="54"/>
+    </row>
+    <row r="49" s="6" customFormat="1" ht="49" customHeight="1" spans="1:7">
+      <c r="A49" s="23">
+        <v>46</v>
+      </c>
+      <c r="B49" s="24" t="s">
+        <v>98</v>
+      </c>
+      <c r="C49" s="24" t="s">
+        <v>9</v>
+      </c>
+      <c r="D49" s="24" t="s">
+        <v>110</v>
+      </c>
+      <c r="E49" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="36" t="s">
+        <v>111</v>
+      </c>
+      <c r="G49" s="55"/>
+    </row>
+    <row r="50" s="10" customFormat="1" ht="29" customHeight="1" spans="1:7">
+      <c r="A50" s="23">
+        <v>47</v>
+      </c>
+      <c r="B50" s="42" t="s">
+        <v>112</v>
+      </c>
+      <c r="C50" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D50" s="42" t="s">
+        <v>113</v>
+      </c>
+      <c r="E50" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="56" t="s">
+        <v>114</v>
+      </c>
+      <c r="G50" s="53" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="51" s="11" customFormat="1" ht="29" customHeight="1" spans="1:7">
+      <c r="A51" s="23">
+        <v>48</v>
+      </c>
+      <c r="B51" s="42" t="s">
+        <v>112</v>
+      </c>
+      <c r="C51" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D51" s="42" t="s">
+        <v>116</v>
+      </c>
+      <c r="E51" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="57" t="s">
+        <v>117</v>
+      </c>
+      <c r="G51" s="54"/>
+    </row>
+    <row r="52" s="11" customFormat="1" ht="29" customHeight="1" spans="1:7">
+      <c r="A52" s="23">
+        <v>49</v>
+      </c>
+      <c r="B52" s="42" t="s">
+        <v>112</v>
+      </c>
+      <c r="C52" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D52" s="42" t="s">
+        <v>118</v>
+      </c>
+      <c r="E52" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="58" t="s">
+        <v>119</v>
+      </c>
+      <c r="G52" s="54"/>
+    </row>
+    <row r="53" s="11" customFormat="1" ht="29" customHeight="1" spans="1:7">
+      <c r="A53" s="23">
+        <v>50</v>
+      </c>
+      <c r="B53" s="42" t="s">
+        <v>112</v>
+      </c>
+      <c r="C53" s="42" t="s">
+        <v>9</v>
+      </c>
+      <c r="D53" s="42" t="s">
+        <v>120</v>
+      </c>
+      <c r="E53" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="58" t="s">
+        <v>121</v>
+      </c>
+      <c r="G53" s="55"/>
+    </row>
+  </sheetData>
+  <mergeCells count="15">
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="A2:A3"/>
+    <mergeCell ref="B2:B3"/>
+    <mergeCell ref="C2:C3"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="G2:G3"/>
+    <mergeCell ref="G4:G12"/>
+    <mergeCell ref="G13:G19"/>
+    <mergeCell ref="G20:G31"/>
+    <mergeCell ref="G32:G34"/>
+    <mergeCell ref="G35:G41"/>
+    <mergeCell ref="G42:G43"/>
+    <mergeCell ref="G44:G49"/>
+    <mergeCell ref="G50:G53"/>
+  </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E4:E42 E44:E53">
+      <formula1>"博士研究生,硕士研究生"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="G50" r:id="rId1" display="联系人：张老师&#10;联系电话：15165127561"/>
+    <hyperlink ref="G51" r:id="rId1"/>
+    <hyperlink ref="G52" r:id="rId1"/>
+  </hyperlinks>
+  <pageMargins left="0.393055555555556" right="0.393055555555556" top="0.393055555555556" bottom="0.393055555555556" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" scale="90" fitToHeight="0" orientation="landscape"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>博士人才引进需求计划</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>协和学院</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ICV">
+    <vt:lpwstr>72F5822B1DAD4849BCC600CA643127A9_13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.19770</vt:lpwstr>
+  </property>
+</Properties>
+</file>