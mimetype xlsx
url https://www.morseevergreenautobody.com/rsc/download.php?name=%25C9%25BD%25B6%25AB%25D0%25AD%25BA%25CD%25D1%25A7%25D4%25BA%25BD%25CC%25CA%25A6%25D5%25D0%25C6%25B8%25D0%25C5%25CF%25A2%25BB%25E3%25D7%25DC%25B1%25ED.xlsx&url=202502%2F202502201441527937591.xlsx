--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1541,25 +1541,69 @@
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="13.5"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="13.5"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter/>
 </worksheet>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>Sheet2</vt:lpstr>
+      <vt:lpstr>Sheet3</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Administrator</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.19770</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>AD9F56DC033C41B88F7C557CAC14F213_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>