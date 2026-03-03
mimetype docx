--- v0 (2026-01-15)
+++ v1 (2026-03-03)
@@ -1,45 +1,969 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <w:body>
+    <w:p w:rsidR="0093515E" w:rsidRDefault="0093515E" w:rsidP="005D5990">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:spacing w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A32150" w:rsidRPr="005D5990" w:rsidRDefault="003D68D1" w:rsidP="005D5990">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:spacing w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005D5990">
+        <w:rPr>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>全国大学英语四六级考试请假申请表</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9553" w:type="dxa"/>
+        <w:tblInd w:type="dxa" w:w="0.000000"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLook w:noVBand="0" w:noHBand="0" w:lastColumn="0" w:firstColumn="0" w:lastRow="0" w:firstRow="0" w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1440.000000"/>
+        <w:gridCol w:w="2040.000000"/>
+        <w:gridCol w:w="1125.000000"/>
+        <w:gridCol w:w="1275.000000"/>
+        <w:gridCol w:w="2458.000000"/>
+        <w:gridCol w:w="1215.000000"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A32150">
+        <w:trPr>
+          <w:trHeight w:val="616" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>申请人姓名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1125" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>学</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2458" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>联系电话</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32150">
+        <w:trPr>
+          <w:trHeight w:val="616" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>学院</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1125" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>专业班级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4948" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32150">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="610" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>考试时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1125" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>报考语种</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4948" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32150">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="711" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>身份证号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2040" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1125" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>准考证号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4948" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32150">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1130" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>情况说明</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8113" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>（请详细填写，其它相关证明附后）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:wordWrap w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>考生签字：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="003D68D1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>日期：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="21"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A32150">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="2172" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>班主任意见</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>班主任签字：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>年　　月　　日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>考生所在</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>学院意见</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3673" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="00A32150">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>行政院长签字：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>（盖学院公章）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A32150" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>年　　月　　日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidTr="003515C4" w:rsidR="005D5990">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="2172" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>继续教育学院意见</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8113" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>办理人签字：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="20"/>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t>（盖公章）</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D5990" w:rsidRDefault="005D5990">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:spacing w:line="440" w:lineRule="exact"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+              <w:t xml:space="preserve">　　　　　　年　　月　　日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A32150" w:rsidRPr="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+      <w:pPr>
+        <w:spacing w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>说明：</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5990">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5990">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>考生必须完整填写此表，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>各学院汇总后，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5990">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>于考前报送至</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>继续教育学院，</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D5990">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>逾期无效。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D5990" w:rsidRPr="005D5990" w:rsidRDefault="005D5990" w:rsidP="005D5990">
+      <w:pPr>
+        <w:spacing w:line="440" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2、此表一式两份，继续教育学院、各学院各留存一份。</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidRPr="005D5990" w:rsidR="005D5990" w:rsidSect="00A32150">
+      <w:footerReference r:id="rId6" w:type="default"/>
+      <w:docGrid w:type="default" w:linePitch="381"/>
+      <w:pgSz w:w="11907" w:h="16840"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="007D4501" w:rsidRDefault="007D4501" w:rsidP="00A32150">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="007D4501" w:rsidRDefault="007D4501" w:rsidP="00A32150">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>