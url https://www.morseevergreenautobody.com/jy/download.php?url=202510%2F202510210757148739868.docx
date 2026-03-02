--- v0 (2026-01-16)
+++ v1 (2026-03-02)
@@ -32,55 +32,1114 @@
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F844999"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1F844999"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="840" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2100" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="488B44B2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="488B44B2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="840" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2100" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="420"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C7C3B29"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5C7C3B29"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="420" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="840" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2100" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="12849471">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1146507012">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="311955324">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiZjFmZWIzNDg2MmIzZjExOTIzMmViNTBmYTMwYTk0ZWYifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="00D31A4A"/>
+    <w:rsid w:val="00033C43"/>
+    <w:rsid w:val="00050729"/>
+    <w:rsid w:val="0008070D"/>
+    <w:rsid w:val="000A3D7E"/>
+    <w:rsid w:val="000D0D1F"/>
+    <w:rsid w:val="00152302"/>
+    <w:rsid w:val="001B3010"/>
+    <w:rsid w:val="00206B8F"/>
+    <w:rsid w:val="00274B82"/>
+    <w:rsid w:val="002A008D"/>
+    <w:rsid w:val="002C7807"/>
+    <w:rsid w:val="002E77DE"/>
+    <w:rsid w:val="002F6269"/>
+    <w:rsid w:val="002F68DF"/>
+    <w:rsid w:val="0031493A"/>
+    <w:rsid w:val="00332480"/>
+    <w:rsid w:val="00364429"/>
+    <w:rsid w:val="00443723"/>
+    <w:rsid w:val="004859E0"/>
+    <w:rsid w:val="004F07C8"/>
+    <w:rsid w:val="00545826"/>
+    <w:rsid w:val="005A5946"/>
+    <w:rsid w:val="005A662D"/>
+    <w:rsid w:val="005B1DEF"/>
+    <w:rsid w:val="006162E0"/>
+    <w:rsid w:val="00647380"/>
+    <w:rsid w:val="006501BF"/>
+    <w:rsid w:val="006D47A8"/>
+    <w:rsid w:val="0070748E"/>
+    <w:rsid w:val="00727295"/>
+    <w:rsid w:val="007A4CA8"/>
+    <w:rsid w:val="008837B3"/>
+    <w:rsid w:val="00903058"/>
+    <w:rsid w:val="00925DAF"/>
+    <w:rsid w:val="00927600"/>
+    <w:rsid w:val="00966202"/>
+    <w:rsid w:val="00970E15"/>
+    <w:rsid w:val="009A58E3"/>
+    <w:rsid w:val="009F7B8A"/>
+    <w:rsid w:val="00A269E6"/>
+    <w:rsid w:val="00A367D4"/>
+    <w:rsid w:val="00A725C1"/>
+    <w:rsid w:val="00AA6BEE"/>
+    <w:rsid w:val="00B2763E"/>
+    <w:rsid w:val="00BE2D9B"/>
+    <w:rsid w:val="00C46044"/>
+    <w:rsid w:val="00C4713C"/>
+    <w:rsid w:val="00C64074"/>
+    <w:rsid w:val="00CA741B"/>
+    <w:rsid w:val="00CD725F"/>
+    <w:rsid w:val="00D31A4A"/>
+    <w:rsid w:val="00D605CB"/>
+    <w:rsid w:val="00D87A15"/>
+    <w:rsid w:val="00E00B51"/>
+    <w:rsid w:val="00E54974"/>
+    <w:rsid w:val="00FF30AA"/>
+    <w:rsid w:val="012A3378"/>
+    <w:rsid w:val="01EF5ACF"/>
+    <w:rsid w:val="03441D3B"/>
+    <w:rsid w:val="11E86AF6"/>
+    <w:rsid w:val="1F0F0D80"/>
+    <w:rsid w:val="1F3276A8"/>
+    <w:rsid w:val="3D7B8AA4"/>
+    <w:rsid w:val="46A44131"/>
+    <w:rsid w:val="46CD2F2A"/>
+    <w:rsid w:val="49403D9E"/>
+    <w:rsid w:val="4BCA1AC3"/>
+    <w:rsid w:val="52BD60DE"/>
+    <w:rsid w:val="64931D8E"/>
+    <w:rsid w:val="6D5D0062"/>
+    <w:rsid w:val="733D3275"/>
+    <w:rsid w:val="7A804AEF"/>
+    <w:rsid w:val="7E5D66DD"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="white">
+      <v:fill color="white"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="18690684"/>
+  <w15:docId w15:val="{A3FABF7E-AE50-4A7B-B158-46450144FBE6}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="页脚 字符"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="页眉 字符"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:firstLineChars="200" w:firstLine="420"/>
+    </w:pPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#20844;&#21496;&#25991;&#20214;&#22841;\1.%20&#22823;&#23458;&#25143;&#21327;&#21516;\17.%20&#20844;&#21496;&#31616;&#20171;\&#20844;&#21496;&#31616;&#20171;.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#20844;&#21496;&#25991;&#20214;&#22841;\1.%20&#22823;&#23458;&#25143;&#21327;&#21516;\17.%20&#20844;&#21496;&#31616;&#20171;\&#20844;&#21496;&#31616;&#20171;.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#20844;&#21496;&#25991;&#20214;&#22841;\1.%20&#22823;&#23458;&#25143;&#21327;&#21516;\17.%20&#20844;&#21496;&#31616;&#20171;\&#20844;&#21496;&#31616;&#20171;.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride4.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#20844;&#21496;&#25991;&#20214;&#22841;\1.%20&#22823;&#23458;&#25143;&#21327;&#21516;\17.%20&#20844;&#21496;&#31616;&#20171;\&#20844;&#21496;&#31616;&#20171;.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride5.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\&#20844;&#21496;&#25991;&#20214;&#22841;\1.%20&#22823;&#23458;&#25143;&#21327;&#21516;\17.%20&#20844;&#21496;&#31616;&#20171;\&#20844;&#21496;&#31616;&#20171;.xlsx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps/>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>290</Words>
   <Characters>1771</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>77</Lines>
   <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>IT</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>万叶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.21915</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>DC46E4FB596C4BCC8DEA2290498E7ED0_13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
+    <vt:lpwstr>eyJoZGlkIjoiZjFmZWIzNDg2MmIzZjExOTIzMmViNTBmYTMwYTk0ZWYiLCJ1c2VySWQiOiIyMzQ1MDkyMjMifQ==</vt:lpwstr>
+  </property>
+</Properties>
+</file>