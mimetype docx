--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,45 +1,2315 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>中国电建市政建设集团有限公司</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2025年招聘公告</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600" w:firstLineChars="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="5"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:fill="FFFFFF"/>
+        <w:spacing w:before="132" w:beforeAutospacing="0" w:after="378" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="600" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>那天，你告诉我冬日会相见，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>所以我送走</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>秋</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>天</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>，等待着你的到来。今天，冬日已去，春意渐长，我备好了岗位，你在哪里？</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>我</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>是这样的我</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>中国电建市政建设集团有限公司（STECOL CORPORATION）是</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>世界500强</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>企业---中国电力建设集团有限公司旗下</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>第一方阵特级企业</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>，是一家具备大型基础设施投资建设、工程承包与运营管理能力的</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>央企建筑集团</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>，总部位于天津市滨海高新区，注册资本金30亿元，总资产</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>255</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>亿元。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>一、单位资质：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="560" w:firstLineChars="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1、市政公用工程特级、水利水电工程特级； </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="560" w:firstLineChars="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>、公路工程施工总承包壹级  建筑工程施工总承包壹级  机电工程施工总承包壹级。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>二、集团化布局：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>公司在国内外设分公司、子公司、直属单位20余个，经营区域遍及国内</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>外</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>四十多个国家</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>和地区</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>。目前公司打造的是集团化布局—6+6+N的模式</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>6家国内骨干子企业：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve">水电十三局工程公司（山东·德州）；安徽工程公司（安徽·合肥）；北方国际工程公司（山西·晋中）；山东电力管道公司（山东·济南）；天津国贸公司（中国·天津）；山东工程公司（山东·济南）。 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>6家海外分公司：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>东非公司（肯尼亚·内罗毕）；中西非公司（科特迪瓦·阿比让）；西南非公司（安哥拉·罗安达）；南亚公司（孟加拉·达卡）；北非公司（阿尔及利亚·阿尔及尔）；欧洲公司（波兰·华沙）。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>N是指以下专业公司及经营平台：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>天津公司-工业与民用建筑；轨道公司-轨道交通业务；水环境公司-环境治理；安装公司-机电设备安装；</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>江苏</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>公司、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>浙江</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>公司等。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>三、核心业务：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>核心业务涉及市政工程，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>抽水蓄能工程，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>城市供水工程，水环境建设工程，公路工程，水利工程，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>轨道</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>交通工程，粮食仓储工程，光伏电站工程，机场</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>建设</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>工程，工民建</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>建设工程，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>城市综合体工程，材料坝建设工程等多个领域。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>四、荣誉奖项：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>国家AAA信用企业、中国对外工程承包首批Ａ级企业、　</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>全国文明单位</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>中国建筑业竞争力百强企业</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>全国优秀施工企业</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>全国优秀水利企业</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>全国电力建设优秀施工企业</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>全国公路建设优秀企业</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>天津市百强企业</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>天津市诚信施工企业</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>等。公司承建工程先后获得“鲁班奖”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>国家优质工程奖</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>中国水利工程优质奖(大禹奖)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>中国土木工程詹天佑奖</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>全国市政金杯示范工程</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>等奖项。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>你是哪样的你</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>一、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>一点</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>要求：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>全日制</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>公办</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>本科及以上学历应届毕业生；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>热爱祖国、遵纪守法，服从企业工作安排；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>具有较强的专业知识，有较强的沟通、组织协调能力；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>身心健康，适应施工承包企业工作环境和要求；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:firstLineChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>通过英语四、六级者优先，党员、干部优先。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>二、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>业有所长</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="600" w:leftChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>会计学、财务管理、审计学；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>我有我的诚意</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="420"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>一、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>福利待遇</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>1、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>职业发展通道</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>五大序列</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>管</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>理序列、专业序列、职能序列、商务序列、项目经理序列</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>九级职级体系：办事员、主办、高级主办、主管、高级主管、专家、高级专家、资深专家、首席专家</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>；</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>配套九级五档薪酬体系</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>十五个类别</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>涉及项目经理、商务管理、工程技术管理、质量管理、经济管理、财务资金管理、HSE管理、人力资源管理等。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:firstLine="602" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>落户天津</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>：让你可以享受到良好的教育和医疗资源；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="600" w:leftChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>3、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>六险两金</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>：不但给你良好的保障，更有可观的收益；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="600" w:leftChars="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>4、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>其他福利</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>：探亲假、职称补贴、高温补贴、执业资格</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>证书奖励等；</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="602" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>5、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>包食宿、免费体检、各类节日福利。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="301" w:firstLineChars="100"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>二、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>工作区域</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>国内：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>天津</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>市</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>河北省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>山东省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>河南省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>安徽省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>江苏省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>浙江省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>山西省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>重庆市、广东省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>黑龙江省</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>内蒙古</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>等</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>海外：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>欧洲、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>非洲</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>亚洲</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>我是一个具有实力且有担当的央企，我在天津这个充满活力且宜居的城市，等你，等待着不一样的你。在这个充满不确定性的世界里，我们定能不负相遇。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>请联系我</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>联系人：毛媛媛</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>电话：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>022-5856</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>9292</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="600" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="21293A"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="F5F5F5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>邮箱</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="21293A"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="F5F5F5"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="21293A"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="F5F5F5"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:sinohydro2001@163.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="21293A"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="F5F5F5"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="9"/>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="F5F5F5"/>
+        </w:rPr>
+        <w:t>sinohydro2001@163.com</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="微软雅黑" w:hAnsi="微软雅黑" w:eastAsia="微软雅黑" w:cs="微软雅黑"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:caps w:val="0"/>
+          <w:color w:val="21293A"/>
+          <w:spacing w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:fill="F5F5F5"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>（简历命名：“学校+专业+学历+姓名”）</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="1200" w:firstLineChars="400"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:left="600"/>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="仿宋"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1157" w:right="1463" w:bottom="1157" w:left="1463" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="0" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -182,38 +2452,293 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4380" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFC1002F-9924-4ED5-BCFB-DD6EC1C56667}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>