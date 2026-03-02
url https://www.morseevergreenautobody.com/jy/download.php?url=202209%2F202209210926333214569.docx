--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,67 +1,3212 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:body>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　山东省人民政府办公厅</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　关于全力做好高校毕业生等重点群体</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>稳就业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>工作的通知</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　各市人民政府，各县（市、区）人民政府，省政府各部门、各直属机构，各大企业，各高等院校：为贯彻落实党中央、国务院决策部署，全力做好高校毕业生等重点群体</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>稳就业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>工作，经省政府同意，现就有关事项通知如下。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　一、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>援企稳岗保障</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>用工</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（一）最大化实施社会保险稳岗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>纾</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>困政策。按照国家统一规定，在具备实施条件前提下，最大化实施社会保险</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>降、缓、返、补</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>政策：延续阶段性降低失业保险、工伤保险费率政策；缓缴企业职工基本养老保险费、失业保险费、工伤保险费；继续实施失业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>保险稳岗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>返还政策；给予企业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>一次性留工培训</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>补助。（省人力资源社会保障厅、省财政厅、省税务局按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（二）延续执行重点群体就业创业优惠政策。继续执行重点群体就业创业税收优惠政策至</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>日。企业招用就业困难人员，全额补贴企业实际缴纳社会保险费（不包括个人应缴纳部分），补贴频次按年度发放的调整为按季度或按月发放。（省财政厅、省税务局、省人力资源社会保障厅按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">　　（三）扶持自主创业和鼓励灵活就业。对受疫情影响较大的行业，针对小微企业，开展复工复产创业担保贷款专项行动。将灵活就业人员、家庭服务业从业人员意外伤害保险补贴标准统一为每人每年不高于</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>元。（省人力资源社会保障厅、省财政厅、人民银行济南分行按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（四）适时启用就业风险储备金。视情启动规模性失业风险应急预案，按规定使用就业风险储备金，用于有组织的吸纳就业补贴、政策性岗位开发等应急性措施。（省人力资源社会保障厅、省财政厅按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　二、促进高校毕业生就业创业</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（五）实行普惠</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>化就业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>创业政策。省内外普通高校毕业生、职业院校毕业生（含技师学院）、出国留学人员在山东就业创业，均可同等享受属地就业创业优惠政策。政策清单由设区的市统一公布。（省人力资源社会保障厅、省教育厅，各市人民政府按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（六）扩大企业就业规模。截至</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>日，对招用毕业年度高校毕业生并签订</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年以上劳动合同的中小微企业，给予</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>1000</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>元／人一次性吸纳就业补贴。对小</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>微企业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>招用毕业年度和离校</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年内未就业高校毕业生的，全额补贴企业实际缴纳的社会保险费。对积极吸纳高校毕业生且符合条件的中小微企业，在促进技术改造要素供需对接、产融合作等方面优先安排。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年度省属国有企业力争拿出</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>60%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>的岗位面向高校毕业生招聘。（省人力资源社会保障厅、省教育厅、省财政厅、省工业和信息化厅、省科技厅、省国资委等按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（七）稳定公共部门岗位规模。稳定机关事业单位招录（聘）高校毕业生的规模。落实基层法官检察官助理规范便捷招录机制。支持承担国家科技计划（专项、基金等）的高校、科研院所和企业扩大科研助理岗位规模。受疫情影响严重地区，在</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>日前可实施中小学、幼儿园、中等职业学校教师资格</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>先上岗、再考证</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>阶段性措施。（省委组织部、省人力资源社会保障厅、省法院、省检察院、省科技厅、省教育厅等按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（八）拓宽基层就业渠道。实施高校毕业生</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>社区聘岗计划</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>，充分挖掘基层乡村振兴、综合服务、基层治理、环境保护、卫生防疫、劳动就业、统计调查等领域就业岗位，促进高校毕业生到城乡社区就业。社区专职工作岗位出现空缺优先招用或拿出一定数量专门招用高校毕业生。加大</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>三支一扶</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>计划、大学生志愿服务西部计划等招募力度。实施十万就业见习岗位募集计划，有条件的地方或用人单位可为见习人员购买商业医疗保险。实施大学生实习</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>扬帆计划</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>，广泛开展各级政务实习、企业实习和职业体验活动。离校未就业高校毕业生到基层实习见习基地参加见习或者到企事业单位参加项目研究的，视同基层工作经历，自报到之日起计算。（省人力资源社会保障厅、省教育厅、省委组织部、省财政厅、省民政厅、省委编办、省农业农村厅、省卫生健康委、团省委等按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（九）促进高校毕业生创新创业。对大学生和高校毕业生个人</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>万元及以下的创业担保贷款免除反担保。对创业失败大学生和高校毕业生提供就业服务、就业援助。政府投资开发的创业载体安排</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>30%</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>左右的场地免费向大学生和高校毕业生创业者提供。对毕业年度和离校</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年内未就业高校毕业生实现灵活就业的，按规定给予社会保险补贴。（省人力资源社会保障厅、省教育厅、省财政厅、人民银行济南分行、省发展改革委、省科技厅、省工业和信息化厅等按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十）强化困难帮扶。对经营性人力资源服务机构介绍困难家庭高校毕业生就业的，给予一次性职业介绍补贴。对脱贫家庭、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>低保家庭</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>零就业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>家庭高校毕业生，以及残疾和长期失业高校毕业生，提供</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>一人一档</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>一人</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>一</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>策</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>精准服务，至少提供</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>3—5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>个针对性岗位信息。及时将符合条件的高校毕业生纳入临时救助等社会救助范围。实施共青团促进大学生就业行动。免除</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年及以前年度毕业生</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年应偿还的国家助学贷款利息，本金可申请延期一年偿还，不计复利；毕业生因疫情影响</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年未及时还款的，不影响征信。（省人力资源社会保障厅、省教育厅、省财政厅、省乡村振兴局、省民政厅、团省委、省残联、人民银行济南分行等按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十一）取消就业报到证。按照国家统一规定，从</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年起不再发放《全国普通高等学校本专科毕业生就业报到证》和《全国毕业研究生就业报到证》，建立高校毕业生毕业去向登记制度，高校及时向省级人力资源社会保障或教育部门备案。与就业报到</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>证相关</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>的毕业生招聘考录、档案转递、落户等有关实施细则另行制定。（省人力资源社会保障厅、省教育厅按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十二）加强就业指导和权益维护。高校按</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>∶</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>500</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>比例配齐配</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>强就业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>指导教师，就业指导教师可参加相关职称评聘。落实离校未就业毕业生实名服务，至少提供</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>次职业指导、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>次岗位推荐、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>次职业培训或就业见习机会。推进基本健康体检项目结果互认，高校可不再组织毕业体检。坚决防止和纠正性别、年龄、学历、残疾等就业歧视。（省人力资源社会保障厅、省教育厅、省卫生健康委等按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　三、提升劳动者就业能力</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十三）促进职业技能提升。大力实施山东手造、鲁菜师傅、齐鲁建筑工匠等特色职业技能培训和现代农业、家政服务业等特色产业技能提升培训。支持企业开展在岗职工职业技能培训和自主评价。鼓励支持高校毕业生等青年在获得学历证书的同时获得相关职业资格证书或职业技能等级证书，对需要学历学位证书作为报考条件的，允许先参加考试评定，待取得相关学历学位证书后再发放相应证书。（省人力资源社会保障厅、省住房城乡建设厅、省农业农村厅、省商务厅、省教育厅按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十四）发展特色劳务品牌。挖掘设施农业的用工潜力，推行党建</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>村级劳务合作社或人力资源服务机构模式，一体化开展技能培训、劳务合作，促进农村剩余劳动力、脱贫劳动力就地就近就业。针对特色农业、新型建筑工业化、智能制造、现代家政等领域的急需紧缺工种，建设一批特色实训基地。（省人力资源社会保障厅、省农业农村厅、省住房城乡建设厅、省工业和信息化厅、省商务厅、省乡村</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>振兴局</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十五）统筹促进残疾人等群体就业。落实机关、事业单位、国有企业带头安排残疾人就业政策，开展促进残疾人就业专项行动，大力扶持残疾人多种形式就业。鼓励引导民营企业招用自主就业退役军人，支持退役军人创新创业，全员开展适应性培训，做好高职扩招退役军人毕业生就业工作。强化新的生育政策下女性就业支持。（省委组织部、省人力资源社会保障厅、省国资委、省残联、省退役军人厅、省妇联按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　四、优化就业市场环境</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十六）</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>加密线</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>上线下招聘服务。持续推动公共就业服务进学校、进企业、进园区、进乡村、进社区、进家庭，多形式举办符合疫情防控要求的小型化、精准化现场招聘。扩大</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>就选山东</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>山东</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>—</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>名校人才直通车</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>青鸟计划</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>等招聘平台和活动影响力。加大线上招聘力度，鼓励直播带岗模式，推行视频招聘、</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>云探店</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>、远程面试。（省人力资源社会保障厅、省教育厅、团省委等按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十七）发挥人力资源服务机构作用。鼓励引导人力资源社会组织（行业协会）、人力资源服务机构为受疫情影响严重、存在经营困难的行业企业提供专业化人力资源服务，</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>省级对</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>做出突出贡献的人力资源服务机构给予</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>适当奖补</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>。（省人力资源社会保障厅、省财政厅按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十八）构建和谐劳动关系。持续开展劳动关系</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>和谐同行</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>能力提升行动。因疫情影响导致生产经营困难的企业可与职工协商采取调整薪酬、轮岗轮休、缩短工时、在岗培训等方式，稳定工作岗位。（省人力资源社会保障厅、省总工会等按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　五、强化组织领导</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（十九）压实工作责任。各级各部门要高度重视做好高校毕业生等重点群体</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>稳就业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>工作，明确目标任务，细化具体举措，强化督促检查，压实工作责任。各高校要强化</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>一把手</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>责任，大力开展书记校长</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>访企拓岗</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>、百日冲刺促就业等活动，确保高校毕业生在离校前毕业去向落实率不低于上年同期水平。（各有关部门和单位、各市人民政府按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　（二十）营造良好氛围。坚持正确导向，及时回应社会关切，加大系列</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>稳就业</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>政策措施落实力度，组织开展</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>最美基层高校毕业生</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>十大返乡创业农民工</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>等典型推广活动，引导高校毕业生等群体树立正确的择业观、就业观，稳定就业预期，促进充分就业。（各有关部门和单位、各市人民政府按职责分工负责）</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　山东省人民政府办公厅</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004F3830" w:rsidRDefault="004F3830" w:rsidP="004F3830">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="225" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="420" w:lineRule="atLeast"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4E4E4E"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA0A1F" w:rsidRPr="004F3830" w:rsidRDefault="00FA0A1F" w:rsidP="004F3830"/>
+    <w:sectPr w:rsidR="00FA0A1F" w:rsidRPr="004F3830" w:rsidSect="00E763A6">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1644" w:right="1644" w:bottom="1644" w:left="1644" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425"/>
+      <w:docGrid w:type="lines" w:linePitch="312"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="009507C1" w:rsidRDefault="009507C1" w:rsidP="004F3830">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="009507C1" w:rsidRDefault="009507C1" w:rsidP="004F3830">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="009507C1" w:rsidRDefault="009507C1" w:rsidP="004F3830">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="009507C1" w:rsidRDefault="009507C1" w:rsidP="004F3830">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridHorizontalSpacing w:val="105"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:savePreviewPicture/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="002E26E0"/>
+    <w:rsid w:val="002E26E0"/>
+    <w:rsid w:val="004F3830"/>
+    <w:rsid w:val="009507C1"/>
+    <w:rsid w:val="00E763A6"/>
+    <w:rsid w:val="00FA0A1F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F3830"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="页眉 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004F3830"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F3830"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="页脚 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004F3830"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F3830"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F3830"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F3830"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="页眉 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004F3830"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F3830"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="页脚 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004F3830"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004F3830"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="004F3830"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="1294865999">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>582</Words>
   <Characters>3324</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3899</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>