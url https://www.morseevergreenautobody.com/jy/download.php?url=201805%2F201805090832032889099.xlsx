--- v0 (2026-01-17)
+++ v1 (2026-03-03)
@@ -1,25 +1,1760 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="4" rupBuild="9302"/>
+  <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
+  <bookViews>
+    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="122211"/>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="794" uniqueCount="557">
+  <si>
+    <t>山东爱升医疗科技有限公司</t>
+  </si>
+  <si>
+    <t>卫生</t>
+  </si>
+  <si>
+    <t>济南华景科贸有限公司</t>
+  </si>
+  <si>
+    <t>济南医家医药连锁有限公司</t>
+  </si>
+  <si>
+    <t>山东博科保育科技股份有限公司</t>
+  </si>
+  <si>
+    <t>山东安徽人家酒店管理有限公司</t>
+  </si>
+  <si>
+    <t>住宿和餐饮业</t>
+  </si>
+  <si>
+    <t>山东舜和酒店集团有限公司</t>
+  </si>
+  <si>
+    <t>山东泉盈酒店管理有限公司</t>
+  </si>
+  <si>
+    <t>昆山康盛投资发展有限公司酒店管理分公司</t>
+  </si>
+  <si>
+    <t>山东一滕酒店投资有限公司</t>
+  </si>
+  <si>
+    <t>济南春秋知识产权代理有限公司</t>
+  </si>
+  <si>
+    <t>公共管理、社会保障和社会组织</t>
+  </si>
+  <si>
+    <t>东港瑞云档案管理有限公司</t>
+  </si>
+  <si>
+    <t>社会工作</t>
+  </si>
+  <si>
+    <t>山东华贵企业管理咨询有限公司</t>
+  </si>
+  <si>
+    <t>居民服务、修理和其他服务业</t>
+  </si>
+  <si>
+    <t>山东融冠律师事务所</t>
+  </si>
+  <si>
+    <t>青岛海尔空调电子有限公司</t>
+  </si>
+  <si>
+    <t>山东舜世养老产业集团有限公司</t>
+  </si>
+  <si>
+    <t>山东金桥国际旅行社集团有限公司高新分公司</t>
+  </si>
+  <si>
+    <t>济南嘉恒伟业工贸有限公司</t>
+  </si>
+  <si>
+    <t>水利、环境和公共设施管理业</t>
+  </si>
+  <si>
+    <t>山东大显装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>济南万科房地产开发有限公司</t>
+  </si>
+  <si>
+    <t>房地产业</t>
+  </si>
+  <si>
+    <t>盛世康禾生物技术有限公司山东大区</t>
+  </si>
+  <si>
+    <t>济南屹泽房地产经纪有限公司</t>
+  </si>
+  <si>
+    <t>山东新高地房地产顾问有限公司</t>
+  </si>
+  <si>
+    <t>济南兆鑫房地产经纪有限公司</t>
+  </si>
+  <si>
+    <t>山东房未来信息科技有限公司</t>
+  </si>
+  <si>
+    <t>济南六度信息咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东住在房地产信息咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东真房房地产经纪有限公司</t>
+  </si>
+  <si>
+    <t>济南骏宸房地产营销策划有限公司</t>
+  </si>
+  <si>
+    <t>山东聚鲁行房地产经纪有限公司</t>
+  </si>
+  <si>
+    <t>济南中振房地产营销策划有限公司</t>
+  </si>
+  <si>
+    <t>济南汇宇房地产经纪有限公司</t>
+  </si>
+  <si>
+    <t>潍坊创源房地产营销策划有限公司</t>
+  </si>
+  <si>
+    <t>绿城物业服务集团有限公司济南分公司</t>
+  </si>
+  <si>
+    <t>山东合富辉煌房地产顾问有限公司</t>
+  </si>
+  <si>
+    <t>青岛同策房屋房产经纪有限公司</t>
+  </si>
+  <si>
+    <t>山东欣冠置业有限公司</t>
+  </si>
+  <si>
+    <t>济南成全房地产经纪有限公司</t>
+  </si>
+  <si>
+    <t>山东意象铝品科技有限公司</t>
+  </si>
+  <si>
+    <t>济南热风时尚贸易有限公司</t>
+  </si>
+  <si>
+    <t>批发和零售业</t>
+  </si>
+  <si>
+    <t>青岛中粮宜家经贸有限公司济南分公司</t>
+  </si>
+  <si>
+    <t>济南云锐电子商务有限公司</t>
+  </si>
+  <si>
+    <t>家家悦集团股份有限公司</t>
+  </si>
+  <si>
+    <t>济南绿城园林机械有限公司</t>
+  </si>
+  <si>
+    <t>山东美貌化妆品股份有限公司</t>
+  </si>
+  <si>
+    <t>济南销冠环保科技有限公司</t>
+  </si>
+  <si>
+    <t>江苏康众汽配有限公司</t>
+  </si>
+  <si>
+    <t>山东三皮匠生物科技有限公司</t>
+  </si>
+  <si>
+    <t>山东淡水谷商贸有限公司</t>
+  </si>
+  <si>
+    <t>济南颐淼生物科技有限公司</t>
+  </si>
+  <si>
+    <t>济南方成药品零售有限公司</t>
+  </si>
+  <si>
+    <t>山东仙福商贸有限公司</t>
+  </si>
+  <si>
+    <t>淄博盛世电子科技有限公司</t>
+  </si>
+  <si>
+    <t>济南银雁金融配套服务有限公司</t>
+  </si>
+  <si>
+    <t>山东雀之恋国际酒业有限公司</t>
+  </si>
+  <si>
+    <t>山东百烁商贸有限公司</t>
+  </si>
+  <si>
+    <t>山东爱陶美家装修装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>青岛银色世纪健康产业集团有限公司</t>
+  </si>
+  <si>
+    <t>山东斯迈格雷电气技术有限公司</t>
+  </si>
+  <si>
+    <t>电力、热力、燃气及水生产和供应业</t>
+  </si>
+  <si>
+    <t>山东魏桥铝电有限公司</t>
+  </si>
+  <si>
+    <t>山东帝森克罗德电力技术有限公司</t>
+  </si>
+  <si>
+    <t>山东国盛电力工程有限公司</t>
+  </si>
+  <si>
+    <t>中国电建集团核电工程公司</t>
+  </si>
+  <si>
+    <t>山东瑞普净水科技有限公司</t>
+  </si>
+  <si>
+    <t>山东安池农牧科技集团有限公司</t>
+  </si>
+  <si>
+    <t>农、林、牧</t>
+  </si>
+  <si>
+    <t>山东蝶美装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>建筑业</t>
+  </si>
+  <si>
+    <t>济南鼎阔装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>山东格居装饰有限公司</t>
+  </si>
+  <si>
+    <t>山东塔木德环境工程有限公司</t>
+  </si>
+  <si>
+    <t>济南众联深基工程有限公司</t>
+  </si>
+  <si>
+    <t>济南市建设监理有限公司</t>
+  </si>
+  <si>
+    <t>济南九腾装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>山东玛赫装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>鲁焱工程技术咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东淄建集团有限公司</t>
+  </si>
+  <si>
+    <t>江苏省建筑工程集团有限公司青岛分公司</t>
+  </si>
+  <si>
+    <t>济南天盛嘉森装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>国和建设集团有限公司</t>
+  </si>
+  <si>
+    <t>山东鼎云昇装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>山东天地亿家装饰有限公司</t>
+  </si>
+  <si>
+    <t>济南建设设备安装有限责任公司</t>
+  </si>
+  <si>
+    <t>济南鼎汇土木工程技术有限公司</t>
+  </si>
+  <si>
+    <t>山东省建设监理咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东信达建设工程有限公司</t>
+  </si>
+  <si>
+    <t>山东金城建设有限公司</t>
+  </si>
+  <si>
+    <t>山东滨州银河装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>青岛新华友建工集团股份有限公司</t>
+  </si>
+  <si>
+    <t>山东鲁王建工有限责任公司</t>
+  </si>
+  <si>
+    <t>山东鲁公大宅装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>山东宏汉建筑科技有限公司</t>
+  </si>
+  <si>
+    <t>浙江省建工集团有限责任公司山东分公司</t>
+  </si>
+  <si>
+    <t>天津居联峰尚装饰工程有限公司济南分公司</t>
+  </si>
+  <si>
+    <t>济南华信测绘有限公司</t>
+  </si>
+  <si>
+    <t>山东七元素装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>山东比慕通建筑科技有限公司</t>
+  </si>
+  <si>
+    <t>山东电力管道工程公司</t>
+  </si>
+  <si>
+    <t>天元建设集团有限公司</t>
+  </si>
+  <si>
+    <t>济南银捷实业有限公司</t>
+  </si>
+  <si>
+    <t>荣华建设集团有限公司</t>
+  </si>
+  <si>
+    <t>山东新天地测绘科技有限公司</t>
+  </si>
+  <si>
+    <t>通号工程局集团建设工程有限公司山东分公司</t>
+  </si>
+  <si>
+    <t>山东天元装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>山东萌蘖信息科技有限公司</t>
+  </si>
+  <si>
+    <t>科学研究和技术服务业</t>
+  </si>
+  <si>
+    <t>青岛海信宽带多媒体技术有限公司</t>
+  </si>
+  <si>
+    <t>济南众行装饰设计工程有限公司</t>
+  </si>
+  <si>
+    <t>北京东方红航天生物技术股份有限公司</t>
+  </si>
+  <si>
+    <t>济南军测工程测绘技术有限公司</t>
+  </si>
+  <si>
+    <t>济南国禾安防科技有限公司</t>
+  </si>
+  <si>
+    <t>山东东泰工程咨询有限公司</t>
+  </si>
+  <si>
+    <t>上乘科技（北京）有限公司</t>
+  </si>
+  <si>
+    <t>山东卓因生物科技有限公司</t>
+  </si>
+  <si>
+    <t>青岛弎西艾斯生物有限公司</t>
+  </si>
+  <si>
+    <t>山东科捷工程检测有限公司</t>
+  </si>
+  <si>
+    <t>山东暖匠暖通科技有限公司</t>
+  </si>
+  <si>
+    <t>核工业工程研究设计有限公司</t>
+  </si>
+  <si>
+    <t>博科控股集团有限公司</t>
+  </si>
+  <si>
+    <t>租赁和商务服务业</t>
+  </si>
+  <si>
+    <t>山东京标知识产权代理有限公司</t>
+  </si>
+  <si>
+    <t>北京中建政研信息咨询中心山东分中心</t>
+  </si>
+  <si>
+    <t>烟台克克文化传媒有限公司</t>
+  </si>
+  <si>
+    <t>济南华信智原教育科技有限公司</t>
+  </si>
+  <si>
+    <t>教育</t>
+  </si>
+  <si>
+    <t>山东城轨教育咨询有限公司</t>
+  </si>
+  <si>
+    <t>济南新途径教育咨询有限公司</t>
+  </si>
+  <si>
+    <t>章丘市大学城（生）服务中心</t>
+  </si>
+  <si>
+    <t>山东艾克瑞特教育咨询有限公司</t>
+  </si>
+  <si>
+    <t>济南市天桥区民康红旗培训学校</t>
+  </si>
+  <si>
+    <t>济南历城区学信培训学校</t>
+  </si>
+  <si>
+    <t>山东龙航文化传媒有限公司</t>
+  </si>
+  <si>
+    <t>文化、体育和娱乐业</t>
+  </si>
+  <si>
+    <t>烟台奥海旅行社有限公司</t>
+  </si>
+  <si>
+    <t>山东万康文化传播有限公司</t>
+  </si>
+  <si>
+    <t>济南柚皮知识产权代理有限公司</t>
+  </si>
+  <si>
+    <t>济南中研皮肤病医院有限公司</t>
+  </si>
+  <si>
+    <t>济南伊欣清云瑜伽教培学院</t>
+  </si>
+  <si>
+    <t>济南无双双子文化传媒有限公司</t>
+  </si>
+  <si>
+    <t>中广映画（北京）文化传播有限公司</t>
+  </si>
+  <si>
+    <t>心怡科技股份有限公司山东分公司</t>
+  </si>
+  <si>
+    <t>交通运输、仓储和邮政业</t>
+  </si>
+  <si>
+    <t>山东乐拍商业有限公司</t>
+  </si>
+  <si>
+    <t>历城区奇艺汽车维修保养店</t>
+  </si>
+  <si>
+    <t>山东奔腾物流有限公司</t>
+  </si>
+  <si>
+    <t>济南吉控汽车配件有限公司</t>
+  </si>
+  <si>
+    <t>济南陕汽汽车销售有限公司</t>
+  </si>
+  <si>
+    <t>世能达（天津）物流有限公司</t>
+  </si>
+  <si>
+    <t>山东四海邮轮管理有限公司</t>
+  </si>
+  <si>
+    <t>南储仓储管理集团有限公司山东分公司</t>
+  </si>
+  <si>
+    <t>山东融信支付技术有限公司</t>
+  </si>
+  <si>
+    <t>金融业</t>
+  </si>
+  <si>
+    <t>济南汉哲财务咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东森林金服信息咨询有限公司</t>
+  </si>
+  <si>
+    <t>济南万和企业管理咨询有限公司</t>
+  </si>
+  <si>
+    <t>锐拓（杭州）互联网金融信息服务有限公司</t>
+  </si>
+  <si>
+    <t>山东欧达电子商务有限公司</t>
+  </si>
+  <si>
+    <t>济南瀚银商贸有限公司</t>
+  </si>
+  <si>
+    <t>中国大地财产保险股份有限公司潍坊支公司</t>
+  </si>
+  <si>
+    <t>信息传输、软件和信息技术服务业</t>
+  </si>
+  <si>
+    <t>上海益盟软件技术股份有限公司</t>
+  </si>
+  <si>
+    <t>济南腾颢信息咨询服务有限公司</t>
+  </si>
+  <si>
+    <t>济南景明电子商务有限公司</t>
+  </si>
+  <si>
+    <t>平安普惠投资咨询有限公司济南解放路分公司</t>
+  </si>
+  <si>
+    <t>国金黄金股份有限公司</t>
+  </si>
+  <si>
+    <t>济南夏金信息咨询有限公司</t>
+  </si>
+  <si>
+    <t>北京东方毅拓展文化发展有限公司</t>
+  </si>
+  <si>
+    <t>山东辰佰电子商务有限责任公司</t>
+  </si>
+  <si>
+    <t>深圳万乘联合投资有限公司山东分公司</t>
+  </si>
+  <si>
+    <t>青岛森琪网络服务有限公司</t>
+  </si>
+  <si>
+    <t>山东娜米文化传媒有限公司</t>
+  </si>
+  <si>
+    <t>江苏汇通金融数据股份有限公司</t>
+  </si>
+  <si>
+    <t>山东云众企业管理咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东普利宝网络科技有限公司</t>
+  </si>
+  <si>
+    <t>山东柏森信息技术有限公司</t>
+  </si>
+  <si>
+    <t>英大证券有限责任公司山东分公司</t>
+  </si>
+  <si>
+    <t>青岛万宝压缩机有限公司</t>
+  </si>
+  <si>
+    <t>制造业</t>
+  </si>
+  <si>
+    <t>瑞阳制药有限公司</t>
+  </si>
+  <si>
+    <t>济南西科数控设备有限公司</t>
+  </si>
+  <si>
+    <t>山东镭鸣数控激光装备有限公司</t>
+  </si>
+  <si>
+    <t>济南恒旭试验机技术有限公司</t>
+  </si>
+  <si>
+    <t>山东未之来新能源科技有限公司</t>
+  </si>
+  <si>
+    <t>华丰动力股份有限公司</t>
+  </si>
+  <si>
+    <t>山东颐杰鸿丰能源装备有限公司</t>
+  </si>
+  <si>
+    <t>山东恩泽乳品有限公司</t>
+  </si>
+  <si>
+    <t>山东泰山啤酒有限公司</t>
+  </si>
+  <si>
+    <t>西继迅达（许昌）电梯有限公司</t>
+  </si>
+  <si>
+    <t>雷沃重工股份有限公司</t>
+  </si>
+  <si>
+    <t>山东开泰集团有限公司</t>
+  </si>
+  <si>
+    <t>山东魏桥创业集团</t>
+  </si>
+  <si>
+    <t>武义拓朴塑业有限公司</t>
+  </si>
+  <si>
+    <t>比智高药业有限公司</t>
+  </si>
+  <si>
+    <t>济南汇医融工科技有限公司</t>
+  </si>
+  <si>
+    <t>青岛海信日立空调系统有限公司</t>
+  </si>
+  <si>
+    <t>安徽江淮汽车集团股份有限公司山东分公司</t>
+  </si>
+  <si>
+    <t>西电济南变压器股份有限公司</t>
+  </si>
+  <si>
+    <t>中材金晶玻纤有限公司</t>
+  </si>
+  <si>
+    <t>济南睿朗信息科技有限公司</t>
+  </si>
+  <si>
+    <t>优创（济南）数据技术有限公司</t>
+  </si>
+  <si>
+    <t>河南一颗心实业有限公司</t>
+  </si>
+  <si>
+    <t>济南伊泽电子商务有限公司</t>
+  </si>
+  <si>
+    <t>山东华昶信息科技有限公司</t>
+  </si>
+  <si>
+    <t>济南金三杯酒家有限责任公司</t>
+  </si>
+  <si>
+    <t>济南金桥通精密机械有限公司</t>
+  </si>
+  <si>
+    <t>山东维极信息科技有限公司</t>
+  </si>
+  <si>
+    <t>天津鸿道科技有限公司</t>
+  </si>
+  <si>
+    <t>济南中维世纪科技有限公司</t>
+  </si>
+  <si>
+    <t>山东旗帜信息有限公司</t>
+  </si>
+  <si>
+    <t>山东韩奢美业有限公司</t>
+  </si>
+  <si>
+    <t>山东蛤蜊兄弟文化发展有限公司</t>
+  </si>
+  <si>
+    <t>山东元旺电工科技有限公司</t>
+  </si>
+  <si>
+    <t>济南花儿艺术教育咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东通聚信息科技有限公司</t>
+  </si>
+  <si>
+    <t>山东新一诺医疗有限公司</t>
+  </si>
+  <si>
+    <t>济南市历城金榜教育培训学校</t>
+  </si>
+  <si>
+    <t>山东康乐宝健康咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东新特教育科技有限公司</t>
+  </si>
+  <si>
+    <t>深圳盒子科技济南分公司</t>
+  </si>
+  <si>
+    <t>济南中鲁特汽车有限公司</t>
+  </si>
+  <si>
+    <t>济南纤然健身有限公司</t>
+  </si>
+  <si>
+    <t>德拉贝拉教育</t>
+  </si>
+  <si>
+    <t>山东红瑞健康产业有限公司</t>
+  </si>
+  <si>
+    <t>济南市辅仁职业培训学校</t>
+  </si>
+  <si>
+    <t xml:space="preserve">雅韵·女子学堂/中式生活馆 </t>
+  </si>
+  <si>
+    <t>济南青华医院有限公司</t>
+  </si>
+  <si>
+    <t>中国人寿保险股份有限公司济南分公司</t>
+  </si>
+  <si>
+    <t>山东欧朗信息技术有限公司</t>
+  </si>
+  <si>
+    <t>山东天元建设工程监理有限公司</t>
+  </si>
+  <si>
+    <t>博世汽车转向系统（济南）有限公司</t>
+  </si>
+  <si>
+    <t>山东大山路桥工程有限公司</t>
+  </si>
+  <si>
+    <t>山东德凯光电科技有限公司</t>
+  </si>
+  <si>
+    <t>序号</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>展位号</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>备注</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>山东融邦电子商务有限公司</t>
+  </si>
+  <si>
+    <t>山东益远信息技术有限公司</t>
+  </si>
+  <si>
+    <t>山东顺势教育科技有限公司</t>
+  </si>
+  <si>
+    <t>山东职业技工学校</t>
+  </si>
+  <si>
+    <t>山东潍坊百货集团股份有限公司中百佳乐家超市</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>中国联通济南市分公司山东协和学院营业厅</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>德华安顾人寿保险有限公司济南市市中区营销服务部</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>威海海悦国际饭店</t>
+  </si>
+  <si>
+    <t>济南优贝乐教育咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东鲁班教育咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东国搜广告传媒有限公司</t>
+  </si>
+  <si>
+    <t>山东链家房地产经纪有限公司</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>山东喜窝建筑装饰工程有限公司</t>
+  </si>
+  <si>
+    <t>山东天一国际旅行社有限公司</t>
+  </si>
+  <si>
+    <t>山东得利斯食品股份有限公司</t>
+  </si>
+  <si>
+    <t>山东品骏物流有限公司</t>
+  </si>
+  <si>
+    <t>济南兴亚金属材料有限公司</t>
+  </si>
+  <si>
+    <t>济南市中区垦荒人食品经销中心</t>
+  </si>
+  <si>
+    <t>北京思学通教育科技有限公司</t>
+  </si>
+  <si>
+    <t>济南云端教学设备有限公司</t>
+  </si>
+  <si>
+    <t>济南奕凯房地产顾问有限公司</t>
+  </si>
+  <si>
+    <t>建筑业</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>源动力企业管理集团股份有限公司</t>
+  </si>
+  <si>
+    <t>济南嘉和世纪酒店管理有限公司</t>
+  </si>
+  <si>
+    <t>制造业</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>中健健身集团-山东银座健身发展有限公司</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>山东格力中央空调工程有限公司</t>
+  </si>
+  <si>
+    <t>教育</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>教育</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>济南宇环网络科技有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">浙江天地和装饰设计有限公司 </t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>山东兰云网络科技有限责任公司</t>
+  </si>
+  <si>
+    <t>济南北方鑫成生物科技有限公司 </t>
+  </si>
+  <si>
+    <t>济南舜恒建筑工程咨询有限公司</t>
+  </si>
+  <si>
+    <t>山东同力建设项目管理有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">济南云畅网络科技有限公司 </t>
+  </si>
+  <si>
+    <t>济南创盛企业咨询管理公司</t>
+  </si>
+  <si>
+    <t>济南大石网络科技有限公司</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>山东智慧养老产业有限公司</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>中国平安综合金融集团</t>
+  </si>
+  <si>
+    <t>山东植雅妆容化妆品有限公司</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>居民服务</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>卫生</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>所属行业</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>A001</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>A002</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>A003</t>
+  </si>
+  <si>
+    <t>A004</t>
+  </si>
+  <si>
+    <t>A005</t>
+  </si>
+  <si>
+    <t>A006</t>
+  </si>
+  <si>
+    <t>A007</t>
+  </si>
+  <si>
+    <t>A008</t>
+  </si>
+  <si>
+    <t>A009</t>
+  </si>
+  <si>
+    <t>A010</t>
+  </si>
+  <si>
+    <t>A011</t>
+  </si>
+  <si>
+    <t>A012</t>
+  </si>
+  <si>
+    <t>A013</t>
+  </si>
+  <si>
+    <t>A014</t>
+  </si>
+  <si>
+    <t>A015</t>
+  </si>
+  <si>
+    <t>A016</t>
+  </si>
+  <si>
+    <t>A017</t>
+  </si>
+  <si>
+    <t>A018</t>
+  </si>
+  <si>
+    <t>A019</t>
+  </si>
+  <si>
+    <t>A020</t>
+  </si>
+  <si>
+    <t>A021</t>
+  </si>
+  <si>
+    <t>A022</t>
+  </si>
+  <si>
+    <t>A023</t>
+  </si>
+  <si>
+    <t>A024</t>
+  </si>
+  <si>
+    <t>A025</t>
+  </si>
+  <si>
+    <t>A026</t>
+  </si>
+  <si>
+    <t>A027</t>
+  </si>
+  <si>
+    <t>A028</t>
+  </si>
+  <si>
+    <t>A029</t>
+  </si>
+  <si>
+    <t>A030</t>
+  </si>
+  <si>
+    <t>A031</t>
+  </si>
+  <si>
+    <t>A032</t>
+  </si>
+  <si>
+    <t>A033</t>
+  </si>
+  <si>
+    <t>A034</t>
+  </si>
+  <si>
+    <t>A035</t>
+  </si>
+  <si>
+    <t>A036</t>
+  </si>
+  <si>
+    <t>A037</t>
+  </si>
+  <si>
+    <t>A038</t>
+  </si>
+  <si>
+    <t>A039</t>
+  </si>
+  <si>
+    <t>A040</t>
+  </si>
+  <si>
+    <t>A041</t>
+  </si>
+  <si>
+    <t>A042</t>
+  </si>
+  <si>
+    <t>A043</t>
+  </si>
+  <si>
+    <t>A044</t>
+  </si>
+  <si>
+    <t>A045</t>
+  </si>
+  <si>
+    <t>A046</t>
+  </si>
+  <si>
+    <t>A047</t>
+  </si>
+  <si>
+    <t>A048</t>
+  </si>
+  <si>
+    <t>A049</t>
+  </si>
+  <si>
+    <t>A050</t>
+  </si>
+  <si>
+    <t>A051</t>
+  </si>
+  <si>
+    <t>A052</t>
+  </si>
+  <si>
+    <t>A053</t>
+  </si>
+  <si>
+    <t>A054</t>
+  </si>
+  <si>
+    <t>A055</t>
+  </si>
+  <si>
+    <t>A056</t>
+  </si>
+  <si>
+    <t>A057</t>
+  </si>
+  <si>
+    <t>A058</t>
+  </si>
+  <si>
+    <t>A059</t>
+  </si>
+  <si>
+    <t>A060</t>
+  </si>
+  <si>
+    <t>A061</t>
+  </si>
+  <si>
+    <t>A062</t>
+  </si>
+  <si>
+    <t>A063</t>
+  </si>
+  <si>
+    <t>A064</t>
+  </si>
+  <si>
+    <t>A065</t>
+  </si>
+  <si>
+    <t>A066</t>
+  </si>
+  <si>
+    <t>A067</t>
+  </si>
+  <si>
+    <t>A068</t>
+  </si>
+  <si>
+    <t>A069</t>
+  </si>
+  <si>
+    <t>A070</t>
+  </si>
+  <si>
+    <t>A071</t>
+  </si>
+  <si>
+    <t>A072</t>
+  </si>
+  <si>
+    <t>A073</t>
+  </si>
+  <si>
+    <t>A074</t>
+  </si>
+  <si>
+    <t>A075</t>
+  </si>
+  <si>
+    <t>A076</t>
+  </si>
+  <si>
+    <t>A077</t>
+  </si>
+  <si>
+    <t>A078</t>
+  </si>
+  <si>
+    <t>A079</t>
+  </si>
+  <si>
+    <t>A080</t>
+  </si>
+  <si>
+    <t>A081</t>
+  </si>
+  <si>
+    <t>A082</t>
+  </si>
+  <si>
+    <t>A083</t>
+  </si>
+  <si>
+    <t>A084</t>
+  </si>
+  <si>
+    <t>A085</t>
+  </si>
+  <si>
+    <t>A086</t>
+  </si>
+  <si>
+    <t>A087</t>
+  </si>
+  <si>
+    <t>A088</t>
+  </si>
+  <si>
+    <t>A089</t>
+  </si>
+  <si>
+    <t>A090</t>
+  </si>
+  <si>
+    <t>A091</t>
+  </si>
+  <si>
+    <t>A092</t>
+  </si>
+  <si>
+    <t>A093</t>
+  </si>
+  <si>
+    <t>A094</t>
+  </si>
+  <si>
+    <t>A095</t>
+  </si>
+  <si>
+    <t>A096</t>
+  </si>
+  <si>
+    <t>A097</t>
+  </si>
+  <si>
+    <t>A098</t>
+  </si>
+  <si>
+    <t>A099</t>
+  </si>
+  <si>
+    <t>A100</t>
+  </si>
+  <si>
+    <t>A101</t>
+  </si>
+  <si>
+    <t>A102</t>
+  </si>
+  <si>
+    <t>A103</t>
+  </si>
+  <si>
+    <t>A104</t>
+  </si>
+  <si>
+    <t>A105</t>
+  </si>
+  <si>
+    <t>A106</t>
+  </si>
+  <si>
+    <t>A107</t>
+  </si>
+  <si>
+    <t>A108</t>
+  </si>
+  <si>
+    <t>A109</t>
+  </si>
+  <si>
+    <t>A110</t>
+  </si>
+  <si>
+    <t>A111</t>
+  </si>
+  <si>
+    <t>A112</t>
+  </si>
+  <si>
+    <t>A113</t>
+  </si>
+  <si>
+    <t>A114</t>
+  </si>
+  <si>
+    <t>A115</t>
+  </si>
+  <si>
+    <t>A116</t>
+  </si>
+  <si>
+    <t>A117</t>
+  </si>
+  <si>
+    <t>A118</t>
+  </si>
+  <si>
+    <t>A119</t>
+  </si>
+  <si>
+    <t>A120</t>
+  </si>
+  <si>
+    <t>A121</t>
+  </si>
+  <si>
+    <t>A122</t>
+  </si>
+  <si>
+    <t>A123</t>
+  </si>
+  <si>
+    <t>A124</t>
+  </si>
+  <si>
+    <t>A125</t>
+  </si>
+  <si>
+    <t>A126</t>
+  </si>
+  <si>
+    <t>A127</t>
+  </si>
+  <si>
+    <t>A128</t>
+  </si>
+  <si>
+    <t>A129</t>
+  </si>
+  <si>
+    <t>A130</t>
+  </si>
+  <si>
+    <t>A131</t>
+  </si>
+  <si>
+    <t>A132</t>
+  </si>
+  <si>
+    <t>A133</t>
+  </si>
+  <si>
+    <t>A134</t>
+  </si>
+  <si>
+    <t>A135</t>
+  </si>
+  <si>
+    <t>企业名称</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>山东四化环保节能工程有限公司</t>
+  </si>
+  <si>
+    <t>百度（中国）有限公司苏州分公司</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>济南烁康信息技术有限公司</t>
+  </si>
+  <si>
+    <t>济南市立和中医院</t>
+  </si>
+  <si>
+    <t>修正药业集团营销有限公司</t>
+  </si>
+  <si>
+    <t>卫生</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>B001</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>B002</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>B003</t>
+  </si>
+  <si>
+    <t>B004</t>
+  </si>
+  <si>
+    <t>B005</t>
+  </si>
+  <si>
+    <t>B006</t>
+  </si>
+  <si>
+    <t>B007</t>
+  </si>
+  <si>
+    <t>B008</t>
+  </si>
+  <si>
+    <t>B009</t>
+  </si>
+  <si>
+    <t>B010</t>
+  </si>
+  <si>
+    <t>B011</t>
+  </si>
+  <si>
+    <t>B012</t>
+  </si>
+  <si>
+    <t>B013</t>
+  </si>
+  <si>
+    <t>B014</t>
+  </si>
+  <si>
+    <t>B015</t>
+  </si>
+  <si>
+    <t>B016</t>
+  </si>
+  <si>
+    <t>B017</t>
+  </si>
+  <si>
+    <t>B018</t>
+  </si>
+  <si>
+    <t>B019</t>
+  </si>
+  <si>
+    <t>B020</t>
+  </si>
+  <si>
+    <t>B021</t>
+  </si>
+  <si>
+    <t>B022</t>
+  </si>
+  <si>
+    <t>B023</t>
+  </si>
+  <si>
+    <t>B024</t>
+  </si>
+  <si>
+    <t>B025</t>
+  </si>
+  <si>
+    <t>B026</t>
+  </si>
+  <si>
+    <t>B027</t>
+  </si>
+  <si>
+    <t>B028</t>
+  </si>
+  <si>
+    <t>B029</t>
+  </si>
+  <si>
+    <t>B030</t>
+  </si>
+  <si>
+    <t>B031</t>
+  </si>
+  <si>
+    <t>B032</t>
+  </si>
+  <si>
+    <t>B033</t>
+  </si>
+  <si>
+    <t>B034</t>
+  </si>
+  <si>
+    <t>B035</t>
+  </si>
+  <si>
+    <t>B036</t>
+  </si>
+  <si>
+    <t>B037</t>
+  </si>
+  <si>
+    <t>B038</t>
+  </si>
+  <si>
+    <t>B039</t>
+  </si>
+  <si>
+    <t>B040</t>
+  </si>
+  <si>
+    <t>B041</t>
+  </si>
+  <si>
+    <t>B042</t>
+  </si>
+  <si>
+    <t>B043</t>
+  </si>
+  <si>
+    <t>B044</t>
+  </si>
+  <si>
+    <t>B045</t>
+  </si>
+  <si>
+    <t>B046</t>
+  </si>
+  <si>
+    <t>B047</t>
+  </si>
+  <si>
+    <t>B048</t>
+  </si>
+  <si>
+    <t>B049</t>
+  </si>
+  <si>
+    <t>B050</t>
+  </si>
+  <si>
+    <t>B051</t>
+  </si>
+  <si>
+    <t>B052</t>
+  </si>
+  <si>
+    <t>B053</t>
+  </si>
+  <si>
+    <t>B054</t>
+  </si>
+  <si>
+    <t>B055</t>
+  </si>
+  <si>
+    <t>B056</t>
+  </si>
+  <si>
+    <t>B057</t>
+  </si>
+  <si>
+    <t>B058</t>
+  </si>
+  <si>
+    <t>B059</t>
+  </si>
+  <si>
+    <t>B060</t>
+  </si>
+  <si>
+    <t>B061</t>
+  </si>
+  <si>
+    <t>B062</t>
+  </si>
+  <si>
+    <t>B063</t>
+  </si>
+  <si>
+    <t>B064</t>
+  </si>
+  <si>
+    <t>B065</t>
+  </si>
+  <si>
+    <t>B066</t>
+  </si>
+  <si>
+    <t>B067</t>
+  </si>
+  <si>
+    <t>B068</t>
+  </si>
+  <si>
+    <t>B069</t>
+  </si>
+  <si>
+    <t>B070</t>
+  </si>
+  <si>
+    <t>B071</t>
+  </si>
+  <si>
+    <t>B072</t>
+  </si>
+  <si>
+    <t>B073</t>
+  </si>
+  <si>
+    <t>B074</t>
+  </si>
+  <si>
+    <t>B075</t>
+  </si>
+  <si>
+    <t>B076</t>
+  </si>
+  <si>
+    <t>B077</t>
+  </si>
+  <si>
+    <t>B078</t>
+  </si>
+  <si>
+    <t>B079</t>
+  </si>
+  <si>
+    <t>B080</t>
+  </si>
+  <si>
+    <t>B081</t>
+  </si>
+  <si>
+    <t>B082</t>
+  </si>
+  <si>
+    <t>B083</t>
+  </si>
+  <si>
+    <t>B084</t>
+  </si>
+  <si>
+    <t>B085</t>
+  </si>
+  <si>
+    <t>B086</t>
+  </si>
+  <si>
+    <t>B087</t>
+  </si>
+  <si>
+    <t>B088</t>
+  </si>
+  <si>
+    <t>B089</t>
+  </si>
+  <si>
+    <t>B090</t>
+  </si>
+  <si>
+    <t>B091</t>
+  </si>
+  <si>
+    <t>B092</t>
+  </si>
+  <si>
+    <t>B093</t>
+  </si>
+  <si>
+    <t>B094</t>
+  </si>
+  <si>
+    <t>B095</t>
+  </si>
+  <si>
+    <t>B096</t>
+  </si>
+  <si>
+    <t>B097</t>
+  </si>
+  <si>
+    <t>B098</t>
+  </si>
+  <si>
+    <t>B099</t>
+  </si>
+  <si>
+    <t>B100</t>
+  </si>
+  <si>
+    <t>B101</t>
+  </si>
+  <si>
+    <t>B102</t>
+  </si>
+  <si>
+    <t>B103</t>
+  </si>
+  <si>
+    <t>B104</t>
+  </si>
+  <si>
+    <t>B105</t>
+  </si>
+  <si>
+    <t>B106</t>
+  </si>
+  <si>
+    <t>B107</t>
+  </si>
+  <si>
+    <t>B108</t>
+  </si>
+  <si>
+    <t>B109</t>
+  </si>
+  <si>
+    <t>B110</t>
+  </si>
+  <si>
+    <t>B111</t>
+  </si>
+  <si>
+    <t>B112</t>
+  </si>
+  <si>
+    <t>B113</t>
+  </si>
+  <si>
+    <t>B114</t>
+  </si>
+  <si>
+    <t>B115</t>
+  </si>
+  <si>
+    <t>B116</t>
+  </si>
+  <si>
+    <t>B117</t>
+  </si>
+  <si>
+    <t>B118</t>
+  </si>
+  <si>
+    <t>B119</t>
+  </si>
+  <si>
+    <t>B120</t>
+  </si>
+  <si>
+    <t>B121</t>
+  </si>
+  <si>
+    <t>B122</t>
+  </si>
+  <si>
+    <t>B123</t>
+  </si>
+  <si>
+    <t>B124</t>
+  </si>
+  <si>
+    <t>B125</t>
+  </si>
+  <si>
+    <t>B126</t>
+  </si>
+  <si>
+    <t>B127</t>
+  </si>
+  <si>
+    <t>B128</t>
+  </si>
+</sst>
+</file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="宋体"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="宋体"/>
       <family val="3"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -124,50 +1859,54 @@
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
+</file>
+
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="C7EDCC"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>