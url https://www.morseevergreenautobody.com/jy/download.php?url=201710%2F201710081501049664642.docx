--- v0 (2026-01-17)
+++ v1 (2026-03-03)
@@ -1,25 +1,1444 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:body>
+    <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="00A02991">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>附</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>件1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9532" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="1065"/>
+        <w:gridCol w:w="1420"/>
+        <w:gridCol w:w="1045"/>
+        <w:gridCol w:w="375"/>
+        <w:gridCol w:w="1420"/>
+        <w:gridCol w:w="1421"/>
+        <w:gridCol w:w="1421"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9532" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="008479DA" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008479DA">
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>山东协和学院机电工程学院2016年冬季就业双选会回执表</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>单位名称（盖章）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4260" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>所属行业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>联系人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:ind w:firstLine="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>电话</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:ind w:firstLine="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>传真</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>地址</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4260" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:ind w:firstLine="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>邮编</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>电子</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>邮箱</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2840" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:ind w:firstLine="240"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>网址</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>招聘负责人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E4D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>职务</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>联系电话</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E4D1D">
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>参会时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7102" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="5103"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2430" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>单位简介（可另附页）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7102" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9532" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>需求信息（可另附页）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>岗位名称</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3530" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>数量</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4637" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>需求</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3530" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4637" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3530" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4637" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A02991" w:rsidTr="000858E9">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3530" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4637" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00A02991" w:rsidRDefault="00A02991" w:rsidP="000858E9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A02991" w:rsidRPr="00267974" w:rsidRDefault="00A02991" w:rsidP="00A02991">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>注：</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>此表请于201</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>日1</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:00以前以</w:t>
+      </w:r>
+      <w:r w:rsidR="008479DA">
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>邮件形式发送至</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>342267599</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>@qq.com。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004358AB" w:rsidRDefault="004358AB" w:rsidP="00D31D50">
+      <w:pPr>
+        <w:spacing w:line="220" w:lineRule="atLeast"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004358AB" w:rsidSect="0099120C">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:type="lines" w:linePitch="312"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00AB7C78" w:rsidRDefault="00AB7C78" w:rsidP="00A02991">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00AB7C78" w:rsidRDefault="00AB7C78" w:rsidP="00A02991">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
@@ -418,50 +1837,54 @@
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
     <w:name w:val="页脚 Char"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A02991"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>