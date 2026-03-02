--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -2,40 +2,11357 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p w14:paraId="3484DA80">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:line="528" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="3432" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>未来</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>有你</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>医路</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>同</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>行</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC2657F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="312" w:lineRule="exact"/>
+        <w:ind w:left="1116" w:right="864" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>华银康集团202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>年招聘简章</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F5182BF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1677" w:leftChars="531" w:right="864" w:hanging="562" w:hangingChars="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>公司介绍</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E786A6A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="331" w:right="862" w:rightChars="0" w:firstLine="560" w:firstLineChars="200"/>
+        <w:jc w:val="left"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>广州华银康医疗集团股份有限公司（简称华银康集团）是以病理为核心的独立医学检验与诊断服务企业。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E649E8E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="331" w:right="862" w:rightChars="0" w:firstLine="560" w:firstLineChars="200"/>
+        <w:jc w:val="left"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>秉承“让人们的生活更健康”的使命，致力于服务健康中国战略与医改分级诊疗进一步推进，集团已建立覆盖27个省区的医学实验室网络，及辐射全国的远程病理诊断网络；为6000家客户提供病理诊断、医学检验、远程诊断、基因检测、临床研究、公卫筛查等专业技术服务。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="608D65F0">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="331" w:right="862" w:rightChars="0" w:firstLine="560" w:firstLineChars="200"/>
+        <w:jc w:val="left"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>作为国内远程病理开创者，2012年与南方医科大学共建备具国际影响力的“南方医科大学·华银病理诊断中心”，建立起规模化的数字病理数据库，已发展成为具有国际影响力的病理诊断中心。集团打造的“华银康病理同盟”，为国内知名的病理从业者学习交流分享平台。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="203AD1F6">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="331" w:right="862" w:rightChars="0" w:firstLine="560" w:firstLineChars="200"/>
+        <w:jc w:val="left"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>集团践行严谨的质量标准，构建完善的质量体系，多家实验室已获得ISO15189、CAP等国内外实验室质量认可。实验室可检验项目达2200余项，年常规检测量超过3500万。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AC4343">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="331" w:right="862" w:rightChars="0" w:firstLine="560" w:firstLineChars="200"/>
+        <w:jc w:val="left"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>集团重视医学诊断技术研究与创新，整合国内外医学诊断专业领域的资源，与10余所国内外高校达成战略合作，建设技术研发与应用平台，推动高新技术在医疗业务的应用实践，促进国内医疗机构专业水平和技术能力稳步提升。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="499F03C0">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="331" w:right="862" w:rightChars="0" w:firstLine="560" w:firstLineChars="200"/>
+        <w:jc w:val="left"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>以务实进取、持续创新、内外协同、高效服务为理念，我们将不断为客户创造价值，为员工创造幸福，为专家创造平台，为人类创造健康美好未来。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FAE7C4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1677" w:leftChars="531" w:right="864" w:hanging="562" w:hangingChars="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>招聘对象</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9812ED">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="864" w:rightChars="0" w:firstLine="840" w:firstLineChars="300"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>届毕业生</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19946288">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1677" w:leftChars="531" w:right="864" w:rightChars="0" w:hanging="562" w:hangingChars="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>岗位类型</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="11130" w:type="dxa"/>
+        <w:tblInd w:w="-128" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1406"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="2884"/>
+        <w:gridCol w:w="5160"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="4134C39C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="214AD55C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>岗位类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14CDB58D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>岗位名称</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A9B544">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>专业要求</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13ACC5D5">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>工作地点</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="02A47B8C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE22493">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>管培生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41112542">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>营销管培生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3245344C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>专业不限，医学类、生物类相关专业优先</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C686EBD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广东省、福建省、广西区、江西省、河北省、山西省、天津市、河南省、湖南省、湖北省、四川省、陕西省</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0686FC32">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B96AFB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>管培生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="636CC3FC">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>产品管培生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51387443">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>医学类、生物类相关专业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B13ECDA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>广州</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="753210F9">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="528952A9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>管培生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D17E9D7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>病理管培生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3178CC42">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>医学类、生物类相关专业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B5DA67">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广州市、湖北省</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="4C3CAE07">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29ED0D8E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>管培生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19CDE1C0">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>临检管培生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D2B425E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>医学检验、医学检验技术</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF6DBB5">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="top"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>广东省</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="42A34B89">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="136CAD03">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>销售类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="704400B3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>销售工程师</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="208920B7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>专业不限，医学类、生物类相关专业优先</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15566350">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>全国各地均有需求</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0DC5C910">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14017BD5">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>医师类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E6E0159">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>病理医生</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1721C9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>临床医学专业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0C1889">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广州市、南京市、济南市、重庆市、四川省内</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5B864B7B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="104627E0">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>技术类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9E95E8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>病理技术员</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDD9A93">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>医学实验技术、医学检验、医学检验技术</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="391AAE7B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广东省、广西区、福建省、江西省、山东省、黑龙江省、河南省、湖南省、重庆市、贵州省</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="11F4C0C3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B37B71E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>技术类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="583309C8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>临检技术员</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E394BB1">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>医学检验、医学检验技术</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4287B3C7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广东省、广西省、福建省、山东省、辽宁省、四川省、重庆市、河南省</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="241C2A4C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3710DAA9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>职能类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14946F48">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>IT类（开发）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2BB277">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>计算机类相关专业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE7119E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广州市</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="17B52518">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DAA9A6E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>职能类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED66FC1">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>市场专员</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14154972">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>医学类、生物类相关专业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B37DD2">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广东省、山东省</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2844DEA3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D9FBEC3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>职能类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2969A318">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>供应链类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2FA0D0">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>专业不限</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB837A2">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广州市</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="23C75277">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="900" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0259C9BC">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>职能类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0181921B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>物流类</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="213AF19D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>物流相关专业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="295B383F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广州市</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4114ED37">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:leftChars="331" w:right="864" w:rightChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>5246370</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>107315</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1334770" cy="1334770"/>
+            <wp:effectExtent l="0" t="0" r="17780" b="17780"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon>
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21271"/>
+                <wp:lineTo x="21271" y="21271"/>
+                <wp:lineTo x="21271" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="3" name="Picture 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="3" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1334770" cy="1334770"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E651999">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:line="14" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="185C1AAE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1677" w:leftChars="531" w:right="864" w:rightChars="0" w:hanging="562" w:hangingChars="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>福利待遇</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DA5C330">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>具备行业竞争力的薪资</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC83A29">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>五险一金</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50839CEE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5055870</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>120015</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1638935" cy="313690"/>
+                <wp:effectExtent l="4445" t="4445" r="13970" b="5715"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon>
+                    <wp:start x="-59" y="-306"/>
+                    <wp:lineTo x="-59" y="20682"/>
+                    <wp:lineTo x="21533" y="20682"/>
+                    <wp:lineTo x="21533" y="-306"/>
+                    <wp:lineTo x="-59" y="-306"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="6" name="文本框 6"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1638935" cy="313690"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:prstClr val="black"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7C57DCF4">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="default" w:eastAsia="宋体"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                              </w:rPr>
+                              <w:t>扫描投递简历</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-left:398.1pt;margin-top:9.45pt;height:24.7pt;width:129.05pt;mso-wrap-distance-left:9pt;mso-wrap-distance-right:9pt;z-index:-251655168;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF [3201]" filled="t" stroked="t" coordsize="21600,21600" wrapcoords="-59 -306 -59 20682 21533 20682 21533 -306 -59 -306" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAnpKDXdcAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j9B2uRuFG7CYQ0xKlUpEqIGyUXbm68TSLs&#10;dWS7Tfv3uCc4ruZp5m29uVjDzujD6EjCaimAIXVOj9RLaL92jyWwEBVpZRyhhCsG2DSLu1pV2s30&#10;ied97FkqoVApCUOMU8V56Aa0KizdhJSyo/NWxXT6nmuv5lRuDc+EKLhVI6WFQU34NmD3sz9ZCe/F&#10;Nn5jqz90nuVubnnnjyZI+XC/Eq/AIl7iHww3/aQOTXI6uBPpwIyEl3WRJTQF5RrYDRDPTzmwg4Si&#10;zIE3Nf//QvMLUEsDBBQAAAAIAIdO4kDkQ7unWwIAALcEAAAOAAAAZHJzL2Uyb0RvYy54bWytVM1u&#10;2zAMvg/YOwi6r85fszaIU2QtMgwo1gLdsLMsy7EwSdQkJXb3AOsb7LTL7nuuPsco2UnTdoceloNC&#10;itRH8iPp+VmrFdkK5yWYnA6PBpQIw6GUZp3Tz59Wb04o8YGZkikwIqe3wtOzxetX88bOxAhqUKVw&#10;BEGMnzU2p3UIdpZlntdCM38EVhg0VuA0C6i6dVY61iC6VtloMJhmDbjSOuDCe7y96Iy0R3QvAYSq&#10;klxcAN9oYUKH6oRiAUvytbSeLlK2VSV4uKoqLwJROcVKQzoxCMpFPLPFnM3Wjtla8j4F9pIUntSk&#10;mTQYdA91wQIjGyefQWnJHXiowhEHnXWFJEawiuHgCTc3NbMi1YJUe7sn3f8/WP5xe+2ILHM6pcQw&#10;jQ2//3l3/+vP/e8fZBrpaayfodeNRb/QvoMWh2Z37/EyVt1WTsd/rIegHcm93ZMr2kB4fDQdn5yO&#10;jynhaBsPx9PTxH728No6H94L0CQKOXXYvMQp2176gJmg684lBvOgZLmSSiXFrYtz5ciWYaNX6ReT&#10;xCeP3JQhDZY6Ph4k5Ee2iL2HKBTjX58jIJ4yCBtJ6YqPUmiLtmeqgPIWiXLQTZq3fCUR95L5cM0c&#10;jhZyg8sXrvCoFGAy0EuU1OC+/+s++mPH0UpJg6OaU/9tw5ygRH0wOAunw8kkznZSJsdvR6i4Q0tx&#10;aDEbfQ5I0hDX3PIkRv+gdmLlQH/BHV3GqGhihmPsnIadeB66BcId52K5TE44zZaFS3NjeYSOLTGw&#10;3ASoZGpdpKnjpmcP5zm1p9+9uDCHevJ6+N4s/gJQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG&#10;74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvy&#10;MQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12s&#10;u9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAs&#10;GgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAAT&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5&#10;TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdH&#10;jyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYB&#10;B5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM&#10;+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJA&#10;fublIPcAAADhAQAAEwAAAAAAAAABACAAAADLBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoA&#10;AAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAK0DAABfcmVscy9QSwECFAAUAAAACACH&#10;TuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAADRAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACH&#10;TuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kCekoNd&#10;1wAAAAoBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA&#10;5EO7p1sCAAC3BAAADgAAAAAAAAABACAAAAAmAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZ&#10;AQAA8wUAAAAA&#10;">
+                <v:fill on="t" focussize="0,0"/>
+                <v:stroke weight="0.5pt" color="#000000 [3204]" joinstyle="round"/>
+                <v:imagedata o:title=""/>
+                <o:lock v:ext="edit" aspectratio="f"/>
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7C57DCF4">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="default" w:eastAsia="宋体"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+                        </w:rPr>
+                        <w:t>扫描投递简历</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="tight"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>带薪年假</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7CC7B3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>免费体检</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4414091E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>关怀礼金(结婚礼金、生育礼金等)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0C9D9B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>各类节假日福利</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2978425C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>职称报考评定(检验方向、PCR上岗证、病理医生方向、病理技术方向)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A22AE33">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>双通道晋升、多样培训、待遇从优，上不封顶</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E047035">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:leftChars="331" w:right="864" w:rightChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B8493B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1677" w:leftChars="531" w:right="864" w:rightChars="0" w:hanging="562" w:hangingChars="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>晋升与培训</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F52914">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>入职培训：助你快速了解公司和行业，结识良师益友，共同进步</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3031D77C">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>在职培训：专家教授亲身指导日常工作，周常读片会，月度理论培训课</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFD029B">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>职称考评：中心为医疗机构，可以报考医师资格考试和医学检验相关考试</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6242BA9F">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>在职深造：表现优秀者可以推荐报读合作院校进修深造</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D102012">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>晋升通道：科学的双向晋升通道，纵向or横向，技术or管理，等你来挑战</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639B8423">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1677" w:leftChars="531" w:right="864" w:rightChars="0" w:hanging="562" w:hangingChars="200"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>联系我们</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45DD90D4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>企业网址：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>tt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>//</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "http://www.huayinlab.com/" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47B2B1C3">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>邮箱：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:huayinhr@huayinlab.com" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C91B24">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+          <w:tab w:val="clear" w:pos="420"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1470" w:leftChars="0" w:right="864" w:rightChars="0" w:hanging="420" w:firstLineChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>邮箱投递：备注：姓名+意向岗位+省市+学校+专业</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="11175" w:type="dxa"/>
+        <w:tblInd w:w="-158" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2174"/>
+        <w:gridCol w:w="4056"/>
+        <w:gridCol w:w="4945"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="347E69CB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="480" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6230" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37366B47">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>集团及子公司地址</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D7D7D7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D21B376">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>投递邮箱</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="08D1BF24">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="253A15B7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>集团总部</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1620B17B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广东省广州市黄埔区滨河路33号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="745FE704">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>huayinhr@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2CAD1AE9">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D8343D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>华银康广州公司</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2227CA47">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="707F994D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>luoxuyi@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1C82F5F2">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59931F3B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>特检平台</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15340A64">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2487FEA7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>situbinglin@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="50B0DD1A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="589F0AE8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>研究所公司</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08456D51">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A7154F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>lizijun@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="531C9C7C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA65BF7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>华银康广西公司</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C575787">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广西南宁市江南区壮锦大道39号绿港国际中心B4栋3-5楼</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D0F25D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>weijiahuo@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="62011118">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA5F974">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>华银康南京公司</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23047481">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>南京市江宁区福瑞路联东u谷三期13#-14#-15＃</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C58D779">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>wangxing4549@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="4BC75D25">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14CE62E8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>安徽华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="759EC436">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>安徽省芜湖市鸠江区海通医药物流园17号楼</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2312CA24">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>wangxing4549@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="7FD721F9">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A4319D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>华银康成都公司</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9BD19B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>四川省成都市高新西区天欣路101号3号楼2-6楼</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A58AC76">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>lirongye@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="214A025C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD4F745">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>华银康天津公司</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E9BCEF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>天津市北辰经济技术开发区滨湖路3号京津医药谷高校成果转化基地23号楼</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="274055C2">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>lirui3886@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="3BFB2D18">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1094B8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>华银康福建公司</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32CCE6C2">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>福建省厦门市翔安区莲亭路803号501-2单元</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="652757C3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>shenshuru5219@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="4BBEA2D6">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5010AA82">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>华银康辽宁公司</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="165667DB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>辽宁省沈抚示范区金紫街188-34号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C16070D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>liangshuang@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="312AF910">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0E7CEB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>华银康南昌公司</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F67ED42">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>江西省南昌市高新区天祥大道佳海产业园二期143栋</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33BBDE12">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>wengyu@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="42BF688A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E29D37">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>重庆华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A399E7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>重庆市渝北区仙桃数据谷A05栋2楼</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19806AAB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>xuxiaoya@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="39ABAD40">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E675983">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>长沙华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59689994">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>湖南省长沙市芙蓉区隆平高科技园雄天路118号长沙现代服务业产业园4栋802</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30755A12">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>yuyu8719@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6B3A90AC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6790FFD6">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>济南华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC6C2CA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>山东省济南市槐荫区济齐路365号济南精准医学产业园7号楼3-5层</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22BE9F4D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>songxue@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2B97CEFE">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4463303B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>郑州华垠康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1FC1E1">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>河南省郑州经济技术开发区禄达东路与义通街交汇处西北角禄达东路56号通途医药产业园2号楼5-7层</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DAC7FFE">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>huangrumeng@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="017C998D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="021C5497">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>贵州华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E215824">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>贵州省贵阳市贵阳国家高新技术产业开发区沙文镇沙文生态科技产业园标准厂房一期B6栋5单元4层1号、5层1号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B55568">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>zhangguijuan1770@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="23262939">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="313F9E36">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>昆明华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A81D0B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>云南省昆明市呈贡区云景路昆明电子信息产业园6幢102室</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14031F82">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>luyu@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="53BF821C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="161F8E2C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>西安华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B89E171">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>西安华银康陕西省西安市新城区长缨西路37号丹尼尔商贸城3楼东区</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0F947A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>fujianghua@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="48EBCDE3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="003B1C48">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>北京华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="477E1E6B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>北京市房山区城关镇金水湾工业园区北区1号院1号楼八层</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC06C73">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>xurui1687@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="029166C6">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="244C19F3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>甘青办事处</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2259C3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>甘肃省兰州市城关区飞雁街116号陇星大厦A座1608室</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B175492">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>gaohuahua4932@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5743588D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="654DEB50">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>宁夏华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C306DF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>宁夏省平罗县民族大街47-2附属楼5层</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22520192">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>fujianghua@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="31B97130">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="692462DF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>武汉华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27345233">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>湖北省武汉市洪山区花山软件新城4.1期F9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55158699">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>xionghui4513@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2F2EAC32">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="700" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="360785F2">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>番禺华银康</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4056" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBA1BFD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>广东省广州市番禺区桥南街道福愉西路797号金晖科创园101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4945" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A209847">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>luofurong@huayinlab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3F0CA9DB">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1536"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="136" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1050" w:leftChars="0" w:right="864" w:rightChars="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14D07955">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="0" w:after="0" w:line="14" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
+      <w:headerReference r:id="rId3" w:type="default"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="816" w:right="544" w:bottom="1382" w:left="564" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:equalWidth="0" w:num="1">
+        <w:col w:w="10798"/>
+      </w:cols>
+      <w:docGrid w:linePitch="360" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
+
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="7A"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ＭＳ 明朝">
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="ＭＳ 明朝">
+    <w:altName w:val="Segoe Print"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe Print">
+    <w:panose1 w:val="02000600000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="0000028F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="47010000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="01145321">
+    <w:pPr>
+      <w:pStyle w:val="3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="333333"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>448945</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>179070</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1570990" cy="396875"/>
+          <wp:effectExtent l="0" t="0" r="10160" b="3175"/>
+          <wp:wrapNone/>
+          <wp:docPr id="2" name="Picture 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Picture 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1570990" cy="396875"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="8CDFFE52"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="8CDFFE52"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="chineseCounting"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val="%1、"/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="5D64F41F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5D64F41F"/>
+    <w:lvl w:ilvl="0" w:tentative="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="420"/>
+        </w:tabs>
+        <w:ind w:left="1470" w:hanging="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:doNotExpandShiftReturn/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
+    <w:useFELayout/>
+    <w:doNotUseIndentAsNumberingTabStop/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMTA1OWI0MDkzNGY5MDhlNWQ1MzMxMTQ5NTUzZjNkY2YifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="00172A27"/>
+    <w:rsid w:val="00034616"/>
+    <w:rsid w:val="0006063C"/>
+    <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rsid w:val="00326F90"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rsid w:val="03C93EFF"/>
+    <w:rsid w:val="0E557E6C"/>
+    <w:rsid w:val="100C34FC"/>
+    <w:rsid w:val="164B3EAA"/>
+    <w:rsid w:val="16C90483"/>
+    <w:rsid w:val="17DC7995"/>
+    <w:rsid w:val="1AD01276"/>
+    <w:rsid w:val="1BE94B04"/>
+    <w:rsid w:val="21C8682D"/>
+    <w:rsid w:val="2749750B"/>
+    <w:rsid w:val="2F4607D4"/>
+    <w:rsid w:val="31675015"/>
+    <w:rsid w:val="3E6E467F"/>
+    <w:rsid w:val="3F643CDB"/>
+    <w:rsid w:val="4E334493"/>
+    <w:rsid w:val="565C409B"/>
+    <w:rsid w:val="576158FB"/>
+    <w:rsid w:val="5A5610EA"/>
+    <w:rsid w:val="5DCD30FC"/>
+    <w:rsid w:val="603D2374"/>
+    <w:rsid w:val="622E27C1"/>
+    <w:rsid w:val="68C63AE4"/>
+    <w:rsid w:val="751759A6"/>
+    <w:rsid w:val="77CC5BEB"/>
+    <w:rsid w:val="7B2C0C1F"/>
+    <w:rsid w:val="7D2E4376"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:doNotAutoCompressPictures/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w14:defaultImageDpi w14:val="300"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="6">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:uiPriority w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="4">
+    <w:name w:val="Normal Table"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:color="auto" w:sz="0" w:space="1"/>
+        <w:left w:val="none" w:color="auto" w:sz="0" w:space="4"/>
+        <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="1"/>
+        <w:right w:val="none" w:color="auto" w:sz="0" w:space="4"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="5">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="4"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="39"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="6"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="8">
+    <w:name w:val="font31"/>
+    <w:basedOn w:val="6"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:color w:val="333333"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="9">
+    <w:name w:val="font21"/>
+    <w:basedOn w:val="6"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="font11"/>
+    <w:basedOn w:val="6"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps/>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>2</Pages>
+  <Words>1943</Words>
+  <Characters>2629</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>2651</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.18276_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>python-docx</dc:creator>
+  <dc:description>generated by python-docx</dc:description>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.18276</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>28D5F1CC91404334ADDCBE312F2A9F84_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>