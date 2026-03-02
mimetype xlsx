--- v0 (2026-01-16)
+++ v1 (2026-03-02)
@@ -2654,25 +2654,2467 @@
       <c r="B30" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="31" ht="18.75" spans="1:2">
       <c r="A31" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B31" s="2">
         <v>611</v>
       </c>
     </row>
     <row r="32" ht="18.75" spans="1:2">
       <c r="A32" s="2" t="s">
         <v>291</v>
       </c>
       <c r="B32" s="2">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.511805555555556" footer="0.511805555555556"/>
   <headerFooter/>
 </worksheet>
 </file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:D31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="C24" sqref="C24"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" outlineLevelCol="3"/>
+  <cols>
+    <col min="1" max="1" width="18.875" customWidth="1"/>
+    <col min="2" max="2" width="21.125" customWidth="1"/>
+    <col min="3" max="3" width="14.75" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="18.75" spans="1:4">
+      <c r="A1" s="20" t="s">
+        <v>227</v>
+      </c>
+      <c r="B1" s="20" t="s">
+        <v>228</v>
+      </c>
+      <c r="C1" s="20" t="s">
+        <v>92</v>
+      </c>
+      <c r="D1" s="20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" ht="18.75" spans="1:4">
+      <c r="A2" s="21" t="s">
+        <v>229</v>
+      </c>
+      <c r="B2" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C2" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="21">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="3" ht="18.75" spans="1:4">
+      <c r="A3" s="21"/>
+      <c r="B3" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C3" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D3" s="21">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="4" ht="18.75" spans="1:4">
+      <c r="A4" s="21"/>
+      <c r="B4" s="21" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="21">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="5" ht="18.75" spans="1:4">
+      <c r="A5" s="21"/>
+      <c r="B5" s="21" t="s">
+        <v>230</v>
+      </c>
+      <c r="C5" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D5" s="21">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="6" ht="18.75" spans="1:4">
+      <c r="A6" s="21"/>
+      <c r="B6" s="21" t="s">
+        <v>231</v>
+      </c>
+      <c r="C6" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D6" s="21">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" ht="18.75" spans="1:4">
+      <c r="A7" s="21" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="21">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="8" ht="18.75" spans="1:4">
+      <c r="A8" s="21"/>
+      <c r="B8" s="21" t="s">
+        <v>111</v>
+      </c>
+      <c r="C8" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D8" s="21">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="9" ht="18.75" spans="1:4">
+      <c r="A9" s="21"/>
+      <c r="B9" s="21" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D9" s="21">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="10" ht="18.75" spans="1:4">
+      <c r="A10" s="21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D10" s="21">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="11" ht="18.75" spans="1:4">
+      <c r="A11" s="21"/>
+      <c r="B11" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D11" s="21">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12" ht="18.75" spans="1:4">
+      <c r="A12" s="21"/>
+      <c r="B12" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C12" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D12" s="21">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="13" ht="18.75" spans="1:4">
+      <c r="A13" s="21"/>
+      <c r="B13" s="21" t="s">
+        <v>11</v>
+      </c>
+      <c r="C13" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" s="21">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" ht="18.75" spans="1:4">
+      <c r="A14" s="21"/>
+      <c r="B14" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" s="21">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" ht="18.75" spans="1:4">
+      <c r="A15" s="21" t="s">
+        <v>232</v>
+      </c>
+      <c r="B15" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D15" s="21">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="16" ht="18.75" spans="1:4">
+      <c r="A16" s="21"/>
+      <c r="B16" s="21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" s="21">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="17" ht="18.75" spans="1:4">
+      <c r="A17" s="22" t="s">
+        <v>233</v>
+      </c>
+      <c r="B17" s="21" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D17" s="21">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" ht="18.75" spans="1:4">
+      <c r="A18" s="23"/>
+      <c r="B18" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D18" s="21">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="19" ht="18.75" spans="1:4">
+      <c r="A19" s="24"/>
+      <c r="B19" s="21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" s="21">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="20" ht="18.75" spans="1:4">
+      <c r="A20" s="25" t="s">
+        <v>234</v>
+      </c>
+      <c r="B20" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D20" s="21">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="21" ht="18.75" spans="1:4">
+      <c r="A21" s="25"/>
+      <c r="B21" s="21" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" s="21">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="22" ht="18.75" spans="1:4">
+      <c r="A22" s="26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="C22" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D22" s="21">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="23" ht="18.75" spans="1:4">
+      <c r="A23" s="27"/>
+      <c r="B23" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C23" s="22" t="s">
+        <v>3</v>
+      </c>
+      <c r="D23" s="22">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="24" ht="18.75" spans="1:4">
+      <c r="A24" s="27"/>
+      <c r="B24" s="22" t="s">
+        <v>235</v>
+      </c>
+      <c r="C24" s="22" t="s">
+        <v>236</v>
+      </c>
+      <c r="D24" s="22">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="25" ht="18.75" spans="1:4">
+      <c r="A25" s="25"/>
+      <c r="B25" s="21" t="s">
+        <v>237</v>
+      </c>
+      <c r="C25" s="21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D25" s="21">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="26" ht="18.75" spans="1:4">
+      <c r="A26" s="21" t="s">
+        <v>238</v>
+      </c>
+      <c r="B26" s="21" t="s">
+        <v>235</v>
+      </c>
+      <c r="C26" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D26" s="21">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="27" ht="18.75" spans="1:4">
+      <c r="A27" s="21"/>
+      <c r="B27" s="21" t="s">
+        <v>239</v>
+      </c>
+      <c r="C27" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D27" s="21">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="28" ht="18.75" spans="1:4">
+      <c r="A28" s="21"/>
+      <c r="B28" s="21" t="s">
+        <v>240</v>
+      </c>
+      <c r="C28" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D28" s="21">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" ht="18.75" spans="1:4">
+      <c r="A29" s="21"/>
+      <c r="B29" s="21" t="s">
+        <v>241</v>
+      </c>
+      <c r="C29" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D29" s="21">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" ht="18.75" spans="1:4">
+      <c r="A30" s="21"/>
+      <c r="B30" s="21" t="s">
+        <v>242</v>
+      </c>
+      <c r="C30" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="D30" s="21">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="31" ht="18.75" spans="1:4">
+      <c r="A31" s="21" t="s">
+        <v>243</v>
+      </c>
+      <c r="B31" s="28" t="s">
+        <v>244</v>
+      </c>
+      <c r="C31" s="29"/>
+      <c r="D31" s="21">
+        <f>SUM(D2:D30)</f>
+        <v>6581</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="9">
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="A2:A6"/>
+    <mergeCell ref="A7:A9"/>
+    <mergeCell ref="A10:A14"/>
+    <mergeCell ref="A15:A16"/>
+    <mergeCell ref="A17:A19"/>
+    <mergeCell ref="A20:A21"/>
+    <mergeCell ref="A22:A25"/>
+    <mergeCell ref="A26:A30"/>
+  </mergeCells>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.511805555555556" footer="0.511805555555556"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:D69"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B13" sqref="B13"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="18.75" outlineLevelCol="3"/>
+  <cols>
+    <col min="1" max="1" width="17.8166666666667" style="14" customWidth="1"/>
+    <col min="2" max="2" width="27.875" style="14" customWidth="1"/>
+    <col min="3" max="3" width="13.5" style="14" customWidth="1"/>
+    <col min="4" max="4" width="13.375" style="14" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4">
+      <c r="A1" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1" s="16" t="s">
+        <v>91</v>
+      </c>
+      <c r="C1" s="16" t="s">
+        <v>245</v>
+      </c>
+      <c r="D1" s="16" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" s="17" t="s">
+        <v>247</v>
+      </c>
+      <c r="B2" s="18" t="s">
+        <v>248</v>
+      </c>
+      <c r="C2" s="18">
+        <v>52</v>
+      </c>
+      <c r="D2" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" s="17"/>
+      <c r="B3" s="18" t="s">
+        <v>249</v>
+      </c>
+      <c r="C3" s="18">
+        <v>37</v>
+      </c>
+      <c r="D3" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" s="17"/>
+      <c r="B4" s="18" t="s">
+        <v>250</v>
+      </c>
+      <c r="C4" s="18">
+        <v>50</v>
+      </c>
+      <c r="D4" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="17"/>
+      <c r="B5" s="18" t="s">
+        <v>251</v>
+      </c>
+      <c r="C5" s="18">
+        <v>38</v>
+      </c>
+      <c r="D5" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="17"/>
+      <c r="B6" s="18" t="s">
+        <v>252</v>
+      </c>
+      <c r="C6" s="18">
+        <v>35</v>
+      </c>
+      <c r="D6" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="17"/>
+      <c r="B7" s="18" t="s">
+        <v>253</v>
+      </c>
+      <c r="C7" s="18">
+        <v>74</v>
+      </c>
+      <c r="D7" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="17"/>
+      <c r="B8" s="18" t="s">
+        <v>254</v>
+      </c>
+      <c r="C8" s="18">
+        <v>31</v>
+      </c>
+      <c r="D8" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="17"/>
+      <c r="B9" s="18" t="s">
+        <v>255</v>
+      </c>
+      <c r="C9" s="18">
+        <v>56</v>
+      </c>
+      <c r="D9" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="17"/>
+      <c r="B10" s="18" t="s">
+        <v>256</v>
+      </c>
+      <c r="C10" s="18">
+        <v>17</v>
+      </c>
+      <c r="D10" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="17"/>
+      <c r="B11" s="18" t="s">
+        <v>257</v>
+      </c>
+      <c r="C11" s="18">
+        <v>61</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="17"/>
+      <c r="B12" s="18" t="s">
+        <v>258</v>
+      </c>
+      <c r="C12" s="18">
+        <v>59</v>
+      </c>
+      <c r="D12" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="17"/>
+      <c r="B13" s="18" t="s">
+        <v>259</v>
+      </c>
+      <c r="C13" s="18">
+        <v>74</v>
+      </c>
+      <c r="D13" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="17"/>
+      <c r="B14" s="18" t="s">
+        <v>260</v>
+      </c>
+      <c r="C14" s="18">
+        <v>40</v>
+      </c>
+      <c r="D14" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="17"/>
+      <c r="B15" s="18" t="s">
+        <v>251</v>
+      </c>
+      <c r="C15" s="18">
+        <v>178</v>
+      </c>
+      <c r="D15" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="17"/>
+      <c r="B16" s="18" t="s">
+        <v>261</v>
+      </c>
+      <c r="C16" s="18">
+        <v>135</v>
+      </c>
+      <c r="D16" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" s="17"/>
+      <c r="B17" s="18" t="s">
+        <v>262</v>
+      </c>
+      <c r="C17" s="18">
+        <v>76</v>
+      </c>
+      <c r="D17" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" s="17"/>
+      <c r="B18" s="18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C18" s="18">
+        <v>287</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="17"/>
+      <c r="B19" s="18" t="s">
+        <v>264</v>
+      </c>
+      <c r="C19" s="18">
+        <v>328</v>
+      </c>
+      <c r="D19" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" s="17"/>
+      <c r="B20" s="18" t="s">
+        <v>265</v>
+      </c>
+      <c r="C20" s="18">
+        <v>92</v>
+      </c>
+      <c r="D20" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" s="17"/>
+      <c r="B21" s="18" t="s">
+        <v>266</v>
+      </c>
+      <c r="C21" s="18">
+        <v>14</v>
+      </c>
+      <c r="D21" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" s="17"/>
+      <c r="B22" s="18" t="s">
+        <v>267</v>
+      </c>
+      <c r="C22" s="18">
+        <v>109</v>
+      </c>
+      <c r="D22" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" s="17"/>
+      <c r="B23" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="C23" s="18">
+        <v>20</v>
+      </c>
+      <c r="D23" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" s="17" t="s">
+        <v>269</v>
+      </c>
+      <c r="B24" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="18">
+        <v>461</v>
+      </c>
+      <c r="D24" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" s="17"/>
+      <c r="B25" s="18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" s="18">
+        <v>86</v>
+      </c>
+      <c r="D25" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" s="17"/>
+      <c r="B26" s="18" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" s="18">
+        <v>823</v>
+      </c>
+      <c r="D26" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" s="17" t="s">
+        <v>270</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="18">
+        <v>135</v>
+      </c>
+      <c r="D27" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" s="17"/>
+      <c r="B28" s="18" t="s">
+        <v>241</v>
+      </c>
+      <c r="C28" s="18">
+        <v>51</v>
+      </c>
+      <c r="D28" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" s="17"/>
+      <c r="B29" s="18" t="s">
+        <v>271</v>
+      </c>
+      <c r="C29" s="18">
+        <v>28</v>
+      </c>
+      <c r="D29" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" s="17"/>
+      <c r="B30" s="18" t="s">
+        <v>272</v>
+      </c>
+      <c r="C30" s="18">
+        <v>40</v>
+      </c>
+      <c r="D30" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" s="17"/>
+      <c r="B31" s="18" t="s">
+        <v>273</v>
+      </c>
+      <c r="C31" s="18">
+        <v>53</v>
+      </c>
+      <c r="D31" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" s="17"/>
+      <c r="B32" s="18" t="s">
+        <v>274</v>
+      </c>
+      <c r="C32" s="18">
+        <v>69</v>
+      </c>
+      <c r="D32" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" s="17"/>
+      <c r="B33" s="18" t="s">
+        <v>275</v>
+      </c>
+      <c r="C33" s="18">
+        <v>201</v>
+      </c>
+      <c r="D33" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" s="17"/>
+      <c r="B34" s="18" t="s">
+        <v>276</v>
+      </c>
+      <c r="C34" s="18">
+        <v>62</v>
+      </c>
+      <c r="D34" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" s="17"/>
+      <c r="B35" s="18" t="s">
+        <v>277</v>
+      </c>
+      <c r="C35" s="18">
+        <v>71</v>
+      </c>
+      <c r="D35" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" s="17"/>
+      <c r="B36" s="18" t="s">
+        <v>278</v>
+      </c>
+      <c r="C36" s="18">
+        <v>103</v>
+      </c>
+      <c r="D36" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" s="19" t="s">
+        <v>279</v>
+      </c>
+      <c r="B37" s="18" t="s">
+        <v>280</v>
+      </c>
+      <c r="C37" s="18">
+        <v>247</v>
+      </c>
+      <c r="D37" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" s="19"/>
+      <c r="B38" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C38" s="18">
+        <v>91</v>
+      </c>
+      <c r="D38" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" s="19"/>
+      <c r="B39" s="18" t="s">
+        <v>281</v>
+      </c>
+      <c r="C39" s="18">
+        <v>30</v>
+      </c>
+      <c r="D39" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" s="19"/>
+      <c r="B40" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="C40" s="18">
+        <v>3</v>
+      </c>
+      <c r="D40" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" s="19"/>
+      <c r="B41" s="18" t="s">
+        <v>283</v>
+      </c>
+      <c r="C41" s="18">
+        <v>62</v>
+      </c>
+      <c r="D41" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" s="19"/>
+      <c r="B42" s="18" t="s">
+        <v>280</v>
+      </c>
+      <c r="C42" s="18">
+        <v>125</v>
+      </c>
+      <c r="D42" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" s="17" t="s">
+        <v>284</v>
+      </c>
+      <c r="B43" s="18" t="s">
+        <v>235</v>
+      </c>
+      <c r="C43" s="18">
+        <v>71</v>
+      </c>
+      <c r="D43" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" s="17"/>
+      <c r="B44" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="C44" s="18">
+        <v>46</v>
+      </c>
+      <c r="D44" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" s="17"/>
+      <c r="B45" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="C45" s="18">
+        <v>246</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" s="17"/>
+      <c r="B46" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C46" s="18">
+        <v>38</v>
+      </c>
+      <c r="D46" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" s="17"/>
+      <c r="B47" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47" s="18">
+        <v>65</v>
+      </c>
+      <c r="D47" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" s="17"/>
+      <c r="B48" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="C48" s="18">
+        <v>53</v>
+      </c>
+      <c r="D48" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" s="17"/>
+      <c r="B49" s="18" t="s">
+        <v>239</v>
+      </c>
+      <c r="C49" s="18">
+        <v>161</v>
+      </c>
+      <c r="D49" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" s="17"/>
+      <c r="B50" s="18" t="s">
+        <v>286</v>
+      </c>
+      <c r="C50" s="18">
+        <v>228</v>
+      </c>
+      <c r="D50" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" s="17"/>
+      <c r="B51" s="18" t="s">
+        <v>287</v>
+      </c>
+      <c r="C51" s="18">
+        <v>1</v>
+      </c>
+      <c r="D51" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" s="17"/>
+      <c r="B52" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="C52" s="18">
+        <v>81</v>
+      </c>
+      <c r="D52" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" s="17"/>
+      <c r="B53" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C53" s="18">
+        <v>376</v>
+      </c>
+      <c r="D53" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" s="17"/>
+      <c r="B54" s="18" t="s">
+        <v>240</v>
+      </c>
+      <c r="C54" s="18">
+        <v>116</v>
+      </c>
+      <c r="D54" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" s="17" t="s">
+        <v>288</v>
+      </c>
+      <c r="B55" s="18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C55" s="18">
+        <v>355</v>
+      </c>
+      <c r="D55" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" s="17"/>
+      <c r="B56" s="18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C56" s="18">
+        <v>414</v>
+      </c>
+      <c r="D56" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" s="17"/>
+      <c r="B57" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C57" s="18">
+        <v>45</v>
+      </c>
+      <c r="D57" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" s="17"/>
+      <c r="B58" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C58" s="18">
+        <v>513</v>
+      </c>
+      <c r="D58" s="18" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" s="17"/>
+      <c r="B59" s="18" t="s">
+        <v>119</v>
+      </c>
+      <c r="C59" s="18">
+        <v>120</v>
+      </c>
+      <c r="D59" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" s="17"/>
+      <c r="B60" s="18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C60" s="18">
+        <v>500</v>
+      </c>
+      <c r="D60" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" s="17"/>
+      <c r="B61" s="18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C61" s="18">
+        <v>100</v>
+      </c>
+      <c r="D61" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" s="17"/>
+      <c r="B62" s="18" t="s">
+        <v>289</v>
+      </c>
+      <c r="C62" s="18">
+        <v>69</v>
+      </c>
+      <c r="D62" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" s="17"/>
+      <c r="B63" s="18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C63" s="18">
+        <v>869</v>
+      </c>
+      <c r="D63" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" s="17"/>
+      <c r="B64" s="18" t="s">
+        <v>231</v>
+      </c>
+      <c r="C64" s="18">
+        <v>74</v>
+      </c>
+      <c r="D64" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" s="17"/>
+      <c r="B65" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C65" s="18">
+        <v>384</v>
+      </c>
+      <c r="D65" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" s="17"/>
+      <c r="B66" s="18" t="s">
+        <v>230</v>
+      </c>
+      <c r="C66" s="18">
+        <v>264</v>
+      </c>
+      <c r="D66" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" s="17"/>
+      <c r="B67" s="18" t="s">
+        <v>290</v>
+      </c>
+      <c r="C67" s="18">
+        <v>1</v>
+      </c>
+      <c r="D67" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" s="17"/>
+      <c r="B68" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C68" s="18">
+        <v>219</v>
+      </c>
+      <c r="D68" s="18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" s="18"/>
+      <c r="B69" s="18"/>
+      <c r="C69" s="18">
+        <v>10013</v>
+      </c>
+      <c r="D69" s="18"/>
+    </row>
+  </sheetData>
+  <mergeCells count="6">
+    <mergeCell ref="A2:A23"/>
+    <mergeCell ref="A24:A26"/>
+    <mergeCell ref="A27:A36"/>
+    <mergeCell ref="A37:A42"/>
+    <mergeCell ref="A43:A54"/>
+    <mergeCell ref="A55:A68"/>
+  </mergeCells>
+  <pageMargins left="0.699305555555556" right="0.699305555555556" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:C21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A7" sqref="A7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="25" customHeight="1" outlineLevelCol="2"/>
+  <cols>
+    <col min="1" max="1" width="23.875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" customHeight="1" spans="1:3">
+      <c r="A1" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B1" s="12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C1" s="12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" customHeight="1" spans="1:3">
+      <c r="A2" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" s="11">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="3" customHeight="1" spans="1:3">
+      <c r="A3" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B3" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C3" s="11">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="4" customHeight="1" spans="1:3">
+      <c r="A4" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="B4" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C4" s="11">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="5" customHeight="1" spans="1:3">
+      <c r="A5" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C5" s="11">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="6" customHeight="1" spans="1:3">
+      <c r="A6" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C6" s="11">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="7" customHeight="1" spans="1:3">
+      <c r="A7" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C7" s="11">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="8" customHeight="1" spans="1:3">
+      <c r="A8" s="11" t="s">
+        <v>291</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C8" s="11">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="9" customHeight="1" spans="1:3">
+      <c r="A9" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="B9" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C9" s="11">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="10" customHeight="1" spans="1:3">
+      <c r="A10" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C10" s="11">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="11" customHeight="1" spans="1:3">
+      <c r="A11" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="B11" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C11" s="11">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="12" customHeight="1" spans="1:3">
+      <c r="A12" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C12" s="11">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" customHeight="1" spans="1:3">
+      <c r="A13" s="11" t="s">
+        <v>230</v>
+      </c>
+      <c r="B13" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" s="11">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" customHeight="1" spans="1:3">
+      <c r="A14" s="11" t="s">
+        <v>293</v>
+      </c>
+      <c r="B14" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" s="11">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" customHeight="1" spans="1:3">
+      <c r="A15" s="11" t="s">
+        <v>237</v>
+      </c>
+      <c r="B15" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" s="11">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="16" customHeight="1" spans="1:3">
+      <c r="A16" s="11" t="s">
+        <v>294</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" s="11">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="17" customHeight="1" spans="1:3">
+      <c r="A17" s="11" t="s">
+        <v>295</v>
+      </c>
+      <c r="B17" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" s="11">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="18" customHeight="1" spans="1:3">
+      <c r="A18" s="11" t="s">
+        <v>296</v>
+      </c>
+      <c r="B18" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C18" s="11">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="19" customHeight="1" spans="1:3">
+      <c r="A19" s="11" t="s">
+        <v>289</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" s="11">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" customHeight="1" spans="1:3">
+      <c r="A20" s="11" t="s">
+        <v>297</v>
+      </c>
+      <c r="B20" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" s="11">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" customHeight="1" spans="1:3">
+      <c r="A21" s="13" t="s">
+        <v>298</v>
+      </c>
+      <c r="B21" s="13"/>
+      <c r="C21" s="13"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A21:C21"/>
+  </mergeCells>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.511805555555556" footer="0.511805555555556"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:E19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" outlineLevelCol="4"/>
+  <cols>
+    <col min="1" max="1" width="18.25" style="9" customWidth="1"/>
+    <col min="2" max="2" width="21.25" style="9" customWidth="1"/>
+    <col min="3" max="5" width="9" style="9"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="15" customHeight="1" spans="1:5">
+      <c r="A1" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1" s="10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C1" s="10" t="s">
+        <v>92</v>
+      </c>
+      <c r="D1" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="E1" s="10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" ht="15" customHeight="1" spans="1:5">
+      <c r="A2" s="11" t="s">
+        <v>299</v>
+      </c>
+      <c r="B2" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D2" s="11">
+        <v>3</v>
+      </c>
+      <c r="E2" s="11">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" s="11"/>
+      <c r="B3" s="11"/>
+      <c r="C3" s="11"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="11"/>
+    </row>
+    <row r="4" ht="18.75" spans="1:5">
+      <c r="A4" s="11"/>
+      <c r="B4" s="11" t="s">
+        <v>291</v>
+      </c>
+      <c r="C4" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D4" s="11">
+        <v>3</v>
+      </c>
+      <c r="E4" s="11">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="5" ht="37.5" spans="1:5">
+      <c r="A5" s="11" t="s">
+        <v>300</v>
+      </c>
+      <c r="B5" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D5" s="11">
+        <v>3</v>
+      </c>
+      <c r="E5" s="11">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="6" ht="37.5" spans="1:5">
+      <c r="A6" s="11" t="s">
+        <v>301</v>
+      </c>
+      <c r="B6" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D6" s="11">
+        <v>3</v>
+      </c>
+      <c r="E6" s="11">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="7" ht="15" customHeight="1" spans="1:5">
+      <c r="A7" s="11" t="s">
+        <v>302</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>303</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D7" s="11">
+        <v>3</v>
+      </c>
+      <c r="E7" s="11">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="8" ht="18.75" spans="1:5">
+      <c r="A8" s="11"/>
+      <c r="B8" s="11" t="s">
+        <v>289</v>
+      </c>
+      <c r="C8" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D8" s="11">
+        <v>3</v>
+      </c>
+      <c r="E8" s="11">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="9" ht="18.75" spans="1:5">
+      <c r="A9" s="11"/>
+      <c r="B9" s="11" t="s">
+        <v>304</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D9" s="11">
+        <v>3</v>
+      </c>
+      <c r="E9" s="11">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="10" ht="18.75" spans="1:5">
+      <c r="A10" s="11"/>
+      <c r="B10" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="C10" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D10" s="11">
+        <v>3</v>
+      </c>
+      <c r="E10" s="11">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="11" ht="18.75" spans="1:5">
+      <c r="A11" s="11"/>
+      <c r="B11" s="11" t="s">
+        <v>305</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D11" s="11">
+        <v>3</v>
+      </c>
+      <c r="E11" s="11">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="12" ht="18.75" spans="1:5">
+      <c r="A12" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="B12" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C12" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D12" s="11">
+        <v>3</v>
+      </c>
+      <c r="E12" s="11">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="13" ht="18.75" spans="1:5">
+      <c r="A13" s="11"/>
+      <c r="B13" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="C13" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" s="11">
+        <v>3</v>
+      </c>
+      <c r="E13" s="11">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="14" ht="18.75" spans="1:5">
+      <c r="A14" s="11"/>
+      <c r="B14" s="11" t="s">
+        <v>237</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" s="11">
+        <v>3</v>
+      </c>
+      <c r="E14" s="11">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15" ht="18.75" spans="1:5">
+      <c r="A15" s="11"/>
+      <c r="B15" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C15" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" s="11">
+        <v>3</v>
+      </c>
+      <c r="E15" s="11">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16" ht="18.75" spans="1:5">
+      <c r="A16" s="11" t="s">
+        <v>307</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" s="11">
+        <v>3</v>
+      </c>
+      <c r="E16" s="11">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="17" ht="18.75" spans="1:5">
+      <c r="A17" s="11"/>
+      <c r="B17" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" s="11">
+        <v>3</v>
+      </c>
+      <c r="E17" s="11">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="18" ht="18.75" spans="1:5">
+      <c r="A18" s="11"/>
+      <c r="B18" s="11" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D18" s="11">
+        <v>3</v>
+      </c>
+      <c r="E18" s="11">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="19" ht="37.5" spans="1:5">
+      <c r="A19" s="11" t="s">
+        <v>308</v>
+      </c>
+      <c r="B19" s="11" t="s">
+        <v>309</v>
+      </c>
+      <c r="C19" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" s="11">
+        <v>3</v>
+      </c>
+      <c r="E19" s="11">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="8">
+    <mergeCell ref="A2:A4"/>
+    <mergeCell ref="A7:A11"/>
+    <mergeCell ref="A12:A15"/>
+    <mergeCell ref="A16:A18"/>
+    <mergeCell ref="B2:B3"/>
+    <mergeCell ref="C2:C3"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="E2:E3"/>
+  </mergeCells>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.511805555555556" footer="0.511805555555556"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:E21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B15" sqref="B15"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" outlineLevelCol="4"/>
+  <cols>
+    <col min="1" max="1" width="12" customWidth="1"/>
+    <col min="2" max="2" width="19.125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="18.75" spans="1:5">
+      <c r="A1" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="B1" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="C1" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="E1" s="7" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2" ht="18.75" spans="1:5">
+      <c r="A2" s="8" t="s">
+        <v>310</v>
+      </c>
+      <c r="B2" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D2" s="8">
+        <v>3</v>
+      </c>
+      <c r="E2" s="8">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="3" ht="18.75" spans="1:5">
+      <c r="A3" s="8"/>
+      <c r="B3" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="C3" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D3" s="8">
+        <v>3</v>
+      </c>
+      <c r="E3" s="8">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4" ht="18.75" spans="1:5">
+      <c r="A4" s="8"/>
+      <c r="B4" s="8" t="s">
+        <v>312</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D4" s="8">
+        <v>3</v>
+      </c>
+      <c r="E4" s="8">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5" ht="18.75" spans="1:5">
+      <c r="A5" s="8"/>
+      <c r="B5" s="8" t="s">
+        <v>304</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D5" s="8">
+        <v>3</v>
+      </c>
+      <c r="E5" s="8">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" ht="18.75" spans="1:5">
+      <c r="A6" s="8" t="s">
+        <v>313</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>314</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D6" s="8">
+        <v>3</v>
+      </c>
+      <c r="E6" s="8">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" ht="18.75" spans="1:5">
+      <c r="A7" s="8"/>
+      <c r="B7" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D7" s="8">
+        <v>3</v>
+      </c>
+      <c r="E7" s="8">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" ht="18.75" spans="1:5">
+      <c r="A8" s="8"/>
+      <c r="B8" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D8" s="8">
+        <v>3</v>
+      </c>
+      <c r="E8" s="8">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" ht="18.75" spans="1:5">
+      <c r="A9" s="8"/>
+      <c r="B9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D9" s="8">
+        <v>3</v>
+      </c>
+      <c r="E9" s="8">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" ht="18.75" spans="1:5">
+      <c r="A10" s="8"/>
+      <c r="B10" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D10" s="8">
+        <v>3</v>
+      </c>
+      <c r="E10" s="8">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="11" ht="18.75" spans="1:5">
+      <c r="A11" s="8"/>
+      <c r="B11" s="8" t="s">
+        <v>315</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D11" s="8">
+        <v>3</v>
+      </c>
+      <c r="E11" s="8">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="12" ht="18.75" spans="1:5">
+      <c r="A12" s="8" t="s">
+        <v>316</v>
+      </c>
+      <c r="B12" s="8" t="s">
+        <v>230</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D12" s="8">
+        <v>3</v>
+      </c>
+      <c r="E12" s="8">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="13" ht="18.75" spans="1:5">
+      <c r="A13" s="8"/>
+      <c r="B13" s="8" t="s">
+        <v>231</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" s="8">
+        <v>3</v>
+      </c>
+      <c r="E13" s="8">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="14" ht="18.75" spans="1:5">
+      <c r="A14" s="8"/>
+      <c r="B14" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D14" s="8">
+        <v>3</v>
+      </c>
+      <c r="E14" s="8">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="15" ht="18.75" spans="1:5">
+      <c r="A15" s="8"/>
+      <c r="B15" s="8" t="s">
+        <v>305</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D15" s="8">
+        <v>3</v>
+      </c>
+      <c r="E15" s="8">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="16" ht="18.75" spans="1:5">
+      <c r="A16" s="8" t="s">
+        <v>317</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" s="8">
+        <v>3</v>
+      </c>
+      <c r="E16" s="8">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="17" ht="18.75" spans="1:5">
+      <c r="A17" s="8"/>
+      <c r="B17" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" s="8">
+        <v>3</v>
+      </c>
+      <c r="E17" s="8">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="18" ht="18.75" spans="1:5">
+      <c r="A18" s="8"/>
+      <c r="B18" s="8" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D18" s="8">
+        <v>3</v>
+      </c>
+      <c r="E18" s="8">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" ht="18.75" spans="1:5">
+      <c r="A19" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="B19" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D19" s="8">
+        <v>2</v>
+      </c>
+      <c r="E19" s="8">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="20" ht="18.75" spans="1:5">
+      <c r="A20" s="8"/>
+      <c r="B20" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" s="8">
+        <v>2</v>
+      </c>
+      <c r="E20" s="8">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="21" ht="18.75" spans="1:5">
+      <c r="A21" s="8"/>
+      <c r="B21" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" s="8">
+        <v>2</v>
+      </c>
+      <c r="E21" s="8">
+        <v>219</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A2:A5"/>
+    <mergeCell ref="A6:A11"/>
+    <mergeCell ref="A12:A15"/>
+    <mergeCell ref="A16:A18"/>
+    <mergeCell ref="A19:A21"/>
+  </mergeCells>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.511805555555556" footer="0.511805555555556"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:D16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B17" sqref="B17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" outlineLevelCol="3"/>
+  <cols>
+    <col min="1" max="1" width="23.625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="37.5" spans="1:4">
+      <c r="A1" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="B1" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="C1" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="D1" s="3" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="2" ht="18.75" spans="1:4">
+      <c r="A2" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" s="4">
+        <v>858</v>
+      </c>
+      <c r="C2" s="5"/>
+      <c r="D2" s="4">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="3" ht="18.75" spans="1:4">
+      <c r="A3" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="B3" s="4">
+        <v>93</v>
+      </c>
+      <c r="C3" s="5"/>
+      <c r="D3" s="4">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="4" ht="18.75" spans="1:4">
+      <c r="A4" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="4">
+        <v>178</v>
+      </c>
+      <c r="C4" s="4">
+        <v>50</v>
+      </c>
+      <c r="D4" s="4">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="5" ht="18.75" spans="1:4">
+      <c r="A5" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" s="4">
+        <v>47</v>
+      </c>
+      <c r="C5" s="4">
+        <v>35</v>
+      </c>
+      <c r="D5" s="4">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="6" ht="18.75" spans="1:4">
+      <c r="A6" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B6" s="4">
+        <v>43</v>
+      </c>
+      <c r="C6" s="5"/>
+      <c r="D6" s="4">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" ht="18.75" spans="1:4">
+      <c r="A7" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="B7" s="4">
+        <v>87</v>
+      </c>
+      <c r="C7" s="5"/>
+      <c r="D7" s="4">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8" ht="18.75" spans="1:4">
+      <c r="A8" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B8" s="4">
+        <v>136</v>
+      </c>
+      <c r="C8" s="5"/>
+      <c r="D8" s="4">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="9" ht="18.75" spans="1:4">
+      <c r="A9" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="B9" s="4">
+        <v>48</v>
+      </c>
+      <c r="C9" s="5"/>
+      <c r="D9" s="4">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10" ht="18.75" spans="1:4">
+      <c r="A10" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="B10" s="4">
+        <v>105</v>
+      </c>
+      <c r="C10" s="5"/>
+      <c r="D10" s="4">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="11" ht="18.75" spans="1:4">
+      <c r="A11" s="4" t="s">
+        <v>322</v>
+      </c>
+      <c r="B11" s="4">
+        <v>36</v>
+      </c>
+      <c r="C11" s="5"/>
+      <c r="D11" s="4">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" ht="18.75" spans="1:4">
+      <c r="A12" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="B12" s="4">
+        <v>80</v>
+      </c>
+      <c r="C12" s="5"/>
+      <c r="D12" s="4">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="13" ht="18.75" spans="1:4">
+      <c r="A13" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="B13" s="4">
+        <v>99</v>
+      </c>
+      <c r="C13" s="5"/>
+      <c r="D13" s="4">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="14" ht="18.75" spans="1:4">
+      <c r="A14" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="B14" s="4">
+        <v>48</v>
+      </c>
+      <c r="C14" s="5"/>
+      <c r="D14" s="4">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="15" ht="18.75" spans="1:4">
+      <c r="A15" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="B15" s="4">
+        <v>44</v>
+      </c>
+      <c r="C15" s="5"/>
+      <c r="D15" s="4">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" ht="21.75" customHeight="1" spans="1:4">
+      <c r="A16" s="6"/>
+      <c r="B16" s="4">
+        <v>1902</v>
+      </c>
+      <c r="C16" s="5">
+        <v>85</v>
+      </c>
+      <c r="D16" s="4">
+        <v>1987</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.511805555555556" footer="0.511805555555556"/>
+  <headerFooter/>
+</worksheet>
+</file>