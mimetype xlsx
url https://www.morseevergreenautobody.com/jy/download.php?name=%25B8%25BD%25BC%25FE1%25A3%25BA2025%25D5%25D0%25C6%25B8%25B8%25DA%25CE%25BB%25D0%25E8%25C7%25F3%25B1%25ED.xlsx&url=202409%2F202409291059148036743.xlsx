--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -14,28 +14,4413 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView windowWidth="19200" windowHeight="8110"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1 " sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'sheet1 '!$2:$375</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'sheet1 '!$2:$2</definedName>
   </definedNames>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1731" uniqueCount="622">
+  <si>
+    <t>山东黄金集团招聘岗位需求表</t>
+  </si>
+  <si>
+    <t>序号</t>
+  </si>
+  <si>
+    <t>单位名称</t>
+  </si>
+  <si>
+    <t>单位简介</t>
+  </si>
+  <si>
+    <t>招聘
+计划</t>
+  </si>
+  <si>
+    <t>岗位</t>
+  </si>
+  <si>
+    <t>数量</t>
+  </si>
+  <si>
+    <t>工作职责</t>
+  </si>
+  <si>
+    <t>学历</t>
+  </si>
+  <si>
+    <t>专业</t>
+  </si>
+  <si>
+    <t>工作地点</t>
+  </si>
+  <si>
+    <t>联系人及
+报名邮箱</t>
+  </si>
+  <si>
+    <t>备注</t>
+  </si>
+  <si>
+    <t>山东黄金矿业（莱州）有限公司三山岛金矿</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金矿业（莱州）有限公司三山岛金矿（以下简称三山岛金矿）位于莱州市三山岛特别工业区—环渤海经济圈的黄金地带，是山东黄金集团旗下的主力矿山，亚洲同行业生产规模最大、机械化程度最高的地下单体开采黄金矿山，也是世界级黄金资源和黄金采选基地之一。
+    三山岛金矿于1978年开工建设，1989年建成投产。31年来累计生产黄金114吨，营业收入264亿元，实现利税82亿元，成为累计产金过百吨用时最短的黄金矿山。三山岛金矿秉承“平安山金、生态山金、活力山金、人文山金”的发展理念，将数字化转型作为新旧动能转换的重要手段，斥资5亿元，建成“国际一流示范矿山”，与全球矿业共享智能智慧，围绕矿石流和业务流，将5G、大数据、云计算、人工智能等前沿技术融入传统产业，为矿山企业开辟了一条可借鉴的数字发展之路。
+    三山岛金矿黄金储备雄厚，已探明西岭黄金储量580吨，首批成为国家级绿色矿山，在产金报国的道路上尽显大矿担当。</t>
+  </si>
+  <si>
+    <t>地质技术员</t>
+  </si>
+  <si>
+    <t>1.负责原始地质资料的综合工作，进行原始地质编录；
+2.负责采场两率管理工作，图件的提交和设计、审核；
+3.定期进行地下水监测，包括涌水量、水位、水温及水文地质取样等工作。</t>
+  </si>
+  <si>
+    <t>本科及以上</t>
+  </si>
+  <si>
+    <t>地质学类、地质类、矿业类等相关专业</t>
+  </si>
+  <si>
+    <t>山东省莱州市</t>
+  </si>
+  <si>
+    <t>联系人：谢汶朋
+联系电话：18300535056 
+座机：0535-2780210
+报名邮箱：
+ssdzp@sd-gold.com</t>
+  </si>
+  <si>
+    <t>测量技术员</t>
+  </si>
+  <si>
+    <t>1.负责井巷工程的测量工作及平面图、剖面图及纵投影图的绘制工作；
+2.负责井巷工程收图原始数据库及立体模型的建立工作；
+3.负责地表工程的施工放线工作，地表沉陷区域、滑坡、尾矿库的监测测量工作。</t>
+  </si>
+  <si>
+    <t>测绘类、地理信息科学等相关专业</t>
+  </si>
+  <si>
+    <t>采矿技术员</t>
+  </si>
+  <si>
+    <t>1.负责分管区域采场分层回采设计和修改设计外的所有设计；
+2.负责分管区域采掘工程的现场管理，采掘工程验收工作；
+3.采掘工程进度与质量，及时掌握采充平衡情况。</t>
+  </si>
+  <si>
+    <t>采矿工程、矿物加工工程、矿物资源工程、智能采矿工程等相关专业</t>
+  </si>
+  <si>
+    <t>选矿技术员</t>
+  </si>
+  <si>
+    <t>1.负责生产流程的巡检及工艺考核工作；
+2.负责工艺流程改造初步设计及流程调试工作；
+3.制定选矿车间岗位工人选矿技术培训计划及实施办法。</t>
+  </si>
+  <si>
+    <t>矿业类、冶金工程、金属材料工程、材料科学与工程等相关专业</t>
+  </si>
+  <si>
+    <t>机电技术员</t>
+  </si>
+  <si>
+    <t>1.负责机械、电气设备安装、调试、运行、维护、维修、检测；
+2.负责落实材料、备件储备和质量，机械设备、备件计划的平衡、审核和提报；
+3.负责供配电及电气安装方面的相关工作及项目的计划、执行和控制。</t>
+  </si>
+  <si>
+    <t>机械类、电气类、材料类等相关专业</t>
+  </si>
+  <si>
+    <t>安全技术员</t>
+  </si>
+  <si>
+    <t>1.负责每天深入现场进行安全隐患排查，监督各单位履行安全生产职责，对发现的问题制定整改措施；
+2.负责组织建立并落实安全风险分级管控和隐患排查治理双重预防工作机制；
+3.建立健全完善安全生产、环境保护、职业健康管理制度，并负责组织执行、实施相关制度和操作规程。</t>
+  </si>
+  <si>
+    <t>安全科学与工程类、环境科学与工程类、矿业类、电气类等相关专业</t>
+  </si>
+  <si>
+    <t>会计专员</t>
+  </si>
+  <si>
+    <t>1.办理日常报销业务，审核原始单据、编制记帐凭证、控制费用支出；
+2.负责成本核算、原材料的核算、物流管理信息系统的管理以及计入成本的零星工程的核算；
+3.负责会计凭证、明细账、总账等会计业务的记帐工作。</t>
+  </si>
+  <si>
+    <t>工商管理类、经济学类、财政学类、金融学类、统计学类等相关专业</t>
+  </si>
+  <si>
+    <t>医生</t>
+  </si>
+  <si>
+    <t>1.负责病员的诊治，危重患者转科或人院及疑难病例的会诊和抢救；
+2.参加日常检验工作，搞好质量控制，参与医院的总值班。</t>
+  </si>
+  <si>
+    <t>临床医学类、中西医结合类、医学技术类、公共卫生与预防医学、药学类等有关专业</t>
+  </si>
+  <si>
+    <t>井下操作工</t>
+  </si>
+  <si>
+    <t>1.负责设备日常维修、保养、维护、检查工作；
+2.负责使用设备的维护和保养工作；
+3.严格执行岗位安全操作规程，确保安全生产。</t>
+  </si>
+  <si>
+    <t>不限</t>
+  </si>
+  <si>
+    <t>井上操作工</t>
+  </si>
+  <si>
+    <t>1.执行设备操作规程，正确操作设备；
+2.执行工艺操作标准，确保指标的完成；
+3.负责精心维护和保养设备，确保安全生产。</t>
+  </si>
+  <si>
+    <t>山东黄金矿业（莱州）有限公司焦家金矿</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    焦家金矿始建于1975年，1980年建成投产，隶属山东黄金集团，是国内外著名的“焦家式”金矿床的典型代表，属破碎带蚀变岩型金矿床。矿山开采采用中央竖井和两翼风井的开拓方式，采矿方法主要采用充填采矿法，选矿采用三段一闭路破碎工艺和磨矿分级浮选工艺。2017年10月23日，成为国内首家累计产金突破一百吨的地下开采矿山。2022年，年产金突破10吨，跃居全国第一大产金矿山。
+    焦家金矿先后获得“全国黄金行业先进集体”“绿色矿山数字化建设试点单位”“国家二级企业”“中国黄金生产十大矿山”“中国黄金经济效益十佳矿山”“国家级绿色矿山”“中国企业文化建设优秀单位”“山东省自主创新模范企业”“中国专利山东明星企业（二星）”等众多荣誉称号。</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="宋体"/>
+        <charset val="134"/>
+      </rPr>
+      <t>联系人：王健
+联系电话：15269565076
+座机：0535-</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="宋体"/>
+        <charset val="134"/>
+      </rPr>
+      <t xml:space="preserve">2738001 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="宋体"/>
+        <charset val="134"/>
+      </rPr>
+      <t xml:space="preserve">  
+报名邮箱: jiaojiajinkuanghr@sd-gold.com</t>
+    </r>
+  </si>
+  <si>
+    <t>环保技术员</t>
+  </si>
+  <si>
+    <t>1.负责公司环境保护的监督检查工作；
+2.负责月度检测报告接收和上报，水质、大气、噪声、土壤监测等工作；
+3.负责环保相关材料及档案收集、整理、完善、补充。</t>
+  </si>
+  <si>
+    <t>环境科学与工程类、安全工程、资源循环科学与工程、生物科学类等相关专业</t>
+  </si>
+  <si>
+    <t>审计专员</t>
+  </si>
+  <si>
+    <t>1.负责公司整体风控控制，提出相关的专业意见；
+2.内控审计、评价全矿内部控制运行情况并提出改进建议等工作。</t>
+  </si>
+  <si>
+    <t>矿业类、统计学类、工商管理类、经济学类、财务管理类、土木类等相关专业</t>
+  </si>
+  <si>
+    <t>化学分析技术员</t>
+  </si>
+  <si>
+    <t>1.负责全矿生产样、地质样、实验样的制备与化验；
+2.负责整理化验台帐；
+3.对化验设备进行日常维护。</t>
+  </si>
+  <si>
+    <t>化学类、矿业类、化工与制药类、材料类、冶金工程等相关专业</t>
+  </si>
+  <si>
+    <t>1.负责隐患排查治理工作，贯彻事故隐患整改制度，协助和督促有关部门对查出的隐患制定防范措施，检查隐患整改工作；
+2.监督检查安全管理制度的执行情况。</t>
+  </si>
+  <si>
+    <t>物资设备管理员</t>
+  </si>
+  <si>
+    <t>1.计划采购全流程管理、供应链系统的协调运维工作；
+2.设备投资计划汇总、组织审核、提报、设备采购技术要求编制、组织审核、电商平台设备采购。</t>
+  </si>
+  <si>
+    <t>机械类、电气类、机电一体化等相关专业</t>
+  </si>
+  <si>
+    <t>党建专员</t>
+  </si>
+  <si>
+    <t>1.负责会议安排、记录与督办、落实；
+2.党组织关系转移、党的文件传递、材料归档、党员教育与发展工作。
+3.组织起草工作报告、工作总结、汇报材料等工作。</t>
+  </si>
+  <si>
+    <t>政治学类、中国语言文学类、马克思主义理论类、哲学类、教育学类等相关专业</t>
+  </si>
+  <si>
+    <t>人力资源专员</t>
+  </si>
+  <si>
+    <t>1.负责人力资源相关工作；
+2.负责日常报表的统计和上报工作。</t>
+  </si>
+  <si>
+    <t>中国语言文学类、公共管理类、工商管理类、经济学类、金融学类、法学类等相关专业</t>
+  </si>
+  <si>
+    <t>会计</t>
+  </si>
+  <si>
+    <t>1.负责办理日常报销业务，审核原始单据、编制记账凭证、控制费用支出；
+2.负责成本核算及各类财务信息系统的管理；
+3.负责会计凭证、明细账、总账等会计业务的管理工作。</t>
+  </si>
+  <si>
+    <t>工商管理类、会计、审计、统计、经济学、金融学类等相关专业</t>
+  </si>
+  <si>
+    <t>法务专员</t>
+  </si>
+  <si>
+    <t>1.协助企业法律顾问起草或组织审查企业的重要规章制度，审核企业合同并对其进行归档管理；
+2.开展与企业生产经营相关的法律咨询、培训和宣传等工作。</t>
+  </si>
+  <si>
+    <t>法学类、政治学类、哲学类等相关专业</t>
+  </si>
+  <si>
+    <t>企业管理员</t>
+  </si>
+  <si>
+    <t>1.负责编制月度、年度统计报表；
+2.负责统计资料的管理；
+3.负责完成各项定期不定期统计调查任务。</t>
+  </si>
+  <si>
+    <t>中国语言文学类、工商管理类、统计学类、经济学类、档案学类、法学类、经济与贸易类、外国语言文学类等相关专业</t>
+  </si>
+  <si>
+    <t>1.执行设备操作规程，正确操作设备；
+2.执行工艺操作标准，确保指标的完成；
+3.负责设备维护和保养，确保安全生产。</t>
+  </si>
+  <si>
+    <t>1.负责设备日常维修、保养、维护、检查工作；
+2.严格执行岗位安全操作规程，确保安全生产。</t>
+  </si>
+  <si>
+    <t>山东黄金矿业（玲珑）有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金矿业（玲珑）有限公司，原名招远金矿，位于招远市与龙口市交界处的罗山东麓玲珑金矿田中心，主要从事金矿石采选，开采方式为地下开采，最终产品为金精矿。
+    矿山采金历史悠久，早在春秋时期就有采金活动，最早史料记载可追溯至宋朝真宗年间（公元1007年）。之后，历朝历代都派人到玲珑督办采金。抗日战争期间，玲珑人在党的带领下反抗侵略，“十三万两黄金送延安”被广为传颂。
+    1962年7月，矿山进行重新组建，先后隶属于山东省重工业厅、山东冶金工业局、国家冶金工业部，1988年1月改为省属大型二类国有企业，1997年7月成为山东黄金集团的核心企业之一。玲珑金矿充分继承和发扬红色基因，累计产金率先突破100万两、200万两、300万两，并于2017年成为国内首个产金突破100吨的单体黄金矿山。目前辖有玲珑、灵山2个系统，4个分矿，连续多年入选“中国黄金生产十大矿山”和“中国黄金经济效益十佳矿山”，素有“亚洲第一大金矿”和“金城明珠”之美誉。</t>
+  </si>
+  <si>
+    <t>山东省招远市</t>
+  </si>
+  <si>
+    <t>联系人：曹福鹏、温馨
+联系电话：18561027029；
+座机：0535-8369233
+报名邮箱: linglongjinkuanghr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.组织安全生产部专业级隐患排查治理工作，贯彻事故隐患整改制度，协助和督促有关部门对查出的隐患制定防范措施，检查隐患整改工作；
+2.监督检查安全管理制度的执行情况。</t>
+  </si>
+  <si>
+    <t>工程管理技术员</t>
+  </si>
+  <si>
+    <t>1.负责公司的基建、技改工程建设活动及设施进行规划、建设等工作；
+2.负责组织基建、技改工程项目设计审查和方案论证；
+3.负责公司建设工程项目计划的组织实施与日常监督。</t>
+  </si>
+  <si>
+    <t>土木类、建筑类、管理科学与工程类、机械类、矿业类、安全科学与工程类、电气类等相关专业</t>
+  </si>
+  <si>
+    <t>文秘专员</t>
+  </si>
+  <si>
+    <t>1.负责组织起草领导讲话、工作报告、工作总结、汇报材料等文字材料；
+2.做好文件收发、印章使用、证照管理、资料归档等工作。</t>
+  </si>
+  <si>
+    <t>中国语言文学类、新闻传播学类、政治学类、教育学类、法学类、哲学类、马克思主义理论类、工商管理类等相关专业</t>
+  </si>
+  <si>
+    <t>1.负责资金收付管理；
+2.负责现金流量、内部销售表以及资金预算的上报，确保资金使用的规范性；
+3.负责记账凭证填制、整理工作；
+4.负责月末提取、折旧、摊销凭证编制，负责明细账、总账的编制和登记工作。</t>
+  </si>
+  <si>
+    <t>财务、物资、风险、内控等审计工作。</t>
+  </si>
+  <si>
+    <t>1.负责患者的医疗工作，担任住院、门诊、急诊的值班工作；
+2.负责书写病历，书写患者住院期间的病程记录，及时完成出院患者的病案小结；
+3.负责参加科内查房，巡视病患，及时汇报病情。</t>
+  </si>
+  <si>
+    <t>护士</t>
+  </si>
+  <si>
+    <t>1.负责床头交接班，分管负责患者各项基础护理工作；
+2.负责注射治疗，发放药物和标本，做好更换被服，做好定时通风消毒隔离；
+3.负责巡视病房，观察病情，记录出入量，监测生命体征，参加护理查房，整理病例。</t>
+  </si>
+  <si>
+    <t>护理学</t>
+  </si>
+  <si>
+    <t>1.负责设备日常维修、保养、维护、检查工作；
+2.负责使用设备的维护使用和保养工作；
+3.严格执行岗位安全操作规程，确保安全生产。</t>
+  </si>
+  <si>
+    <t>山东黄金矿业股份有限公司新城金矿</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金矿业股份有限公司新城金矿地处胶东半岛渤海湾畔，矿山始建于1975年，1980年竣工投产，1989年进行二期改扩建工程建设，是一座具有采选综合生产能力的国家大型黄金矿山。2003年，以新城金矿为主体的“山东黄金”股票在上交所成功上市，给企业带来更大的发展空间。
+   新城金矿是全国矿山企业中唯一的“国家环境友好企业”，并跻身“中国黄金生产十大矿山”“中国黄金经济效益十佳矿山”，成为黄金行业的佼佼者。矿山获得“全国黄金行业先进集体”“全国黄金行业科技先进集体”“首届全国资源合理利用先进矿山企业”、首批“国家级绿色矿山”“全国矿产资源节约与综合利用先进适用技术推广应用示范矿山”“绿色矿山突出贡献奖”“中国黄金行业最佳绿色环保奖”“山东省安全生产应急管理示范点”“山东省劳动关系和谐企业”“山东省富民兴鲁劳动奖状”等荣誉。</t>
+  </si>
+  <si>
+    <t>1.负责井下采掘作业单体设计及日常的安全、技术、生产协调管理工作；
+2.检查、督促井下质量管理及落实情况。</t>
+  </si>
+  <si>
+    <t>联系人：庄岩
+联系电话：18553503358
+座机：0535-2698137
+报名邮箱:
+xcjkrlzyb@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责编制地质探矿设计，提交探矿地质报告；
+2.负责分管区段作业面的现场指导和工程验收。</t>
+  </si>
+  <si>
+    <t>1.做好矿山测量和现场施工指导工作；
+2.及时提供各种图纸资料和数据，为生产计划的编排和安全生产提供可靠的依据。</t>
+  </si>
+  <si>
+    <t>1.负责组织安全生产部专业级隐患排查治理工作；
+2.负责监督检查安全管理制度的执行情况。</t>
+  </si>
+  <si>
+    <t>1.负责日常电气维护工作，及时跟进设备故障处理和检修情况，确保分矿内所有电气设备设施安全有序作业；
+2.参与电气设备的备品备件及消耗性材料的使用统计。</t>
+  </si>
+  <si>
+    <t>信息化专员</t>
+  </si>
+  <si>
+    <t>1.负责办公设备软硬件系统的日常维护管理；
+2.负责网络规划和网络运行安全管理。</t>
+  </si>
+  <si>
+    <t>计算机类、管理科学与工程类、电子信息类、自动化类等相关专业</t>
+  </si>
+  <si>
+    <t>1.负责选矿流程设计和工艺改进；
+2.负责选矿资料管理等工作。</t>
+  </si>
+  <si>
+    <t>负责公司法律、合同审批等相关工作。</t>
+  </si>
+  <si>
+    <t>工会管理员</t>
+  </si>
+  <si>
+    <t>1.负责贯彻执行有关工会、共青团工作的法律、法规、规章和政策，组织干部职工学习党的方针政策、群团工作职责；
+2.负责组织动员广大干部职工协助行政、党委完成各项工作。</t>
+  </si>
+  <si>
+    <t>中国语言文学类、体育学类、音乐与舞蹈学类、艺术类及相关专业</t>
+  </si>
+  <si>
+    <t>人力资源管理专员</t>
+  </si>
+  <si>
+    <t>1.负责记账，会计报表，协助办理税务报表申报；
+2.协助财务账簿的准备、归档和保管；
+3.审核原始凭证，编制记账凭证，及时登记各类账簿；
+4.办理其他有关财会事务，做好文书及日常事务工作。</t>
+  </si>
+  <si>
+    <t>采购专员</t>
+  </si>
+  <si>
+    <t>1.负责管理采购合同及维护经销商资料；
+2.负责采购订单的登记及跟踪工作等。</t>
+  </si>
+  <si>
+    <t>工商管理类、物流管理与工程类、国际经济与贸易、电子商务类等相关专业</t>
+  </si>
+  <si>
+    <t>宣传专员</t>
+  </si>
+  <si>
+    <t>1.负责组织起草领导讲话、工作报告、工作总结、汇报材料等文字材料；
+2.做好文件收发、印章使用、证照管理、资料归档等工作；
+3.负责公司企业文化建设、宣传等工作。</t>
+  </si>
+  <si>
+    <t>中国语言文学类、戏剧与影视学类、设计学类、新闻传播学类等相关专业</t>
+  </si>
+  <si>
+    <t>1.负责完善企业管理制度，监督考核企业各项管理工作；
+2.负责全矿考核管理并做好考核分析和统计，每月汇总各类考核资料，形成考核分析。</t>
+  </si>
+  <si>
+    <t>山东黄金冶炼有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金冶炼有限公司（简称黄金冶炼公司），隶属山东黄金矿业股份有限公司，地处山东省莱州市境内。以“做全国工艺技术水平最优、安全环保最佳、盈利能力最强”的黄金冶炼企业为目标，公司致力于推进各项管理与技术创新，具有从矿产资源到黄金终端产品的高端高效、节能环保的完整产业链。
+  公司始建于2000年2月，2001年7月投产，2016年7月通过存续分立方式成为独立法人企业。2010年6月1日，山东黄金矿业股份有限公司投资6.58亿元，由黄金冶炼公司承建了我国最大黄金冶炼工业项目——1200吨/天金精矿综合回收利用工程项目。该项目依托我国矿物加工工艺技术的优势，采用先进的工艺设备和自动化技术，有针对性的解决生产节能环保、矿产资源综合回收、生产废水零排放三大技术难题，形成黄金产业的循环经济发展模式，建设成为节能减排、低碳环保的绿色产业，达到了日处理金精矿1200吨，精炼能力标准黄金200吨/年、白银100吨/年的生产规模。
+  山东黄金冶炼有限公司是上海黄金交易所首批认证的全国十家“可提供标准金锭企业”之一和上海期货交易所首批金锭品牌注册企业。产品注册商标“泰山”牌，从2002年11月开始为上海黄金交易所提供标准金锭，主要的产品有为上交所提供AU99.99 的1000g、AU99.95的3000g、AU99.99的100g、50g小金条；2006年7月成为上海黄金交易所“可提供标准银锭企业”。2009年3月自主设计开发“山东黄金”品牌系列投资金、银产品在社会市场进行销售。“泰山”标准金和“山东黄金”品牌产品投放市场以来，产品合格率为100%，顾客投诉为零，顾客满意率为100%。连续多年被上海黄金交易所评为“可提供标准金锭先进企业”。
+  2010年1月14日获得伦敦金银市场协会（LBMA）优质交易锭资格，被定为国际金银市场优质产品，标志着山东黄金生产质量和规模达到国际先进水平。2016年荣获“中国国际黄金大会最佳品牌推广奖”，连续多年获得“中国黄金冶炼十大企业”、“山东省设备管理先进单位”等荣誉称号。2019荣获“山东省节水型企业”称号，并进入国家级“绿色工厂”名录。</t>
+  </si>
+  <si>
+    <t>1.负责日常生产工艺技术管理，对各工序的作业技术指导，并且进行监督检查；
+2.积极开展技术革新，不断提高工艺技术指标；
+3.负责车间金属平衡管理工作，月底平衡盘点，确保金属不流失。</t>
+  </si>
+  <si>
+    <t>联系人：裴浩
+联系电话：13396415895
+座机：0535-2697816；
+报名邮箱：
+sdhjylzp@sd-gold.com</t>
+  </si>
+  <si>
+    <t>冶炼技术员</t>
+  </si>
+  <si>
+    <t>1.负责冶炼生产技术、科技创新等相关工作；
+2.负责冶炼工艺流程优化及工艺指标的提升。</t>
+  </si>
+  <si>
+    <t>化工类、材料类、矿业类等相关专业</t>
+  </si>
+  <si>
+    <t>1.对公司设备进行维护管理，确保正常运行；
+2.按时编报月、季设备、材料计划，提供技术支持，解决相关技术难题；
+3.做好本公司机电科技创新、能源管理、节能降耗、修旧利废等工作。</t>
+  </si>
+  <si>
+    <t>1.做好取制样、生产化验、技术管理、项目攻关等工作，通过技术改革与引进，确保化验结果准确；
+2.保证生产样品、金精矿样品及合质金的内外检达到合格率。</t>
+  </si>
+  <si>
+    <t>1.负责办公网络的整体规划、建设、后期的维护、系统改造、升级工作。
+2.负责制定网络、信息系统安全措施，并组织实施。
+3.负责机房设备的管理，保证环境内消防安全、设备正常运转。</t>
+  </si>
+  <si>
+    <t>1.执行设备操作规程，正确操作设备；
+2.负责精心维护和保养设备，减少故障，确保良好的运行状态，并做好运行和保养记录，确保安全生产；
+3.执行工艺操作标准，确保指标的完成。</t>
+  </si>
+  <si>
+    <t>山东黄金电力有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金电力有限公司位于山东省莱州市金城镇，于1983年8月9日建成投运，隶属山东黄金集团有限公司，是具有独立法人资格的有限责任公司。所辖110kV变电站3座，35kV变电站26座，输配电线路全长283.6千米，年供电量最高达12亿度，担负着山东黄金集团胶东区域所属黄金矿山、精炼企业和招远、莱州共14个黄金矿山、企业的供电任务，是全国唯一专为“黄金矿山”服务的供电企业。
+  近几年，公司积极履行国有企业的政治责任、经济责任和社会责任，全方位搭建供电服务“连心桥”，先后荣获“山东省劳动关系和谐企业”“山东省健康企业”“中国电力企业联合会AAA企业信用等级”“电力安全生产标准化一级企业“等多项称号，为山东黄金集团矿业资源整合和地方经济发展提供了坚强的电力保障。</t>
+  </si>
+  <si>
+    <t>1.负责日常的电气维护工作，电气设备的维修、维护、检修及先进技术引进；
+2.参与电气设备的备品备件及维护检修消耗性材料的使用统计；
+3.负责机电设备的安装调试、日常管理、特种设备检测、设备全生命周期管理软件操作与维护等工作。</t>
+  </si>
+  <si>
+    <t>联系人：王滨船
+联系电话：13053531353
+座机：0535-2639102
+报名邮箱：dianligongsihr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责公司所属变电站、箱变（含代维站）及其变电与配电的一、二次设备的设备巡视、操作、现场管理及运行维护的工作；
+2.负责变电站遥测、遥信、遥控、遥调和遥视的安装维护工作。</t>
+  </si>
+  <si>
+    <t>山金重工有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山金重工有限公司是山东黄金矿业股份有限公司于2018年投资成立的全资子公司，规划总占地面积约22.34公顷，总建筑面积6.3万平方米，坐落于风景秀丽的莱州湾畔，是山东黄金集团“十三五”时期贯彻制造强国战略、推进供给侧结构性改革、实施新旧动能转换重大工程的重要战略布局，致力于国际高端矿山地下无轨装备和选冶装备等的研发制造和技术服务，是山东黄金莱州世界级黄金生产基地重要的产业协同板块。
+   山金重工坚持创新驱动发展战略不动摇，对标国际一流企业，瞄准行业前沿技术，以“产学研”合作推动研发制造水平不断提升，积极承担或参与国家“863”计划项目、“十二五”科技支撑计划项目、山东省重大科技创新工程、山东省企业科技创新平台等项目，目前拥有国家自主知识产权专利百余项，获得各类科技成果奖五十余项，被认定为国家“高新技术企业”。
+  进入“十四五”，山金重工抢抓“国内大循环为主体、国内国际双循环相互促进”的战略机遇，以山东黄金“进入世界500强，建成世界一流企业”的战略目标为引领，以做优做大做强矿业装备制造产业为己任，秉承“做中国品牌、让世界认可”的品牌理念和“诚信为本、客户至上、快捷高效、服务一流”的服务理念，以高端智能的优质产品推动产业链、产品链迈向中高端，矢志建设业内领先、国际一流的矿业装备制造企业，打响擦亮“山金重工”自主品牌，力争为山东省“十四五”时期建设“先进制造业强省”目标做出山东黄金新的更大贡献！"</t>
+  </si>
+  <si>
+    <t>1.负责公司无轨设备和选冶设备产品设计研发；
+2.负责工艺定额的编制、生产过程的技术支持、生产进度的统计跟踪、材料计划的及时提报；
+3.负责产品售前售中售后的技术支持和服务。</t>
+  </si>
+  <si>
+    <t>联系人：王彤
+联系电话：15864085378
+座机：0535-2736786
+报名邮箱: shanjinzhonggonghr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>山东黄金高级技工学校</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金高级技工学校于1985年由原国家冶金工业部批准成立，经过30多年发展，黄金技校已成为山东黄金行业唯一一所集员工培训、高技能后备人才培养、学历教育于一体的现代化人才培训培养基地，现已建立了涵盖集团管理人员、专业技术人员、技能工人“三支队伍”和安全生产从业人员的分类分层级的培训体系，打造了“线上+线下、校内+现场、理论+实操”的培训新平台、新模式，年均培训规模达2万人次以上，为山东黄金集团、山东省黄金行业和烟台市经济社会的高质量发展做出了突出贡献。</t>
+  </si>
+  <si>
+    <t>培训专员</t>
+  </si>
+  <si>
+    <t>1.培训计划的实施、授课等工作；
+2.带班班级资料整理及证书管理等工作；
+3.线上及线下带班任务，培训班管理工作。</t>
+  </si>
+  <si>
+    <t>电气工程及自动化、工商管理类、中国语言文学类、土木水利、环境科学与工程、交通运输等相关专业</t>
+  </si>
+  <si>
+    <t>山东省烟台市</t>
+  </si>
+  <si>
+    <t>联系人：崔莎莎
+联系电话：19953522278
+报名邮箱：
+huangjinjixiaohr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责学校对内外的宣传策划工作；
+2.负责撰写各类宣传文案、制作宣传视频、图片、音频等多媒体素材；
+3.负责策划和组织各类宣传活动。</t>
+  </si>
+  <si>
+    <t>行政专员</t>
+  </si>
+  <si>
+    <t>1.负责文件管理工作；
+2.负责组织学校内部会议和活动组织；
+3.其他行政事务。</t>
+  </si>
+  <si>
+    <t>中国语言文学类、工商管理类、新闻传播学类、档案学类、计算机类、教育学类等相关专业</t>
+  </si>
+  <si>
+    <t>山金设计咨询有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   山金设计咨询有限公司（以下简称设计咨询公司）前身为山东省烟台黄金设计研究院，1975年建院，1998年体制改革，与原山东省黄金机械厂、山东黄金集团建设工程有限公司合并重组成立了山东黄金集团烟台设计研究工程有限公司，2020年11月将机械加工板块剥离，保留设计及监理业务，于2021年2月更名为“山金设计咨询有限公司”。
+    设计咨询公司具有矿山设计、工程咨询甲级，矿山、房屋建筑工程监理甲级等资质，是一家以提供“矿业全产业链咨询服务”为主，集工程设计咨询、工程项目监理、选冶试验研究为一体的现代化国有企业。
+    长期以来，设计咨询公司立足山东黄金集团，业务范围辐射国内国际。面向国内，服务对象遍及全国三十多个省市，设计工程、项目研究多次荣获国家级、省部级重要奖项；走向国际，成功搭建起与俄罗斯、澳大利亚、秘鲁、伊朗等三十余个国家的合作桥梁，与Wagagai Mining （U） Limited、潘非洲矿业等多个公司达成战略合作。
+   “十四五”期间，设计咨询公司坚定高质量、国际化的发展方向，以高素质人才、高端化技术为支撑，以深层次改革、高水平创新为杠杆，聚力打造过硬山金设计咨询品牌，扎实推动公司实现行业化、专业化、多元化、可持续发展。
+    未来发展中，设计咨询公司愿与国内外广大合作伙伴精诚合作，共同打造国内领先、国际一流的设计咨询企业。 </t>
+  </si>
+  <si>
+    <t>矿山监理员</t>
+  </si>
+  <si>
+    <t>1.负责本专业分项工程验收及隐蔽工程验收；
+2.负责本专业监理资料的收集、汇总、整理、参与编写监理月报；
+3.负责检查进场材料、构配件；
+4.负责组织、指导、监督、监理的工作。</t>
+  </si>
+  <si>
+    <t>矿业类、地质类、测绘类等相关专业</t>
+  </si>
+  <si>
+    <t>烟台及周边项目部</t>
+  </si>
+  <si>
+    <t>联系人：王琛
+联系电话：13954511121
+报名邮箱：
+zixungongsihr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>总图技术员</t>
+  </si>
+  <si>
+    <t>1.负责矿山总图规划的咨询及设计工作；
+2.负责厂区总平面布置、道路和运输、绿化等设计工作。</t>
+  </si>
+  <si>
+    <t>交通运输类及相关专业</t>
+  </si>
+  <si>
+    <t>烟台莱山区</t>
+  </si>
+  <si>
+    <t>山金矿山工程（山东）有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山金矿山工程（山东）有限公司（以下简称“公司”）是由山东黄金绝对控股、与中铁十四局和辽宁东煤合资合作成立的公司。公司于2022年12月8日在山东莱州注册成立，注册资金为4000万元，公司拥有矿山工程施工总承包二级施工资质、施工劳务资质等许可，是一家以矿山工程施工总承包为核心业务的矿山工程建设企业，目前，公司已在省内烟台、威海等地区矿山分别设立六家采掘公司，其他地区矿山采掘公司的设立也正在筹备中。
+    公司总部下设综合管理部（含纪检、党建、人力资源、法务、审计）、安全技术部（含安全生产、生产运营和物资装备管理）、财务部三大职能管理部门，初步搭建起法人治理结构、母子公司管控模式的国有企业集团化运营体系。
+    公司业务布局涵盖母子公司管控（各矿山采掘生产作业）、矿山工程施工总承包（矿山企业地表以下、地表以上全部新建、扩建、改建等工程）、矿山单项工程（竖井、斜井、巷道、支护喷浆、充填等）、露天矿工程、选矿工程、尾矿工程、机电设备安装工程、矿山地面生产系统工程（原料仓、充填站、供配电站等）、矿山配套工程（办公楼、宿舍楼、食堂餐厅、车间厂房等）等涉及矿山企业工程项目建设的全部领域、每个环节。
+  公司严格践行山东黄金集团“平安山金、生态山金、活力山金、人文山金”发展理念，坚持“安全第一、质量为先、竭诚服务、合作共赢”的经营方针，以精细化施工战略、技术创新和人才战略、机械化和自动化及智能化战略为支撑，面向集团内部、集团外部矿山企业两大市场，优化资源配置，实施多元化战略，逐步完成技术力量、资本实力、施工经验的积累，把公司建成具有矿山工程勘察、设计、施工、爆破、监理等综合资质的现代化矿山工程施工企业，成为行业知名、极具竞争力的集团化矿山服务商，为推进山东黄金集团“进入世界500强 建成世界一流企业”的十四五战略目标落地不断奋进。</t>
+  </si>
+  <si>
+    <t>1.负责施工现场管理；
+2.参与工程验收结算。</t>
+  </si>
+  <si>
+    <t>联系人：曲冠政
+联系电话：15506588699
+报名邮箱：
+sjksgchr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>纪检专员</t>
+  </si>
+  <si>
+    <t>1.负责与上级纪检部门对接相关具体工作，报送相关文件材料；
+2.参与纪律审查工作，根据要求撰写有关工作报告；
+3.负责纪检工作相关文件、资料收集归档工作。</t>
+  </si>
+  <si>
+    <t>政治学类、法学类、工商管理类、心理学类、经济学类、马克思主义理论类、教育学类等相关专业</t>
+  </si>
+  <si>
+    <t>1.建立健全财务管理体系，负责公司日常财务业务核算；
+2.负责编制记账凭证，及对现金、报销往来票据账目的检查、审核、分类归档整理工作；
+3.负责各项财务报表编制的工作。</t>
+  </si>
+  <si>
+    <t>山东黄金金创集团有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金金创集团有限公司成立于1987年3月17日，并于2012年9月加入山东黄金，现公司由山东黄金集团（65%）、蓬莱区国资局（35%）共同持股，企业资产总额65亿元。现共有员工1400人。
+  金创集团业务主要包括黄金矿山和金银冶炼。黄金矿山板块方面，现有采矿权6个，探矿权9个，辖有大柳行金矿和金创股份公司两个矿山企业。金银冶炼板块方面，辖有一个多金属综合回收的金创冶炼公司，先后获得了中国黄金冶炼十大企业和高新技术企业、烟台市企业技术中心、烟台市瞪羚企业等荣誉。
+  金创集团始终秉持山东黄金“让尽可能多的个人和尽可能大的范围因山东黄金集团的存在而受益”的理想目标，尽可能多的为当地员工提供就业岗位，并尽最大努力让参与、支持和关心企业发展的人员与地方变得更加富裕和美好，彰显了国企担当，建立了和谐的企地关系，先后获得“烟台市经济发展标兵企业”“蓬莱市经济发展功勋企业”“烟台市安全生产工作先进单位”“蓬莱市经济发展模范企业”“道德工程建设和谐文明企业”、“先进基层党组织”“经济社会发展综合考核突出贡献企业”等荣誉称号。</t>
+  </si>
+  <si>
+    <t>1.负责各项地质管理和日常业务技术工作；
+2.负责按采掘工程验收技术标准验收采掘工程量，严把验收关。</t>
+  </si>
+  <si>
+    <t>山东蓬莱</t>
+  </si>
+  <si>
+    <t>联系人：任萌
+联系电话：13290185390
+座机：0535-3359003
+报名邮箱：
+jinchuanghr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责井下生产测量技术管理；
+2.负责与测量有关质量管理、安全管理工作。</t>
+  </si>
+  <si>
+    <t>1.负责井下采掘作业单体设计及日常的安全、技术、生产协调管理工作；
+2.负责检查、督促井下质量管理及落实情况。</t>
+  </si>
+  <si>
+    <t>硕士研究生</t>
+  </si>
+  <si>
+    <t>采矿工程专业</t>
+  </si>
+  <si>
+    <t>1.负责选矿流程设计和工艺改进；
+2.负责选矿资料管理等工作；
+3.负责生产流程现场管控和操作指导。</t>
+  </si>
+  <si>
+    <t>1.负责冶炼工艺设计和工艺改进；
+2.负责冶炼资料管理等工作；
+3.负责生产流程现场管控和操作指导。</t>
+  </si>
+  <si>
+    <t>1.负责日常的电气维护工作，确保电气设备设施安全有序的作业；
+2.负责电气设备的备品备件及维护检修消耗性材料的使用统计；
+3.负责制作电气设备台帐，及时记录设备故障处理和检修情况；
+4.负责公司机电设备的数字化改造和管理。</t>
+  </si>
+  <si>
+    <t>1.负责日常样品化验及化验分析工作；
+2.及时准确填写化验原始记录和出具化验报告单；
+3.定期做好仪器的维护保养工作；
+4.负责化验方法的研究与探索。</t>
+  </si>
+  <si>
+    <t>建设工程技术员</t>
+  </si>
+  <si>
+    <t>1.负责施工现场管理、参与工程招投标；
+2.负责对工程项目进行验收；
+3.负责公司建设工程项目计划的组织实施与日常监督。</t>
+  </si>
+  <si>
+    <t>土木类、建筑类、管理科学与工程类、机械工程等相关专业</t>
+  </si>
+  <si>
+    <t>水文地质技术员</t>
+  </si>
+  <si>
+    <t>1.负责矿井水文地质工作，掌握水文动态及时提供水情和探水、防治水措施确保安全生产；
+2.负责矿井水文观测工作，综合整理观测数据和绘制填表，按时提供生产所需的有关数据。</t>
+  </si>
+  <si>
+    <t>地质学、水利类等相关专业</t>
+  </si>
+  <si>
+    <t>1.负责组织起草领导讲话、工作报告、工作总结、汇报材料等文字材料；
+2.负责公司文化活动的组织策划和实施；
+3.负责新闻稿的写作、宣传材料的创作、文化宣传音视频的制作；
+4.负责与媒体的沟通协调。</t>
+  </si>
+  <si>
+    <t>1.负责公司法律风险防范体系建设，建立健全各项基础管理制度和工作流程；
+2.负责公司合同法律评审，法律纠纷处理、研究和宣贯与公司运行相关的法律法规及政策；
+3.负责法律咨询、法律诉讼、普法宣传、法律服务、合法性和合规性审核等工作。</t>
+  </si>
+  <si>
+    <t>1.负责人员招聘和管理工作；
+2.负责企业员工档案的收集、整理、立卷、归档、转递等工作；
+3.负责建立健全企业人力资源管理制度、社保薪酬管理、养老保险等工作。</t>
+  </si>
+  <si>
+    <t>1.根据公司生产经营需要开展专项审计业务；
+2.负责协调外部审计业务等工作。</t>
+  </si>
+  <si>
+    <t>1.负责原辅料采购等相关工作；
+2.负责管理采购合同及维护经销商资料。</t>
+  </si>
+  <si>
+    <t>1.负责组织各部门制定、修订、完善专业规章制度，指导矿山生产经营的有效开展；
+2.负责审核各部门各项业务流程、管理流程的梳理、修订、再造和不断优化；
+3.负责组织各部门督导规章制度的执行情况，不断提升制度执行力。</t>
+  </si>
+  <si>
+    <t>山东黄金集团蓬莱矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金集团蓬莱矿业有限公司（以下简称公司）于2008年12月19日注册成立。2016年9月经重大资产重组，成为山东黄金矿业股份有限公司下属的上市全资子公司。企业注册资本5000万元，中型省管企业。经营范围为金矿地下开采，矿石浮选、普通货物道路运输。
+  公司现拥有采矿权5处，探矿权4处。截至2023年末，保有金资源储量矿石量463.61万吨，金金属量27426千克，企业资产总额30055万元。现有职工581人，下辖10个职能部门和5个生产单位。
+  公司根据矿体赋存条件和生产技术水平，设计采用无底柱浅孔留矿嗣后废石充填采矿法。选矿采用重选加浮选的工艺流程。蓬莱矿业是国内黄金矿山第一家创新使用无浓密机方式下的带式真空过滤机尾矿脱水工艺的矿山，尾矿干排系统处理能力达到700吨/日。
+  公司以全力打造生态矿山为目标，以探矿增储为重点，全力改造生产系统和基础设施，加大地质探矿及科研投入，确保实现公司战略发展规划目标。公司2020年录入国家绿色矿山名录，先后获得山东省企业设备管理先进单位、山东省冶金工会先进单位、山东省管企业先进基层党组织、全国“安康杯”竞赛优秀组织单位、烟台市模范职工之家、烟台市创新创优劳动和技能竞赛建功企业、蓬莱区纳税贡献优秀企业、经济发展功勋企业等多项荣誉称号。</t>
+  </si>
+  <si>
+    <t>1.负责各项地质管理和日常业务技术工作；
+2.严格按采掘工程验收技术标准验收采掘工程量，严把验收关。</t>
+  </si>
+  <si>
+    <t>山东省烟台市蓬莱区</t>
+  </si>
+  <si>
+    <t>联系人：姚智恒
+联系电话：18753551189
+报名邮箱：
+penglaikuangyehr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责日常的电气维护工作，确保分矿内所有电气设备设施安全有序的作业；
+2.参与电气设备的备品备件及维护检修消耗性材料的使用统计；
+3.作好电气设备的台帐，及时记录设备故障处理和检修情况。</t>
+  </si>
+  <si>
+    <t>1.负责对现场进行监督检查、督促或参与解决有关安全生产方面的问题；
+2.负责公司的清洁生产和环境保护工作。</t>
+  </si>
+  <si>
+    <t>1.组织工程项目的立项、设计、预算、开工报告、竣工验收、工程结算、决算等全过程管理；
+2.按要求对工程质量跟踪管理，对工程施工的进度、签证、设计变更、质量监督检查工作；
+3.做好零星非生产性土建工程临时人工用工和机械用工的协调、审批、监督、签证结算。</t>
+  </si>
+  <si>
+    <t>1.负责公司档案的管理工作；
+2.负责公司各类会议的协调调度和综合服务工作；
+3.负责完成上级交办的各项行政工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司对内外的宣传策划工作；
+2.负责撰写各类宣传文案、制作宣传视频、图片、音频等多媒体素材；
+3.负责策划和组织各类宣传活动。</t>
+  </si>
+  <si>
+    <t>1.负责制定并组织签订党风廉政建设监督责任书、廉洁从业承诺书等；
+2.负责对各类工作落实情况考核检查；
+3.负责纪检材料的整理及归档、管理；
+4.负责向上级公司提报纪检工作数据、专项活动材料、总结报告以及其它需要上报的材料。</t>
+  </si>
+  <si>
+    <t>负责公司设备采购相关工作。</t>
+  </si>
+  <si>
+    <t>山东黄金矿业（沂南）有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金矿业（沂南）有限公司（简称沂南金矿）始建于1957年，地处沂蒙山腹地，位于有着“全国最美乡村”美誉的铜井镇。据史料记载，这一带自隋唐时期就开始了有组织的矿冶及采金活动，1939年八路军115师在金场设立鲁中金矿局，产金25000两，有力的支援了抗日战争。
+   建矿后，沂南金矿先后隶属于沂南县、冶金工业部、山东黄金集团，2008年成为山东黄金矿业股份有限公司的全资子公司。现有在册职工844人，固定资产7.33亿元。
+  沂南金矿下辖金场、铜井2个生产分矿，16个职能部室及辅助单位，共有6条竖井、3座选矿厂、2个尾矿库和一个在建项目。资源主要为矽卡岩型多金属矿床，保有资源量720万吨，服务年限10年。
+  沂南金矿至今已有67年的开采历史，1970年-1979年黄金产量突破万两，跻身全国十大黄金矿山第六位。1977年被国家统计局授予“全国100家最大有色金属矿采选业企业”。2002年-2010年列全市纳税百强企业。</t>
+  </si>
+  <si>
+    <t>1.负责矿山地质探矿、找矿工作；
+2.负责地质探矿月报编制、储量季报编制及制图；
+3.负责协助全矿地质探矿设计的会审及会签工作。</t>
+  </si>
+  <si>
+    <t>山东省临沂市沂南县</t>
+  </si>
+  <si>
+    <t>联系人：邢丽
+联系电话：13153928115
+座机：0539-3829509
+报名邮箱:
+sdhjyngshr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责地表、井下测量、井下工程验收相关工作；
+2.负责做好技术指标和文明安全管理工作，与设计施工等方面密切配合；
+3.负责做好测量仪器的日常保养、维护、保管工作，定时检查校正仪器误差。</t>
+  </si>
+  <si>
+    <t>1.负责根据地质材料和施工现场情况制定采矿方案，完成采矿技术指标；
+2.负责日常采矿管理工作；
+3.负责采矿资料保管工作。</t>
+  </si>
+  <si>
+    <t>1.负责选矿厂技术管理工作，按照矿部下达的生产经营计划负责完成当月选矿处理量，保证综合回收率、设备完好率；
+2.负责做好选矿厂日常生产技术管理工作,准确分析生产数据，发现问题，采取措施予以解决，对选矿工艺技术指标负责；
+3.负责抓好设备设施日常维护和管理，确保设备正常运行。</t>
+  </si>
+  <si>
+    <t>1.负责矿山现场设备现场监督管理工作；
+2.负责分矿设备运行、维护、维修管理，勤查勤看设备现场，确保设备正常运转，对设备班组的现场工作进行检查和指导；
+3.负责组织编制技术管理工作及负责资料档案管理工作。</t>
+  </si>
+  <si>
+    <t>1.负责全矿生产样、地质样、实验样的制备与化验；
+2.负责整理化验台帐；
+3.负责对化验设备进行日常维护。</t>
+  </si>
+  <si>
+    <t>1.负责人力薪酬社保等相关工作；
+2.负责依据公司的人力资源需求计划，组织各种形式的招聘工作。</t>
+  </si>
+  <si>
+    <t>1.负责对公司党员、干部贯彻执行党的路线方针政策及党纪政纪情况、规范权力运行情况、党风廉政建设情况和制度建设情况进行监督检查；
+2.负责对公司重点领域、关键岗位的重点工作进行监督检查，依法依规执纪监督；
+3.负责抓好抓实党纪法规、廉洁文化宣教等党风廉政建设各项工作。</t>
+  </si>
+  <si>
+    <t>1.负责记好财务各类明细账目；
+2.负责审核各类原始凭证，定期装订会计凭证、账簿、表册；
+3.负责各项财务报表编制的工作。</t>
+  </si>
+  <si>
+    <t>负责井下设备操作、运维工作。</t>
+  </si>
+  <si>
+    <t>1.负责按照生产任务和作业标准完成生产工作；
+2.负责执行设备操作规程，正确操作设备。</t>
+  </si>
+  <si>
+    <t>山东金洲矿业集团有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东金洲矿业集团有限公司（简称“金洲公司”）始建于1970年4月，为全国黄金行业率先跨入吨金矿山和利税过亿元企业之一，公司拥有3个矿区，固定资产16亿元，现为山东黄金矿业股份有限公司全资子公司。
+    金洲公司先后被国务院、国土资源部、国家安监总局、中国黄金协会、山东省委省政府等授予为发展黄金工业做出突出贡献的先进集体、国家级绿色矿山、全国“安康杯”竞赛优胜企业、全国黄金行业明星企业、省级文明单位、山东省安全生产先进单位、山东省管理创新优秀企业、山东省履行社会责任示范企业、山东省劳动关系和谐企业等荣誉称号。
+    根据公司发展的需要，现招聘相关专业技术人才若干，热忱欢迎有识之士加盟公司, 共同开创企业与个人发展的美好明天。</t>
+  </si>
+  <si>
+    <t>1.负责地质探矿工程设计及现场地质技术管理；
+2.负责指导并监督探采作业工程的具体实施；
+3.负责收集地质信息，及时提供地质图件与储量数据，确保生产有序进行。</t>
+  </si>
+  <si>
+    <t>山东省威海市乳山市</t>
+  </si>
+  <si>
+    <t>联系人：于志强
+联系电话：13506301030
+报名邮箱:
+jinzhouhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责矿山工程的各种测量工作，对井下采掘工程设计书和图纸进行审核；
+2.负责及时在作业现场按设计给点，对采掘工程进行管理及监督工作。</t>
+  </si>
+  <si>
+    <t>1.负责采矿贫化率及损失率管理；
+2.对采场进行技术指导和监管；
+3.监督采矿工程的施工质量。</t>
+  </si>
+  <si>
+    <t>1.负责选矿指标的管理工作，负责选矿流程设计和工艺改进工作；
+2.负责选矿资料管理等工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司机械、电气设备设施的安装调试、维护、技术指导及现场监督管理；
+2.负责对相关机械、电气设备设施的技术培训及岗位操作技能指导等。</t>
+  </si>
+  <si>
+    <t>负责井下通风设计及技术管理，及时发现杜绝各类安全隐患。</t>
+  </si>
+  <si>
+    <t>1.负责对公司井建工程进行现场管理协调；
+2.负责与设计院进行设计对接，参加工程验收；
+3.负责现场施工资料收集归档工作。</t>
+  </si>
+  <si>
+    <t>1.负责信息化项目的技术论证、方案设计、建设及运维、VLAN和IP地址的统一划分、管理；
+2.负责主干光纤网络的管理、维护等；
+3.负责计算机及相关设备、计算机网络的管理和维护。</t>
+  </si>
+  <si>
+    <t>1.负责会议安排、记录与督办、落实；
+2.党组织关系转移、党的文件传递、材料归档、党员教育与发展工作；
+3.组织起草工作报告、工作总结、汇报材料等工作。</t>
+  </si>
+  <si>
+    <t>1.负责组织起草领导讲话、工作报告、工作总结、汇报材料等文字材料；
+2.做好文件收发、印章使用、资料归档等工作；
+3.负责公司企业文化建设、宣传等工作。</t>
+  </si>
+  <si>
+    <t>1.负责记账凭证填制、整理工作；
+2.负责月末提取、折旧、摊销凭证编制，负责明细账、总账的编制和登记工作。</t>
+  </si>
+  <si>
+    <t>山东黄金归来庄矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金归来庄矿业有限公司系原平邑归来庄金矿与山东黄金集团合作改制后成立的。始建于1992年，2012年由露天开采转入地下开采，采矿工艺为上向水平分层进路充填法，选矿工艺为“全泥氰化提金工艺”，是一个集采、选、冶于一体的现代化黄金矿山。
+  近年来，公司以科学发展为主题，坚持走可持续发展之路，全力打造低碳高效型、绿色环保型、环境友好型本质安全矿山。大力实施“科技兴矿、科技兴安”战略，先后完成科研、技改项目100余项，9项获黄金系统科技进步奖，6项通过了省部级鉴定，并获国家级、省部级奖项。其中“全泥氰化尾矿处理新工艺”获得国家科技进步三等奖、国家环保局科技进步三等奖；《硬岩高应力灾害孕育过程的机制、预警与动态调控关键技术获得国家科学技术进步二等奖；新研发的45项成果有11项获国家发明专利，34项实用型新型专利。公司坚持安全环保“双零”理念。近年来，累计投入近亿元，引进新技术、新设备对安全环保工作进行升级管理，着力实施井下六大系统建设；采用新技术对边坡位移进行检测；成立应急指挥中心，形成了对环境、人员、设备全方位的动态监控体系，实现了对矿山安全生产全过程的动态监控。公司先后被临沂市委、市政府授予“沂蒙功勋企业”，被山东省委表彰为“先进基层党组织”，荣获山东省安全生产“双基”工作先进单位、“全国安全文化建设示范企业”、“国家级矿山公园”、“全国矿山环境保护优秀企业”、“国家绿色矿山”等荣誉称号。"</t>
+  </si>
+  <si>
+    <t>1.负责作业现场的采剥工程地质技术指导工作；
+2.负责矿山各种地质设计、计划的编制、调整、落实；
+3.负责矿山地质补探、两翼探矿、储量升级等矿山地质工作。</t>
+  </si>
+  <si>
+    <t>山东省临沂市平邑县</t>
+  </si>
+  <si>
+    <t>联系人：陈成运
+联系电话：18953938737
+座机：0539-7180606
+报名邮箱：
+sdhjglzgshr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责矿山测量技术工作；
+2.负责采区验收工作。</t>
+  </si>
+  <si>
+    <t>1.负责编制矿山长期规划、采剥计划及三年滚动计划；
+2.负责采剥现场的日常监督检查工作，并对施工过程中出现的问题，提出技术措施及方案。</t>
+  </si>
+  <si>
+    <t>1.负责选矿实验和选矿指标跟踪；
+2.负责金属平衡、底矿石盘点和含金物料盘点取样；
+3.负责协助领导完成科研相关工作。</t>
+  </si>
+  <si>
+    <t>1.负责生产机械及电气运维指导；
+2.负责物资采购设备技术指导。</t>
+  </si>
+  <si>
+    <t>山东黄金矿业（鑫汇）有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   山东黄金矿业（鑫汇）有限公司（以下简称“鑫汇公司”）隶属山东黄金集团，鑫汇公司成立于1993年，位于平度市西北部，新河镇与大泽山镇交界处，是一个集采、选、冶综合配套的国有黄金矿山企业，主要生产黄金、白银，附产铅锌。公司拥有资产总额26.38亿元，年实现利税1.58亿元。
+    近几年来，公司先后荣获国土资源部“国家级绿色矿山试点单位”、国家工信部“首批两化融合促进安全生产重点推进项目”承担单位、“山东省安全文化建设示范企业”、“山东省思想政治工作优秀企业”、“山东省非煤矿山安全生产应急管理标准化企业”、“青岛市先进基层党组织”“青岛市样板企业”等多项荣誉称号，并通过了ISO14001环境质量体系认证。</t>
+  </si>
+  <si>
+    <t>1.负责地质探矿工程设计及现场地质技术管理；
+2.负责收集地质信息，及时提供地质图件与储量数据，确保生产有序进行。</t>
+  </si>
+  <si>
+    <t>山东省平度市</t>
+  </si>
+  <si>
+    <t>联系人：王鹏
+联系电话：17663987011
+报名邮箱：
+sdhjxhgshr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责矿山工程的各种测量工作，对井下采掘工程设计书和图纸进行审核；
+2.负责井巷掘进工程的技术指导工作。</t>
+  </si>
+  <si>
+    <t>1.负责井下采矿工程设计、制图；
+2.负责采场进行技术指导和管理。</t>
+  </si>
+  <si>
+    <t>1.负责日常的电气维护工作，确保电气设备设施安全有序的作业；
+2.参与电气设备的备品备件及维护检修消耗性材料的使用统计；
+3.作好电气设备的台帐，及时记录设备故障处理和检修情况。</t>
+  </si>
+  <si>
+    <t>1.负责组织安全生产部专业级隐患排查治理工作，贯彻事故隐患整改制度，协助和督促有关部门对查出的隐患制定防范措施，检查隐患整改工作；
+2.负责监督检查安全管理制度的执行情况。</t>
+  </si>
+  <si>
+    <t>青岛金星矿业股份有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    青岛金星矿业股份有限公司隶属山东黄金集团,公司位于平度市旧店镇,地理优越,交通便利,人文底蕴厚重。矿区占地总面积0.488平方公里，现有在岗职工300余人。
+    始建于1976年，1978年正式投产。黄金产量从1989年开始突破万两大关，跻身于全国重点黄金企业以来，年利税额一直列市属企业首位。1993年实现利税1449.42万元，成为青岛地区唯一的采选冶配套黄金企业。
+    1991、1992连续两年被省黄金公司授予“金星企业”、“明星企业”。1992年被国家统计局授予“中国行业百强企业”，被青岛市委、市府授予“先进单位”、“文明单位”等称号。
+    近几年，公司在地质探矿方面加大资金投入，加强与科研院校合作，资源储量连年增长。2018年，公司明确了可持续发展探矿思路，将探矿范围划分为东、南、西三大区域，以“三区连动”规划进行生产开拓。</t>
+  </si>
+  <si>
+    <t>联系人：梁艳
+联系电话：15969878080
+报名邮箱：
+jxgshr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>消防工程技术员</t>
+  </si>
+  <si>
+    <t>1.负责公司消防系统的安全管理工作；
+2.负责公司消防应急演习演练工作；
+3.负责公司消防设施器材使用常识、台账建立以及火灾应急处理能力教育培训工作。</t>
+  </si>
+  <si>
+    <t>消防工程类、电气工程及其自动化、工程管理、消防工程技术、应急管理类等相关专业</t>
+  </si>
+  <si>
+    <t>1.负责单据审核、凭证编制、归档等会计基础核算工作；
+2.负责其他日常事务性工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司地质、生产样品、销售样品的加工、化验，制定内外检管理流程，负责标准液、样品内外检工作；
+2.精矿产品销售样品分析结果的外报、结果的分析对比等工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司环境保护的监督检查工作；
+2.负责环保相关材料及档案收集、整理、完善、补充。</t>
+  </si>
+  <si>
+    <t>1.负责做好与上级党组织工作对接，及时接收办理各类文件，并做好台账登记；
+2.负责组织开展各项党建工作，并于每年底将各类工作资料归档装盒；
+3.组织起草工作报告、工作总结、汇报材料等工作。</t>
+  </si>
+  <si>
+    <t>山东黄金矿业（莱西）有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金矿业（莱西）有限公司,位于莱西市、招远市接壤地带，坐落于莱西市南墅镇青山村西。公司成立于2006年10月，为山东黄金矿业股份有限公司全资子公司，注册资本为2.14亿元，矿山投资6.48亿元。是青岛地区重要的黄金资源基地，也是莱西市唯一一家集采、选于一体的现代化大型黄金开采企业。
+   公司积极倡导与环境和谐发展的循环经济模式，高起点规划、高定位发展，坚持智慧矿山、绿色生态建设，生产辅助系统的自动化和远程控制达到 90% 以上，选矿车间劳动生产率达到国际一流水平。2019年以来，公司引领信息技术发展潮流，积极推进5G+智慧矿山建设，5G智能驾驶电机车项目成功实现了国内首个井下5G矿业工业化应用案例，5G远程操控1m³电动智能铲运机项目完成实地作业测试，先后获得绿色矿山、战略推进成果奖、管理创新奖、省国资委、集团过硬党支部示范点等多项荣誉称号。</t>
+  </si>
+  <si>
+    <t>山东莱西</t>
+  </si>
+  <si>
+    <t>联系人：孙明媚
+联系电话：15966887717
+报名邮箱：
+sdhjlxgs@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责办公设备软硬件系统的日常维护管理；
+2.负责网络规划和网络运行安全管理；
+3.负责公司其他信息化相关工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司机电技术工作，组织设备的维修、维护、检修及先进技术引进；
+2.负责机电设备的安装调试、日常管理、特种设备检测、设备全生命周期管理软件操作与维护等工作。</t>
+  </si>
+  <si>
+    <t>1.负责人员招聘和管理工作；
+2.负责日常报表的统计和上报工作；
+3.负责人事档案管理等工作。</t>
+  </si>
+  <si>
+    <t>1.协助企业法律顾问起草或组织审查企业的重要规章制度，审核企业合同并对其进行归档管理；
+2.企业外聘律师的联络及管理工作；
+3.开展与企业生产经营相关的法律咨询、培训和宣传等工作。</t>
+  </si>
+  <si>
+    <t>青岛黄金铅锌开发有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    青岛黄金铅锌开发有限公司(以下简称青岛铅锌公司)创立于2003年10月,坐落于平度市新河镇大庄子村北,距烟潍公路与威乌高速公路仅5公里之遥,交通便利。公司主要经营业务是从氰化尾渣中回收利用铅锌等有价金属,属国有全资子公司，隶属于山东黄金集团，下设党群部、安全生产部、财务部、物资装备部、营销部、审计部、后勤保障部、实验室、生产车间等部门。公司给员工缴纳五险二金，上班期间提供免费就餐，上下班有班车接送。
+  多年来,公司积极秉承“开放、包容、忠诚、责任”核心价值观,先后获得了平度市环境保护先进企业、青岛市绿色企业、青岛市固体废物规范化管理单位、青岛市文明单位、山东省固体废物规范化管理达标单位、山东省企业设备管理先进单位、山东省第二次R&amp;D资源清查先进单位、山东省环境友好企业、山东省2019年环保信用绿标企业、青岛市级健康企业、2023年山东十大创新力企业等荣誉称号，进入了国家级绿色工厂名单。</t>
+  </si>
+  <si>
+    <t>联系人：徐燕
+联系电话：13589256350
+报名邮箱：
+sdhjqxgshr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>嵩县山金矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    嵩县山金矿业有限公司是山东黄金集团全资子公司，由山东黄金有色矿业集团有限公司绝对控股，注册资本14380.00万元，是河南省矿山企业第一家国家级安全文化示范企业，河南省“绿色矿山”企业，高新技术企业。位于洛阳市嵩县境内，距离县城22公里，北接322省道，南距洛栾快速公路约3公里，交通便利。公司以金属资源的采选加工为核心主业，通过采、选两大生产系统对外承包的形式，实行合同管理、市场化运作。截止到2023年末，公司资产总额21.24亿元，公司始终以集团战略规划为引领，以目标、结果为导向，以创新发展为主题，以质量效益为中心，以科技进步为根本，加快了提升发展质量和效益的步伐。公司2016年以来进入了高速发展阶段，2017年利润一举突破1个亿，产金突破1吨，跻身吨金矿山行列；连续多年在嵩县区域范围内实体经济贡献税费排名保持第一，以丰硕的经营成果诠释了造福社会、富强国家的宗旨，有力地推动了地方经济发展，构建了和谐融洽的发展环境，赢得了地方政府与合作方的信任好评。</t>
+  </si>
+  <si>
+    <t>1.设备安全，负责车间机械技术工作，确保无重大设备安全故障；
+2.计划提报，每月提报机械设备备品备件计划，在保证备件充足的前提下，减少库存积压；
+3.技术培训，按计划对机械作业人员技术业务培训和安全技术培训，提高机械作业人员的的技术水平和安全技术素质；
+4.设备维护，负责机械设备设施的大、中、小维修的落实，并提出相应的检修安全措施。</t>
+  </si>
+  <si>
+    <t>河南省洛阳市嵩县</t>
+  </si>
+  <si>
+    <t>联系人：任浩玮
+联系电话：13156955812
+报名邮箱：
+songxianshanjinhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.积极宣传和认真贯彻有关安全生产方针、政策、法规、制度等，推动本公司的安全生产工作；
+2.深入生产现场发现和解决安全问题，参与公司月度安全生产大检查，负责安全设施的日常监督检查。及时下达安全整改指令、安全检查通报并督导整改、及时复查；
+3.负责公司通风系统设计的审核、通风安措工程单体设计的审核，设计必须符合国家的技术规范或有关安全规定；
+4.负责通风防尘管理工作，及时掌握作业变化情况，按规定及时检测风质、风速、风量、一氧化碳浓度、粉尘含量，并建档、上报、公示。</t>
+  </si>
+  <si>
+    <t>1.协助化验同事做好化验室技术管理工作，制定和完善化验室的技术操作规程及相关制度； 
+2.制定化验的业务培训计划，并认真组织实施，不断提高全室人员的技术业务水平；
+3.负责化验室数据的归纳、整理、分析工作，及时发现化验中存在的问题，并提出解决方法和建议；
+4.制定完善化验岗位运行记录及各种报表。</t>
+  </si>
+  <si>
+    <t>1.执行设备操作规程，正确操作设备；
+2.负责精心维护和保养设备，减少故障，确保良好的运行状态，做好运行和保养记录，确保安全生产；
+3.执行工艺操作标准，确保指标的完成。</t>
+  </si>
+  <si>
+    <t>赤峰柴胡栏子黄金矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    赤峰柴胡栏子黄金矿业有限公司前身是柴胡栏子金矿，成立于1983年，2008年12月由矿业股份公司并购重组，为国有控股混合所有制企业。公司现拥有采矿权1个，探矿权5个，主力生产井3条，权证及项目建设安全设施“三同时”手续合法有效；采用平硐+竖井开拓方式，采矿方法主要为无底柱浅孔留矿嗣后充填法，辅以上向进路胶结充填法，中央对角式通风系统，多绳摩擦提升，蓄电池式电机车牵引翻斗式矿车组有轨运输，倒段接力排水；公司现有员工335人，其中高级工程师9人，工程师45人，工程技术人员69人；设8个职能部室和4个生产单位；2018年迈入国家吨金矿山序列。
+  近年来，作为山东黄金集团主力黄金矿山，公司始终坚持高举习近平新时代中国特色社会主义思想伟大旗帜，坚持党的领导，坚持高质量发展，秉承“平安山金、生态山金、活力山金、人文山金”的发展理念，稳步前行，在黄金产量、资源储备、经济效益、技术实力及人才优势均居内蒙古及全国黄金企业前列。
+  公司秉持“资源为先，效益为上，创新为本”的经营理念，积极致力于生态矿业建设，坚守“用心守护绿水青山，用爱造福地球家园”的初心不改，在绿色、环保、可持续发展之路上矢志前行，2019年正式进入国家级绿色矿山，为内蒙古自治区首批赤峰市首家。先后荣获全国、内蒙古自治区“五一劳动奖状”，内蒙古自治区、赤峰市“优秀企业”，“全国黄金行业先进集体”，“2020年度中国矿业高质量发展标准引领单位”，“中国绿色生态研究基地”，内蒙古自治区“诚信示范企业”等荣誉。“黄金矿山绿色智能高效采选创业人才团队”入选内蒙古“草原英才”工程。公司现拥有7项发明专利授权、3项计算机软著权以及65项实用新型专利授权，为高新技术企业。</t>
+  </si>
+  <si>
+    <t>内蒙古赤峰市</t>
+  </si>
+  <si>
+    <t>联系人：李雨婷
+联系电话：18804949283
+座机：0476-8586026
+报名邮箱:：
+chifengchaikuanghr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责组织起草领导讲话、工作报告、工作总结、汇报材料等文字材料；
+2.做好文件收发、资料归档等工作。</t>
+  </si>
+  <si>
+    <t>1.负责往来账目核对，各类会计报表、财务报告、管理报表的编制；
+2.负责现金、银行存款、票据的管理工作；
+3.负责会计档案归档、保管等管理工作。</t>
+  </si>
+  <si>
+    <t>海南山金矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    海南山金公司是2009年3月，由山东黄金集团和海南省地质局共同出资成立的股份制国有企业，山东黄金持股63%，地质局持股37%。2022年12月，地质局机构改革，下属两家企业22.66%股份及人员划归省国资委，14.34%仍属地质局。现股东单位变成三家：山东黄金（63%）、海南省国资委（22.66%）、海南省地质局（14.34%）。公司现设8个部门和矿区、选矿厂2个单位；职工228名，公司所有证照齐全有效，是正常生产的黄金矿山。采矿许可证有效期至2034年；安全生产许可证有效期至2024年12月。
+    公司所属地下矿山、选矿厂均达到安全标准化二级企业标准；2019年11月成为乐东县首家省级高新技术企业，2022年顺利通过高新技术企业复审认定。2020年1月正式入选全国“绿色矿山”名录；2020年8月荣获中国林业与环境促进会、绿色矿山推进会颁发的“中国矿业高质量发展示范单位”荣誉称号；2021年，《贫硫化物复杂含金矿石全组分高效回收关键技术研究与应用》科研项目荣获中国黄金协会科学技术奖特等奖；《难选低硫金矿超重力/柱机浮选联合提金及全组分利用绿色新工艺》科研项目荣获中关村绿色矿山产业联盟绿色矿山科技进步奖一等奖；2022年，《复杂难选金矿石全组分高效回收关键技术及工业应用》科研项目荣获海南省科学技术进步奖一等奖。连续多年被海南省委省政府、乐东县委县政府授予“应急管理工作责任目标考核先进单位”，连续多年实现安全、环保“双零”目标。2022年荣获海南省健康企业称号。
+    公司注册资本6044万元、资产总额11.26亿元，成立至今产金13.38吨，实现利润15.85亿元，累计缴纳税款及矿权权益金6.40亿元，连续多年获得“海南省乐东县诚信纳税先进单位”。
+    公司自成立以来，以习近平新时代中国特色社会主义思想为指导，始终秉承“绿水青山就是金山银山”的生态发展理念，在山东黄金集团、矿管集团的正确引领下，在各兄弟企业的大力帮助下，致力于生态矿业建设，努力打造无尾无废绿色生态矿山。通过选矿工艺改造实现无氰化选矿、尾矿压滤升级助力固废综合利用焙烧红砖、清洁生产改善矿区生态环境，全面实现了无尾无废绿色矿山，实现了经济效益和社会效益的双赢。
+    在未来发展中，海南山金公司将继续大力弘扬山东黄金“追求卓越 创新进取”的企业精神，坚持“让尽可能多的个人和尽可能大的范围因山东黄金集团的存在而受益”的理想目标，着力彰显“阳光海南山金 魅力南海明珠”品牌形象，坚持科技创新，致力打造数字化、智能化黄金矿山，高起点、高标准把“花园式绿色矿山”建设好，实现矿山的绿色、健康、安全、环保、可持续发展，打造全国一流的黄金企业。</t>
+  </si>
+  <si>
+    <t>负责公司地质探矿、数据整理、制图等相关工作。</t>
+  </si>
+  <si>
+    <t>海南省乐东黎族自治县</t>
+  </si>
+  <si>
+    <t>联系人：吴始秦
+联系电话：18898918742
+报名邮箱：
+hainanshanjinhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>负责公司测量、工程验收、巷道贯通、制图等相关工作。</t>
+  </si>
+  <si>
+    <t>负责公司采矿设计、现场施工、井巷工程、验收、改造等管理工作。</t>
+  </si>
+  <si>
+    <t>负责设备管理、维护，供配电系统、电气设备维护等相关工作。</t>
+  </si>
+  <si>
+    <t>负责实施安全检查，落实安全隐患整改等工作。</t>
+  </si>
+  <si>
+    <t>青海山金矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    青海山金矿业有限公司是山东黄金集团（股比52%）、青海省有色地勘局（有色第三地质勘查院，股比28%）及青海英大矿业有限公司（股比20%）共同出资组建的集勘查、开发为一体的黄金企业。公司位于青海省海西州都兰县沟里乡，于2009年12月12日注册成立，注册资本1.8亿元，拥有6个探矿权（130.38平方公里）和1个采矿权（0.2844平方公里）。
+    青海山金公司奉行“国内一流、国际先进”的建设理念，450t/d采选项目于2010年底被列为青海省“双百”重点建设项目，2012年7月基本建成并投入试生产。公司选矿厂采用高压辊磨实现“多碎少磨”等多项国际国内新技术、新工艺、新设备，致力于打造本质安全、节能环保的现代化矿山企业。
+    公司经营范围主要包括地质勘查、金矿开采、选矿、冶炼及销售，主要产品为含金矿石及经单独浮选工艺处理后产出的金精粉，所有产出均全部运至青海昆仑黄金有限公司销售。
+    青海山金公司以做“民族团结的模范、环境保护的模范、经济发展的模范”为己任，秉承“开放、包容、忠诚、责任”的核心价值观和“真诚、和谐、支持、共赢”的开发理念，主动融入当地社会，认真履行社会责任，对外开发的“山金模式”和企地共建的“沟里模式”得到青海省委、省政府和国土资源部领导的高度肯定。青海山金致力为打造山东黄金在青海乃至中国西部的重要黄金生产基地，为推动青海经济社会发展做出应有的贡献！</t>
+  </si>
+  <si>
+    <t>青海省海西州都兰县香日德镇沟里乡</t>
+  </si>
+  <si>
+    <t>联系人：张发彧
+联系电话：18509717053
+报名邮箱：
+qinghaishanjinhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责公司所属变电站、箱变（含代维站）及其变电与配电的一、二次设备的设备巡视、操作、现场管理及运行维护的工作；
+2.负责厂区所有设备的维护保养及检修工作。</t>
+  </si>
+  <si>
+    <t>1.合同管理：法务专员需要负责公司各类合同及法律文件的起草、审核、修改和动态管理等工作；
+2.法律咨询与培训：法务专员需为公司提供日常的法律咨询服务，解答企业内外部的法律问题，指导相关诉讼案件，并为公司员工提供必要的法律知识培训；
+3.法律风险管理：法务专员应审核公司执行国家相关法律法规及监管要求的情况，监测、识别、评估合规风险，并提供合规改进建议。</t>
+  </si>
+  <si>
+    <t>1.负责制定并组织签订党风廉政建设监督责任书、廉洁从业承诺书等。
+2.负责组织党员干部开展党章党纪党规、廉洁从业和警示教育。
+3.负责向上级公司提报纪检工作数据、专项活动材料、总结报告以及其它需要上报的材料。</t>
+  </si>
+  <si>
+    <t>锡林郭勒盟山金阿尔哈达矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    锡林郭勒盟山金阿尔哈达矿业有限公司成立于2010年4月，为山东黄金集团全资子公司，注册资金7090万元，是一家集采、选、销售为一体的多金属现代化矿山企业。
+    公司位于锡林郭勒盟东乌珠穆沁旗满都镇境内，距旗政府所在地乌里雅斯太镇235公里，距满都镇35公里。现有锡林郭勒盟境内6处探矿权，勘查面积53.83平方公里，探明可采储量2300余万吨，铅+锌金属量近100万吨。矿区面积5.90平方公里，年设计生产能力90万吨，现有矿井五条，1500t/d处理能力选厂两座。截止2022年底，公司总资产14.26亿元，累计实现利税16.24亿元。
+    公司正式员工218人，下设综合管理部、人力资源部（党建工作部）、综合计划部（审计部）、财务部、运营管理部、安全生产部（生态矿业部）、物资装备部、纪检部、达赛脱项目办9个职能部室及采选、运修2个车间。
+    近年来，公司坚持以集团核心价值观为指引，大力推进绿色和谐矿山建设，先后荣获内蒙古自治区“安全文化建设示范企业”、锡盟“2015度全盟安全生产工作先进单位”。厚植“以人为本 坚守担当 凝心聚力 不负韶华”的幸福文化底蕴，先后荣获全国及自治区总工会“模范职工小家”、自治区“红十字会铜质奖章”、锡盟“劳动关系和谐企业”，连续多年获得集团“党建工作示范奖”“企业文化示范奖”“特别贡献奖”等荣誉称号。
+    “百舸争流千帆竞,乘风破浪正远航”。在未来发展中，公司将紧紧围绕山东黄金“十四五”战略目标，继续以奋进者、坚定者、创新者的姿态，扎根北疆，砥砺奋进，力争将公司打造成国内一流的有色矿业基地，谱写“平安山金、生态山金、活力山金、人文山金”新篇章。
+</t>
+  </si>
+  <si>
+    <t>1.负责原始地质资料的综合工作，进行原始地质编录：钻探编录、巷道编录，并及时进行综合整理；
+2.负责采场两率管理工作，图件的提交和设计、审核；
+3.定期进行地下水监测，包括涌水量、水位、水温及水文地质取样等工作，掌握井下水文地质情况；
+4.负责内业整理、储量管理和矿权管理，探矿、探水（注浆）设计及地灾防治工作。</t>
+  </si>
+  <si>
+    <t>内蒙古自治区东乌珠穆沁旗</t>
+  </si>
+  <si>
+    <t>联系人：崔雅婧、赵鑫
+联系电话：15249572225、18747473113
+座机：0479-2289958
+报名邮箱：
+aerhadahr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责分管区域采场分层回采设计和修改设计外的所有设计，负责分管区域回采设计、修改设计的审核工作；
+2.负责分管区域采掘工程的现场管理工作；
+3.负责分管区域的采掘工程验收工作；</t>
+  </si>
+  <si>
+    <t>1.负责日常设备管理，组织设备检查，确保设备运行正常；
+2.负责组织对设备进行日常维护、保养工作；
+3.负责机电设备操作、培训及现场管理工作；</t>
+  </si>
+  <si>
+    <t>1.负责贯彻落实国家、各级政府部门关于环境保护工作的法律、法规、方针、政策。
+2.负责编制企业环境保护年度计划，并组织实施。
+3.负责组织相关部门进行检查，及时发现和纠正问题，提出整改意见，监督整改落实。</t>
+  </si>
+  <si>
+    <t>1.负责设备日常维修、保养、维护、检查工作；
+2.负责设备的日常巡检工作，提高设备利用率，满足生产需要；
+3.负责设备的维修和修旧利废工作；</t>
+  </si>
+  <si>
+    <t>1.负责日常生产调度管理；
+2.负责井下应急处置；
+3.负责监控管理。</t>
+  </si>
+  <si>
+    <t>赤峰山金红岭有色矿业有限责任公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    赤峰山金红岭有色矿业有限责任公司（红岭矿业公司）位于内蒙古赤峰市巴林左旗乌兰达坝苏木好布高嘎查，2010年3月，山东黄金集团收购红岭铅锌矿，占股90%，巴林左旗政府占股10%，成立红岭矿业公司。企业注册资本5.44亿元，共有9个部门和3个车间，在册员工445人。截至2023年末，累计实现利润21.1亿元，上缴税金17.57亿元，企业现拥有采矿权4个，面积4.947平方公里，探矿权4个，面积42.64平方公里，主要产品为锌精矿、铁精矿、铅精矿（含银）和铜精矿，是一个集采、选于一体的现代化矿山。
+    公司先后荣获“全国有色金属行业先进集体”“第十届全国设备管理优秀单位”、内蒙古自治区“五一劳动奖状”“工人先锋号”“公益之星单位”“全区示范化企业工会”“安全文化示范企业”“A级信用纳税人”、山东省“省管企业思想政治工作优秀企业”“齐鲁创业先锋基层党组织”“档案管理先进单位”、赤峰市“节水企业”“民族团结进步模范集体”“劳动和谐单位”“井下安全避险六大系统示范企业”“最美诚信纳税人”“社会扶贫先进企业”“巴林左旗招商引资优秀企业”等荣誉称号。成功获批国家级绿色矿山，入选内蒙古自治区健康企业。
+    公司紧紧围绕集团“平安山金、生态山金、活力山金、人文山金”发展理念，确立“稳定产量、平安生产、共谋发展、共同富裕”的工作思路和“解放思想、实事求是、树立正气、激发活力”的思想导向，树立树牢“安全、质量、效率、效益”的价值思维，创建“党建+”工作模式，全面激发广大干部员工为公司高质量发展转型拼搏奉献、攻坚克难的干事创业热情。
+    公司始终树立创新是企业发展的第一动力理念，建立科技创新奖励管理机制，加大四化建设、科技研发投入，创新成果丰硕，截至2023年年底，获得国家发明专利3项、实用新型专利75项、软件著作12项、省部级（行业协会）科技创新成果19项，被评为“国家高新技术企业”,成功入选内蒙古自治区2023年度企业研究开发中心、创新型中小企业、赤峰市“低品位多金属综合回收利用重点实验室”。
+    公司始终遵循“德才兼济、举贤任能”的用人理念，建立人才培育机制，推行全员一体化清单式考核模式及网格化人力资源管理，构建“纵向衔接、横向贯通”的人才梯队体系，给能才、干才提供实现自我价值的广阔空间。</t>
+  </si>
+  <si>
+    <t>内蒙古赤峰市巴林左旗</t>
+  </si>
+  <si>
+    <t>联系人：尚艳伟
+联系电话：16647676521
+报名邮箱：
+honglingkuangyehr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责进行安全隐患排查，监督各单位履行安全生产职责，对发现的问题制定整改措施；
+2.负责组织建立并落实安全风险分级管控和隐患排查治理双重预防工作机制；
+3.建立健全完善安全生产、环境保护、职业健康管理制度，并负责组织执行、实施相关制度和操作规程。</t>
+  </si>
+  <si>
+    <t>尾矿技术员</t>
+  </si>
+  <si>
+    <t>1.负责制定尾矿库安全生产规章制度、操作规程并监督实施；
+2.负责尾矿库的动火作业、受限空间作业、高空作业等特殊作业的现场监督；
+3.负责尾矿库各工序的作业技术指导和安全措施的指导。</t>
+  </si>
+  <si>
+    <t>水利水电工程及相关专业</t>
+  </si>
+  <si>
+    <t>1.负责组织制定公司规章制度、单位职责的修订完善工作；
+2.负责对规章制度的执行情况进行监督和检查；
+3.负责基础管理达标验收工作。</t>
+  </si>
+  <si>
+    <t>1.执行设备操作规程，正确操作设备；
+2.负责精心维护和保养设备，减少故障，确保良好的运行状态，并做好运行和保养记录，确保安全生产。</t>
+  </si>
+  <si>
+    <t>赤峰山金银铅有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    赤峰山金银铅有限公司位于内蒙古赤峰市巴林左旗凤凰山工业集中区内，占地500亩，于2011年成立，2014年8月完成10万吨/年铅冶炼项目建设并投产。注册资本为7.01亿元，股东为山东黄金有色矿业集团有限公司（89.3%股权）、国开发展基金有限公司（10.7%股权）。项目总投资17.89亿元，现有员工751人，主要从事电解铅、白银等有色金属及贵金属产品的冶炼。
+    近年来，公司严格按照高质量发展总要求，引入现代化企业管理制度和高端环保设备设施，积极践行“绿水青山就是金山银山”“山东黄金、生态矿业”的发展理念，成为国家级“高新技术企业”“绿色工厂”和自治区“企业研发中心”，先后获得了全国“铅行业杰出贡献奖”，自治区“工人先锋号”“诚信示范企业”“健康企业”，市“五一劳动奖状”“民族团结进步创建示范企业”“和谐劳动关系单位”“平安单位”，旗“先进基层党组织”“社会扶贫先进企业”“旗长质量奖”等荣誉。
+    在未来发展中，赤峰银铅公司将紧紧围绕集团公司“十四五”战略规划，始终秉持“追求卓越 创新进取”的企业精神，为山东黄金“十四五”宏伟蓝图的实现而奋斗。</t>
+  </si>
+  <si>
+    <t>负责冶炼生产技术、科技创新等相关工作。</t>
+  </si>
+  <si>
+    <t>内蒙古自治区赤峰市巴林左旗</t>
+  </si>
+  <si>
+    <t>联系人：朱陈陈
+联系电话：18847631536
+报名邮箱：
+yinqianhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>负责安全生产监督、管理，职业卫生等相关工作。</t>
+  </si>
+  <si>
+    <t>负责消防安全、应急管理等相关工作。</t>
+  </si>
+  <si>
+    <t>负责生产工艺化学分析等相关工作。</t>
+  </si>
+  <si>
+    <t>负责公司内部网络维护，管理，运行监控，信息化项目推广、建设等相关工作。</t>
+  </si>
+  <si>
+    <t>负责材料撰写、会议事务的准备组织等相关工作。</t>
+  </si>
+  <si>
+    <t>负责党的建设日常业务等相关工作。</t>
+  </si>
+  <si>
+    <t>1.负责内控制度评估、财务合规检查、审计报告撰写；
+2.审查工程项目是否遵循相关法规、政策，核实项目成本支出，对比预算，评估成本控制效果等相关工作。</t>
+  </si>
+  <si>
+    <t>负责生产数据统计、报送，了解产品产量、原辅料损耗情况做好成本分析等相关工作。</t>
+  </si>
+  <si>
+    <t>负责员工招聘，劳动合同的签订，人事档案管理，办理员工接收、调动和内部岗位调整的相关手续，社保管理等相关工作。</t>
+  </si>
+  <si>
+    <t>负责会计电算化与生产结合及实际应用，财务与经营数据整理分析，成本定额核算分析，内控管理等相关工作。</t>
+  </si>
+  <si>
+    <t>负责原辅料采购等相关工作。</t>
+  </si>
+  <si>
+    <t>熟练掌握安全操作规程，掌握生产设备的性能、特点、运行参数和运行工艺，并能熟练操作。</t>
+  </si>
+  <si>
+    <t>呼伦贝尔山金矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    呼伦贝尔山金矿业有限公司位于内蒙古根河市得耳布尔镇境内，成立于2010年12月29日，属于山东黄金集团控股企业，注册资本11006万元人民币。
+    公司生产能力为3000t/d，拥有采矿权2个，探矿权14个，主要分布在内蒙古、黑龙江等周边地区，金属品种涵盖铅、锌、银、铜、钼等多种金属。目前设立“两矿一厂”和10个职能部室，在册职工181人。通过了国家“高新技术企业”资格认证，并多次被授予呼伦贝尔市“五一劳动奖状”等多项荣誉。</t>
+  </si>
+  <si>
+    <t>1.负责编制工程的施工图预结算及工料分析，熟练使用广联达等预算软件。
+2.负责审核施工单位报审的工程结算。
+3.负责工程项目的立项、招标、合同签订等工作。</t>
+  </si>
+  <si>
+    <t>内蒙古呼伦贝尔根河市得耳布尔镇</t>
+  </si>
+  <si>
+    <t>联系人：吴琳 
+联系电话：15847017131 
+报名邮箱：
+hlbesjhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>负责公司电路设施安装、检查、维修、维护等相关工作。</t>
+  </si>
+  <si>
+    <t>负责现场安全检查、隐患整改、安全教育、井上井下消防安全等工作。</t>
+  </si>
+  <si>
+    <t>1.负责样品化验及报告的撰写；
+2.负责化验设备的维护与指导。</t>
+  </si>
+  <si>
+    <t>1.监督工程前期准备、工程实施过程管理；
+2.负责审查工程竣工资料完整性，工程结算是否科学合理；
+3.负责内部的经营管理、成本核算、物资管理、工程项目等进行审计，并出具审计报告。</t>
+  </si>
+  <si>
+    <t>1.负责制定并组织签订党风廉政建设监督责任书、廉洁从业承诺书等。
+2.负责对各类工作落实情况考核检查。
+3.负责协助纪委开展公司政治生态分析研判。</t>
+  </si>
+  <si>
+    <t>西和县中宝矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    公司坐落于景色秀美的乞巧文化之乡—甘肃省陇南市西和县，距西和县城15公里，距天水火车站120公里，距陇南机场80公里，地理位置优越，交通便利。                                                                                                     
+    公司成立于2008年4月，于2012年3月由山东黄金矿业股份有限公司并购，系采、选、冶为一体，现有四门儿沟门金矿和小东沟金矿两个金矿。四门儿沟门金矿采选规模600吨/日；小东沟金矿采选规模600吨/日，并于2022年9月试投产成功。2021年公司黄金产量过吨，正式迈入国家吨金矿山名录。
+    作为山东黄金在西北地区的战略桥头堡，按照“立足当地、面向陇南、辐射甘肃、兼收并蓄、做大做优做强”的战略目标，正与多处优质矿产资源企业洽谈合作，努力打造陇南黄金生产基地，发展前景美好可期。
+    公司秉承“人才强企”的发展战略，积极为大学生成才搭建平台，多个与国家一流院校合作实施的科研项目均选拔优秀大学生员工全程参与，大大加快了大学生员工的成才步伐。
+    公司为员工提供“优质套餐”：薪酬福利待遇优厚，地测采选等矿山主体专业应届生入职第二年全年应发收入在11万左右；缴纳五险二金；提供住宿，公寓化管理，房间配有独立洗卫设施，西和籍之外本科生两人一间，有专门的洗衣房，配有洗衣机、烘干机；提供班车通勤。</t>
+  </si>
+  <si>
+    <t>1.负责日常设备管理，组织设备检查，确保设备运行正常；
+2.负责组织对设备进行日常维护、保养工作；
+3.负责机电设备操作、培训及现场管理工作；
+4.负责落实材料、备件储备，机电设备、备件计划的平衡、审核和提报。</t>
+  </si>
+  <si>
+    <t>甘肃陇南</t>
+  </si>
+  <si>
+    <t>联系人：孙宾
+联系电话：13589827046
+报名邮箱：
+xihezhongbaohr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责设备日常维修、保养、维护、检查工作；
+2.负责使用设备的维护使用和保养工作；
+3.负责严格执行岗位安全操作规程，确保安全生产。</t>
+  </si>
+  <si>
+    <t>1.负责执行设备操作规程，正确操作设备；
+2.负责执行工艺操作标准，确保指标的完成；
+3.负责精心维护和保养设备，确保安全生产。</t>
+  </si>
+  <si>
+    <t>福建省政和县源鑫矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    福建省政和县源鑫矿业有限公司（以下简称源鑫公司）隶属山东黄金集团，位于福建省政和县境内，始建于2004年。2012年，山东黄金集团并购源鑫公司。现为南平地区集金银采、选于一体黄金生产龙头企业、福建省矿业协会副会长单位、国家级绿色矿山、国家级高新技术企业。
+    公司先后荣获福建省“安康杯”先进单位、福建省“工人先锋号”等荣誉称号，获得“工业企业先进单位”“关爱自然、保护生态先进单位”“先进职工之家”等一系列荣誉，连续多年被政和县评为“突出贡献企业”“纳税大户”，成为山东黄金集团与地方合作的典范。
+    “十四五”期间，公司将立足于山东黄金集团“进入世界500强 建成世界一流企业”的战略目标，坚持“平安山金、生态山金、活力山金、人文山金”的发展理念，坚持做强做优黄金产业，抓改革、强创新，抓安全、优生态，抓管理、促发展，努力打造山东黄金集团在东南地区的重要资源基地、产量基地、利润基地、矿业人才基地，继续为福建人才就业、经济发展、社会繁荣作出更大贡献。</t>
+  </si>
+  <si>
+    <t>福建省南平市政和县</t>
+  </si>
+  <si>
+    <t>联系人：郑礼颖
+联系电话：18065777638
+报名邮箱:
+fujianyuanxinhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>负责井下现场安全隐患排查及治理、井下通风管理及资料整理等工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司日常行政事务，包括但不限于办公用品采购、分发、管理，办公设施维护，办公环境卫生监督等工作；
+2.负责协调安排公司会议、活动，包括会议室预订、会议材料准备等工作。</t>
+  </si>
+  <si>
+    <t>青海昆仑黄金有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    一、公司简介
+    青海昆仑黄金有限公司是一家国有控股的有限责任公司，隶属于山东黄金集团（股票代码600547）。公司位于青海省都兰县香日德镇，地处青海省黄金资源分布区域中心。2011年5月开工建设，2012年10月生产出首批国标金锭，填补了青海省黄金生产终端产品的空白。2012年12月28日公司在都兰县注册成立。
+    公司的经营范围为：黄金冶炼、销售；黄金生产的副产品加工、销售；黄金生产所需原材料仓储、销售；贵金属及其合金、珠宝首饰加工及商业经营；黄金生产技术研究开发及咨询服务。
+    二、公司福利待遇
+    1.社保缴纳。公司缴纳五险两金，根据国家法律规定，以个人工资收入为缴费基数，按月缴纳养老三险、医疗两险、住房公积金、企业年金。
+    2.员工食宿。公司免费提供员工住宿（2-4人/间），每月享受餐补，公司设有职工餐厅，提供一日三餐。
+    3.工会活动。公司设有篮球场、职工活动室等娱乐场所，职工活动室为综合型活动场所，内含台球、乒乓球、羽毛球、棋牌、健身等场地、设施。公司每逢重大节日都会组织娱乐性、竞技性的员工活动，在参与活动的同时亦有奖励发放。公司员工享受员工生日礼物等待遇。
+    4.节日休假。公司周六周日及法定节假日正常休假（全年假期115天），采取集中休假的方式执行，省内职工全年分12次休完，省外员工全年分6次休完。法定节假日上班，享受加班费待遇；全年假期未休完享受未休假补贴；省内职工享受休假路费补助、省外员工可报销往返路费。
+    5.职业发展。公司执行宽带薪酬制度，招聘薪酬待遇仅为入职初始待遇，随着工作年限、学历、职称、职业资格等不断增长，可以享受晋升薪酬标准的待遇。公司鼓励员工不断提升自身综合素质，对学历晋升等都有支持性政策待遇。
+    三、三班倒工作概念：
+    0点班工作时间：0：00-8：00，8点班工作时间：8：00-16：00，4点班工作时间：16：00-24：00；每天工作8小时（0点班或4点班或8点班），同一班连续三天，然后倒班。</t>
+  </si>
+  <si>
+    <t>1.负责机电设备运行和维护工作；
+2.负责机电设备定期检测和监测工作；
+3.完成部门领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>青海省海西州都兰县香日德镇</t>
+  </si>
+  <si>
+    <t>联系人：马佳颖
+联系电话：13897262024
+报名邮箱：
+qinghaikunlun@sd-gold.com</t>
+  </si>
+  <si>
+    <t>入职第一年须在生产一线进行锻炼，需三班倒。</t>
+  </si>
+  <si>
+    <t>1.负责公司生产工艺的更新维护工作；
+2.负责公司生产的管控；
+3.完成部门领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>1.按照标准操作规程和实验要求，运用化学分析方法和仪器对样品进行定量和定性分析，开展相关化验工作，保证分析结果的准确性；
+2.负责样品采集与处理；
+3.完成部门领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司日常党建工作的组织开展；
+2.完成部门领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>1.负责做好公司的各类宣传工作，包含但不限于微信公众号、抖音号等的维护、更新；
+2.负责做好公司各类文字材料的总结与攥写；
+3.兼职做好公务车的司机工作；
+4.兼职做好行政类工作及部门领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>1.负责做好岗位操作工作，主要体现在机械设备操作、安全操作、环保操作等；
+2.完成部门领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>需进行三班倒作业。</t>
+  </si>
+  <si>
+    <t>锡林郭勒盟山金白音呼布矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    锡林郭勒盟山金白音呼布矿业有限公司成立于2015年8月5日，为山东省属国有企业，注册资金1.8亿元，坐落于锡林郭勒大草原东乌珠穆沁旗萨麦苏木。公司由山东黄金集团（控股）与中国冶金地质总局第一地质勘查院共同组建。目前已经正式投入生产运营，达产后预计年平均营业收入为2.3亿元。
+    公司先后获得中国地质学会2015年度十大地质科技进展，取得实用新型专利20余项、发明专利1项，中国黄金协会科学技术一等奖1项、山东黄金集团科技进步奖、技术革新奖十余项，科研成果转化率达80%以上。2020年以来，中央电视台、内蒙古卫视、正北方网等中央、省部级媒体对公司进行过专题报道。公司下设综合管理部、财务部、纪检部、安全生产部、综合计划部、物资装备部、运营管理部、采选车间八个职能部门，共有地、测、采、机、电、选、安全等专业技术人员和综合、财务管理及一线操作与服务人员共150余人。</t>
+  </si>
+  <si>
+    <t>联系人：仇梓冰
+联系电话：15763192866
+报名邮箱：
+baiyinhubuhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>井下</t>
+  </si>
+  <si>
+    <t>1.负责安全生产规章制度、操作规程修订及现场管理；
+2.负责进行安全教育培训；
+3.负责设备设施安全管理及隐患整改验收。</t>
+  </si>
+  <si>
+    <t>1.负责日常样品化验及化验分析工作；
+2.及时准确填写化验原始记录和出具化验报告单；
+3.定期做好仪器的维护保养工作。</t>
+  </si>
+  <si>
+    <t>需三班倒</t>
+  </si>
+  <si>
+    <t>1.负责信息化项目的技术论证、方案设计、建设及运维；
+2.计算机及相关设备、计算机网络的管理和维护；
+3.负责主干光纤网络的管理、维护等。</t>
+  </si>
+  <si>
+    <t>1.负责人员招聘和管理、日常报表的统计和上报、工作、专业技术职称申报、评定管理工作；
+2.负责薪酬统计、核算、发放和劳动用工等相关工作。</t>
+  </si>
+  <si>
+    <t>1.负责按照会计准则及时准确核算经济业务，编制会计凭证；
+2.负责往来账目核对，各类会计报表、财务报告、管理报表的编制，现金、银行存款、票据的管理工作；
+3.负责会计档案归档、保管等管理工作。</t>
+  </si>
+  <si>
+    <t>新疆金川矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    新疆金川矿业有限公司位于伊宁县境内。公司成立于2003年，现为山东黄金集团全资子公司，注册资本5150万美元。是一座集黄金探采、选冶、精炼和加工销售为一体的综合性黄金矿山，并成为当前新疆区域内单体矿山产金量最大的矿业公司。
+    公司下设综合管理部、党建工作部、人力资源部、综合计划部、运营管理部、纪检部、物资装备部、财务部、安全生产部、质检中心、采矿车间、选矿车间、氰冶车间、运修车间。
+    公司是新疆维吾尔自治区安全标准化二级企业、国家高新技术企业。项目首次采用先进的沟壑堆浸生产工艺，属于自治区政府重点承接的产业，被列入《新疆黄金工业“十二五”发展规划》重点规划项目，自治区“十二五”期间重大建设项目。公司自成立以来，多次受到省、市、县政府及部门的表彰和奖励，先后被授予“中国黄金矿产金十大企业”“全国黄金行业先进集体”“优秀民营企业”“环保诚信企业”“优秀纳税企业”“安全生产工作优秀企业”“捐资助学爱心企业”“自治州劳动关系和谐企业”“劳模和工匠人才创新工作室”“模范职工之家”等荣誉称号。
+    公司秉承“追求卓越、创新进取”的企业精神，以先进的经营理念和管理模式，以优质的产品和诚信、共赢的服务宗旨，不断壮大经济实力，努力把公司打造成具有先进科学管理能力、安全环保和强大市场竞争能力的现代化工矿企业。</t>
+  </si>
+  <si>
+    <t>新疆伊犁哈萨克自治州伊宁县喀拉亚尕奇乡</t>
+  </si>
+  <si>
+    <t>联系人：苟旭辉
+联系电话：17799391975
+座机：0999-7863322
+报名邮箱：
+xjjc@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责起草公司综合性工作计划、总结及公文；
+2.负责会议纪要的整理，推进会议决议的执行；
+3.负责收发文件的协调传递、审核把关等工作。</t>
+  </si>
+  <si>
+    <t>包头市昶泰矿业有限责任公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金昶泰矿业公司（以下简称山金昶泰）所辖陶勒盖金矿位于内蒙古高原西段巴音戈壁盆地，行政区划隶属乌拉特后旗获各琦苏木，最高海拔1249m，最低海拔1208m，以低山丘陵、高平原及沙漠戈壁为主。
+    山金昶泰矿山矿产资源丰富，矿区面积1.606平方公里，以生产金精矿为主，矿石伴生银、铅、锌等多种有价金属，采矿权、探矿权共保有资源量金矿石量311.5万t，金金属量15272kg。2024年，矿山计划投入勘查资金约1900万元，开展钻探探矿工程22890米，年底完成深部资源量的评审及备案，金金属量有望增至20000kg，矿山原设计年采选金矿石6万吨，2024年4月，完成18万吨/年采矿许可证变，5月选矿厂实现复产，全年预计产金260kg，营收1.43亿元；2025年，计划完成年处理18万吨矿山改扩建工程，三年内建成日处理量1000吨的智能化矿山，年产黄金突破1000kg，进入吨金矿山行列。
+    近年来，山金昶泰坚持贯彻环境优先、可持续发展理念，采用绿色环保的浮选工艺，浮选尾矿为一般工业固体废物，经压滤脱水后干排至尾矿库。选矿用水在厂区内循环，矿井疏干水回用补充，实现了井下与地表的大循环，水资源得到了充分利用，正向建设绿色矿山阔步迈进。</t>
+  </si>
+  <si>
+    <t>内蒙古自治区巴彦淖尔市乌拉特后旗获各琦苏木陶勒盖金矿</t>
+  </si>
+  <si>
+    <t>联系人：杨春立
+联系电话：13864549181
+报名邮箱：
+ctkyhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责制定尾矿库安全生产规章制度、操作规程并监督实施；
+2.负责尾矿库的动火作业、受限空间作业、高空作业、等特殊作业的现场监督；
+3.负责尾矿库各工序的作业技术指导和安全措施的指导。</t>
+  </si>
+  <si>
+    <t>1.负责企业文化建设、宣传等工作；
+2.负责文件收发、印章使用、证照管理、资料归档等工作；
+3.负责员工思想政治、文化意识等相关工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司法律方面相关工作；
+2.负责公司合同审批等相关工作；
+3.负责公司合规管理工作。</t>
+  </si>
+  <si>
+    <t>1.负责薪酬结算相关工作；
+2.负责公司招聘、社保、企业年金、补充医疗保险等工作；
+3.负责日常报表的统计和上报工作。</t>
+  </si>
+  <si>
+    <t>1.负责财务会计等相关工作；
+2.负责公司报表等相关工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司采购计划整理及上报工作；
+2.负责公司材料及设备采购等相关工作；
+3.负责公司物资入库及仓储管理等工作。</t>
+  </si>
+  <si>
+    <t>山东黄金矿业科技有限公司深井开采实验室分公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金集团有限公司深井开采实验室于2016年12月挂牌成立，是山东黄金集团有限公司的重要研发平台。实验室实行集团公司领导下的主任负责制，研究方向涉及深部岩体力学、采矿方法与工艺、深部支护、地压在线监测、深井热害防控、数字化矿山等方面，自成立以来一直坚持问题导向、坚持前沿技术研究、坚持勇于创新的科研态度，以“深地”资源基础理论研究为指导，着重技术应用与现场服务，立足矿山基层，以解决山东黄金集团所属矿山深部开采科学技术难题为第一要务，同时积极参与申报和承担省（部）、国家级重大科技计划项目，推进科技成果转化，带动行业整体进步，为深地资源的开发包括海底金矿床的深部开发提供技术指南。</t>
+  </si>
+  <si>
+    <t>研发工程师</t>
+  </si>
+  <si>
+    <t>1.研究方向与深部工程硬岩高温高压密切相关，近5年有矿山现场科研经历和论文发表；
+2.曾作为主要责任人负责深部工程科研项目，负责协助实验室项目技术成果、专利、论文等知识产权保护工作；
+3.有真三轴实验经验，能够负责深部现场岩石力学调查与相关岩石力学实验方面的研究；
+4.负责协助实验室仪器设备操作维护与管理工作。</t>
+  </si>
+  <si>
+    <t>博士研究生</t>
+  </si>
+  <si>
+    <t>采矿工程、土木工程（岩石力学方向）及相关专业</t>
+  </si>
+  <si>
+    <t>山东莱州</t>
+  </si>
+  <si>
+    <t>联系人：尹延天
+联系电话：13235317908
+报名邮箱：
+shenjingshiyanshihr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>研发技术员</t>
+  </si>
+  <si>
+    <t>1.负责深部现场岩石力学调查与相关岩石力学实验方面的研究；
+2.负责协助实验室仪器设备操作维护与管理工作；
+3.负责协助实验室项目技术成果、专利、论文等知识产权保护工作。</t>
+  </si>
+  <si>
+    <t>硕士研究生及以上</t>
+  </si>
+  <si>
+    <t>采矿工程、土木工程、力学等相关专业</t>
+  </si>
+  <si>
+    <t>山东黄金矿业科技有限公司充填工程实验室分公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    充填工程实验室成立于2017年，现有采矿、选矿、机械、材料、电气自动化等充填相关专业人员18人，研究生学历14人，高级工程师7人，中级工程师7人，承担国家及省部级科研项目2项，主编行业标准2项和团体标准3项，参编国家标准3项，授权发明专利34项，实用新型专利76项，获得软件著作权28项，发表论文70余篇，获集团及行业类科技奖励60余项。
+    实验室秉承“生态矿业 智慧充填”理念，坚持“自主创新、服务一线、安全高效、绿色智能”的总体思路，针对充填工艺技术和装备的内外部市场需求，开展充填材料研制、充填工艺设计、充填自动化系统研究、充填技术服务等业务，着重解决目前黄金和有色矿山充填体强度不高、高倍线充填料浆输送困难、井下充填泌水、跑浆、不接顶，以及尾矿库现有库容难以支撑矿山未来发展等问题，为突破充填关键核心技术，促进矿山高质量发展贡献山金力量。
+    实验室现有一批高精尖的充填试验研究设备，可独立完成充填材料物化性质分析、静动态浓密试验研究、充填料浆配比试验、L管自流循环试验、半工业浓密和环管输送试验等，具备充填胶凝材料研制、充填工艺设计、充填自动化系统研究、充填技术服务等方面的科技创新及研发能力，自主研制的智能防耙架高效浓密机、高浓度搅拌机等充填智能装备已实现技术成果转化，自主开发的矿渣基早强型胶凝材料已生产应用，提出的尾砂高浓度高强度充填工艺为绿色矿山建设提供了解决方案。  </t>
+  </si>
+  <si>
+    <t>1.负责充填开采新方法、新项目的研发；
+2.负责充填总体方案设计、充填工艺和技术研究、充填设备研发工作；
+3.负责充填料浆流变特性、输送技术和活化制备技术研究等。</t>
+  </si>
+  <si>
+    <t>联系人：马晨
+联系电话：18615951133
+报名邮箱：
+chongtiangongchengshiyanshihr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>产投集团</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金（北京）产业投资有限公司（以下简称“公司”)成立于2015年，为山东黄金集团二级子集团。公司负责山东黄金集团国内、国际投资并购业务，在优化组织架构后设有“8个职能部门+3个专业中心”，在册员工63人。其中，拥有研究生及以上学历人员占比76.2%，海外教育及工作经历人员占比30.1%，高级职称人员占比28.6%，专业涉及地质、采矿、选矿、财税、法律、投资等。</t>
+  </si>
+  <si>
+    <t>1.负责起草综合性会议文件、工作报告、总结材料和研究性文稿等；
+2.负责会议记录、纪要整理及工作事项的督办；
+3.承办收发文和资料的登记、审核、拟办、运转、催办、保管等工作；
+4.协助领导批示、直接交办或转交事项的督办；
+5.负责会议活动、重点工作宣传、新闻稿撰写；
+6.协助完各类文件材料、音像、实物档案的收集、整理、归档工作；
+7.其他相关工作。</t>
+  </si>
+  <si>
+    <t>文学类、法学类、经济学类、管理学类、历史学类、政治学类、哲学类相关专业</t>
+  </si>
+  <si>
+    <t>北京</t>
+  </si>
+  <si>
+    <t>联系人：杨女士  
+联系电话：18611805638
+报名邮箱：
+shanjinchantouzp@sd-gold.com</t>
+  </si>
+  <si>
+    <t>山东黄金地质矿产勘查有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金地质矿产勘查有限公司坐落于美丽的“长寿之乡”——莱州市。公司成立于2006年12月，隶属于山东黄金集团，是一家具有固体矿产勘查甲级、地质钻探甲级、坑探乙级、地球物理勘查丙级、测量丙级的综合性地勘单位，具有地质勘查设计、各类勘查手段施工、综合成果报告编制为一体的完整勘查链条。
+    2022年6月，山东黄金集团优化管控体系，将山东黄金地质矿产勘查有限公司提级为二级子集团-山东黄金地勘集团，下设莱州地勘公司、内蒙地勘公司、西部地勘公司、山金国际矿业4家企业。一直以来，地勘集团及所辖企业坚守找矿报国初心，以“保障国家矿产资源安全”为己任，坚持国内海外双向布局，勘查足迹遍及国内、南美洲、非洲等众多区域，累计投入探矿工程量150余万米，先后提交30多个地质成果报告，成功探获东风、新立、南吕-欣木、西岭4个过100吨超大型金矿床，累计备案金金属量超1200吨，为胶东地区打造“千吨黄金资源基地”提供了优质资源保障。其中，2023年8月，成功探获国内资源量规模最大的单体金矿床-西岭金矿，探获金金属量592.186吨，预估潜在经济价值超2000亿元。
+    “十一五”以来，地勘集团在队伍建设、探矿增储、绿色勘查、新旧动能转化等方面成绩卓著，地勘集团及所辖企业荣获“全国模范地勘单位”“全国黄金行业先进集体”“山东省‘358’找矿突破战略行动先进集体”“山东省科技进步一等奖”“山东省杰出科研团队”“高新技术企业”“省属企业精神文明单位”“山东省改革创新团队”等系列荣誉，拥有省部级地质科研创新成果十余项，国家发明专利8项。展望未来，地勘集团将以习近平新时代中国特色社会主义思想为指引，以“山金地勘·金色粮仓”为发展愿景，不断为国家新一轮找矿突破作出新的更大的贡献。</t>
+  </si>
+  <si>
+    <t>1.负责勘查项目设计书的编写、项目实施方案的编制等；                                                                                                                                                                           2.负责勘查项目的地质技术、现场施工管理、原始地质编录和布样工作；                                                                                                                                                                     3.负责勘查项目的资料、数据的处理、分析，并开展综合研究，编制各类成果报告等；                                                                                                                                                          4.负责原始资料、成果报告的提交、归档等工作；                                                                                                                                                                                       5.积极学习新的理论、方法，负责相关科研工作。</t>
+  </si>
+  <si>
+    <t>地质学、资源勘查工程等地质类相关专业</t>
+  </si>
+  <si>
+    <t>山东莱州及项目所在地</t>
+  </si>
+  <si>
+    <t>联系人：刘颖
+联系电话：13791275786             
+联系人：西家慧
+联系电话：0535-2808879，15653868685
+报名邮箱：
+dikanhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>内蒙古山金地质矿产勘查有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    内蒙地勘公司于2012年4月在内蒙古赤峰市成立，注册资本2000万元，是集团在省外获取资源的重要力量，肩负着资源并购、矿权获取、勘查找矿和区域协同等多项任务。目前管理探矿权项目18个，勘查区总面积233.26平方公里，分布在内蒙古赤峰市、锡林郭勒盟、新疆等地区，其中自有探矿权项目11个，与集团外部公司成立合资公司合作勘查项目7个。已形成以内蒙古为中心，辐射东北、华北、新疆等周边区域的工作格局，为集团打造资源粮仓奠定了坚实基础。
+    内蒙地勘公司先后获得山东省省属企业文明单位、山东省管理创新奖、内蒙古赤峰市健康企业，集团科技进步奖、技术革新奖和多项国家发明专利。并始终践行“山东黄金，生态矿业”的品牌形象，坚持走绿色勘查之路，多个项目成功进入国家首批绿色勘查示范项目名录。</t>
+  </si>
+  <si>
+    <t>1.主要从事地质技术工作，做好各项基础工作；
+2.做好野外地质勘查工作和各种地质探矿工程的原始地质编录工作；
+3.参加地质勘查设计和报告编制工作；
+4.参与物化探野外工程施工；
+5.及时准确收集整理分管项目的各类地质信息，进行综合分析处理，并整理存档。</t>
+  </si>
+  <si>
+    <t>内蒙古赤峰及项目所在地</t>
+  </si>
+  <si>
+    <t>联系人：寇女士
+联系电话：0476-5643109
+报名邮箱：
+neimengdikanhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>1.负责公司相关法律事务的处理，法律问题的咨询解答，保障公司经营活动合法合规；
+2.协助企业法律顾问起草或组织审查企业的重要规章制度，审核企业合同并对其进行归档管理；
+3.协助公司业务部门进行风险把控，参与新项目投入风险分析，评估项目法律、运营风险；
+4.参与并购项目的尽职调查、谈判、签约、履约等事项；
+5.负责开展与企业生产经营相关的法律咨询、培训和宣传工作。</t>
+  </si>
+  <si>
+    <t>法学、法学理论、法律史、民商法学、经济法学等法律类相关专业</t>
+  </si>
+  <si>
+    <t>内蒙古赤峰</t>
+  </si>
+  <si>
+    <t>山金西部地质矿产勘查有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山金西部地质矿产勘查有限公司坐落于美丽的“夏都”-青海西宁，是山东黄金集团旗下全资子公司。主要从事贵金属、有色金属、黑金属及其它固体矿产地质勘查、开发和经营、地质咨询与技术服务工作，具有较强的地质勘查技术力量，属于国内较早从事地质勘查的公司之一。  
+    公司自成立以来，始终围绕集团发展理念，大力开展对外资源并购与合作。目前按照发展规划，打造的以青海为中心，辐射内蒙西部、西藏、新疆、甘肃的西北资源勘查基地已取得阶段性成果。未来将按照总体发展思路，全力将公司打造成山东黄金在西部地区以资源获取为主，勘查运营综合实力强的地勘公司。为实现山东黄金资源“存量做优 增量做大”的发展目标、“进入世界500强 建成世界一流企业”的“十四五”战略目标而不断奋斗。</t>
+  </si>
+  <si>
+    <t>1.负责资源并购、内部协同以及地质资源尽调等工作；
+2.负责野外地质项目勘查，地质编录、资料收集、分析整理、报告编制等；
+3.完成领导交办的其余工作。</t>
+  </si>
+  <si>
+    <t>青海西宁及项目驻地</t>
+  </si>
+  <si>
+    <t>联系人：李女士
+联系电话：0971-6511359
+报名邮箱：
+xibudikanhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>山东黄金集团国际矿业开发有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金集团国际矿业开发有限公司位于山东济南，公司成立于2002年，为山东黄金集团全资子公司，是集团国际化发展的重要业务板块，也是集团境外资源基地建设的主要承担者。公司拥有丰富的海外工作经验和专业业务团队，高级职称人员占比16%、中级职称人员占比36%，博士人员占比4%、海内外硕士人员占比23%。自成立以来一直以境内外矿产勘查、矿业开发、矿权投资等为主营业务。权属公司分布于济南、香港、纳米比亚、加纳、智利、阿根廷等地。在国内外先后组织完成了近百个地质勘查项目，通过自主申请和收购拥有矿权10余项，现阶段业务范围主要分布在山东、香港、智利、纳米比亚、加纳、喀麦隆、乌兹别克斯坦、乌干达等地。
+    遵循集团十四五战略规划，牢记集团“进入世界500强，建成世界一流企业”的战略目标，以找大矿、找好矿为核心业务，以“勘查技术服务+风险勘查+矿权运营”为经营特色，以获取资源储量为导向，瞄准海外优质资源版块，精准发力，抢抓“一带一路”发展机遇，以金矿为首选、有色金属为重点勘查方向，紧紧围绕集团以金为主线的资源储备开展海外地质勘查和优质矿权并购工作，实现地勘经济可持续发展。
+    在未来的发展中，公司将始终坚持“尊重、融合、互利、共享”的合作理念，努力打造“平安山金、生态山金、活力山金、人文山金”。</t>
+  </si>
+  <si>
+    <t>1.负责矿业项目野外地质技术及现场管理等工作；
+2.负责地质勘查项目野外地质编录、地质资料的收集、分析及整理，并提交各类地质资料；
+3.负责地质勘查项目设计和报告编制及其它室内资料整理等工作；
+4.及时准确收集整理分管项目的各类地质信息，进行综合分析处理，并整理存档。</t>
+  </si>
+  <si>
+    <t>山东济南及项目驻地
+（阶段性驻外）</t>
+  </si>
+  <si>
+    <t>联系人：肖彤
+联系电话：15688870330
+报名邮箱：
+sjgjkyhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>山东省地矿工程集团有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  山东省地矿工程集团有限公司成立于1994年，注册资本金1.08亿元，目前有10家生产经营单位和7个管理部室。
+  公司在业界有一定的技术影响力和专业话语权，是“国家高新技术企业”、国家级“守合同重信用”单位；是省内唯一的国家地质灾害治理协会常务理事单位和中国地调局浅层地温能推广示范中心；是山东省国土资源标准化委员会副秘书长单位、岩石力学与工程学会副理事长单位、矿业联合会常务理事单位、地质学会地热与矿泉水专业委员会副主任委员单位。
+  公司现有各类资质27项，包括矿产勘查、地灾治理、生态修复、水工环调查等17项甲一级资质，以及钻探、测量、土地规划等乙丙级资质。自成立以来，先后提交地质成果1600余项，项目成果获得厅局级以上奖励170余项，其中省部级奖励9项。
+  公司总人数200余人，平均年龄33岁，本科以上人员180人，占比85%，中级职称以上87人，占比43%，专业技术人员164人，占比82%。进入省自然资源专家库15人、省绿色矿山建设专家库7人、省科技厅专家库13人；拥有注册类执业资格26人。公司柔性引进高层次人才2名，高端技术人才有力支撑企业进一步加大改革创新力度。
+  公司目前从事三大业务板块。一是地质勘查与找矿业务；二是地质灾害及矿山地质环境治理业务；三是地热与水资源开发利用业务。</t>
+  </si>
+  <si>
+    <t>1.在项目负责人领导下，负责野外地质填图、槽探、采样，岩芯编录等地质技术工作；
+2.负责地质资料的综合整理工作；
+3.参与地质报告的编写工作。</t>
+  </si>
+  <si>
+    <t>地质（学）类、土木（水利）类、能源动力类、电气类、地质资源与地质工程类等其他相关专业</t>
+  </si>
+  <si>
+    <t>山东济南、烟台、东营、青岛</t>
+  </si>
+  <si>
+    <t>联系人：姚瑶
+联系电话：18954190524
+报名邮箱：
+dkgchr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>检验检测技术员</t>
+  </si>
+  <si>
+    <t>1.负责公司的化验分析；
+2.负责管理实验室内所有设备、对实验数据分类处理、建档保存。
+3.在项目负责人领导下，负责野外地质填图、槽探、采样，岩芯编录等地质技术工作；
+4.负责地质资料的综合整理工作；
+5.参与地质报告的编写工作。</t>
+  </si>
+  <si>
+    <t>环境科学与工程类、化学类、地质（学）类、土木（水利）类、地质资源与地质工程类等其他相关专业</t>
+  </si>
+  <si>
+    <t>1.办理日常报销业务，审核原始单据、编制记帐凭证、控制费用支出；
+2.负责原材料的核算、部门成本核算工作；
+3.负责会计凭证、明细账、总账等会计记帐工作。</t>
+  </si>
+  <si>
+    <t>财务管理、会计学、财政学、税收学、金融学、经济学、审计学等其他相关专业</t>
+  </si>
+  <si>
+    <t>山东济南</t>
+  </si>
+  <si>
+    <t>机械技术员</t>
+  </si>
+  <si>
+    <t>1.负责机械、电气设备安装、调试、运行、维护、维修、检测；
+2.负责落实材料、备件储备和质量，机械设备、备件计划的平衡、审核和提报。</t>
+  </si>
+  <si>
+    <t>机械工程、机械设计制造及其自动化、机械电子工程、机电一体化等其他相关专业</t>
+  </si>
+  <si>
+    <t>企业管理专员</t>
+  </si>
+  <si>
+    <t>1.负责领导公务活动的照相、摄像，来访接待等；
+2.负责公司内外的宣传工作、负责做好信息的采集及上报工作。</t>
+  </si>
+  <si>
+    <t>金融学、经济学、统计学、工商管理等其他相关专业</t>
+  </si>
+  <si>
+    <t>山东黄金集团建设工程有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金集团建设工程有限公司（以下简称“建设工程”）注册资本15000万元，是山东黄金集团全资子公司。长期以来，建设工程坚持“双核驱动”发展战略，以矿山工程和市场项目为支撑，逐渐成为集建筑施工、装饰装修、幕墙、园林、安装、检测维保等业务于一体的综合性大型建筑国企。
+    聚焦矿山工程，乘势而上开新局。建设工程以山东为中心点，业务范围呈辐射状扩散，逐步覆盖内蒙古、新疆、甘肃、河南等多个省份。未来，建设工程将坚持打造“集团矿山地表建筑服务中心”工作任务不动摇，继续在各省份打造好内部协同项目，持续为集团建设一流矿山企业贡献力量。
+    践行国企担当，顺势而为谋新篇。建设工程凭借过往的大型项目施工经营与技术管理优势，不断做稳存量，做优增量，成功实现了业绩的快速积累。后续将继续同各大型企业保持良好合作关系，未来，建设工程将不断强化核心竞争力，持续打造安全质量硬，标准化程度高的精品工程。
+    一直以来，建设工程秉持“黄金初心、国企匠心”，以“安全生产重于一切、先于一切、高于一切、压倒一切”的责任心建设平安工程；以“绿水青山就是金山银山”的环保心建设绿色工程；以“事争一流，唯旗是夺”的敬业心建设品质工程；以“共创美好新征程”的进取心建设人文工程。对内持续强化与集团矿山的友好协同，对外持续巩固各大省属企业合作关系，积极打造省内一流、国内领先的黄金建设品牌形象。
+    新的时代伴随新的机遇。立足新发展阶段，建设工程将积极推进高新技术企业建设，加快智慧化工地打造，推进主营主业数字化转型与节能降碳技术改造，向绿色创新、绿色建造、绿色施工的新型建筑企业发展目标不断迈进。</t>
+  </si>
+  <si>
+    <t>工程管理施工员</t>
+  </si>
+  <si>
+    <t>1.协助项目经理落实项目的施工进度、质量、安全等管理；
+2.组织指挥各班组按施工进度计划，图纸要求和设计要求进行施工；
+3.施工现场管理；
+4.参与项目验收评定。</t>
+  </si>
+  <si>
+    <t>土木工程、建筑学、安全工程、管理科学与工程、电子信息工程等其他相关专业</t>
+  </si>
+  <si>
+    <t>烟台、内蒙、新疆、甘肃等项目所在地</t>
+  </si>
+  <si>
+    <t xml:space="preserve">联系人：贾童
+联系电话：15965635762
+报名邮箱：jianshegongchenghr@sd-gold.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+</t>
+  </si>
+  <si>
+    <t>1.协助落实公司施工管理制度；
+2.对施工工程编制书面质量管理技术交底，配合项目经理定期组织质量管理人员进行培训；
+3.协助公司安全文明优良工程的落实与实施；
+4.协助完成预算报价、投标管理等工作。</t>
+  </si>
+  <si>
+    <t>工程管理、工程造价、环境设计、艺术设计、机械工程等其他相关专业</t>
+  </si>
+  <si>
+    <t>1.熟悉掌握国家、地方等有关标准、规范，按标准有效执行；
+2.能够按照技术标准和操作规程要求开展检测评估及维保维修等方面的工作；
+3.严格遵守公司各项规章制度，配合部门负责人完成各项工作任务。</t>
+  </si>
+  <si>
+    <t>土木工程、工程力学、工程造价、工程管理、建筑环境与能源应用等其他相关专业</t>
+  </si>
+  <si>
+    <t>山东省内各项目所在地</t>
+  </si>
+  <si>
+    <t>消防工程施工员</t>
+  </si>
+  <si>
+    <t>1.按照公司维护保养流程规范操作，据实填写各种记录，按时出具维修保养报告书，做好维保记录、报告的档案整理工作；
+2.做好与客户沟通交流工作，及时解决客户提出的各类问题，提供及时的现场服务；
+3.及时汇报维保维修工作情况，积极完成公司指派的各项维保维修任务。</t>
+  </si>
+  <si>
+    <t>消防工程、电气工程及其自动化、汽车服务工程、机械设计制造及自动化、给排水科学与工程等其他相关专业</t>
+  </si>
+  <si>
+    <t>山金企业管理（山东）有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山金企业管理（山东）有限公司为山东黄金集团全资子公司，注册资本1000万元，主营业务为集团矿山后勤服务、餐饮服务、资产管理、广告设计与制作、人事代管、顾问咨询服务等。
+　  企管公司深入践行综合服务保障职能，全面助力集团及业主单位集中精力、心无旁骛做好主业，积极赋能再创新高。依托在后勤服务，餐饮服务领域市场化运营累积的丰富经验和管理优势，不断致力于向社会广大客户提供专业化、高品质服务，全面加强品牌建设，提高企业综合竞争能力，将企管公司打造成全国一流运营管理企业。                                                         </t>
+  </si>
+  <si>
+    <t>工程维修专员</t>
+  </si>
+  <si>
+    <t>1.负责管辖区域公共设施的日常巡检与维护；                                                                                     2.负责制定设备保养计划，定期进行设备保养与维护；                                                                                                         3.负责水电暖等应急维修与抢险，制定应急演练计划并执行；                                                 4.负责日常节能降耗与环保管理；                            5.参与开展部门通用职责工作；
+6.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>物业管理、电气工程及其自动化、电气工程与智能控制、电子信息工程、消防工程等工程管理相关或相近专业</t>
+  </si>
+  <si>
+    <t>上海、莱州等项目区域</t>
+  </si>
+  <si>
+    <t>联系人：赵梦怡
+联系电话：18660779599
+报名邮箱：qiguangongsihr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责信息技术、网络安全等相关工作；                           
+2.负责信息化建设与推广，COP及钉钉平台维护及推广等工作；
+3.负责计算机及相关设备、计算机网络的管理和维护；                                                  
+4.负责智慧化、智能化建设相关业务工作；                                         
+5.参与开展部门通用职责工作；
+6.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>信息与计算科学、网络工程、信息安全、网络安全与执法、电子信息工程等相关或相近专业</t>
+  </si>
+  <si>
+    <t>品管专员</t>
+  </si>
+  <si>
+    <t>1.负责协助制定并完善服务品质标准，构建品质监督体系；                                                        
+2.协助开展日常品质管理工作，提升服务品质；                                                             
+3.负责管理区域的现场巡查、品质管理培训及业务指导等工作；                                           
+4.参与开展部门通用职责工作；
+5.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>食品科学工程、食品质量与安全、食品营养、酒店管理、公共事业管理等其他相关专业</t>
+  </si>
+  <si>
+    <t>1.负责会计制证和账务处理、编制会计报表；          
+2.审核各项费用支出，执行财务预算；              
+3.检查银行、库存现金、资金账目，发现问题监督改正，并负责往来账的清理；                          
+4.登记账本，妥善保管会计凭证、账本、会计报表及其他档案；                                         
+5.参与开展部门通用职责工作；
+6.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>1.负责公司相关法律事务的处理，法律问题的咨询解答，保障公司经营活动合法合规；                                                                                                                                                       2.协助进行风险把控，审核并制定各类合同、文件，解决合同履行中出现的法律问题，参与新项目接管风险分析，评估项目法律、运营风险；
+3.跟踪和解读行业政策法律动态，指导合规运营；
+4.参与开展部门通用职责工作；
+5.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>法学、信用风险管理与法律防控、国际经贸规则等其他相关专业</t>
+  </si>
+  <si>
+    <t>要求具备法律职业资格</t>
+  </si>
+  <si>
+    <t>客服专员</t>
+  </si>
+  <si>
+    <t>1.负责日常接待、会议服务、行政事务等工作；                           
+2.负责客户服务与沟通、投诉处理与反馈工作，提升业主满意度；                                                        
+3.参与开展部门通用职责工作；
+4.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>新闻学、传播学、汉语言文学、马克思主义理论学、政治学与行政学等其他相关专业</t>
+  </si>
+  <si>
+    <t>中共党员优先</t>
+  </si>
+  <si>
+    <t>1.负责协助做好意识形态、内外宣传等工作；                                                                                                                                                                                      2.负责公务活动摄影摄像，来访接待等工作；
+3.负责公司宣传活动策划、宣传平台运营维护等工作；                                                         
+4.参与开展部门通用职责工作；
+5.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>新闻学、传播学、公共外交与文化传播、社会学、汉语言文学、马克思主义理论学、政治学与行政学等其他相关专业</t>
+  </si>
+  <si>
+    <t>中共党员</t>
+  </si>
+  <si>
+    <t>安保专员</t>
+  </si>
+  <si>
+    <t>1.负责日常巡逻、秩序维护、外来访客管理等工作；                          
+2.负责突发事件处理，制定应急演练计划并执行；                       
+3.参与开展部门通用职责工作；
+4.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>安全科学与工程类、管理学、教育学、体育学等相关专业</t>
+  </si>
+  <si>
+    <t>山东黄金汽车服务有限责任公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金汽车服务有限责任公司成立于1998年，注册资本金3000万元。主营客运出租、包车租赁、网约车平台、汽车维修四大业务。公司秉承“四个山金”发展理念，外拓市场，全力打造“黄金出租”品牌，挺进综合保障最前沿。发展成为服务一流、管理一流的现代化汽车服务企业，引领行业新风尚。
+    公司先后被评为“全国规范化管理先进企业”“山东省文明交通运输企业”“服务质量信誉AAA企业”，企业规模和服务品质始终处于济南同行业前列。</t>
+  </si>
+  <si>
+    <t>1.组织或者参与拟订生产安全规章制度、操作规程、应急预案；
+2.组织或者参与本单位安全生产培训，如实记录安全生产培训情况；
+3.部门安全检查，督促相关部门每月的安全以及季节性和节假日的安全大检查，发现隐患及时督促整改。</t>
+  </si>
+  <si>
+    <t>管理学类、交通运输类、机械类、安全科学与工程类等其他相关专业</t>
+  </si>
+  <si>
+    <t>联系人：刘苹
+联系电话：15064091917、0531-82921716
+报名邮箱：qichegongsihr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>运营专员</t>
+  </si>
+  <si>
+    <t>1.参与制定公司年度经营计划及预算，负责编制月度经营分析报告，监控追踪经营指标和重点工作进展；
+2.负责公司各部门组织绩效考核管理及编制目标责任书；
+3.参与公司重要运营问题的分析，编制解决方案，并协调落实。</t>
+  </si>
+  <si>
+    <t>1.负责日常接待、会议服务、行政事务等工作；                           
+2.负责客户服务与沟通、投诉处理与反馈工作，提升业主满意度；                                                         
+3.参与开展部门通用职责工作；
+4.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>山东黄金集团新源矿业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金集团新源矿业有限公司成立于2023年5月，是山东黄金集团的全资子公司，注册资金5亿元，地址位于山东省莱州市。公司主营业务涵盖固废治理、地质灾害治理、工程设计、工程施工、建筑用材加工、非金属废料和碎屑加工处理、新材料技术研发、地质灾害治理服务、土地整治服务等。
+    新源公司矢志生态环境保护和安全环保风险化解，致力于建设成为集“产、学、研”于一体的固体废物资源化综合利用企业，打造黄金尾矿处置的资源综合化利用平台，服务于莱州世界级黄金生产基地，以统筹解决黄金尾矿排放难题，合理消除尾矿库的堆存风险为发展导向，聚焦黄金生产产业延链、补链、强链、优链，开展金属矿山的废石、尾矿综合利用、新型胶凝材料生产和相关技术研发，构建矿山尾矿“减量化、资源化、无害化、生态化、绿色化”综合利用新模式，推动黄金矿山实现绿色高质量发展。
+    新源公司将紧紧围绕减量化、资源化、无害化、生态化、绿色化“五化”固废综合利用理念，突出“管理规范，技术先进、绿色环保、规模利用、辐射带动”五个重点，深化与科研院校、创新团队协同攻关，破解掌握核心技术，持续推动固废处置和资源化利用技术的不断创新，提升固废处置技术水平和再利用程度，全面建设国内金属矿山尾废规模化处置和资源化利用示范引领企业，为中国式现代化和强省建设贡献自身最大力量。</t>
+  </si>
+  <si>
+    <t>研发主管</t>
+  </si>
+  <si>
+    <t>1.负责产品设计、研发、产品质检和计量检测；
+2.负责新技术、新产品考察引进，可行性评估。</t>
+  </si>
+  <si>
+    <t>矿业类（选矿、充填等方向）、材料类（胶凝材料、改性剂等方向）、环境治理、固废处置及资源化利用等其他相关专业</t>
+  </si>
+  <si>
+    <t xml:space="preserve">联系人：李晓婧
+联系电话：13053536667
+报名邮箱：
+xinyuangongsihr@sd-gold.com </t>
+  </si>
+  <si>
+    <t>1.负责公司合同的审核、督察；
+2.负责健全、完善公司法务管理体系、合同管理体系和其他各项规章制度等工作</t>
+  </si>
+  <si>
+    <t>蓬莱金创精密铸造有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    蓬莱金创精密铸造有限公司，总投资4150万元，总资产8000万元。公司占地面积3万平方米，厂房面积1.5万平方米，现有员工350人。是集精密铸造与机械加工于一体的综合型制造企业，具备铸件1500吨和机械加工件1200吨的年生产能力。主要产品有不锈钢及其它合金钢阀门、泵、叶轮、管件、汽车配件、矿山机械配件、高铁配件、农机配件及其他精密零部件产品。公司质量保证体系完善，产品质量上乘，性能可靠，80%以上出口国际市场，远销日本、德国、加拿大、法国、西班牙等30个国家和地区。</t>
+  </si>
+  <si>
+    <t>1.根据检验计划使用三次元测量机测量部件及其它参数；
+2.根据图纸要求及3D模型对测量部件进行分析；
+3.了解CPK/GRR/GD&amp;T理念。</t>
+  </si>
+  <si>
+    <t>机械制造、机电一体化、测量技术、机械工程、工业工程等相关理工类专业</t>
+  </si>
+  <si>
+    <t>山东烟台蓬莱区</t>
+  </si>
+  <si>
+    <t>联系人：邹雪
+联系电话：13573576743、0535-3355825
+报名邮箱：jinchuangjingzhuhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>机械加工、铸造技术员</t>
+  </si>
+  <si>
+    <t>1.负责公司产品技术信息的收集和整理；
+2.负责新产品的设计，产品图、工装图的绘制；
+3.设计铸件图、产品模具图，贯彻标准化，做好公司内技术文件的编制、发放、回收及日常管理工作。</t>
+  </si>
+  <si>
+    <t>机械工程、机械设计制造及其自动化、机械电子工程、工业设计、材料科学与技术、材料成型与控制、金属材料科学等相关专业</t>
+  </si>
+  <si>
+    <t>蓬莱金福不锈钢制品有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    蓬莱金福不锈钢制品有限公司坐落于烟台市蓬莱区戚继光路178号，始建于1993年，注册资金620万美元，是亚洲第一的不锈钢啤酒桶制造商，葡萄酒桶、饮料桶等不锈钢容器专业生产企业。
+    公司为山东省创新型中小企业、烟台市制造业单项冠军企业，已获得3项国家发明专利，2项实用新型专利，1项外观专利，4项软著权。“JINFU”商标已在20多个国家和地区成功注册，销售网络覆盖欧洲、美洲、澳洲、东南亚、非洲，80%以上产品销往美国、巴西、日本、越南、英国、俄罗斯、智利、加拿大、爱尔兰、比利时、荷兰、韩国等30多个国家和地区。</t>
+  </si>
+  <si>
+    <t>技术员</t>
+  </si>
+  <si>
+    <t>公司技术信息的收集与整理、参与新产品的研发、工程的开发、技术支持、技术文件的编制及管理、专利的申报和项目申报。</t>
+  </si>
+  <si>
+    <t>机械工程、机械制造、金属压力加工、工业设计或相关专业</t>
+  </si>
+  <si>
+    <t xml:space="preserve">联系人：李佳
+联系电话：19153592025
+报名邮箱：jfhr@sd-gold.com </t>
+  </si>
+  <si>
+    <t>1.参与供应商的选择与评价，按照采购计划实施物料采购；
+2.做好物料跟催、到货报检、质量异议处理、货款结算等工作，确保采购物资的交期和质量符合生产需要。</t>
+  </si>
+  <si>
+    <t>采购管理、供应链管理、国际贸易、材料科学与工程、计算机科学与技术、物联网工程、机械工程及其它相关专业</t>
+  </si>
+  <si>
+    <t>1.负责公司日常法律业务；
+2.为公司商务谈判、并购、投资、融资及其他重大经营行为提供法律支持，参与处理公司各类诉讼、仲裁、纠纷工作，组织合规管理及体系建设；
+3.负责法务内部管理和外部事务的沟通工作。</t>
+  </si>
+  <si>
+    <t>法学、信用风险管理与法律防控、国际经贸规则及其它相关专业</t>
+  </si>
+  <si>
+    <t>1.做好党建和思想政治工作，组织安排党组织各种会议、学习和重要活动，负责党组织的文件、资料管理；
+2.负责党员的日常管理，负责做好发展党员工作和入党积极分子的培养、教育和考察工作，做好党的意识形态建设和宣传思想工作，做好群众工作。</t>
+  </si>
+  <si>
+    <t>党务工作、政治学与行政学、政治学、经济学与哲学、法学、思想政治教育、纪检监察、哲学及其它相关专业</t>
+  </si>
+  <si>
+    <t>蓬莱金馨铜业有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    蓬莱金馨铜业有限公司兴建于1995年，是山东省国有大型骨干企业----山东黄金集团有限公司下辖企业之一，企业类型：有限责任公司（非自然人投资或控股的法人独资），由山东山金精工科技有限公司全资控股，注册资本2656万元。公司主要生产金创牌制冷、热交换器用紫铜盘管、直管、毛细管以及电厂、海水淡化等行业用的各种型号铜管，年生产能力1万吨。金创商标为“中国驰名商标”、“山东省著名商标”，金创牌铜管被评为“山东省名牌产品”，具有良好的企业形象和品牌影响力。公司先后通过了质量管理体系认证、环境管理体系认证、职业健康安全管理认证和能源管理体系认证等标准化建设工作，于2019年成功进入省级绿色工厂项目库：2021年10月份，入选“2021年烟台企业100强”，2022年12月获得山东省设备管理协会颁发的山东省社协颁发的山东省社协系统企业设备管理先进单位。</t>
+  </si>
+  <si>
+    <t>1.结合支部实际情况，制定党建规划和党员教育学习计划；
+2.组织安排领导干部、党员学习和培训，定期召开民主生活会、党员大会、支部委员会；
+3.协助支部书记起草党政材料等。</t>
+  </si>
+  <si>
+    <t>法学、纪检监察、政治学与行政学等相关专业</t>
+  </si>
+  <si>
+    <t>联系人：赵妍
+联系电话：13853503314
+报名邮箱：jinxintongyehr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>统计员</t>
+  </si>
+  <si>
+    <t>1.根据公司经营目标，编制月度生产计划、成本消耗计划；
+2.对每天产、质量,各种物料的消耗进行统计,并报给有关领导；
+3.负责制定办公室日常消耗品计划，并做好领取、保管和发放工作；
+4.完成生产部领导交办的其他任务等。</t>
+  </si>
+  <si>
+    <t>统计学、应用统计学等相关专业</t>
+  </si>
+  <si>
+    <t>操作工</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="宋体"/>
+        <charset val="134"/>
+      </rPr>
+      <t>1.根据公司生产计划，配合本班组班长，及时制定各阶段生产计划；</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="宋体"/>
+        <charset val="134"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="宋体"/>
+        <charset val="134"/>
+      </rPr>
+      <t>2.严格按照技术部技术要求，对产品工艺进行合理加工、生产，保证产品质量；</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="宋体"/>
+        <charset val="134"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="宋体"/>
+        <charset val="134"/>
+      </rPr>
+      <t>3.加强生产技能和专业知识的学习，以便胜任更高标准的生产任务。</t>
+    </r>
+  </si>
+  <si>
+    <t>山金期货有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山金期货有限公司成立于1992年11月，注册资本6亿元，是山东黄金集团下属控股公司。公司业务范围包括商品期货经纪、金融期货经纪、期货交易咨询、资产管理。公司是上海期货交易所、大连商品交易所、郑州商品交易所、中国金融期货交易所、广州期货交易所及上海国际能源交易中心交易结算会员。
+    公司目前在上海、天津、杭州、济南、厦门、晋江、烟台、东营、临沂、南京、长沙等城市设有11家分支机构，业务范围进一步向全国重要产业区域和高净值客户区域拓展，可代理客户从事国内目前所有上市商品期货交易、金融期货交易。公司下设风险管理子公司--上海山金实业发展有限公司，可为实体企业提供风险管理、期现业务及研究咨询等服务。
+    作为国内成立最早、运作最规范的期货公司之一，山金期货秉持“追求卓越、创新进取”的企业精神，坚持“规范化、专业化、职业化”的经营理念，本着“客户第一、服务至上”的宗旨，以经纪业务为基础，加快资产管理、风险管理等创新业务的发展步伐，全力打造特色鲜明、业内领先的产业化特色金融衍生品服务商！</t>
+  </si>
+  <si>
+    <t>技术助理</t>
+  </si>
+  <si>
+    <t>1.参与公司信息化建设前期底层搭建、部署实施，系统初步测试，监控、杀毒软件安装；
+2.系统运维，包括不限于日常维护、系统升级、变更，定期完成安全加固及病毒查杀工作；
+3.技术支持工作、桌面运维工作；
+4.完成公司及领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>计算机科学与技术、软件工程、信息管理与信息系统、自动化类等经济学、管理学、工学、理学等相关专业</t>
+  </si>
+  <si>
+    <t>上海</t>
+  </si>
+  <si>
+    <t>联系人：林小琴
+联系电话：18521268670
+报名邮箱：
+sjqhhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>交易风控助理</t>
+  </si>
+  <si>
+    <t>1.通过监控、管理控制客户风险，做好保证金管理及客户风险通知及强平执行；
+2.根据客户委托报单的内容完成交易指令下达；
+3.受理客户交易委托；
+4.及时掌握交易所推出的新品种、新业务，协助监管机构、交易所完成各类协查工作；
+5.完成公司及领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>金融等经济学、管理学、法学等相关专业</t>
+  </si>
+  <si>
+    <t>会计助理</t>
+  </si>
+  <si>
+    <t>1.负责填制、录入总部记账凭证，配合会计主管定期编制财务报表、财务分析报告、净资本报表；
+2.协助会计主管完成财务预算、决算等工作；
+3.按照公司财务支出审签流程，做好财务单据的审核；
+4.完成公司及领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>会计、统计、审计等管理学、经济学、理学相关专业</t>
+  </si>
+  <si>
+    <t>产品助理</t>
+  </si>
+  <si>
+    <t>1.负责银行、信托、保险、公募、私募等机构客户渠道拓展与维护；
+2.负责资管产品销售；
+3.负责创新业务拓展；
+4.开展协同业务；
+5.跟踪市场和监管动态，并且将最新动向反馈给部门和公司；
+6.研究产品和服务的创新模式，调整优化现有产品结构；
+7.完成公司及领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>市场营销等管理学、工学、艺术学、经济学、文学、理学、农学等相关专业</t>
+  </si>
+  <si>
+    <t>基金销售助理</t>
+  </si>
+  <si>
+    <t>1.负责高净值客户与渠道的开发与维护、资管产品的销售与售后服务；
+2.负责向客户提供资产配置、理财规划等综合金融咨询服务；
+3.开展协同业务，跟踪市场和监管动态，并且将最新动向反馈给部门和公司；
+4.完成公司及领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>客户经理</t>
+  </si>
+  <si>
+    <t>1.负责完成个人年度业务销售目标，协助公司、部门开展各类营销活动；
+2.负责客户开发和维护，向客户传递公司研究成果，收集客户反馈信息或个性化服务要求；
+3.负责分析市场动向，满足客户需求；
+4.完成公司及领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>天津</t>
+  </si>
+  <si>
+    <t>东营</t>
+  </si>
+  <si>
+    <t>烟台</t>
+  </si>
+  <si>
+    <t>济南</t>
+  </si>
+  <si>
+    <t>杭州</t>
+  </si>
+  <si>
+    <t>南京</t>
+  </si>
+  <si>
+    <t>晋江</t>
+  </si>
+  <si>
+    <t>投资研究助理</t>
+  </si>
+  <si>
+    <t>1.对金融领域的市场数据、基本面数据、另类数据进行深入探索与研究，辅助私募基金投资策略研究和基金评价体系研究；
+2.协助投资经理收集、整理、分析市场数据项目资料，形成初步调研报告；
+3.协助部门完成相关投资文件的准备工作，对量化投资策略的表现进行跟踪、分析和评估；
+4.完成公司及领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>数学、物理、计算机科学与技术、金融等理学、工学、经济学、金融学、法学相关专业</t>
+  </si>
+  <si>
+    <t>合规风控助理</t>
+  </si>
+  <si>
+    <t>1.协助资产管理业务开展过程中各类文件的审核工作，确保资管合规展业；
+2.协助组织部门内部自查，配合公司内部稽核及监管机构检查等工作；
+3.协助组织分支机构资管业务合规展业培训及资管部员工合规培训等；
+4.协助对资管产品的投资范围、投资比例及投资限制等进行风险控制，对涉及此类风险的资管产品进行风险提示，并在法律法规及合同约定时间内进行处置；
+5.协助制作风控日志，定期对资管产品进行压力测试并形成报告；
+6.完成公司及领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>山东黄金集团（深圳）黄金珠宝有限公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山东黄金集团（深圳）黄金珠宝有限公司（以下简称山金珠宝公司）是山东黄金集团为推进“十四五”战略规划而全新设立的珠宝品牌公司，地处国际化交流中心、粤港澳大湾区核心引擎城市——深圳，注册资金5亿元，承载集团零售业务、实现“进入世界500强，建成世界一流企业”战略目标的重要载体。山金珠宝公司拥有上海黄金交易所会员资质、标准金锭入库资质等稀缺资质，业务包括终端零售、银行及大客户渠道、黄金租赁、供应链业务、经纪业务等多个维度。公司拥有先进环保的冶炼加工配套中心，2000多平方米产品研发中心，形成了含黄金冶炼、设计研发、生产制造、批发零售、品牌运营、黄金回收、检验检测以及保险物流等配套在内的完整产业链。
+    未来，山金珠宝公司将坚持世界眼光，主动融入新发展格局，完善集团产业链布局，致力于打造“产业+资源+渠道+产品”全产业链优势的高质量国企品牌！</t>
+  </si>
+  <si>
+    <t>1.熟悉公司业务流程，负责公司各部门日常销售往来账目的登记、核对；
+2.负责公司物料、货品采购、银行的对账及付款审核工作；
+3.负责各业务台账的编制工作；
+4.负责自产金核算等工作；
+5.完成上级交办的其他工作。</t>
+  </si>
+  <si>
+    <t>深圳</t>
+  </si>
+  <si>
+    <t>联系人：周麟
+联系电话：13294344800
+报名邮箱：
+sjzbhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>业务助理</t>
+  </si>
+  <si>
+    <t>1.负责业务板块工作的执行与跟进；
+2.负责协助部门日常运营管理工作，落实规范管理标准；
+3.根据业务需要，参与客户维护及拓展工作；
+4.负责协助上级完成相关商务工作洽谈、接待，落实商务项目合作；
+5.负责参与市场调研，了解行业信息，输出分析报告，为部门决策提供参考依据；
+6.完成上级交办的其他工作。</t>
+  </si>
+  <si>
+    <t>山金智慧（上海）公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山金智慧（上海）供应链科技有限公司于2022年10月26日由山东黄金集团（上海）国际贸易有限公司投资成立，主要为开展大宗商品贸易业务，经营范围主要是有色、黑色金属、贵金属、矿产品、煤炭销售，货物及技术的进出口、离岸业务，贸易代理，商务信息咨询等。</t>
+  </si>
+  <si>
+    <t>财务专员</t>
+  </si>
+  <si>
+    <t>1.负责公司财务核算工作，定期编制各类财务报表；
+2.负责公司全面预算，组织各相关部门开展全面预算编制工作，配合业务部门做好业务利润测算，为业务开展提供决策依据；
+3.负责开展成本管控、降本增效工作，负责财务分析和管理工作报告制作；
+4.负责财务指标的分解、调度、预警等相关工作；
+5.配合内外部审计完成公司各类审计工作；
+6.完成领导交办的其他工作。</t>
+  </si>
+  <si>
+    <t>金融类等经济学，工商管理类等管理学，数学类、统计学类等理学及其他相关专业</t>
+  </si>
+  <si>
+    <t>联系人：杜玖丞
+联系电话：18301880123
+报名邮箱：
+shgmhr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>跟单专员</t>
+  </si>
+  <si>
+    <t>1.根据业务安排做好合同签订、执行、归档等工作；
+2.跟踪资金往来，做好货款收付、结算、尾款催收等工作；
+3.制作提单，及时和仓库、客户沟通，确保货物的及时流转；
+4.依据申请开票，催收进项发票、寄送销项发票，确保正常健全的票务流转；
+5.及时录入数据，确保数据的准确性，并做好数据备份；
+6.负责与客户逐月核对往来账务，并及时与公司财务进行核对确认；
+7.根据安排完成团队配合须执行的其它任务。</t>
+  </si>
+  <si>
+    <t>经济与贸易类、金融类等经济学，工商管理类、物流类等管理学，外语类等文学及其他相关专业</t>
+  </si>
+  <si>
+    <t>山金瑞鹏公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山金瑞鹏贸易有限公司前身为翁牛特旗瑞鹏矿业有限公司，成立于2002年，主要从事有色金属及其矿产品贸易。2012年4月9日加入山东黄金集团。
+    公司下设山金瑞鹏（上海）贸易有限公司、山金瑞鹏（满洲里）贸易有限公司，山金瑞鹏（天津）贸易有限公司三个全资子公司，现从业人员115人，连续三年成为全国有色金属行业门户网站锌精矿价格采标单位。
+    公司依托山东黄金品牌优势及强大的资金优势，坚持“融入资源区、嵌入需求区、抢占贸易高地”的布局原则，以内蒙古为发展内核，以北方、南方、国际、业务开发为四轮驱动，现已形成内贸遍布全国、外贸涵盖欧洲、南美洲、北美洲、非洲、亚洲、大洋洲等多个大洲的供应物流贸易新格局。目前，合作客户覆盖全国29个省市及西班牙、葡萄牙、塞尔维亚、巴西、美国、南非、澳大利亚、智利、秘鲁等25个国家和地区。先后与洲际资源有限公司、TECK METALS LTD （泰克）、NOK Group Limited（NOK）、NORDWELLS MINERALS CO.,LIMITED （诺德）等国际大型矿山及紫金矿业、盛屯集团、南方有色等国内大型企业达成长期战略合作。</t>
+  </si>
+  <si>
+    <t>市场营销专员</t>
+  </si>
+  <si>
+    <t>1.负责货物在矿山、冶炼厂及港口的接发货工作；
+2.对接货运代理公司及物流运输公司，安排货物的装运和卸载工作；
+3.负责跟踪货物的出入库及发运流向；
+4.配合相关部门完成调拨及月末盘点工作；
+5.负责货物在现场的取制样及样品邮寄工作；
+6.完成领导交予的其他工作。</t>
+  </si>
+  <si>
+    <t>地质类、矿业类、计算机类等工学，工商管理类、物流类等管理学，外语类等文学，经济与贸易类等经济学及其他相关专业</t>
+  </si>
+  <si>
+    <t>赤峰</t>
+  </si>
+  <si>
+    <t>联系人：刘继鑫
+联系电话：15011205285
+报名邮箱:：
+shanjinruipenghr@sd-gold.com</t>
+  </si>
+  <si>
+    <t>1.负责制定招聘计划，发布职位广告，筛选简历，组织面试，进行背景调查，选择合适候选人；
+2.负责设计和实施培训计划，包括新员工培训、专业技能培训和管理培训，提供发展机会和职业规划支持；
+3.负责与员工沟通协调，解决劳动关系纠纷，处理员工投诉，确保劳动法规的遵守；
+4.负责核对、变更、缴纳公司五险一金，负责公司补充医疗保险的缴纳、答疑；
+5.负责参与制定薪酬制度和福利政策，执行薪资调整计划，处理薪酬福利相关的问题；
+6.负责配合分管领导制定绩效考核，提供有针对性的意见和建议，确保绩效考核公平公正，推动绩效改进和激励措施。</t>
+  </si>
+  <si>
+    <t>工商管理类等管理学，中国语言文学类、新闻传播学类等文学及其他相关专业</t>
+  </si>
+  <si>
+    <t>山金国城公司</t>
+  </si>
+  <si>
+    <t xml:space="preserve">    山金国城（青岛）实业有限公司成立于2022年4月，注册地址：山东省青岛市黄岛区漓江西路877号海投大厦内1栋办公1111户，由山东黄金集团（上海）国际贸易有限公司与国城（青岛）国际贸易有限公司共同出资设立的一家合资公司。公司深耕大宗贸易领域，采取长约、现货和代理采购等多种模式开拓业务。</t>
+  </si>
+  <si>
+    <t>1.协商财务部门调节进项发票、销项发票事宜；
+2.负责与业务部对接，期货台账的登记、期现货开平仓的核对、期货账户的出入金、与期货公司联系等；
+3.负责收集、登记事业务部业务台账，定期归档合同、结算单据、货权交割单据。</t>
+  </si>
+  <si>
+    <t>经济与贸易类、金融类等经济学，社会学类等法学、电气类等工学及其他相关专业</t>
+  </si>
+  <si>
+    <t>青岛</t>
+  </si>
+  <si>
+    <t>联系人：吴开萍
+联系电话：18753965577
+报名邮箱： 
+guochengqdgs@sd-gold.com</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="4">
+    <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
+  </numFmts>
+  <fonts count="42">
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="FangSong"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Batang"/>
+      <charset val="129"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="batang"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="等线"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="20"/>
+      <color rgb="FF000000"/>
+      <name val="方正小标宋简体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="方正小标宋简体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="方正小标宋简体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFFFF00"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="等线"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="batang"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Batang"/>
+      <charset val="129"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="等线"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="等线"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF800080"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C6500"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+  </fonts>
+  <fills count="36">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor indexed="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="28">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="49">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="20" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="21" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="22" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="22" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="23" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="14" borderId="24" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="14" borderId="20" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="15" borderId="25" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="26" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="27" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+  </cellStyleXfs>
+  <cellXfs count="137">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="49">
+    <cellStyle name="常规" xfId="0" builtinId="0"/>
+    <cellStyle name="货币[0]" xfId="1" builtinId="7"/>
+    <cellStyle name="20% - 强调文字颜色 3" xfId="2" builtinId="38"/>
+    <cellStyle name="输入" xfId="3" builtinId="20"/>
+    <cellStyle name="货币" xfId="4" builtinId="4"/>
+    <cellStyle name="千位分隔[0]" xfId="5" builtinId="6"/>
+    <cellStyle name="40% - 强调文字颜色 3" xfId="6" builtinId="39"/>
+    <cellStyle name="差" xfId="7" builtinId="27"/>
+    <cellStyle name="千位分隔" xfId="8" builtinId="3"/>
+    <cellStyle name="60% - 强调文字颜色 3" xfId="9" builtinId="40"/>
+    <cellStyle name="超链接" xfId="10" builtinId="8"/>
+    <cellStyle name="百分比" xfId="11" builtinId="5"/>
+    <cellStyle name="已访问的超链接" xfId="12" builtinId="9"/>
+    <cellStyle name="注释" xfId="13" builtinId="10"/>
+    <cellStyle name="60% - 强调文字颜色 2" xfId="14" builtinId="36"/>
+    <cellStyle name="标题 4" xfId="15" builtinId="19"/>
+    <cellStyle name="警告文本" xfId="16" builtinId="11"/>
+    <cellStyle name="标题" xfId="17" builtinId="15"/>
+    <cellStyle name="解释性文本" xfId="18" builtinId="53"/>
+    <cellStyle name="标题 1" xfId="19" builtinId="16"/>
+    <cellStyle name="标题 2" xfId="20" builtinId="17"/>
+    <cellStyle name="60% - 强调文字颜色 1" xfId="21" builtinId="32"/>
+    <cellStyle name="标题 3" xfId="22" builtinId="18"/>
+    <cellStyle name="60% - 强调文字颜色 4" xfId="23" builtinId="44"/>
+    <cellStyle name="输出" xfId="24" builtinId="21"/>
+    <cellStyle name="计算" xfId="25" builtinId="22"/>
+    <cellStyle name="检查单元格" xfId="26" builtinId="23"/>
+    <cellStyle name="20% - 强调文字颜色 6" xfId="27" builtinId="50"/>
+    <cellStyle name="强调文字颜色 2" xfId="28" builtinId="33"/>
+    <cellStyle name="链接单元格" xfId="29" builtinId="24"/>
+    <cellStyle name="汇总" xfId="30" builtinId="25"/>
+    <cellStyle name="好" xfId="31" builtinId="26"/>
+    <cellStyle name="适中" xfId="32" builtinId="28"/>
+    <cellStyle name="20% - 强调文字颜色 5" xfId="33" builtinId="46"/>
+    <cellStyle name="强调文字颜色 1" xfId="34" builtinId="29"/>
+    <cellStyle name="20% - 强调文字颜色 1" xfId="35" builtinId="30"/>
+    <cellStyle name="40% - 强调文字颜色 1" xfId="36" builtinId="31"/>
+    <cellStyle name="20% - 强调文字颜色 2" xfId="37" builtinId="34"/>
+    <cellStyle name="40% - 强调文字颜色 2" xfId="38" builtinId="35"/>
+    <cellStyle name="强调文字颜色 3" xfId="39" builtinId="37"/>
+    <cellStyle name="强调文字颜色 4" xfId="40" builtinId="41"/>
+    <cellStyle name="20% - 强调文字颜色 4" xfId="41" builtinId="42"/>
+    <cellStyle name="40% - 强调文字颜色 4" xfId="42" builtinId="43"/>
+    <cellStyle name="强调文字颜色 5" xfId="43" builtinId="45"/>
+    <cellStyle name="40% - 强调文字颜色 5" xfId="44" builtinId="47"/>
+    <cellStyle name="60% - 强调文字颜色 5" xfId="45" builtinId="48"/>
+    <cellStyle name="强调文字颜色 6" xfId="46" builtinId="49"/>
+    <cellStyle name="40% - 强调文字颜色 6" xfId="47" builtinId="51"/>
+    <cellStyle name="60% - 强调文字颜色 6" xfId="48" builtinId="52"/>
+  </cellStyles>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
+</file>
+
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
+</file>