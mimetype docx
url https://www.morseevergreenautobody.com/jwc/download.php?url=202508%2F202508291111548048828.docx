--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1,43 +1,922 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>山东协和学院</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2024年普通专升本考试</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>退役大学生士兵招生综合考查</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>成绩复核申请表</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="8745" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1951"/>
+        <w:gridCol w:w="2239"/>
+        <w:gridCol w:w="1936"/>
+        <w:gridCol w:w="2619"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="545" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>考生姓名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:eastAsiaTheme="minorEastAsia"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>专科专业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2619" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="532" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>身份证号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2239" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1936" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>报考</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>本科</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>专业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2619" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="522" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>考生本人联系电话</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="522" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>考生本人电子邮箱</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="3532" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>复核</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>理由</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1680" w:firstLineChars="800"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>考生签名：                   年    月    日</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="3951" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>考生身份证</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>正面图片</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1890" w:firstLineChars="900"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1890" w:firstLineChars="900"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1890" w:firstLineChars="900"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1890" w:firstLineChars="900"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1890" w:firstLineChars="900"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:ind w:firstLine="1890" w:firstLineChars="900"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="424" w:firstLineChars="201"/>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>说明：考生对成绩有异议需要成绩复核的，请填写此表，并在学校相关通告规定的时间内，将打印后经考生签名的本表格扫描件发送至邮箱xiehejwc2007@126.com。</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:ind w:firstLine="424" w:firstLineChars="201"/>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>具体复核结果将在所有复核申请统一处理完毕后,通过考生所留邮箱反馈给考生。</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -57,28 +936,816 @@
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="90"/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiOTRhYzVmNjc4MjE0MGQ3MzFkZjM3OWUzYzU3MTJhZTUifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="006B18EC"/>
+    <w:rsid w:val="00024C9B"/>
+    <w:rsid w:val="0007696C"/>
+    <w:rsid w:val="001764C9"/>
+    <w:rsid w:val="00201FE6"/>
+    <w:rsid w:val="002B566F"/>
+    <w:rsid w:val="00390FA6"/>
+    <w:rsid w:val="003D2B5F"/>
+    <w:rsid w:val="003F6539"/>
+    <w:rsid w:val="003F75D5"/>
+    <w:rsid w:val="0044090A"/>
+    <w:rsid w:val="00444A2D"/>
+    <w:rsid w:val="004C57B1"/>
+    <w:rsid w:val="00505FC1"/>
+    <w:rsid w:val="00523C95"/>
+    <w:rsid w:val="00573A66"/>
+    <w:rsid w:val="0057454C"/>
+    <w:rsid w:val="00593E31"/>
+    <w:rsid w:val="00692303"/>
+    <w:rsid w:val="006B18EC"/>
+    <w:rsid w:val="006F54AD"/>
+    <w:rsid w:val="007F39E2"/>
+    <w:rsid w:val="008C7EE7"/>
+    <w:rsid w:val="008D442D"/>
+    <w:rsid w:val="008D6F30"/>
+    <w:rsid w:val="008E3268"/>
+    <w:rsid w:val="00923343"/>
+    <w:rsid w:val="00976A4B"/>
+    <w:rsid w:val="009B6E57"/>
+    <w:rsid w:val="009D1849"/>
+    <w:rsid w:val="00A37830"/>
+    <w:rsid w:val="00A61BCA"/>
+    <w:rsid w:val="00B12CDC"/>
+    <w:rsid w:val="00C41509"/>
+    <w:rsid w:val="00C776DC"/>
+    <w:rsid w:val="00DB1127"/>
+    <w:rsid w:val="00EF3AF0"/>
+    <w:rsid w:val="05934F51"/>
+    <w:rsid w:val="0CBE0039"/>
+    <w:rsid w:val="0E7F7850"/>
+    <w:rsid w:val="145420F6"/>
+    <w:rsid w:val="150C1F43"/>
+    <w:rsid w:val="157D0ADD"/>
+    <w:rsid w:val="201E2E51"/>
+    <w:rsid w:val="223B745C"/>
+    <w:rsid w:val="236B59AB"/>
+    <w:rsid w:val="24C2655E"/>
+    <w:rsid w:val="2F402884"/>
+    <w:rsid w:val="382D582A"/>
+    <w:rsid w:val="48C77400"/>
+    <w:rsid w:val="4C4743D2"/>
+    <w:rsid w:val="4E7E40FB"/>
+    <w:rsid w:val="5070728F"/>
+    <w:rsid w:val="5D6C6252"/>
+    <w:rsid w:val="644D06E3"/>
+    <w:rsid w:val="6D144035"/>
+    <w:rsid w:val="72366821"/>
+    <w:rsid w:val="74A2081A"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="5">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="4">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="8"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="6">
+    <w:name w:val="Strong"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="7">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="5"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+      <w14:textFill>
+        <w14:solidFill>
+          <w14:schemeClr w14:val="hlink"/>
+        </w14:solidFill>
+      </w14:textFill>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="8">
+    <w:name w:val="页眉 Char"/>
+    <w:basedOn w:val="5"/>
+    <w:link w:val="3"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="9">
+    <w:name w:val="页脚 Char"/>
+    <w:basedOn w:val="5"/>
+    <w:link w:val="2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Pages>1</Pages>
+  <Words>185</Words>
+  <Characters>207</Characters>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>234</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.16729_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>教务处</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.16729</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>3C975E1B644342DFACF23BB368A9D401_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>