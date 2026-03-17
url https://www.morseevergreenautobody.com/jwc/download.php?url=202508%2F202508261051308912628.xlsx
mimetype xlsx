--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1596,50 +1596,829 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:I65"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="F14" sqref="F14"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="27" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="5.125" style="64" customWidth="1"/>
+    <col min="2" max="2" width="17" style="64" customWidth="1"/>
+    <col min="3" max="3" width="18.875" style="64" customWidth="1"/>
+    <col min="4" max="4" width="24.375" style="64" customWidth="1"/>
+    <col min="5" max="5" width="4.875" style="64" customWidth="1"/>
+    <col min="6" max="6" width="29.875" style="64" customWidth="1"/>
+    <col min="7" max="7" width="25" style="64" customWidth="1"/>
+    <col min="8" max="8" width="7.75" style="64" customWidth="1"/>
+    <col min="9" max="9" width="8.375" style="64" customWidth="1"/>
+    <col min="10" max="16384" width="9" style="64"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="1" customFormat="1" ht="37" customHeight="1" spans="1:8">
+      <c r="A1" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="5"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+      <c r="G1" s="5"/>
+      <c r="H1" s="5"/>
+    </row>
+    <row r="2" s="60" customFormat="1" customHeight="1" spans="1:9">
+      <c r="A2" s="65" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="65" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="65" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="65" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="65" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="65" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="65" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="65" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="65" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A3" s="12"/>
+      <c r="B3" s="66"/>
+      <c r="C3" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" s="10"/>
+      <c r="F3" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H3" s="67" t="s">
+        <v>14</v>
+      </c>
+      <c r="I3" s="89"/>
+    </row>
+    <row r="4" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A4" s="12"/>
+      <c r="B4" s="66"/>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10"/>
+      <c r="E4" s="12"/>
+      <c r="F4" s="10"/>
+      <c r="G4" s="10"/>
+      <c r="H4" s="12"/>
+      <c r="I4" s="89"/>
+    </row>
+    <row r="5" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A5" s="12"/>
+      <c r="B5" s="66"/>
+      <c r="C5" s="10"/>
+      <c r="D5" s="10"/>
+      <c r="E5" s="12"/>
+      <c r="F5" s="10"/>
+      <c r="G5" s="10"/>
+      <c r="H5" s="12"/>
+      <c r="I5" s="89"/>
+    </row>
+    <row r="6" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A6" s="12"/>
+      <c r="B6" s="66"/>
+      <c r="C6" s="12"/>
+      <c r="D6" s="12"/>
+      <c r="E6" s="12"/>
+      <c r="F6" s="10"/>
+      <c r="G6" s="10"/>
+      <c r="H6" s="12"/>
+      <c r="I6" s="89"/>
+    </row>
+    <row r="7" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A7" s="12"/>
+      <c r="B7" s="66"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12"/>
+      <c r="F7" s="10"/>
+      <c r="G7" s="10"/>
+      <c r="H7" s="12"/>
+      <c r="I7" s="12"/>
+    </row>
+    <row r="8" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A8" s="12"/>
+      <c r="B8" s="66"/>
+      <c r="C8" s="12"/>
+      <c r="D8" s="12"/>
+      <c r="E8" s="68"/>
+      <c r="F8" s="10"/>
+      <c r="G8" s="10"/>
+      <c r="H8" s="12"/>
+      <c r="I8" s="79"/>
+    </row>
+    <row r="9" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A9" s="12"/>
+      <c r="B9" s="66"/>
+      <c r="C9" s="10"/>
+      <c r="D9" s="10"/>
+      <c r="E9" s="68"/>
+      <c r="F9" s="10"/>
+      <c r="G9" s="10"/>
+      <c r="H9" s="12"/>
+      <c r="I9" s="79"/>
+    </row>
+    <row r="10" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A10" s="12"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="12"/>
+      <c r="D10" s="12"/>
+      <c r="E10" s="12"/>
+      <c r="F10" s="66"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="69"/>
+      <c r="I10" s="90"/>
+    </row>
+    <row r="11" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A11" s="12"/>
+      <c r="B11" s="12"/>
+      <c r="C11" s="12"/>
+      <c r="D11" s="12"/>
+      <c r="E11" s="12"/>
+      <c r="F11" s="66"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="69"/>
+      <c r="I11" s="90"/>
+    </row>
+    <row r="12" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A12" s="12"/>
+      <c r="B12" s="12"/>
+      <c r="C12" s="12"/>
+      <c r="D12" s="12"/>
+      <c r="E12" s="12"/>
+      <c r="F12" s="66"/>
+      <c r="G12" s="12"/>
+      <c r="H12" s="69"/>
+      <c r="I12" s="91"/>
+    </row>
+    <row r="13" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A13" s="12"/>
+      <c r="B13" s="12"/>
+      <c r="C13" s="12"/>
+      <c r="D13" s="12"/>
+      <c r="E13" s="12"/>
+      <c r="F13" s="66"/>
+      <c r="G13" s="12"/>
+      <c r="H13" s="69"/>
+      <c r="I13" s="91"/>
+    </row>
+    <row r="14" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A14" s="12"/>
+      <c r="B14" s="12"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="12"/>
+      <c r="E14" s="12"/>
+      <c r="F14" s="66"/>
+      <c r="G14" s="12"/>
+      <c r="H14" s="69"/>
+      <c r="I14" s="91"/>
+    </row>
+    <row r="15" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A15" s="12"/>
+      <c r="B15" s="12"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="12"/>
+      <c r="E15" s="68"/>
+      <c r="F15" s="66"/>
+      <c r="G15" s="12"/>
+      <c r="H15" s="69"/>
+      <c r="I15" s="91"/>
+    </row>
+    <row r="16" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A16" s="12"/>
+      <c r="B16" s="12"/>
+      <c r="C16" s="70"/>
+      <c r="D16" s="12"/>
+      <c r="E16" s="70"/>
+      <c r="F16" s="66"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="69"/>
+      <c r="I16" s="91"/>
+    </row>
+    <row r="17" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A17" s="12"/>
+      <c r="B17" s="12"/>
+      <c r="C17" s="70"/>
+      <c r="D17" s="12"/>
+      <c r="E17" s="70"/>
+      <c r="F17" s="66"/>
+      <c r="G17" s="12"/>
+      <c r="H17" s="69"/>
+      <c r="I17" s="91"/>
+    </row>
+    <row r="18" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A18" s="12"/>
+      <c r="B18" s="12"/>
+      <c r="C18" s="70"/>
+      <c r="D18" s="12"/>
+      <c r="E18" s="70"/>
+      <c r="F18" s="12"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="69"/>
+      <c r="I18" s="12"/>
+    </row>
+    <row r="19" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A19" s="12"/>
+      <c r="B19" s="12"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="12"/>
+      <c r="E19" s="12"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="69"/>
+      <c r="I19" s="89"/>
+    </row>
+    <row r="20" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A20" s="12"/>
+      <c r="B20" s="71"/>
+      <c r="C20" s="72"/>
+      <c r="D20" s="73"/>
+      <c r="E20" s="71"/>
+      <c r="F20" s="72"/>
+      <c r="G20" s="72"/>
+      <c r="H20" s="71"/>
+      <c r="I20" s="92"/>
+    </row>
+    <row r="21" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A21" s="12"/>
+      <c r="B21" s="71"/>
+      <c r="C21" s="72"/>
+      <c r="D21" s="73"/>
+      <c r="E21" s="71"/>
+      <c r="F21" s="72"/>
+      <c r="G21" s="72"/>
+      <c r="H21" s="71"/>
+      <c r="I21" s="71"/>
+    </row>
+    <row r="22" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A22" s="12"/>
+      <c r="B22" s="71"/>
+      <c r="C22" s="72"/>
+      <c r="D22" s="73"/>
+      <c r="E22" s="71"/>
+      <c r="F22" s="72"/>
+      <c r="G22" s="72"/>
+      <c r="H22" s="71"/>
+      <c r="I22" s="71"/>
+    </row>
+    <row r="23" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A23" s="12"/>
+      <c r="B23" s="71"/>
+      <c r="C23" s="72"/>
+      <c r="D23" s="73"/>
+      <c r="E23" s="71"/>
+      <c r="F23" s="72"/>
+      <c r="G23" s="72"/>
+      <c r="H23" s="71"/>
+      <c r="I23" s="71"/>
+    </row>
+    <row r="24" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A24" s="12"/>
+      <c r="B24" s="71"/>
+      <c r="C24" s="72"/>
+      <c r="D24" s="73"/>
+      <c r="E24" s="71"/>
+      <c r="F24" s="72"/>
+      <c r="G24" s="72"/>
+      <c r="H24" s="71"/>
+      <c r="I24" s="71"/>
+    </row>
+    <row r="25" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A25" s="12"/>
+      <c r="B25" s="71"/>
+      <c r="C25" s="72"/>
+      <c r="D25" s="73"/>
+      <c r="E25" s="71"/>
+      <c r="F25" s="72"/>
+      <c r="G25" s="74"/>
+      <c r="H25" s="71"/>
+      <c r="I25" s="71"/>
+    </row>
+    <row r="26" s="62" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A26" s="67"/>
+      <c r="B26" s="75"/>
+      <c r="C26" s="76"/>
+      <c r="D26" s="77"/>
+      <c r="E26" s="75"/>
+      <c r="F26" s="76"/>
+      <c r="G26" s="78"/>
+      <c r="H26" s="75"/>
+      <c r="I26" s="75"/>
+    </row>
+    <row r="27" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A27" s="12"/>
+      <c r="B27" s="73"/>
+      <c r="C27" s="73"/>
+      <c r="D27" s="73"/>
+      <c r="E27" s="73"/>
+      <c r="F27" s="72"/>
+      <c r="G27" s="71"/>
+      <c r="H27" s="71"/>
+      <c r="I27" s="71"/>
+    </row>
+    <row r="28" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A28" s="12"/>
+      <c r="B28" s="73"/>
+      <c r="C28" s="73"/>
+      <c r="D28" s="73"/>
+      <c r="E28" s="73"/>
+      <c r="F28" s="72"/>
+      <c r="G28" s="71"/>
+      <c r="H28" s="71"/>
+      <c r="I28" s="71"/>
+    </row>
+    <row r="29" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A29" s="12"/>
+      <c r="B29" s="12"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="12"/>
+      <c r="E29" s="12"/>
+      <c r="F29" s="12"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="12"/>
+      <c r="I29" s="89"/>
+    </row>
+    <row r="30" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A30" s="12"/>
+      <c r="B30" s="12"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="12"/>
+      <c r="E30" s="12"/>
+      <c r="F30" s="12"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="12"/>
+      <c r="I30" s="89"/>
+    </row>
+    <row r="31" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A31" s="12"/>
+      <c r="B31" s="12"/>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12"/>
+      <c r="E31" s="12"/>
+      <c r="F31" s="12"/>
+      <c r="G31" s="12"/>
+      <c r="H31" s="12"/>
+      <c r="I31" s="89"/>
+    </row>
+    <row r="32" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A32" s="12"/>
+      <c r="B32" s="12"/>
+      <c r="C32" s="12"/>
+      <c r="D32" s="12"/>
+      <c r="E32" s="12"/>
+      <c r="F32" s="12"/>
+      <c r="G32" s="12"/>
+      <c r="H32" s="12"/>
+      <c r="I32" s="89"/>
+    </row>
+    <row r="33" s="61" customFormat="1" ht="28" customHeight="1" spans="1:9">
+      <c r="A33" s="12"/>
+      <c r="B33" s="12"/>
+      <c r="C33" s="68"/>
+      <c r="D33" s="12"/>
+      <c r="E33" s="68"/>
+      <c r="F33" s="79"/>
+      <c r="G33" s="79"/>
+      <c r="H33" s="12"/>
+      <c r="I33" s="89"/>
+    </row>
+    <row r="34" customHeight="1" spans="1:9">
+      <c r="A34" s="12"/>
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="12"/>
+      <c r="E34" s="70"/>
+      <c r="F34" s="79"/>
+      <c r="G34" s="12"/>
+      <c r="H34" s="12"/>
+      <c r="I34" s="93"/>
+    </row>
+    <row r="35" customHeight="1" spans="1:9">
+      <c r="A35" s="12"/>
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="12"/>
+      <c r="E35" s="70"/>
+      <c r="F35" s="79"/>
+      <c r="G35" s="12"/>
+      <c r="H35" s="12"/>
+      <c r="I35" s="93"/>
+    </row>
+    <row r="36" s="63" customFormat="1" customHeight="1" spans="1:9">
+      <c r="A36" s="67"/>
+      <c r="B36" s="67"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="80"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="81"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="67"/>
+      <c r="I36" s="94"/>
+    </row>
+    <row r="37" customHeight="1" spans="1:9">
+      <c r="A37" s="12"/>
+      <c r="B37" s="12"/>
+      <c r="C37" s="70"/>
+      <c r="D37" s="12"/>
+      <c r="E37" s="70"/>
+      <c r="F37" s="79"/>
+      <c r="G37" s="12"/>
+      <c r="H37" s="12"/>
+      <c r="I37" s="93"/>
+    </row>
+    <row r="38" customHeight="1" spans="1:9">
+      <c r="A38" s="12"/>
+      <c r="B38" s="12"/>
+      <c r="C38" s="12"/>
+      <c r="D38" s="82"/>
+      <c r="E38" s="12"/>
+      <c r="F38" s="79"/>
+      <c r="G38" s="12"/>
+      <c r="H38" s="12"/>
+      <c r="I38" s="93"/>
+    </row>
+    <row r="39" customHeight="1" spans="1:9">
+      <c r="A39" s="12"/>
+      <c r="B39" s="83"/>
+      <c r="C39" s="83"/>
+      <c r="D39" s="83"/>
+      <c r="E39" s="83"/>
+      <c r="F39" s="79"/>
+      <c r="G39" s="83"/>
+      <c r="H39" s="83"/>
+      <c r="I39" s="95"/>
+    </row>
+    <row r="40" customHeight="1" spans="1:9">
+      <c r="A40" s="12"/>
+      <c r="B40" s="83"/>
+      <c r="C40" s="83"/>
+      <c r="D40" s="83"/>
+      <c r="E40" s="83"/>
+      <c r="F40" s="79"/>
+      <c r="G40" s="83"/>
+      <c r="H40" s="83"/>
+      <c r="I40" s="83"/>
+    </row>
+    <row r="41" customHeight="1" spans="1:9">
+      <c r="A41" s="12"/>
+      <c r="B41" s="83"/>
+      <c r="C41" s="83"/>
+      <c r="D41" s="83"/>
+      <c r="E41" s="83"/>
+      <c r="F41" s="79"/>
+      <c r="G41" s="83"/>
+      <c r="H41" s="83"/>
+      <c r="I41" s="95"/>
+    </row>
+    <row r="42" customHeight="1" spans="1:9">
+      <c r="A42" s="12"/>
+      <c r="B42" s="83"/>
+      <c r="C42" s="83"/>
+      <c r="D42" s="83"/>
+      <c r="E42" s="83"/>
+      <c r="F42" s="79"/>
+      <c r="G42" s="83"/>
+      <c r="H42" s="83"/>
+      <c r="I42" s="95"/>
+    </row>
+    <row r="43" customHeight="1" spans="1:9">
+      <c r="A43" s="12"/>
+      <c r="B43" s="83"/>
+      <c r="C43" s="83"/>
+      <c r="D43" s="83"/>
+      <c r="E43" s="83"/>
+      <c r="F43" s="79"/>
+      <c r="G43" s="83"/>
+      <c r="H43" s="83"/>
+      <c r="I43" s="83"/>
+    </row>
+    <row r="44" customHeight="1" spans="1:9">
+      <c r="A44" s="12"/>
+      <c r="B44" s="83"/>
+      <c r="C44" s="84"/>
+      <c r="D44" s="84"/>
+      <c r="E44" s="84"/>
+      <c r="F44" s="79"/>
+      <c r="G44" s="85"/>
+      <c r="H44" s="83"/>
+      <c r="I44" s="85"/>
+    </row>
+    <row r="45" customHeight="1" spans="1:9">
+      <c r="A45" s="12"/>
+      <c r="B45" s="83"/>
+      <c r="C45" s="84"/>
+      <c r="D45" s="84"/>
+      <c r="E45" s="86"/>
+      <c r="F45" s="79"/>
+      <c r="G45" s="83"/>
+      <c r="H45" s="83"/>
+      <c r="I45" s="83"/>
+    </row>
+    <row r="46" customHeight="1" spans="1:9">
+      <c r="A46" s="12"/>
+      <c r="B46" s="83"/>
+      <c r="C46" s="86"/>
+      <c r="D46" s="86"/>
+      <c r="E46" s="86"/>
+      <c r="F46" s="79"/>
+      <c r="G46" s="83"/>
+      <c r="H46" s="83"/>
+      <c r="I46" s="83"/>
+    </row>
+    <row r="47" customHeight="1" spans="1:9">
+      <c r="A47" s="12"/>
+      <c r="B47" s="83"/>
+      <c r="C47" s="86"/>
+      <c r="D47" s="83"/>
+      <c r="E47" s="86"/>
+      <c r="F47" s="79"/>
+      <c r="G47" s="83"/>
+      <c r="H47" s="83"/>
+      <c r="I47" s="83"/>
+    </row>
+    <row r="48" customHeight="1" spans="1:9">
+      <c r="A48" s="12"/>
+      <c r="B48" s="83"/>
+      <c r="C48" s="83"/>
+      <c r="D48" s="87"/>
+      <c r="E48" s="83"/>
+      <c r="F48" s="79"/>
+      <c r="G48" s="83"/>
+      <c r="H48" s="83"/>
+      <c r="I48" s="95"/>
+    </row>
+    <row r="49" customHeight="1" spans="1:9">
+      <c r="A49" s="12"/>
+      <c r="B49" s="83"/>
+      <c r="C49" s="86"/>
+      <c r="D49" s="83"/>
+      <c r="E49" s="86"/>
+      <c r="F49" s="79"/>
+      <c r="G49" s="83"/>
+      <c r="H49" s="83"/>
+      <c r="I49" s="95"/>
+    </row>
+    <row r="50" customHeight="1" spans="1:9">
+      <c r="A50" s="12"/>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="88"/>
+      <c r="E50" s="72"/>
+      <c r="F50" s="79"/>
+      <c r="G50" s="12"/>
+      <c r="H50" s="12"/>
+      <c r="I50" s="93"/>
+    </row>
+    <row r="51" customHeight="1" spans="1:9">
+      <c r="A51" s="12"/>
+      <c r="B51" s="12"/>
+      <c r="C51" s="12"/>
+      <c r="D51" s="88"/>
+      <c r="E51" s="72"/>
+      <c r="F51" s="79"/>
+      <c r="G51" s="12"/>
+      <c r="H51" s="12"/>
+      <c r="I51" s="93"/>
+    </row>
+    <row r="52" customHeight="1" spans="1:9">
+      <c r="A52" s="12"/>
+      <c r="B52" s="12"/>
+      <c r="C52" s="12"/>
+      <c r="D52" s="70"/>
+      <c r="E52" s="70"/>
+      <c r="F52" s="79"/>
+      <c r="G52" s="12"/>
+      <c r="H52" s="12"/>
+      <c r="I52" s="93"/>
+    </row>
+    <row r="53" customHeight="1" spans="1:9">
+      <c r="A53" s="12"/>
+      <c r="B53" s="12"/>
+      <c r="C53" s="12"/>
+      <c r="D53" s="70"/>
+      <c r="E53" s="70"/>
+      <c r="F53" s="79"/>
+      <c r="G53" s="12"/>
+      <c r="H53" s="12"/>
+      <c r="I53" s="93"/>
+    </row>
+    <row r="54" customHeight="1" spans="1:9">
+      <c r="A54" s="12"/>
+      <c r="B54" s="12"/>
+      <c r="C54" s="12"/>
+      <c r="D54" s="88"/>
+      <c r="E54" s="72"/>
+      <c r="F54" s="79"/>
+      <c r="G54" s="12"/>
+      <c r="H54" s="12"/>
+      <c r="I54" s="93"/>
+    </row>
+    <row r="55" customHeight="1" spans="1:9">
+      <c r="A55" s="12"/>
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="88"/>
+      <c r="E55" s="72"/>
+      <c r="F55" s="79"/>
+      <c r="G55" s="79"/>
+      <c r="H55" s="12"/>
+      <c r="I55" s="93"/>
+    </row>
+    <row r="56" customHeight="1" spans="1:9">
+      <c r="A56" s="12"/>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="88"/>
+      <c r="E56" s="72"/>
+      <c r="F56" s="79"/>
+      <c r="G56" s="79"/>
+      <c r="H56" s="12"/>
+      <c r="I56" s="93"/>
+    </row>
+    <row r="57" customHeight="1" spans="1:9">
+      <c r="A57" s="12"/>
+      <c r="B57" s="12"/>
+      <c r="C57" s="12"/>
+      <c r="D57" s="88"/>
+      <c r="E57" s="72"/>
+      <c r="F57" s="79"/>
+      <c r="G57" s="79"/>
+      <c r="H57" s="12"/>
+      <c r="I57" s="93"/>
+    </row>
+    <row r="58" customHeight="1" spans="1:9">
+      <c r="A58" s="12"/>
+      <c r="B58" s="12"/>
+      <c r="C58" s="12"/>
+      <c r="D58" s="70"/>
+      <c r="E58" s="70"/>
+      <c r="F58" s="79"/>
+      <c r="G58" s="79"/>
+      <c r="H58" s="12"/>
+      <c r="I58" s="93"/>
+    </row>
+    <row r="59" customHeight="1" spans="1:9">
+      <c r="A59" s="12"/>
+      <c r="B59" s="12"/>
+      <c r="C59" s="70"/>
+      <c r="D59" s="88"/>
+      <c r="E59" s="72"/>
+      <c r="F59" s="79"/>
+      <c r="G59" s="79"/>
+      <c r="H59" s="12"/>
+      <c r="I59" s="93"/>
+    </row>
+    <row r="60" customHeight="1" spans="1:9">
+      <c r="A60" s="12"/>
+      <c r="B60" s="12"/>
+      <c r="C60" s="70"/>
+      <c r="D60" s="88"/>
+      <c r="E60" s="72"/>
+      <c r="F60" s="79"/>
+      <c r="G60" s="79"/>
+      <c r="H60" s="12"/>
+      <c r="I60" s="93"/>
+    </row>
+    <row r="61" customHeight="1" spans="1:9">
+      <c r="A61" s="12"/>
+      <c r="B61" s="12"/>
+      <c r="C61" s="70"/>
+      <c r="D61" s="88"/>
+      <c r="E61" s="72"/>
+      <c r="F61" s="79"/>
+      <c r="G61" s="79"/>
+      <c r="H61" s="12"/>
+      <c r="I61" s="93"/>
+    </row>
+    <row r="62" customHeight="1" spans="1:9">
+      <c r="A62" s="12"/>
+      <c r="B62" s="12"/>
+      <c r="C62" s="70"/>
+      <c r="D62" s="88"/>
+      <c r="E62" s="72"/>
+      <c r="F62" s="12"/>
+      <c r="G62" s="79"/>
+      <c r="H62" s="12"/>
+      <c r="I62" s="93"/>
+    </row>
+    <row r="63" customHeight="1" spans="1:9">
+      <c r="A63" s="12"/>
+      <c r="B63" s="12"/>
+      <c r="C63" s="70"/>
+      <c r="D63" s="88"/>
+      <c r="E63" s="72"/>
+      <c r="F63" s="12"/>
+      <c r="G63" s="79"/>
+      <c r="H63" s="12"/>
+      <c r="I63" s="93"/>
+    </row>
+    <row r="64" customHeight="1" spans="1:9">
+      <c r="A64" s="12"/>
+      <c r="B64" s="12"/>
+      <c r="C64" s="12"/>
+      <c r="D64" s="70"/>
+      <c r="E64" s="70"/>
+      <c r="F64" s="12"/>
+      <c r="G64" s="79"/>
+      <c r="H64" s="12"/>
+      <c r="I64" s="93"/>
+    </row>
+    <row r="65" customHeight="1" spans="1:9">
+      <c r="A65" s="12"/>
+      <c r="B65" s="12"/>
+      <c r="C65" s="12"/>
+      <c r="D65" s="70"/>
+      <c r="E65" s="70"/>
+      <c r="F65" s="12"/>
+      <c r="G65" s="79"/>
+      <c r="H65" s="12"/>
+      <c r="I65" s="93"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:H1"/>
+  </mergeCells>
+  <pageMargins left="0.393055555555556" right="0.393055555555556" top="0.393055555555556" bottom="0.590277777777778" header="0.393055555555556" footer="0.393055555555556"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="600"/>
+  <headerFooter>
+    <oddFooter>&amp;C第 &amp;P 页，共 &amp;N 页</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr/>
   <dimension ref="A1:I107"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="27" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="5.25" style="1" customWidth="1"/>
     <col min="2" max="2" width="17.25" style="1" customWidth="1"/>
     <col min="3" max="3" width="18.125" style="4" customWidth="1"/>
     <col min="4" max="4" width="20.625" style="4" customWidth="1"/>
     <col min="5" max="5" width="6.375" style="1" customWidth="1"/>
     <col min="6" max="6" width="25.5" style="1" customWidth="1"/>
     <col min="7" max="7" width="35.375" style="4" customWidth="1"/>
     <col min="8" max="8" width="12" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="1" ht="37" customHeight="1" spans="1:8">
       <c r="A1" s="5" t="s">
         <v>15</v>
@@ -2832,25 +3611,67 @@
       <c r="H106" s="21"/>
       <c r="I106" s="49"/>
     </row>
     <row r="107" customHeight="1" spans="1:9">
       <c r="A107" s="8"/>
       <c r="B107" s="8"/>
       <c r="C107" s="8"/>
       <c r="D107" s="8"/>
       <c r="E107" s="19"/>
       <c r="F107" s="32"/>
       <c r="G107" s="59"/>
       <c r="H107" s="21"/>
       <c r="I107" s="49"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.393055555555556" right="0.393055555555556" top="0.393055555555556" bottom="0.590277777777778" header="0.393055555555556" footer="0.393055555555556"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="600"/>
   <headerFooter>
     <oddFooter>&amp;C第 &amp;P 页，共 &amp;N 页</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>本科</vt:lpstr>
+      <vt:lpstr>专科</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Administrator</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-11.1.0.11365</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>6D780BCEA23947F787C56F2928C2CC03</vt:lpwstr>
+  </property>
+</Properties>
+</file>