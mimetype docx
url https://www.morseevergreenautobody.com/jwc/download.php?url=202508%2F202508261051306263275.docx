--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -10112,50 +10112,455 @@
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Kingsoft Symbol">
     <w:altName w:val="Symbol"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="90"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiOTA4YThiYzFiZWJkOGQyYmI2YjIwN2IwMmI5MTBmN2EifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="46026230"/>
+    <w:rsid w:val="46026230"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:next w:val="2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="7">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="6">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="3"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="仿宋_GB2312"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="4"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:ind w:firstLine="420" w:firstLineChars="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="420" w:leftChars="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="WPS">
   <a:themeElements>
     <a:clrScheme name="WPS">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4874CB"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="EE822F"/>
@@ -10362,25 +10767,63 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>1</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.15712_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Administrator</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.15712</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>6BF0D007F0064535937FD4AAA479FED0_11</vt:lpwstr>
+  </property>
+</Properties>
+</file>