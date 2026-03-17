--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1,25 +1,69 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
+  <workbookPr/>
+  <bookViews>
+    <workbookView xWindow="0" yWindow="0" windowWidth="21600" windowHeight="9840" activeTab="1"/>
+  </bookViews>
+  <sheets>
+    <sheet name="本科计划" sheetId="1" r:id="rId1"/>
+    <sheet name="专科计划" sheetId="2" r:id="rId2"/>
+    <sheet name="Sheet1" sheetId="3" r:id="rId3"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">本科计划!$A$3:$H$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">专科计划!$A$3:$G$3</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">本科计划!$3:$3</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="1">专科计划!$3:$3</definedName>
+  </definedNames>
+  <calcPr calcId="125725" concurrentCalc="0"/>
+</workbook>
+</file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="21">
   <si>
     <t>序号</t>
   </si>
   <si>
     <t>专业</t>
   </si>
   <si>
     <t>班级</t>
   </si>
   <si>
     <t>人数</t>
   </si>
   <si>
     <t>实习时间</t>
   </si>
   <si>
     <t>指导教师</t>
   </si>
   <si>
     <t>返校是否住宿</t>
   </si>
   <si>
@@ -860,50 +904,2199 @@
       <rgbColor rgb="00FFCC99"/>
       <rgbColor rgb="003366FF"/>
       <rgbColor rgb="0033CCCC"/>
       <rgbColor rgb="0099CC00"/>
       <rgbColor rgb="00FFCC00"/>
       <rgbColor rgb="00FF9900"/>
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
     <mruColors>
       <color rgb="FFFF0000"/>
     </mruColors>
   </colors>
 </styleSheet>
 </file>
 
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="CCE8CF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:H66"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:H2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="27" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="5.125" style="62" customWidth="1"/>
+    <col min="2" max="2" width="18.875" style="62" customWidth="1"/>
+    <col min="3" max="3" width="24.375" style="62" customWidth="1"/>
+    <col min="4" max="4" width="4.875" style="62" customWidth="1"/>
+    <col min="5" max="5" width="29.875" style="62" customWidth="1"/>
+    <col min="6" max="6" width="25" style="62" customWidth="1"/>
+    <col min="7" max="7" width="9.25" style="62" customWidth="1"/>
+    <col min="8" max="8" width="8.375" style="62" customWidth="1"/>
+    <col min="9" max="16384" width="9" style="62"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" s="1" customFormat="1" ht="36.950000000000003" customHeight="1">
+      <c r="A1" s="96" t="s">
+        <v>17</v>
+      </c>
+      <c r="B1" s="96"/>
+      <c r="C1" s="96"/>
+      <c r="D1" s="96"/>
+      <c r="E1" s="96"/>
+      <c r="F1" s="96"/>
+      <c r="G1" s="96"/>
+      <c r="H1" s="96"/>
+    </row>
+    <row r="2" spans="1:8" s="1" customFormat="1" ht="28.5" customHeight="1">
+      <c r="A2" s="97" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" s="97"/>
+      <c r="C2" s="97"/>
+      <c r="D2" s="97"/>
+      <c r="E2" s="97"/>
+      <c r="F2" s="97"/>
+      <c r="G2" s="97"/>
+      <c r="H2" s="97"/>
+    </row>
+    <row r="3" spans="1:8" s="58" customFormat="1" ht="27" customHeight="1">
+      <c r="A3" s="63" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="63" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="63" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="63" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="63" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="63" t="s">
+        <v>5</v>
+      </c>
+      <c r="G3" s="63" t="s">
+        <v>6</v>
+      </c>
+      <c r="H3" s="63" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A4" s="10"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" s="9"/>
+      <c r="E4" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F4" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="95" t="s">
+        <v>13</v>
+      </c>
+      <c r="H4" s="87"/>
+    </row>
+    <row r="5" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A5" s="10"/>
+      <c r="B5" s="9"/>
+      <c r="C5" s="94" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="10"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="10"/>
+      <c r="H5" s="87"/>
+    </row>
+    <row r="6" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A6" s="10"/>
+      <c r="B6" s="9"/>
+      <c r="C6" s="94" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" s="10"/>
+      <c r="E6" s="9"/>
+      <c r="F6" s="9"/>
+      <c r="G6" s="10"/>
+      <c r="H6" s="87"/>
+    </row>
+    <row r="7" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A7" s="10"/>
+      <c r="B7" s="10"/>
+      <c r="C7" s="10"/>
+      <c r="D7" s="10"/>
+      <c r="E7" s="9"/>
+      <c r="F7" s="9"/>
+      <c r="G7" s="10"/>
+      <c r="H7" s="87"/>
+    </row>
+    <row r="8" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A8" s="10"/>
+      <c r="B8" s="10"/>
+      <c r="C8" s="10"/>
+      <c r="D8" s="10"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="10"/>
+      <c r="H8" s="10"/>
+    </row>
+    <row r="9" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A9" s="10"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="10"/>
+      <c r="D9" s="66"/>
+      <c r="E9" s="9"/>
+      <c r="F9" s="9"/>
+      <c r="G9" s="10"/>
+      <c r="H9" s="77"/>
+    </row>
+    <row r="10" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A10" s="10"/>
+      <c r="B10" s="9"/>
+      <c r="C10" s="94"/>
+      <c r="D10" s="66"/>
+      <c r="E10" s="9"/>
+      <c r="F10" s="9"/>
+      <c r="G10" s="10"/>
+      <c r="H10" s="77"/>
+    </row>
+    <row r="11" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A11" s="10"/>
+      <c r="B11" s="10"/>
+      <c r="C11" s="10"/>
+      <c r="D11" s="10"/>
+      <c r="E11" s="64"/>
+      <c r="F11" s="10"/>
+      <c r="G11" s="67"/>
+      <c r="H11" s="88"/>
+    </row>
+    <row r="12" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A12" s="10"/>
+      <c r="B12" s="10"/>
+      <c r="C12" s="10"/>
+      <c r="D12" s="10"/>
+      <c r="E12" s="64"/>
+      <c r="F12" s="10"/>
+      <c r="G12" s="67"/>
+      <c r="H12" s="88"/>
+    </row>
+    <row r="13" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A13" s="10"/>
+      <c r="B13" s="10"/>
+      <c r="C13" s="10"/>
+      <c r="D13" s="10"/>
+      <c r="E13" s="64"/>
+      <c r="F13" s="10"/>
+      <c r="G13" s="67"/>
+      <c r="H13" s="89"/>
+    </row>
+    <row r="14" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A14" s="10"/>
+      <c r="B14" s="10"/>
+      <c r="C14" s="10"/>
+      <c r="D14" s="10"/>
+      <c r="E14" s="64"/>
+      <c r="F14" s="10"/>
+      <c r="G14" s="67"/>
+      <c r="H14" s="89"/>
+    </row>
+    <row r="15" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A15" s="10"/>
+      <c r="B15" s="10"/>
+      <c r="C15" s="10"/>
+      <c r="D15" s="10"/>
+      <c r="E15" s="64"/>
+      <c r="F15" s="10"/>
+      <c r="G15" s="67"/>
+      <c r="H15" s="89"/>
+    </row>
+    <row r="16" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A16" s="10"/>
+      <c r="B16" s="10"/>
+      <c r="C16" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="66"/>
+      <c r="E16" s="64"/>
+      <c r="F16" s="10"/>
+      <c r="G16" s="67"/>
+      <c r="H16" s="89"/>
+    </row>
+    <row r="17" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A17" s="10"/>
+      <c r="B17" s="68"/>
+      <c r="C17" s="10"/>
+      <c r="D17" s="68"/>
+      <c r="E17" s="64"/>
+      <c r="F17" s="10"/>
+      <c r="G17" s="67"/>
+      <c r="H17" s="89"/>
+    </row>
+    <row r="18" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A18" s="10"/>
+      <c r="B18" s="68"/>
+      <c r="C18" s="10"/>
+      <c r="D18" s="68"/>
+      <c r="E18" s="64"/>
+      <c r="F18" s="10"/>
+      <c r="G18" s="67"/>
+      <c r="H18" s="89"/>
+    </row>
+    <row r="19" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A19" s="10"/>
+      <c r="B19" s="68"/>
+      <c r="C19" s="10"/>
+      <c r="D19" s="68"/>
+      <c r="E19" s="10"/>
+      <c r="F19" s="10"/>
+      <c r="G19" s="67"/>
+      <c r="H19" s="10"/>
+    </row>
+    <row r="20" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A20" s="10"/>
+      <c r="B20" s="10"/>
+      <c r="C20" s="10"/>
+      <c r="D20" s="10"/>
+      <c r="E20" s="10"/>
+      <c r="F20" s="10"/>
+      <c r="G20" s="67"/>
+      <c r="H20" s="87"/>
+    </row>
+    <row r="21" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A21" s="10"/>
+      <c r="B21" s="70"/>
+      <c r="C21" s="71"/>
+      <c r="D21" s="69"/>
+      <c r="E21" s="70"/>
+      <c r="F21" s="70"/>
+      <c r="G21" s="69"/>
+      <c r="H21" s="90"/>
+    </row>
+    <row r="22" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A22" s="10"/>
+      <c r="B22" s="70"/>
+      <c r="C22" s="71"/>
+      <c r="D22" s="69"/>
+      <c r="E22" s="70"/>
+      <c r="F22" s="70"/>
+      <c r="G22" s="69"/>
+      <c r="H22" s="69"/>
+    </row>
+    <row r="23" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A23" s="10"/>
+      <c r="B23" s="70"/>
+      <c r="C23" s="71"/>
+      <c r="D23" s="69"/>
+      <c r="E23" s="70"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="69"/>
+      <c r="H23" s="69"/>
+    </row>
+    <row r="24" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A24" s="10"/>
+      <c r="B24" s="70"/>
+      <c r="C24" s="71"/>
+      <c r="D24" s="69"/>
+      <c r="E24" s="70"/>
+      <c r="F24" s="70"/>
+      <c r="G24" s="69"/>
+      <c r="H24" s="69"/>
+    </row>
+    <row r="25" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A25" s="10"/>
+      <c r="B25" s="70"/>
+      <c r="C25" s="71"/>
+      <c r="D25" s="69"/>
+      <c r="E25" s="70"/>
+      <c r="F25" s="70"/>
+      <c r="G25" s="69"/>
+      <c r="H25" s="69"/>
+    </row>
+    <row r="26" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A26" s="10"/>
+      <c r="B26" s="70"/>
+      <c r="C26" s="71"/>
+      <c r="D26" s="69"/>
+      <c r="E26" s="70"/>
+      <c r="F26" s="72"/>
+      <c r="G26" s="69"/>
+      <c r="H26" s="69"/>
+    </row>
+    <row r="27" spans="1:8" s="60" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A27" s="65"/>
+      <c r="B27" s="74"/>
+      <c r="C27" s="75"/>
+      <c r="D27" s="73"/>
+      <c r="E27" s="74"/>
+      <c r="F27" s="76"/>
+      <c r="G27" s="73"/>
+      <c r="H27" s="73"/>
+    </row>
+    <row r="28" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A28" s="10"/>
+      <c r="B28" s="71"/>
+      <c r="C28" s="71"/>
+      <c r="D28" s="71"/>
+      <c r="E28" s="70"/>
+      <c r="F28" s="69"/>
+      <c r="G28" s="69"/>
+      <c r="H28" s="69"/>
+    </row>
+    <row r="29" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A29" s="10"/>
+      <c r="B29" s="71"/>
+      <c r="C29" s="71"/>
+      <c r="D29" s="71"/>
+      <c r="E29" s="70"/>
+      <c r="F29" s="69"/>
+      <c r="G29" s="69"/>
+      <c r="H29" s="69"/>
+    </row>
+    <row r="30" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A30" s="10"/>
+      <c r="B30" s="10"/>
+      <c r="C30" s="10"/>
+      <c r="D30" s="10"/>
+      <c r="E30" s="10"/>
+      <c r="F30" s="10"/>
+      <c r="G30" s="10"/>
+      <c r="H30" s="87"/>
+    </row>
+    <row r="31" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A31" s="10"/>
+      <c r="B31" s="10"/>
+      <c r="C31" s="10"/>
+      <c r="D31" s="10"/>
+      <c r="E31" s="10"/>
+      <c r="F31" s="10"/>
+      <c r="G31" s="10"/>
+      <c r="H31" s="87"/>
+    </row>
+    <row r="32" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A32" s="10"/>
+      <c r="B32" s="10"/>
+      <c r="C32" s="10"/>
+      <c r="D32" s="10"/>
+      <c r="E32" s="10"/>
+      <c r="F32" s="10"/>
+      <c r="G32" s="10"/>
+      <c r="H32" s="87"/>
+    </row>
+    <row r="33" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A33" s="10"/>
+      <c r="B33" s="10"/>
+      <c r="C33" s="10"/>
+      <c r="D33" s="10"/>
+      <c r="E33" s="10"/>
+      <c r="F33" s="10"/>
+      <c r="G33" s="10"/>
+      <c r="H33" s="87"/>
+    </row>
+    <row r="34" spans="1:8" s="59" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A34" s="10"/>
+      <c r="B34" s="66"/>
+      <c r="C34" s="10"/>
+      <c r="D34" s="66"/>
+      <c r="E34" s="77"/>
+      <c r="F34" s="77"/>
+      <c r="G34" s="10"/>
+      <c r="H34" s="87"/>
+    </row>
+    <row r="35" spans="1:8" ht="27" customHeight="1">
+      <c r="A35" s="10"/>
+      <c r="B35" s="10"/>
+      <c r="C35" s="10"/>
+      <c r="D35" s="68"/>
+      <c r="E35" s="77"/>
+      <c r="F35" s="10"/>
+      <c r="G35" s="10"/>
+      <c r="H35" s="91"/>
+    </row>
+    <row r="36" spans="1:8" ht="27" customHeight="1">
+      <c r="A36" s="10"/>
+      <c r="B36" s="10"/>
+      <c r="C36" s="10"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="77"/>
+      <c r="F36" s="10"/>
+      <c r="G36" s="10"/>
+      <c r="H36" s="91"/>
+    </row>
+    <row r="37" spans="1:8" s="61" customFormat="1" ht="27" customHeight="1">
+      <c r="A37" s="65"/>
+      <c r="B37" s="65"/>
+      <c r="C37" s="78"/>
+      <c r="D37" s="65"/>
+      <c r="E37" s="79"/>
+      <c r="F37" s="65"/>
+      <c r="G37" s="65"/>
+      <c r="H37" s="92"/>
+    </row>
+    <row r="38" spans="1:8" ht="27" customHeight="1">
+      <c r="A38" s="10"/>
+      <c r="B38" s="68"/>
+      <c r="C38" s="10"/>
+      <c r="D38" s="68"/>
+      <c r="E38" s="77"/>
+      <c r="F38" s="10"/>
+      <c r="G38" s="10"/>
+      <c r="H38" s="91"/>
+    </row>
+    <row r="39" spans="1:8" ht="27" customHeight="1">
+      <c r="A39" s="10"/>
+      <c r="B39" s="10"/>
+      <c r="C39" s="80"/>
+      <c r="D39" s="10"/>
+      <c r="E39" s="77"/>
+      <c r="F39" s="10"/>
+      <c r="G39" s="10"/>
+      <c r="H39" s="91"/>
+    </row>
+    <row r="40" spans="1:8" ht="27" customHeight="1">
+      <c r="A40" s="10"/>
+      <c r="B40" s="81"/>
+      <c r="C40" s="81"/>
+      <c r="D40" s="81"/>
+      <c r="E40" s="77"/>
+      <c r="F40" s="81"/>
+      <c r="G40" s="81"/>
+      <c r="H40" s="93"/>
+    </row>
+    <row r="41" spans="1:8" ht="27" customHeight="1">
+      <c r="A41" s="10"/>
+      <c r="B41" s="81"/>
+      <c r="C41" s="81"/>
+      <c r="D41" s="81"/>
+      <c r="E41" s="77"/>
+      <c r="F41" s="81"/>
+      <c r="G41" s="81"/>
+      <c r="H41" s="81"/>
+    </row>
+    <row r="42" spans="1:8" ht="27" customHeight="1">
+      <c r="A42" s="10"/>
+      <c r="B42" s="81"/>
+      <c r="C42" s="81"/>
+      <c r="D42" s="81"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="81"/>
+      <c r="G42" s="81"/>
+      <c r="H42" s="93"/>
+    </row>
+    <row r="43" spans="1:8" ht="27" customHeight="1">
+      <c r="A43" s="10"/>
+      <c r="B43" s="81"/>
+      <c r="C43" s="81"/>
+      <c r="D43" s="81"/>
+      <c r="E43" s="77"/>
+      <c r="F43" s="81"/>
+      <c r="G43" s="81"/>
+      <c r="H43" s="93"/>
+    </row>
+    <row r="44" spans="1:8" ht="27" customHeight="1">
+      <c r="A44" s="10"/>
+      <c r="B44" s="81"/>
+      <c r="C44" s="81"/>
+      <c r="D44" s="81"/>
+      <c r="E44" s="77"/>
+      <c r="F44" s="81"/>
+      <c r="G44" s="81"/>
+      <c r="H44" s="81"/>
+    </row>
+    <row r="45" spans="1:8" ht="27" customHeight="1">
+      <c r="A45" s="10"/>
+      <c r="B45" s="82"/>
+      <c r="C45" s="82"/>
+      <c r="D45" s="82"/>
+      <c r="E45" s="77"/>
+      <c r="F45" s="83"/>
+      <c r="G45" s="81"/>
+      <c r="H45" s="83"/>
+    </row>
+    <row r="46" spans="1:8" ht="27" customHeight="1">
+      <c r="A46" s="10"/>
+      <c r="B46" s="82"/>
+      <c r="C46" s="82"/>
+      <c r="D46" s="84"/>
+      <c r="E46" s="77"/>
+      <c r="F46" s="81"/>
+      <c r="G46" s="81"/>
+      <c r="H46" s="81"/>
+    </row>
+    <row r="47" spans="1:8" ht="27" customHeight="1">
+      <c r="A47" s="10"/>
+      <c r="B47" s="84"/>
+      <c r="C47" s="84"/>
+      <c r="D47" s="84"/>
+      <c r="E47" s="77"/>
+      <c r="F47" s="81"/>
+      <c r="G47" s="81"/>
+      <c r="H47" s="81"/>
+    </row>
+    <row r="48" spans="1:8" ht="27" customHeight="1">
+      <c r="A48" s="10"/>
+      <c r="B48" s="84"/>
+      <c r="C48" s="81"/>
+      <c r="D48" s="84"/>
+      <c r="E48" s="77"/>
+      <c r="F48" s="81"/>
+      <c r="G48" s="81"/>
+      <c r="H48" s="81"/>
+    </row>
+    <row r="49" spans="1:8" ht="27" customHeight="1">
+      <c r="A49" s="10"/>
+      <c r="B49" s="81"/>
+      <c r="C49" s="85"/>
+      <c r="D49" s="81"/>
+      <c r="E49" s="77"/>
+      <c r="F49" s="81"/>
+      <c r="G49" s="81"/>
+      <c r="H49" s="93"/>
+    </row>
+    <row r="50" spans="1:8" ht="27" customHeight="1">
+      <c r="A50" s="10"/>
+      <c r="B50" s="84"/>
+      <c r="C50" s="81"/>
+      <c r="D50" s="84"/>
+      <c r="E50" s="77"/>
+      <c r="F50" s="81"/>
+      <c r="G50" s="81"/>
+      <c r="H50" s="93"/>
+    </row>
+    <row r="51" spans="1:8" ht="27" customHeight="1">
+      <c r="A51" s="10"/>
+      <c r="B51" s="10"/>
+      <c r="C51" s="86"/>
+      <c r="D51" s="70"/>
+      <c r="E51" s="77"/>
+      <c r="F51" s="10"/>
+      <c r="G51" s="10"/>
+      <c r="H51" s="91"/>
+    </row>
+    <row r="52" spans="1:8" ht="27" customHeight="1">
+      <c r="A52" s="10"/>
+      <c r="B52" s="10"/>
+      <c r="C52" s="86"/>
+      <c r="D52" s="70"/>
+      <c r="E52" s="77"/>
+      <c r="F52" s="10"/>
+      <c r="G52" s="10"/>
+      <c r="H52" s="91"/>
+    </row>
+    <row r="53" spans="1:8" ht="27" customHeight="1">
+      <c r="A53" s="10"/>
+      <c r="B53" s="10"/>
+      <c r="C53" s="68"/>
+      <c r="D53" s="68"/>
+      <c r="E53" s="77"/>
+      <c r="F53" s="10"/>
+      <c r="G53" s="10"/>
+      <c r="H53" s="91"/>
+    </row>
+    <row r="54" spans="1:8" ht="27" customHeight="1">
+      <c r="A54" s="10"/>
+      <c r="B54" s="10"/>
+      <c r="C54" s="68"/>
+      <c r="D54" s="68"/>
+      <c r="E54" s="77"/>
+      <c r="F54" s="10"/>
+      <c r="G54" s="10"/>
+      <c r="H54" s="91"/>
+    </row>
+    <row r="55" spans="1:8" ht="27" customHeight="1">
+      <c r="A55" s="10"/>
+      <c r="B55" s="10"/>
+      <c r="C55" s="86"/>
+      <c r="D55" s="70"/>
+      <c r="E55" s="77"/>
+      <c r="F55" s="10"/>
+      <c r="G55" s="10"/>
+      <c r="H55" s="91"/>
+    </row>
+    <row r="56" spans="1:8" ht="27" customHeight="1">
+      <c r="A56" s="10"/>
+      <c r="B56" s="10"/>
+      <c r="C56" s="86"/>
+      <c r="D56" s="70"/>
+      <c r="E56" s="77"/>
+      <c r="F56" s="77"/>
+      <c r="G56" s="10"/>
+      <c r="H56" s="91"/>
+    </row>
+    <row r="57" spans="1:8" ht="27" customHeight="1">
+      <c r="A57" s="10"/>
+      <c r="B57" s="10"/>
+      <c r="C57" s="86"/>
+      <c r="D57" s="70"/>
+      <c r="E57" s="77"/>
+      <c r="F57" s="77"/>
+      <c r="G57" s="10"/>
+      <c r="H57" s="91"/>
+    </row>
+    <row r="58" spans="1:8" ht="27" customHeight="1">
+      <c r="A58" s="10"/>
+      <c r="B58" s="10"/>
+      <c r="C58" s="86"/>
+      <c r="D58" s="70"/>
+      <c r="E58" s="77"/>
+      <c r="F58" s="77"/>
+      <c r="G58" s="10"/>
+      <c r="H58" s="91"/>
+    </row>
+    <row r="59" spans="1:8" ht="27" customHeight="1">
+      <c r="A59" s="10"/>
+      <c r="B59" s="10"/>
+      <c r="C59" s="68"/>
+      <c r="D59" s="68"/>
+      <c r="E59" s="77"/>
+      <c r="F59" s="77"/>
+      <c r="G59" s="10"/>
+      <c r="H59" s="91"/>
+    </row>
+    <row r="60" spans="1:8" ht="27" customHeight="1">
+      <c r="A60" s="10"/>
+      <c r="B60" s="68"/>
+      <c r="C60" s="86"/>
+      <c r="D60" s="70"/>
+      <c r="E60" s="77"/>
+      <c r="F60" s="77"/>
+      <c r="G60" s="10"/>
+      <c r="H60" s="91"/>
+    </row>
+    <row r="61" spans="1:8" ht="27" customHeight="1">
+      <c r="A61" s="10"/>
+      <c r="B61" s="68"/>
+      <c r="C61" s="86"/>
+      <c r="D61" s="70"/>
+      <c r="E61" s="77"/>
+      <c r="F61" s="77"/>
+      <c r="G61" s="10"/>
+      <c r="H61" s="91"/>
+    </row>
+    <row r="62" spans="1:8" ht="27" customHeight="1">
+      <c r="A62" s="10"/>
+      <c r="B62" s="68"/>
+      <c r="C62" s="86"/>
+      <c r="D62" s="70"/>
+      <c r="E62" s="77"/>
+      <c r="F62" s="77"/>
+      <c r="G62" s="10"/>
+      <c r="H62" s="91"/>
+    </row>
+    <row r="63" spans="1:8" ht="27" customHeight="1">
+      <c r="A63" s="10"/>
+      <c r="B63" s="68"/>
+      <c r="C63" s="86"/>
+      <c r="D63" s="70"/>
+      <c r="E63" s="10"/>
+      <c r="F63" s="77"/>
+      <c r="G63" s="10"/>
+      <c r="H63" s="91"/>
+    </row>
+    <row r="64" spans="1:8" ht="27" customHeight="1">
+      <c r="A64" s="10"/>
+      <c r="B64" s="68"/>
+      <c r="C64" s="86"/>
+      <c r="D64" s="70"/>
+      <c r="E64" s="10"/>
+      <c r="F64" s="77"/>
+      <c r="G64" s="10"/>
+      <c r="H64" s="91"/>
+    </row>
+    <row r="65" spans="1:8" ht="27" customHeight="1">
+      <c r="A65" s="10"/>
+      <c r="B65" s="10"/>
+      <c r="C65" s="68"/>
+      <c r="D65" s="68"/>
+      <c r="E65" s="10"/>
+      <c r="F65" s="77"/>
+      <c r="G65" s="10"/>
+      <c r="H65" s="91"/>
+    </row>
+    <row r="66" spans="1:8" ht="27" customHeight="1">
+      <c r="A66" s="10"/>
+      <c r="B66" s="10"/>
+      <c r="C66" s="68"/>
+      <c r="D66" s="68"/>
+      <c r="E66" s="10"/>
+      <c r="F66" s="77"/>
+      <c r="G66" s="10"/>
+      <c r="H66" s="91"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+  </mergeCells>
+  <phoneticPr fontId="21" type="noConversion"/>
+  <pageMargins left="0.39305555555555599" right="0.39305555555555599" top="0.39305555555555599" bottom="0.59027777777777801" header="0.39305555555555599" footer="0.39305555555555599"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;C第 &amp;P 页，共 &amp;N 页</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:H108"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="C12" sqref="C12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="27" customHeight="1"/>
+  <cols>
+    <col min="1" max="1" width="5.25" style="1" customWidth="1"/>
+    <col min="2" max="2" width="18.125" style="4" customWidth="1"/>
+    <col min="3" max="3" width="23.875" style="4" customWidth="1"/>
+    <col min="4" max="4" width="6.375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="25.5" style="1" customWidth="1"/>
+    <col min="6" max="6" width="35.375" style="4" customWidth="1"/>
+    <col min="7" max="7" width="12" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8" ht="36.950000000000003" customHeight="1">
+      <c r="A1" s="98" t="s">
+        <v>18</v>
+      </c>
+      <c r="B1" s="99"/>
+      <c r="C1" s="99"/>
+      <c r="D1" s="99"/>
+      <c r="E1" s="99"/>
+      <c r="F1" s="99"/>
+      <c r="G1" s="99"/>
+      <c r="H1" s="99"/>
+    </row>
+    <row r="2" spans="1:8" ht="28.5" customHeight="1">
+      <c r="A2" s="97" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" s="97"/>
+      <c r="C2" s="97"/>
+      <c r="D2" s="97"/>
+      <c r="E2" s="97"/>
+      <c r="F2" s="97"/>
+      <c r="G2" s="97"/>
+      <c r="H2" s="97"/>
+    </row>
+    <row r="3" spans="1:8" s="2" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A3" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H3" s="46" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A4" s="7"/>
+      <c r="B4" s="8"/>
+      <c r="C4" s="94" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="9"/>
+      <c r="E4" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="F4" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="G4" s="95" t="s">
+        <v>13</v>
+      </c>
+      <c r="H4" s="47"/>
+    </row>
+    <row r="5" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A5" s="7"/>
+      <c r="B5" s="9"/>
+      <c r="C5" s="94" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="10"/>
+      <c r="E5" s="9"/>
+      <c r="F5" s="9"/>
+      <c r="G5" s="11"/>
+      <c r="H5" s="47"/>
+    </row>
+    <row r="6" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A6" s="7"/>
+      <c r="B6" s="7"/>
+      <c r="C6" s="12"/>
+      <c r="D6" s="12"/>
+      <c r="E6" s="12"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="13"/>
+      <c r="H6" s="47"/>
+    </row>
+    <row r="7" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A7" s="7"/>
+      <c r="B7" s="7"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+      <c r="E7" s="12"/>
+      <c r="F7" s="12"/>
+      <c r="G7" s="13"/>
+      <c r="H7" s="47"/>
+    </row>
+    <row r="8" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A8" s="7"/>
+      <c r="B8" s="14"/>
+      <c r="C8" s="12"/>
+      <c r="D8" s="12"/>
+      <c r="E8" s="12"/>
+      <c r="F8" s="15"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="47"/>
+    </row>
+    <row r="9" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A9" s="7"/>
+      <c r="B9" s="14"/>
+      <c r="C9" s="12"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="12"/>
+      <c r="F9" s="15"/>
+      <c r="G9" s="13"/>
+      <c r="H9" s="47"/>
+    </row>
+    <row r="10" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A10" s="7"/>
+      <c r="B10" s="16"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="17"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="18"/>
+      <c r="G10" s="19"/>
+      <c r="H10" s="47"/>
+    </row>
+    <row r="11" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A11" s="7"/>
+      <c r="B11" s="16"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="18"/>
+      <c r="G11" s="19"/>
+      <c r="H11" s="47"/>
+    </row>
+    <row r="12" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A12" s="7"/>
+      <c r="B12" s="16"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="7"/>
+      <c r="F12" s="18"/>
+      <c r="G12" s="19"/>
+      <c r="H12" s="47"/>
+    </row>
+    <row r="13" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A13" s="7"/>
+      <c r="B13" s="16"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="18"/>
+      <c r="G13" s="19"/>
+      <c r="H13" s="47"/>
+    </row>
+    <row r="14" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A14" s="7"/>
+      <c r="B14" s="16"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="17"/>
+      <c r="E14" s="7"/>
+      <c r="F14" s="18"/>
+      <c r="G14" s="19"/>
+      <c r="H14" s="47"/>
+    </row>
+    <row r="15" spans="1:8" ht="27.95" customHeight="1">
+      <c r="A15" s="7"/>
+      <c r="B15" s="16"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="17"/>
+      <c r="E15" s="7"/>
+      <c r="F15" s="18"/>
+      <c r="G15" s="19"/>
+      <c r="H15" s="47"/>
+    </row>
+    <row r="16" spans="1:8" s="3" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A16" s="7"/>
+      <c r="B16" s="16"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="7"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="19"/>
+      <c r="H16" s="48"/>
+    </row>
+    <row r="17" spans="1:8" s="3" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A17" s="7"/>
+      <c r="B17" s="16"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="18"/>
+      <c r="G17" s="19"/>
+      <c r="H17" s="48"/>
+    </row>
+    <row r="18" spans="1:8" s="3" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A18" s="7"/>
+      <c r="B18" s="16"/>
+      <c r="C18" s="7"/>
+      <c r="D18" s="7"/>
+      <c r="E18" s="7"/>
+      <c r="F18" s="18"/>
+      <c r="G18" s="19"/>
+      <c r="H18" s="48"/>
+    </row>
+    <row r="19" spans="1:8" s="3" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A19" s="7"/>
+      <c r="B19" s="16"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="7"/>
+      <c r="F19" s="18"/>
+      <c r="G19" s="19"/>
+      <c r="H19" s="48"/>
+    </row>
+    <row r="20" spans="1:8" s="3" customFormat="1" ht="27.95" customHeight="1">
+      <c r="A20" s="7"/>
+      <c r="B20" s="16"/>
+      <c r="C20" s="7"/>
+      <c r="D20" s="7"/>
+      <c r="E20" s="7"/>
+      <c r="F20" s="18"/>
+      <c r="G20" s="19"/>
+      <c r="H20" s="48"/>
+    </row>
+    <row r="21" spans="1:8" ht="27" customHeight="1">
+      <c r="A21" s="7"/>
+      <c r="B21" s="16"/>
+      <c r="C21" s="7"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="20"/>
+      <c r="G21" s="19"/>
+      <c r="H21" s="47"/>
+    </row>
+    <row r="22" spans="1:8" ht="27" customHeight="1">
+      <c r="A22" s="7"/>
+      <c r="B22" s="16"/>
+      <c r="C22" s="7"/>
+      <c r="D22" s="17"/>
+      <c r="E22" s="7"/>
+      <c r="F22" s="20"/>
+      <c r="G22" s="19"/>
+      <c r="H22" s="47"/>
+    </row>
+    <row r="23" spans="1:8" ht="27" customHeight="1">
+      <c r="A23" s="7"/>
+      <c r="B23" s="16"/>
+      <c r="C23" s="7"/>
+      <c r="D23" s="17"/>
+      <c r="E23" s="7"/>
+      <c r="F23" s="20"/>
+      <c r="G23" s="19"/>
+      <c r="H23" s="47"/>
+    </row>
+    <row r="24" spans="1:8" ht="27" customHeight="1">
+      <c r="A24" s="7"/>
+      <c r="B24" s="16"/>
+      <c r="C24" s="16"/>
+      <c r="D24" s="17"/>
+      <c r="E24" s="7"/>
+      <c r="F24" s="20"/>
+      <c r="G24" s="19"/>
+      <c r="H24" s="47"/>
+    </row>
+    <row r="25" spans="1:8" ht="27" customHeight="1">
+      <c r="A25" s="7"/>
+      <c r="B25" s="21"/>
+      <c r="C25" s="22"/>
+      <c r="D25" s="21"/>
+      <c r="E25" s="21"/>
+      <c r="F25" s="21"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="47"/>
+    </row>
+    <row r="26" spans="1:8" ht="27" customHeight="1">
+      <c r="A26" s="7"/>
+      <c r="B26" s="21"/>
+      <c r="C26" s="22"/>
+      <c r="D26" s="21"/>
+      <c r="E26" s="21"/>
+      <c r="F26" s="21"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="47"/>
+    </row>
+    <row r="27" spans="1:8" ht="27" customHeight="1">
+      <c r="A27" s="7"/>
+      <c r="B27" s="21"/>
+      <c r="C27" s="22"/>
+      <c r="D27" s="21"/>
+      <c r="E27" s="21"/>
+      <c r="F27" s="21"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="47"/>
+    </row>
+    <row r="28" spans="1:8" ht="27" customHeight="1">
+      <c r="A28" s="7"/>
+      <c r="B28" s="24"/>
+      <c r="C28" s="25"/>
+      <c r="D28" s="21"/>
+      <c r="E28" s="21"/>
+      <c r="F28" s="21"/>
+      <c r="G28" s="23"/>
+      <c r="H28" s="47"/>
+    </row>
+    <row r="29" spans="1:8" ht="27" customHeight="1">
+      <c r="A29" s="7"/>
+      <c r="B29" s="24"/>
+      <c r="C29" s="25"/>
+      <c r="D29" s="21"/>
+      <c r="E29" s="21"/>
+      <c r="F29" s="26"/>
+      <c r="G29" s="23"/>
+      <c r="H29" s="47"/>
+    </row>
+    <row r="30" spans="1:8" ht="27" customHeight="1">
+      <c r="A30" s="7"/>
+      <c r="B30" s="24"/>
+      <c r="C30" s="21"/>
+      <c r="D30" s="21"/>
+      <c r="E30" s="21"/>
+      <c r="F30" s="21"/>
+      <c r="G30" s="23"/>
+      <c r="H30" s="47"/>
+    </row>
+    <row r="31" spans="1:8" ht="27" customHeight="1">
+      <c r="A31" s="7"/>
+      <c r="B31" s="24"/>
+      <c r="C31" s="24"/>
+      <c r="D31" s="21"/>
+      <c r="E31" s="21"/>
+      <c r="F31" s="24"/>
+      <c r="G31" s="23"/>
+      <c r="H31" s="47"/>
+    </row>
+    <row r="32" spans="1:8" ht="27" customHeight="1">
+      <c r="A32" s="7"/>
+      <c r="B32" s="24"/>
+      <c r="C32" s="24"/>
+      <c r="D32" s="21"/>
+      <c r="E32" s="21"/>
+      <c r="F32" s="21"/>
+      <c r="G32" s="23"/>
+      <c r="H32" s="47"/>
+    </row>
+    <row r="33" spans="1:8" ht="27" customHeight="1">
+      <c r="A33" s="7"/>
+      <c r="B33" s="24"/>
+      <c r="C33" s="24"/>
+      <c r="D33" s="21"/>
+      <c r="E33" s="21"/>
+      <c r="F33" s="21"/>
+      <c r="G33" s="23"/>
+      <c r="H33" s="47"/>
+    </row>
+    <row r="34" spans="1:8" ht="27" customHeight="1">
+      <c r="A34" s="7"/>
+      <c r="B34" s="24"/>
+      <c r="C34" s="24"/>
+      <c r="D34" s="21"/>
+      <c r="E34" s="21"/>
+      <c r="F34" s="21"/>
+      <c r="G34" s="23"/>
+      <c r="H34" s="47"/>
+    </row>
+    <row r="35" spans="1:8" ht="27" customHeight="1">
+      <c r="A35" s="7"/>
+      <c r="B35" s="27"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
+      <c r="G35" s="19"/>
+      <c r="H35" s="47"/>
+    </row>
+    <row r="36" spans="1:8" ht="27" customHeight="1">
+      <c r="A36" s="7"/>
+      <c r="B36" s="27"/>
+      <c r="C36" s="16"/>
+      <c r="D36" s="28"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="7"/>
+      <c r="G36" s="19"/>
+      <c r="H36" s="47"/>
+    </row>
+    <row r="37" spans="1:8" ht="27" customHeight="1">
+      <c r="A37" s="7"/>
+      <c r="B37" s="27"/>
+      <c r="C37" s="16"/>
+      <c r="D37" s="28"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="7"/>
+      <c r="G37" s="19"/>
+      <c r="H37" s="47"/>
+    </row>
+    <row r="38" spans="1:8" ht="27" customHeight="1">
+      <c r="A38" s="7"/>
+      <c r="B38" s="27"/>
+      <c r="C38" s="16"/>
+      <c r="D38" s="28"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="7"/>
+      <c r="G38" s="19"/>
+      <c r="H38" s="47"/>
+    </row>
+    <row r="39" spans="1:8" ht="27" customHeight="1">
+      <c r="A39" s="7"/>
+      <c r="B39" s="27"/>
+      <c r="C39" s="16"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="7"/>
+      <c r="F39" s="7"/>
+      <c r="G39" s="19"/>
+      <c r="H39" s="47"/>
+    </row>
+    <row r="40" spans="1:8" ht="27" customHeight="1">
+      <c r="A40" s="7"/>
+      <c r="B40" s="29"/>
+      <c r="C40" s="16"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="7"/>
+      <c r="F40" s="30"/>
+      <c r="G40" s="19"/>
+      <c r="H40" s="47"/>
+    </row>
+    <row r="41" spans="1:8" ht="27" customHeight="1">
+      <c r="A41" s="7"/>
+      <c r="B41" s="7"/>
+      <c r="C41" s="16"/>
+      <c r="D41" s="7"/>
+      <c r="E41" s="7"/>
+      <c r="F41" s="30"/>
+      <c r="G41" s="19"/>
+      <c r="H41" s="47"/>
+    </row>
+    <row r="42" spans="1:8" ht="27" customHeight="1">
+      <c r="A42" s="7"/>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="7"/>
+      <c r="F42" s="30"/>
+      <c r="G42" s="19"/>
+      <c r="H42" s="47"/>
+    </row>
+    <row r="43" spans="1:8" ht="27" customHeight="1">
+      <c r="A43" s="7"/>
+      <c r="B43" s="7"/>
+      <c r="C43" s="31"/>
+      <c r="D43" s="7"/>
+      <c r="E43" s="7"/>
+      <c r="F43" s="7"/>
+      <c r="G43" s="19"/>
+      <c r="H43" s="47"/>
+    </row>
+    <row r="44" spans="1:8" ht="27" customHeight="1">
+      <c r="A44" s="7"/>
+      <c r="B44" s="7"/>
+      <c r="C44" s="31"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="7"/>
+      <c r="F44" s="7"/>
+      <c r="G44" s="19"/>
+      <c r="H44" s="47"/>
+    </row>
+    <row r="45" spans="1:8" ht="27" customHeight="1">
+      <c r="A45" s="7"/>
+      <c r="B45" s="7"/>
+      <c r="C45" s="31"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="7"/>
+      <c r="F45" s="7"/>
+      <c r="G45" s="19"/>
+      <c r="H45" s="47"/>
+    </row>
+    <row r="46" spans="1:8" ht="27" customHeight="1">
+      <c r="A46" s="7"/>
+      <c r="B46" s="32"/>
+      <c r="C46" s="33"/>
+      <c r="D46" s="17"/>
+      <c r="E46" s="7"/>
+      <c r="F46" s="7"/>
+      <c r="G46" s="19"/>
+      <c r="H46" s="47"/>
+    </row>
+    <row r="47" spans="1:8" ht="27" customHeight="1">
+      <c r="A47" s="7"/>
+      <c r="B47" s="32"/>
+      <c r="C47" s="33"/>
+      <c r="D47" s="17"/>
+      <c r="E47" s="7"/>
+      <c r="F47" s="7"/>
+      <c r="G47" s="19"/>
+      <c r="H47" s="47"/>
+    </row>
+    <row r="48" spans="1:8" ht="27" customHeight="1">
+      <c r="A48" s="7"/>
+      <c r="B48" s="7"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="19"/>
+      <c r="H48" s="47"/>
+    </row>
+    <row r="49" spans="1:8" ht="27" customHeight="1">
+      <c r="A49" s="7"/>
+      <c r="B49" s="7"/>
+      <c r="C49" s="7"/>
+      <c r="D49" s="7"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="7"/>
+      <c r="G49" s="19"/>
+      <c r="H49" s="47"/>
+    </row>
+    <row r="50" spans="1:8" ht="27" customHeight="1">
+      <c r="A50" s="7"/>
+      <c r="B50" s="7"/>
+      <c r="C50" s="7"/>
+      <c r="D50" s="7"/>
+      <c r="E50" s="7"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="19"/>
+      <c r="H50" s="47"/>
+    </row>
+    <row r="51" spans="1:8" ht="27" customHeight="1">
+      <c r="A51" s="7"/>
+      <c r="B51" s="32"/>
+      <c r="C51" s="32"/>
+      <c r="D51" s="17"/>
+      <c r="E51" s="7"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="19"/>
+      <c r="H51" s="47"/>
+    </row>
+    <row r="52" spans="1:8" ht="27" customHeight="1">
+      <c r="A52" s="7"/>
+      <c r="B52" s="32"/>
+      <c r="C52" s="32"/>
+      <c r="D52" s="17"/>
+      <c r="E52" s="7"/>
+      <c r="F52" s="7"/>
+      <c r="G52" s="19"/>
+      <c r="H52" s="47"/>
+    </row>
+    <row r="53" spans="1:8" ht="27" customHeight="1">
+      <c r="A53" s="7"/>
+      <c r="B53" s="7"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="19"/>
+      <c r="H53" s="47"/>
+    </row>
+    <row r="54" spans="1:8" ht="27" customHeight="1">
+      <c r="A54" s="7"/>
+      <c r="B54" s="7"/>
+      <c r="C54" s="7"/>
+      <c r="D54" s="7"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="7"/>
+      <c r="G54" s="19"/>
+      <c r="H54" s="47"/>
+    </row>
+    <row r="55" spans="1:8" ht="27" customHeight="1">
+      <c r="A55" s="7"/>
+      <c r="B55" s="7"/>
+      <c r="C55" s="7"/>
+      <c r="D55" s="17"/>
+      <c r="E55" s="7"/>
+      <c r="F55" s="7"/>
+      <c r="G55" s="19"/>
+      <c r="H55" s="47"/>
+    </row>
+    <row r="56" spans="1:8" ht="27" customHeight="1">
+      <c r="A56" s="7"/>
+      <c r="B56" s="7"/>
+      <c r="C56" s="7"/>
+      <c r="D56" s="34"/>
+      <c r="E56" s="7"/>
+      <c r="F56" s="7"/>
+      <c r="G56" s="19"/>
+      <c r="H56" s="47"/>
+    </row>
+    <row r="57" spans="1:8" ht="27" customHeight="1">
+      <c r="A57" s="7"/>
+      <c r="B57" s="7"/>
+      <c r="C57" s="7"/>
+      <c r="D57" s="35"/>
+      <c r="E57" s="7"/>
+      <c r="F57" s="7"/>
+      <c r="G57" s="19"/>
+      <c r="H57" s="47"/>
+    </row>
+    <row r="58" spans="1:8" ht="27" customHeight="1">
+      <c r="A58" s="7"/>
+      <c r="B58" s="37"/>
+      <c r="C58" s="36"/>
+      <c r="D58" s="36"/>
+      <c r="E58" s="36"/>
+      <c r="F58" s="36"/>
+      <c r="G58" s="38"/>
+      <c r="H58" s="47"/>
+    </row>
+    <row r="59" spans="1:8" ht="27" customHeight="1">
+      <c r="A59" s="7"/>
+      <c r="B59" s="37"/>
+      <c r="C59" s="36"/>
+      <c r="D59" s="36"/>
+      <c r="E59" s="36"/>
+      <c r="F59" s="36"/>
+      <c r="G59" s="38"/>
+      <c r="H59" s="47"/>
+    </row>
+    <row r="60" spans="1:8" ht="27" customHeight="1">
+      <c r="A60" s="7"/>
+      <c r="B60" s="36"/>
+      <c r="C60" s="36"/>
+      <c r="D60" s="36"/>
+      <c r="E60" s="36"/>
+      <c r="F60" s="36"/>
+      <c r="G60" s="38"/>
+      <c r="H60" s="47"/>
+    </row>
+    <row r="61" spans="1:8" ht="27" customHeight="1">
+      <c r="A61" s="7"/>
+      <c r="B61" s="36"/>
+      <c r="C61" s="36"/>
+      <c r="D61" s="36"/>
+      <c r="E61" s="36"/>
+      <c r="F61" s="36"/>
+      <c r="G61" s="38"/>
+      <c r="H61" s="47"/>
+    </row>
+    <row r="62" spans="1:8" ht="27" customHeight="1">
+      <c r="A62" s="7"/>
+      <c r="B62" s="37"/>
+      <c r="C62" s="37"/>
+      <c r="D62" s="36"/>
+      <c r="E62" s="36"/>
+      <c r="F62" s="36"/>
+      <c r="G62" s="38"/>
+      <c r="H62" s="47"/>
+    </row>
+    <row r="63" spans="1:8" ht="27" customHeight="1">
+      <c r="A63" s="7"/>
+      <c r="B63" s="39"/>
+      <c r="C63" s="40"/>
+      <c r="D63" s="41"/>
+      <c r="E63" s="36"/>
+      <c r="F63" s="42"/>
+      <c r="G63" s="38"/>
+      <c r="H63" s="47"/>
+    </row>
+    <row r="64" spans="1:8" ht="27" customHeight="1">
+      <c r="A64" s="7"/>
+      <c r="B64" s="43"/>
+      <c r="C64" s="40"/>
+      <c r="D64" s="44"/>
+      <c r="E64" s="36"/>
+      <c r="F64" s="36"/>
+      <c r="G64" s="38"/>
+      <c r="H64" s="47"/>
+    </row>
+    <row r="65" spans="1:8" ht="27" customHeight="1">
+      <c r="A65" s="7"/>
+      <c r="B65" s="36"/>
+      <c r="C65" s="45"/>
+      <c r="D65" s="36"/>
+      <c r="E65" s="36"/>
+      <c r="F65" s="36"/>
+      <c r="G65" s="38"/>
+      <c r="H65" s="47"/>
+    </row>
+    <row r="66" spans="1:8" ht="27" customHeight="1">
+      <c r="A66" s="7"/>
+      <c r="B66" s="36"/>
+      <c r="C66" s="36"/>
+      <c r="D66" s="36"/>
+      <c r="E66" s="36"/>
+      <c r="F66" s="36"/>
+      <c r="G66" s="38"/>
+      <c r="H66" s="47"/>
+    </row>
+    <row r="67" spans="1:8" ht="27" customHeight="1">
+      <c r="A67" s="7"/>
+      <c r="B67" s="36"/>
+      <c r="C67" s="49"/>
+      <c r="D67" s="36"/>
+      <c r="E67" s="36"/>
+      <c r="F67" s="36"/>
+      <c r="G67" s="38"/>
+      <c r="H67" s="47"/>
+    </row>
+    <row r="68" spans="1:8" ht="27" customHeight="1">
+      <c r="A68" s="7"/>
+      <c r="B68" s="36"/>
+      <c r="C68" s="49"/>
+      <c r="D68" s="36"/>
+      <c r="E68" s="36"/>
+      <c r="F68" s="36"/>
+      <c r="G68" s="38"/>
+      <c r="H68" s="47"/>
+    </row>
+    <row r="69" spans="1:8" ht="27" customHeight="1">
+      <c r="A69" s="7"/>
+      <c r="B69" s="50"/>
+      <c r="C69" s="51"/>
+      <c r="D69" s="52"/>
+      <c r="E69" s="36"/>
+      <c r="F69" s="36"/>
+      <c r="G69" s="38"/>
+      <c r="H69" s="47"/>
+    </row>
+    <row r="70" spans="1:8" ht="27" customHeight="1">
+      <c r="A70" s="7"/>
+      <c r="B70" s="7"/>
+      <c r="C70" s="53"/>
+      <c r="D70" s="24"/>
+      <c r="E70" s="30"/>
+      <c r="F70" s="7"/>
+      <c r="G70" s="54"/>
+      <c r="H70" s="47"/>
+    </row>
+    <row r="71" spans="1:8" ht="27" customHeight="1">
+      <c r="A71" s="7"/>
+      <c r="B71" s="7"/>
+      <c r="C71" s="53"/>
+      <c r="D71" s="24"/>
+      <c r="E71" s="30"/>
+      <c r="F71" s="7"/>
+      <c r="G71" s="54"/>
+      <c r="H71" s="47"/>
+    </row>
+    <row r="72" spans="1:8" ht="27" customHeight="1">
+      <c r="A72" s="7"/>
+      <c r="B72" s="7"/>
+      <c r="C72" s="53"/>
+      <c r="D72" s="24"/>
+      <c r="E72" s="30"/>
+      <c r="F72" s="7"/>
+      <c r="G72" s="54"/>
+      <c r="H72" s="47"/>
+    </row>
+    <row r="73" spans="1:8" ht="27" customHeight="1">
+      <c r="A73" s="7"/>
+      <c r="B73" s="7"/>
+      <c r="C73" s="53"/>
+      <c r="D73" s="24"/>
+      <c r="E73" s="30"/>
+      <c r="F73" s="7"/>
+      <c r="G73" s="54"/>
+      <c r="H73" s="47"/>
+    </row>
+    <row r="74" spans="1:8" ht="27" customHeight="1">
+      <c r="A74" s="7"/>
+      <c r="B74" s="7"/>
+      <c r="C74" s="53"/>
+      <c r="D74" s="24"/>
+      <c r="E74" s="30"/>
+      <c r="F74" s="7"/>
+      <c r="G74" s="54"/>
+      <c r="H74" s="47"/>
+    </row>
+    <row r="75" spans="1:8" ht="27" customHeight="1">
+      <c r="A75" s="7"/>
+      <c r="B75" s="7"/>
+      <c r="C75" s="53"/>
+      <c r="D75" s="24"/>
+      <c r="E75" s="30"/>
+      <c r="F75" s="7"/>
+      <c r="G75" s="54"/>
+      <c r="H75" s="47"/>
+    </row>
+    <row r="76" spans="1:8" ht="27" customHeight="1">
+      <c r="A76" s="7"/>
+      <c r="B76" s="7"/>
+      <c r="C76" s="53"/>
+      <c r="D76" s="24"/>
+      <c r="E76" s="30"/>
+      <c r="F76" s="30"/>
+      <c r="G76" s="54"/>
+      <c r="H76" s="47"/>
+    </row>
+    <row r="77" spans="1:8" ht="27" customHeight="1">
+      <c r="A77" s="7"/>
+      <c r="B77" s="7"/>
+      <c r="C77" s="53"/>
+      <c r="D77" s="24"/>
+      <c r="E77" s="30"/>
+      <c r="F77" s="30"/>
+      <c r="G77" s="54"/>
+      <c r="H77" s="47"/>
+    </row>
+    <row r="78" spans="1:8" ht="27" customHeight="1">
+      <c r="A78" s="7"/>
+      <c r="B78" s="7"/>
+      <c r="C78" s="53"/>
+      <c r="D78" s="24"/>
+      <c r="E78" s="30"/>
+      <c r="F78" s="30"/>
+      <c r="G78" s="54"/>
+      <c r="H78" s="47"/>
+    </row>
+    <row r="79" spans="1:8" ht="27" customHeight="1">
+      <c r="A79" s="7"/>
+      <c r="B79" s="7"/>
+      <c r="C79" s="53"/>
+      <c r="D79" s="24"/>
+      <c r="E79" s="30"/>
+      <c r="F79" s="7"/>
+      <c r="G79" s="54"/>
+      <c r="H79" s="47"/>
+    </row>
+    <row r="80" spans="1:8" ht="27" customHeight="1">
+      <c r="A80" s="7"/>
+      <c r="B80" s="7"/>
+      <c r="C80" s="53"/>
+      <c r="D80" s="24"/>
+      <c r="E80" s="30"/>
+      <c r="F80" s="7"/>
+      <c r="G80" s="54"/>
+      <c r="H80" s="47"/>
+    </row>
+    <row r="81" spans="1:8" ht="27" customHeight="1">
+      <c r="A81" s="7"/>
+      <c r="B81" s="7"/>
+      <c r="C81" s="53"/>
+      <c r="D81" s="24"/>
+      <c r="E81" s="30"/>
+      <c r="F81" s="7"/>
+      <c r="G81" s="54"/>
+      <c r="H81" s="47"/>
+    </row>
+    <row r="82" spans="1:8" ht="27" customHeight="1">
+      <c r="A82" s="7"/>
+      <c r="B82" s="7"/>
+      <c r="C82" s="53"/>
+      <c r="D82" s="24"/>
+      <c r="E82" s="30"/>
+      <c r="F82" s="7"/>
+      <c r="G82" s="54"/>
+      <c r="H82" s="47"/>
+    </row>
+    <row r="83" spans="1:8" ht="27" customHeight="1">
+      <c r="A83" s="7"/>
+      <c r="B83" s="7"/>
+      <c r="C83" s="53"/>
+      <c r="D83" s="24"/>
+      <c r="E83" s="30"/>
+      <c r="F83" s="7"/>
+      <c r="G83" s="54"/>
+      <c r="H83" s="47"/>
+    </row>
+    <row r="84" spans="1:8" ht="27" customHeight="1">
+      <c r="A84" s="7"/>
+      <c r="B84" s="7"/>
+      <c r="C84" s="53"/>
+      <c r="D84" s="24"/>
+      <c r="E84" s="30"/>
+      <c r="F84" s="7"/>
+      <c r="G84" s="54"/>
+      <c r="H84" s="47"/>
+    </row>
+    <row r="85" spans="1:8" ht="27" customHeight="1">
+      <c r="A85" s="7"/>
+      <c r="B85" s="7"/>
+      <c r="C85" s="53"/>
+      <c r="D85" s="24"/>
+      <c r="E85" s="30"/>
+      <c r="F85" s="7"/>
+      <c r="G85" s="54"/>
+      <c r="H85" s="47"/>
+    </row>
+    <row r="86" spans="1:8" ht="27" customHeight="1">
+      <c r="A86" s="7"/>
+      <c r="B86" s="7"/>
+      <c r="C86" s="53"/>
+      <c r="D86" s="24"/>
+      <c r="E86" s="30"/>
+      <c r="F86" s="7"/>
+      <c r="G86" s="54"/>
+      <c r="H86" s="47"/>
+    </row>
+    <row r="87" spans="1:8" ht="27" customHeight="1">
+      <c r="A87" s="7"/>
+      <c r="B87" s="7"/>
+      <c r="C87" s="53"/>
+      <c r="D87" s="24"/>
+      <c r="E87" s="30"/>
+      <c r="F87" s="7"/>
+      <c r="G87" s="54"/>
+      <c r="H87" s="47"/>
+    </row>
+    <row r="88" spans="1:8" ht="27" customHeight="1">
+      <c r="A88" s="7"/>
+      <c r="B88" s="7"/>
+      <c r="C88" s="53"/>
+      <c r="D88" s="24"/>
+      <c r="E88" s="30"/>
+      <c r="F88" s="7"/>
+      <c r="G88" s="54"/>
+      <c r="H88" s="47"/>
+    </row>
+    <row r="89" spans="1:8" ht="27" customHeight="1">
+      <c r="A89" s="7"/>
+      <c r="B89" s="7"/>
+      <c r="C89" s="53"/>
+      <c r="D89" s="24"/>
+      <c r="E89" s="30"/>
+      <c r="F89" s="7"/>
+      <c r="G89" s="54"/>
+      <c r="H89" s="47"/>
+    </row>
+    <row r="90" spans="1:8" ht="27" customHeight="1">
+      <c r="A90" s="7"/>
+      <c r="B90" s="7"/>
+      <c r="C90" s="53"/>
+      <c r="D90" s="24"/>
+      <c r="E90" s="30"/>
+      <c r="F90" s="7"/>
+      <c r="G90" s="54"/>
+      <c r="H90" s="47"/>
+    </row>
+    <row r="91" spans="1:8" ht="27" customHeight="1">
+      <c r="A91" s="7"/>
+      <c r="B91" s="7"/>
+      <c r="C91" s="53"/>
+      <c r="D91" s="24"/>
+      <c r="E91" s="30"/>
+      <c r="F91" s="7"/>
+      <c r="G91" s="54"/>
+      <c r="H91" s="47"/>
+    </row>
+    <row r="92" spans="1:8" ht="27" customHeight="1">
+      <c r="A92" s="7"/>
+      <c r="B92" s="7"/>
+      <c r="C92" s="53"/>
+      <c r="D92" s="24"/>
+      <c r="E92" s="30"/>
+      <c r="F92" s="7"/>
+      <c r="G92" s="54"/>
+      <c r="H92" s="47"/>
+    </row>
+    <row r="93" spans="1:8" ht="27" customHeight="1">
+      <c r="A93" s="7"/>
+      <c r="B93" s="7"/>
+      <c r="C93" s="53"/>
+      <c r="D93" s="24"/>
+      <c r="E93" s="30"/>
+      <c r="F93" s="7"/>
+      <c r="G93" s="54"/>
+      <c r="H93" s="47"/>
+    </row>
+    <row r="94" spans="1:8" ht="27" customHeight="1">
+      <c r="A94" s="7"/>
+      <c r="B94" s="7"/>
+      <c r="C94" s="53"/>
+      <c r="D94" s="24"/>
+      <c r="E94" s="30"/>
+      <c r="F94" s="7"/>
+      <c r="G94" s="54"/>
+      <c r="H94" s="47"/>
+    </row>
+    <row r="95" spans="1:8" ht="27" customHeight="1">
+      <c r="A95" s="7"/>
+      <c r="B95" s="7"/>
+      <c r="C95" s="53"/>
+      <c r="D95" s="24"/>
+      <c r="E95" s="30"/>
+      <c r="F95" s="7"/>
+      <c r="G95" s="54"/>
+      <c r="H95" s="47"/>
+    </row>
+    <row r="96" spans="1:8" ht="27" customHeight="1">
+      <c r="A96" s="7"/>
+      <c r="B96" s="7"/>
+      <c r="C96" s="53"/>
+      <c r="D96" s="24"/>
+      <c r="E96" s="30"/>
+      <c r="F96" s="7"/>
+      <c r="G96" s="54"/>
+      <c r="H96" s="47"/>
+    </row>
+    <row r="97" spans="1:8" ht="27" customHeight="1">
+      <c r="A97" s="7"/>
+      <c r="B97" s="7"/>
+      <c r="C97" s="53"/>
+      <c r="D97" s="24"/>
+      <c r="E97" s="30"/>
+      <c r="F97" s="7"/>
+      <c r="G97" s="54"/>
+      <c r="H97" s="47"/>
+    </row>
+    <row r="98" spans="1:8" ht="27" customHeight="1">
+      <c r="A98" s="7"/>
+      <c r="B98" s="7"/>
+      <c r="C98" s="53"/>
+      <c r="D98" s="24"/>
+      <c r="E98" s="30"/>
+      <c r="F98" s="7"/>
+      <c r="G98" s="54"/>
+      <c r="H98" s="47"/>
+    </row>
+    <row r="99" spans="1:8" ht="27" customHeight="1">
+      <c r="A99" s="7"/>
+      <c r="B99" s="7"/>
+      <c r="C99" s="53"/>
+      <c r="D99" s="24"/>
+      <c r="E99" s="30"/>
+      <c r="F99" s="7"/>
+      <c r="G99" s="54"/>
+      <c r="H99" s="47"/>
+    </row>
+    <row r="100" spans="1:8" ht="27" customHeight="1">
+      <c r="A100" s="7"/>
+      <c r="B100" s="7"/>
+      <c r="C100" s="53"/>
+      <c r="D100" s="24"/>
+      <c r="E100" s="30"/>
+      <c r="F100" s="7"/>
+      <c r="G100" s="54"/>
+      <c r="H100" s="47"/>
+    </row>
+    <row r="101" spans="1:8" ht="27" customHeight="1">
+      <c r="A101" s="7"/>
+      <c r="B101" s="7"/>
+      <c r="C101" s="55"/>
+      <c r="D101" s="56"/>
+      <c r="E101" s="30"/>
+      <c r="G101" s="19"/>
+      <c r="H101" s="47"/>
+    </row>
+    <row r="102" spans="1:8" ht="27" customHeight="1">
+      <c r="A102" s="7"/>
+      <c r="B102" s="7"/>
+      <c r="C102" s="55"/>
+      <c r="D102" s="56"/>
+      <c r="E102" s="30"/>
+      <c r="F102" s="7"/>
+      <c r="G102" s="19"/>
+      <c r="H102" s="47"/>
+    </row>
+    <row r="103" spans="1:8" ht="27" customHeight="1">
+      <c r="A103" s="7"/>
+      <c r="B103" s="7"/>
+      <c r="C103" s="55"/>
+      <c r="D103" s="56"/>
+      <c r="E103" s="30"/>
+      <c r="F103" s="57"/>
+      <c r="G103" s="19"/>
+      <c r="H103" s="47"/>
+    </row>
+    <row r="104" spans="1:8" ht="27" customHeight="1">
+      <c r="A104" s="7"/>
+      <c r="B104" s="7"/>
+      <c r="C104" s="7"/>
+      <c r="D104" s="56"/>
+      <c r="E104" s="30"/>
+      <c r="F104" s="57"/>
+      <c r="G104" s="19"/>
+      <c r="H104" s="47"/>
+    </row>
+    <row r="105" spans="1:8" ht="27" customHeight="1">
+      <c r="A105" s="7"/>
+      <c r="B105" s="7"/>
+      <c r="C105" s="7"/>
+      <c r="D105" s="17"/>
+      <c r="E105" s="30"/>
+      <c r="F105" s="57"/>
+      <c r="G105" s="19"/>
+      <c r="H105" s="47"/>
+    </row>
+    <row r="106" spans="1:8" ht="27" customHeight="1">
+      <c r="A106" s="7"/>
+      <c r="B106" s="7"/>
+      <c r="C106" s="7"/>
+      <c r="D106" s="7"/>
+      <c r="E106" s="30"/>
+      <c r="F106" s="57"/>
+      <c r="G106" s="19"/>
+      <c r="H106" s="47"/>
+    </row>
+    <row r="107" spans="1:8" ht="27" customHeight="1">
+      <c r="A107" s="7"/>
+      <c r="B107" s="7"/>
+      <c r="C107" s="7"/>
+      <c r="D107" s="7"/>
+      <c r="E107" s="30"/>
+      <c r="F107" s="57"/>
+      <c r="G107" s="19"/>
+      <c r="H107" s="47"/>
+    </row>
+    <row r="108" spans="1:8" ht="27" customHeight="1">
+      <c r="A108" s="7"/>
+      <c r="B108" s="7"/>
+      <c r="C108" s="7"/>
+      <c r="D108" s="17"/>
+      <c r="E108" s="30"/>
+      <c r="F108" s="57"/>
+      <c r="G108" s="19"/>
+      <c r="H108" s="47"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+  </mergeCells>
+  <phoneticPr fontId="21" type="noConversion"/>
+  <pageMargins left="0.39305555555555599" right="0.39305555555555599" top="0.39305555555555599" bottom="0.59027777777777801" header="0.39305555555555599" footer="0.39305555555555599"/>
+  <pageSetup paperSize="9" orientation="landscape"/>
+  <headerFooter>
+    <oddFooter>&amp;C第 &amp;P 页，共 &amp;N 页</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="13.5"/>
+  <sheetData/>
+  <phoneticPr fontId="23" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>命名范围</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>本科计划</vt:lpstr>
       <vt:lpstr>专科计划</vt:lpstr>