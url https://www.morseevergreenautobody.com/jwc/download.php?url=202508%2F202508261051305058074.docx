--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1,36 +1,1410 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:body>
+    <w:p w:rsidR="00A51066" w:rsidRPr="00CD0214" w:rsidRDefault="008A3910" w:rsidP="00CD0214">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:afterLines="100" w:afterAutospacing="0"/>
+        <w:ind w:leftChars="418" w:left="878" w:firstLineChars="100" w:firstLine="442"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="宋体"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD0214">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="宋体" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>山东协和学院学生</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tgtFrame="http://www.5ykj.com/Article/cygwflfb/_blank" w:history="1">
+        <w:r w:rsidRPr="00CD0214">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="宋体" w:hint="eastAsia"/>
+            <w:b/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="44"/>
+            <w:szCs w:val="44"/>
+            <w:u w:val="none"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>实习</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00CD0214">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="宋体" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>承诺书</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="008A3910" w:rsidP="0010550F">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>本人</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>，系</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>学院</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>专业学生，已完成在校期间的理论课学习，将于</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>日至</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>日，前往</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>进行实习。在此，本人承诺遵守以下有关规定：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="008A3910" w:rsidP="0010550F">
+      <w:pPr>
+        <w:spacing w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>本人自愿到该单位实习，自觉遵守国家、学校和企业的防控安排，服从学校、实习单位各项规章制度和劳动纪律，听从实习单位领导、老师的指挥，不擅自行动，不违规操作，确保平安实习。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="008A3910" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2.遵守国家法律法规，注意个人人身安全和财务安全，避免意外事故发生。如遇不明确事项，及时请示学校或实习单位领导。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="008A3910" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3.病、事假按规定执行并严格履行请假制度。凡未经请假或超过请假期限不参加实习者，一律以旷课论处。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="008A3910" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>4.保持与学校及实习</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="http://www.5ykj.com/Article/cygwflfb/_blank" w:history="1">
+        <w:r w:rsidRPr="0010550F">
+          <w:rPr>
+            <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>指导</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>教师的联系。实习结束时，认真进行自我</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tgtFrame="http://www.5ykj.com/Article/cygwflfb/_blank" w:history="1">
+        <w:r w:rsidRPr="0010550F">
+          <w:rPr>
+            <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>总结</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>，填写</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>实习手册等实习材料，接受实习单位和学校的评议。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="008A3910" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>5.因未履行以上各项承诺，导致实习任务不能完成，或发生安全等意外事故，后果由本人自行承担。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="007A54CD" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>本承诺书一式二</w:t>
+      </w:r>
+      <w:r w:rsidR="008A3910" w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>份，承诺学生所在学院、承诺学生各持一份。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="00A51066" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="008A3910" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">学生联系方式：     </w:t>
+      </w:r>
+      <w:r w:rsidR="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>家长联系方式：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="00A51066" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="1600" w:firstLine="5120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010550F" w:rsidRDefault="008A3910" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="1400" w:firstLine="4480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>学生（签名捺印）：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidRDefault="008A3910" w:rsidP="0010550F">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="480" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="1400" w:firstLine="4480"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0010550F">
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                               年   月   日</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00A51066" w:rsidRPr="0010550F" w:rsidSect="00A51066">
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgNumType w:fmt="numberInDash" w:start="1"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:type="lines" w:linePitch="312"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00D27F32" w:rsidRDefault="00D27F32" w:rsidP="00A51066">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00D27F32" w:rsidRDefault="00D27F32" w:rsidP="00A51066">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="仿宋">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="仿宋_GB2312">
+    <w:altName w:val="微软雅黑"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00A51066" w:rsidRDefault="00A51066">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+      <w:ind w:right="360" w:firstLine="360"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00D27F32" w:rsidRDefault="00D27F32" w:rsidP="00A51066">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00D27F32" w:rsidRDefault="00D27F32" w:rsidP="00A51066">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00A51066"/>
+    <w:rsid w:val="0010550F"/>
+    <w:rsid w:val="001641C1"/>
+    <w:rsid w:val="00253476"/>
+    <w:rsid w:val="00761E56"/>
+    <w:rsid w:val="007623B4"/>
+    <w:rsid w:val="007A54CD"/>
+    <w:rsid w:val="008A3910"/>
+    <w:rsid w:val="00A51066"/>
+    <w:rsid w:val="00CD0214"/>
+    <w:rsid w:val="00D27F32"/>
+    <w:rsid w:val="00EA74CE"/>
+    <w:rsid w:val="00FA7DA1"/>
+    <w:rsid w:val="1FB25A79"/>
+    <w:rsid w:val="207F5C80"/>
+    <w:rsid w:val="243A5765"/>
+    <w:rsid w:val="300D5A83"/>
+    <w:rsid w:val="3DC40F18"/>
+    <w:rsid w:val="40A91C5D"/>
+    <w:rsid w:val="458A2CBB"/>
+    <w:rsid w:val="4D203F0A"/>
+    <w:rsid w:val="63030600"/>
+    <w:rsid w:val="6D3A4324"/>
+    <w:rsid w:val="76D570AA"/>
+    <w:rsid w:val="7A92322B"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="off"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="page number" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A51066"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A51066"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A51066"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="4" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A51066"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A51066"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="Hyperlink"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A51066"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://zw.5ykj.com/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.5ykj.com/Article/List/List_65.htm" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.5ykj.com/Article/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="CCE8CF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
 </s:customData>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>124</Words>
   <Characters>711</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">