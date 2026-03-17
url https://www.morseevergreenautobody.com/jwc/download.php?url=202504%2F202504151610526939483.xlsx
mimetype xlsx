--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1,25 +1,78 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28623"/>
+  <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\0415\关于开展山东协和学院智慧课程建设项目立项申报工作的通知-修1\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{608A5679-F7B9-4A76-B46C-F6296E20C969}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
+  </sheets>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
+</file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>附件2：</t>
   </si>
   <si>
     <t>山东协和学院智慧课程建设申报汇总表</t>
   </si>
   <si>
     <t>开课单位名称（公章）：</t>
   </si>
   <si>
     <t>序号</t>
   </si>
   <si>
     <t>课程名称</t>
   </si>
   <si>
     <t>课程类别</t>
   </si>
   <si>
     <t>课程性质</t>
   </si>
   <si>
@@ -376,52 +429,512 @@
     </tableStyle>
     <tableStyle name="PivotStylePreset2_Accent1" table="0" count="10" xr9:uid="{267968C8-6FFD-4C36-ACC1-9EA1FD1885CA}">
       <tableStyleElement type="headerRow" dxfId="9"/>
       <tableStyleElement type="totalRow" dxfId="8"/>
       <tableStyleElement type="firstRowStripe" dxfId="7"/>
       <tableStyleElement type="firstColumnStripe" dxfId="6"/>
       <tableStyleElement type="firstSubtotalRow" dxfId="5"/>
       <tableStyleElement type="secondSubtotalRow" dxfId="4"/>
       <tableStyleElement type="firstRowSubheading" dxfId="3"/>
       <tableStyleElement type="secondRowSubheading" dxfId="2"/>
       <tableStyleElement type="pageFieldLabels" dxfId="1"/>
       <tableStyleElement type="pageFieldValues" dxfId="0"/>
     </tableStyle>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="WPS">
+  <a:themeElements>
+    <a:clrScheme name="WPS">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4874CB"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="EE822F"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="F2BA02"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="75BD42"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="30C0B4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="E54C5E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0026E5"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="7E1FAD"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="WPS">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="WPS">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumOff val="17500"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:hueOff val="-2520000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="phClr">
+                  <a:hueOff val="-4200000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="phClr"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+          </a:gradFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="101600" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:schemeClr val="phClr">
+                <a:alpha val="60000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:reflection stA="50000" endA="300" endPos="40000" dist="25400" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:L9"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="J5" sqref="J5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.6328125" defaultRowHeight="14"/>
+  <cols>
+    <col min="1" max="1" width="5.81640625" customWidth="1"/>
+    <col min="2" max="2" width="21.453125" customWidth="1"/>
+    <col min="3" max="3" width="10.6328125" customWidth="1"/>
+    <col min="4" max="4" width="5.08984375" customWidth="1"/>
+    <col min="5" max="6" width="13.36328125" customWidth="1"/>
+    <col min="7" max="7" width="8.81640625" customWidth="1"/>
+    <col min="8" max="8" width="13.36328125" customWidth="1"/>
+    <col min="9" max="9" width="7.36328125" customWidth="1"/>
+    <col min="10" max="10" width="20.36328125" customWidth="1"/>
+    <col min="11" max="11" width="8.6328125" customWidth="1"/>
+    <col min="12" max="12" width="17.08984375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12">
+      <c r="A1" s="1" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" ht="21">
+      <c r="A2" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="7"/>
+      <c r="C2" s="7"/>
+      <c r="D2" s="7"/>
+      <c r="E2" s="7"/>
+      <c r="F2" s="7"/>
+      <c r="G2" s="7"/>
+      <c r="H2" s="7"/>
+      <c r="I2" s="7"/>
+      <c r="J2" s="7"/>
+      <c r="K2" s="7"/>
+      <c r="L2" s="7"/>
+    </row>
+    <row r="3" spans="1:12" ht="33" customHeight="1">
+      <c r="A3" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="3"/>
+      <c r="C3" s="3"/>
+      <c r="D3" s="3"/>
+      <c r="E3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+      <c r="L3" s="3"/>
+    </row>
+    <row r="4" spans="1:12" ht="48" customHeight="1">
+      <c r="A4" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="B4" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="H4" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="J4" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="K4" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="L4" s="4" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="30" customHeight="1">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="5"/>
+      <c r="C5" s="5"/>
+      <c r="D5" s="5"/>
+      <c r="E5" s="5"/>
+      <c r="F5" s="5"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5"/>
+      <c r="K5" s="5"/>
+      <c r="L5" s="5"/>
+    </row>
+    <row r="6" spans="1:12" ht="30" customHeight="1">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="5"/>
+      <c r="C6" s="5"/>
+      <c r="D6" s="5"/>
+      <c r="E6" s="5"/>
+      <c r="F6" s="5"/>
+      <c r="G6" s="5"/>
+      <c r="H6" s="6"/>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5"/>
+      <c r="K6" s="5"/>
+      <c r="L6" s="5"/>
+    </row>
+    <row r="7" spans="1:12" ht="30" customHeight="1">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="5"/>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5"/>
+      <c r="E7" s="5"/>
+      <c r="F7" s="5"/>
+      <c r="G7" s="5"/>
+      <c r="H7" s="6"/>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5"/>
+      <c r="K7" s="5"/>
+      <c r="L7" s="5"/>
+    </row>
+    <row r="8" spans="1:12" ht="30" customHeight="1">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="5"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="5"/>
+      <c r="H8" s="6"/>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5"/>
+      <c r="K8" s="5"/>
+      <c r="L8" s="5"/>
+    </row>
+    <row r="9" spans="1:12" ht="30" customHeight="1">
+      <c r="A9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="5"/>
+      <c r="C9" s="5"/>
+      <c r="D9" s="5"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="5"/>
+      <c r="H9" s="6"/>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5"/>
+      <c r="K9" s="5"/>
+      <c r="L9" s="5"/>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A2:L2"/>
+  </mergeCells>
+  <phoneticPr fontId="6" type="noConversion"/>
+  <dataValidations count="6">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C5" xr:uid="{00000000-0002-0000-0000-000000000000}">
+      <formula1>"通识教育课,学科基础课,专业课,创新创业课"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C6:C9" xr:uid="{00000000-0002-0000-0000-000001000000}">
+      <formula1>"通识教育课程,专业教育课程,教师教育课程,实践教育课程"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D5:D9" xr:uid="{00000000-0002-0000-0000-000002000000}">
+      <formula1>"必修课,选修课"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E5:E9" xr:uid="{00000000-0002-0000-0000-000003000000}">
+      <formula1>"国一流本科课程,省一流本科课程,校一流本科课程,省在线开放课程,校在线开放课程"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F5:F9" xr:uid="{00000000-0002-0000-0000-000004000000}">
+      <formula1>"线上课程,线下课程,线上线下混合式课程,社会实践课程,虚拟仿真实验教学课程,双语课程,全英文课程"</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G5:G9" xr:uid="{00000000-0002-0000-0000-000005000000}">
+      <formula1>"国一流专业,省一流专业,无"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.23611111111111099" right="0.196527777777778" top="0.39305555555555599" bottom="1" header="0.5" footer="0.5"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+</worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>