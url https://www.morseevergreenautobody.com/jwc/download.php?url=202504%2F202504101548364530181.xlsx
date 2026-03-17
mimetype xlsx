--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1,23 +1,22233 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
+<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
+  <workbookPr/>
+  <bookViews>
+    <workbookView windowWidth="17280" windowHeight="6575"/>
+  </bookViews>
+  <sheets>
+    <sheet name="Sheet2" sheetId="2" r:id="rId1"/>
+  </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet2!$B:$B</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
+</workbook>
+</file>
+
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="898" uniqueCount="363">
+  <si>
+    <t>附件1</t>
+  </si>
+  <si>
+    <t>山东协和学院通识选修课参考课程目录</t>
+  </si>
+  <si>
+    <t>序号</t>
+  </si>
+  <si>
+    <t>课程类别</t>
+  </si>
+  <si>
+    <t>课程名称</t>
+  </si>
+  <si>
+    <t>学分</t>
+  </si>
+  <si>
+    <t>面向层次</t>
+  </si>
+  <si>
+    <t>授课对象</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>人文社科类</t>
+  </si>
+  <si>
+    <t>大学语文</t>
+  </si>
+  <si>
+    <t>全校普通本科学生</t>
+  </si>
+  <si>
+    <t>2024、2023、2022级本科生，2021级五年制本科生</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>庄子与中国艺术精神</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>中国文学名著选读</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>文学鉴赏</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>中国现代名诗选读</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>中国现代散文名篇选读</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>中国古典诗词欣赏</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>中国文化概论</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>廖仲恺何香凝传略</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>美学讲座</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>岭南民间文化</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>女性学</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>插图的文化史</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>大学生心理学</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>管理心理学</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>教育学</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>普通心理学</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>社会心理学</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>国际高等教育概述</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>西方大学发展史概论</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>朋辈心理咨询理论与技术</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>心理健康教育</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>大学生创业概论</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>择业概论</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>创业财务规划I</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>创业财务规划Ⅱ</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>茶艺学</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>蔬菜、水果与健康</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>食用菌营养与烹饪</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>营养与健康讲座</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>花卉欣赏</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>室内花卉</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>生态旅游</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>企业管理</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>人力资源案例管理分析</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>物流管理概论</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>现代广告学</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>公共关系学</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>普通逻辑学</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>旅游学概论</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>行政管理学</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>市场营销学</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>演讲与口才</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>现代沟通学</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>现代秘书学</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>律师实务</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>经济法概论</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>大学生实用法律</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>宣传实务</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>国家公务员制度</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>中美关系史</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>国际关系概论</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>当代世界经济与政治</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>应用文写作</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>普通话水平测试讲座</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>大学生人文通识概论</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>产学研合作教育概论</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>KAB创业教育</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>女大学生礼仪形象设计</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>酒水知识与调酒技艺</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>新闻采访与写作</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>迷你园艺</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>高尔夫文化欣赏</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>伟大的历程——追寻改革开放之路</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>国家安全教育</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>中国共产党精神谱系</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>中国共产党人精神谱系</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>中华民族发展史——新中国篇</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>大国经纬：与世界同行</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>红色马拉松与共产党人精神谱系教育</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>张桂梅思政微课堂</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>浙西南革命精神的传承与发扬</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>中国传统文化概论</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>中华优秀传统文化</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>中国旅游文化</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>中华优秀传统文化入门</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>英语漫谈胶东海洋文化</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>山西红色文化与旅游</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>重庆红色人物故事</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>劳动与社会保障法</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>宪法</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>刑事诉讼法</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>民法典合同编之案例说法</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>爱情终点必修课——婚姻法</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>民事法律原理与实务</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>自然科学类</t>
+  </si>
+  <si>
+    <t>学位论文与科技写作</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>信息检索与毕业论文写作</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>科技英语</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>园林草坪与地被</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>外贸企业会计</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>土木工程概论</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>自然灾害概论</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>城市环境生态学</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>药用植物资源学</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>现代物理概论</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>初级电工技术</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>Internet基础及应用</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>Web技术与应用</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>ACCESS数据库应用技术</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>统计分析与SAS软件</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>Flash动画设计与制作</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>Excel在信息管理中的应
+用</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>Windows核心技巧</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>网站建设与网页设计</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>多媒体教学讲座</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>信息技术及应用</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>影视制作</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>Excel与数据处理</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>生命科学概论</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>生物信息学基础</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>基因组学概论</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>园林艺术</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>生物技术与基因工程概论</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>食品营养学</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>野生观赏植物资源学</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>生物多样性</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>基因经济</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>电子商务</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>财务与会计概论</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>证券投资学</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>股票、期权与金融数学</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>数学模型系列之一—数学
+模型基础</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>数学模型系列之二—最优
+化方法</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>建筑概论</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>IS09001质量管理体系</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>汽车发动机构造与维修</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>生命科学史</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>会展概论</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>Photoshop在学习科研中
+的应用</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>生态经济学</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>现代健康教育与应急救护</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>化学与健康</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>清洁生产与ISO14001认证</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>农业环境保护概论</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>可持续发展概论</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>清洁生产与循环经济</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>艺术审美类</t>
+  </si>
+  <si>
+    <t>交响乐赏析</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>戏剧鉴赏</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>戏曲鉴赏</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>中国音乐鉴赏</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>美术鉴赏</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>影视鉴赏</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>书法鉴赏</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>形体舞蹈</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>舞蹈鉴赏</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>歌剧鉴赏</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>音乐基础</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>艺术导论</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>插花艺术</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>干花与压花艺术</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>设计与生活</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>水彩静物画技法</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>水彩风景画技法</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>园艺艺术</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>装饰雕塑</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>公共雕塑</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>景观雕塑与设计</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>摄影技术</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>散手</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>定向越野与野外拓展训练</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>运动与健康</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>跆拳道</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>瑜伽</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>健身健美</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>体育舞蹈</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>健康促进类</t>
+  </si>
+  <si>
+    <t>大学生心理健康教育</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>大学生健康教育</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>营养与健康</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>活力健身操(一)</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>疾病预防</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>健康管理师</t>
+  </si>
+</sst>
+</file>
+
+<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
+  <numFmts count="4">
+    <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
+    <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+    <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
+  </numFmts>
+  <fonts count="30">
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <name val="SimSun"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="36"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <name val="SimSun"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="24"/>
+      <name val="SimSun"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="22"/>
+      <name val="仿宋"/>
+      <charset val="134"/>
+    </font>
+    <font>
+      <sz val="22"/>
+      <name val="仿宋"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="24"/>
+      <name val="SimSun"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color rgb="FF800080"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FF7F7F7F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="15"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="13"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="3"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF3F3F76"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FF3F3F3F"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFA7D00"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF006100"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C0006"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF9C6500"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="宋体"/>
+      <charset val="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="宋体"/>
+      <charset val="134"/>
+      <scheme val="minor"/>
+    </font>
+  </fonts>
+  <fills count="33">
+    <fill>
+      <patternFill patternType="none"/>
+    </fill>
+    <fill>
+      <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFCC"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFCC99"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF2F2F2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFA5A5A5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC6EFCE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC7CE"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFEB9C"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="7" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.799981688894314"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.599993896298105"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.399975585192419"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+  </fills>
+  <borders count="10">
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFB2B2B2"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFB2B2B2"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFB2B2B2"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFB2B2B2"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color theme="4" tint="0.499984740745262"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF7F7F7F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF7F7F7F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF7F7F7F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF7F7F7F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FF3F3F3F"/>
+      </left>
+      <right style="double">
+        <color rgb="FF3F3F3F"/>
+      </right>
+      <top style="double">
+        <color rgb="FF3F3F3F"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FF3F3F3F"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF8001"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color theme="4"/>
+      </top>
+      <bottom style="double">
+        <color theme="4"/>
+      </bottom>
+      <diagonal/>
+    </border>
+  </borders>
+  <cellStyleXfs count="50">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="5" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0">
+      <alignment vertical="center"/>
+    </xf>
+  </cellStyleXfs>
+  <cellXfs count="10">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+  </cellXfs>
+  <cellStyles count="50">
+    <cellStyle name="常规" xfId="0" builtinId="0"/>
+    <cellStyle name="千位分隔" xfId="1" builtinId="3"/>
+    <cellStyle name="货币" xfId="2" builtinId="4"/>
+    <cellStyle name="百分比" xfId="3" builtinId="5"/>
+    <cellStyle name="千位分隔[0]" xfId="4" builtinId="6"/>
+    <cellStyle name="货币[0]" xfId="5" builtinId="7"/>
+    <cellStyle name="超链接" xfId="6" builtinId="8"/>
+    <cellStyle name="已访问的超链接" xfId="7" builtinId="9"/>
+    <cellStyle name="注释" xfId="8" builtinId="10"/>
+    <cellStyle name="警告文本" xfId="9" builtinId="11"/>
+    <cellStyle name="标题" xfId="10" builtinId="15"/>
+    <cellStyle name="解释性文本" xfId="11" builtinId="53"/>
+    <cellStyle name="标题 1" xfId="12" builtinId="16"/>
+    <cellStyle name="标题 2" xfId="13" builtinId="17"/>
+    <cellStyle name="标题 3" xfId="14" builtinId="18"/>
+    <cellStyle name="标题 4" xfId="15" builtinId="19"/>
+    <cellStyle name="输入" xfId="16" builtinId="20"/>
+    <cellStyle name="输出" xfId="17" builtinId="21"/>
+    <cellStyle name="计算" xfId="18" builtinId="22"/>
+    <cellStyle name="检查单元格" xfId="19" builtinId="23"/>
+    <cellStyle name="链接单元格" xfId="20" builtinId="24"/>
+    <cellStyle name="汇总" xfId="21" builtinId="25"/>
+    <cellStyle name="好" xfId="22" builtinId="26"/>
+    <cellStyle name="差" xfId="23" builtinId="27"/>
+    <cellStyle name="适中" xfId="24" builtinId="28"/>
+    <cellStyle name="强调文字颜色 1" xfId="25" builtinId="29"/>
+    <cellStyle name="20% - 强调文字颜色 1" xfId="26" builtinId="30"/>
+    <cellStyle name="40% - 强调文字颜色 1" xfId="27" builtinId="31"/>
+    <cellStyle name="60% - 强调文字颜色 1" xfId="28" builtinId="32"/>
+    <cellStyle name="强调文字颜色 2" xfId="29" builtinId="33"/>
+    <cellStyle name="20% - 强调文字颜色 2" xfId="30" builtinId="34"/>
+    <cellStyle name="40% - 强调文字颜色 2" xfId="31" builtinId="35"/>
+    <cellStyle name="60% - 强调文字颜色 2" xfId="32" builtinId="36"/>
+    <cellStyle name="强调文字颜色 3" xfId="33" builtinId="37"/>
+    <cellStyle name="20% - 强调文字颜色 3" xfId="34" builtinId="38"/>
+    <cellStyle name="40% - 强调文字颜色 3" xfId="35" builtinId="39"/>
+    <cellStyle name="60% - 强调文字颜色 3" xfId="36" builtinId="40"/>
+    <cellStyle name="强调文字颜色 4" xfId="37" builtinId="41"/>
+    <cellStyle name="20% - 强调文字颜色 4" xfId="38" builtinId="42"/>
+    <cellStyle name="40% - 强调文字颜色 4" xfId="39" builtinId="43"/>
+    <cellStyle name="60% - 强调文字颜色 4" xfId="40" builtinId="44"/>
+    <cellStyle name="强调文字颜色 5" xfId="41" builtinId="45"/>
+    <cellStyle name="20% - 强调文字颜色 5" xfId="42" builtinId="46"/>
+    <cellStyle name="40% - 强调文字颜色 5" xfId="43" builtinId="47"/>
+    <cellStyle name="60% - 强调文字颜色 5" xfId="44" builtinId="48"/>
+    <cellStyle name="强调文字颜色 6" xfId="45" builtinId="49"/>
+    <cellStyle name="20% - 强调文字颜色 6" xfId="46" builtinId="50"/>
+    <cellStyle name="40% - 强调文字颜色 6" xfId="47" builtinId="51"/>
+    <cellStyle name="60% - 强调文字颜色 6" xfId="48" builtinId="52"/>
+    <cellStyle name="常规 2" xfId="49"/>
+  </cellStyles>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+  </extLst>
+</styleSheet>
+</file>
+
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
+</file>
+
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:F3455"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
+      <selection activeCell="F4" sqref="F4:F181"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.8" defaultRowHeight="30" customHeight="1" outlineLevelCol="5"/>
+  <cols>
+    <col min="1" max="1" width="11.75" style="1" customWidth="1"/>
+    <col min="2" max="2" width="23.75" style="1" customWidth="1"/>
+    <col min="3" max="3" width="51.4666666666667" style="2" customWidth="1"/>
+    <col min="4" max="4" width="12.25" style="1" customWidth="1"/>
+    <col min="5" max="5" width="36.25" style="2" customWidth="1"/>
+    <col min="6" max="6" width="93.3" style="2" customWidth="1"/>
+    <col min="7" max="16384" width="8.8" style="2"/>
+  </cols>
+  <sheetData>
+    <row r="1" customHeight="1" spans="1:6">
+      <c r="A1" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
+      <c r="D1" s="3"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+    </row>
+    <row r="2" ht="61" customHeight="1" spans="1:6">
+      <c r="A2" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="4"/>
+    </row>
+    <row r="3" ht="34" customHeight="1" spans="1:6">
+      <c r="A3" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E3" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="4" customHeight="1" spans="1:6">
+      <c r="A4" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="7">
+        <v>2</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="5" customHeight="1" spans="1:6">
+      <c r="A5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="7">
+        <v>2</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="6" customHeight="1" spans="1:6">
+      <c r="A6" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="7">
+        <v>2</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" customHeight="1" spans="1:6">
+      <c r="A7" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" s="7">
+        <v>2</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" customHeight="1" spans="1:6">
+      <c r="A8" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="7">
+        <v>2</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" customHeight="1" spans="1:6">
+      <c r="A9" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" s="7">
+        <v>2</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" customHeight="1" spans="1:6">
+      <c r="A10" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="7">
+        <v>2</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="11" customHeight="1" spans="1:6">
+      <c r="A11" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="7">
+        <v>2</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="12" customHeight="1" spans="1:6">
+      <c r="A12" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" s="7">
+        <v>2</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" customHeight="1" spans="1:6">
+      <c r="A13" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" s="7">
+        <v>2</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" customHeight="1" spans="1:6">
+      <c r="A14" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" s="7">
+        <v>2</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="15" customHeight="1" spans="1:6">
+      <c r="A15" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D15" s="7">
+        <v>2</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="16" customHeight="1" spans="1:6">
+      <c r="A16" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" s="7">
+        <v>2</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" customHeight="1" spans="1:6">
+      <c r="A17" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" s="7">
+        <v>2</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="18" customHeight="1" spans="1:6">
+      <c r="A18" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" s="7">
+        <v>2</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" customHeight="1" spans="1:6">
+      <c r="A19" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" s="7">
+        <v>2</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" customHeight="1" spans="1:6">
+      <c r="A20" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" s="7">
+        <v>2</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" customHeight="1" spans="1:6">
+      <c r="A21" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" s="7">
+        <v>2</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" customHeight="1" spans="1:6">
+      <c r="A22" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D22" s="7">
+        <v>2</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" customHeight="1" spans="1:6">
+      <c r="A23" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23" s="7">
+        <v>2</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" customHeight="1" spans="1:6">
+      <c r="A24" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D24" s="7">
+        <v>2</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" customHeight="1" spans="1:6">
+      <c r="A25" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D25" s="7">
+        <v>2</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="26" customHeight="1" spans="1:6">
+      <c r="A26" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="D26" s="7">
+        <v>2</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="27" customHeight="1" spans="1:6">
+      <c r="A27" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D27" s="7">
+        <v>2</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="28" customHeight="1" spans="1:6">
+      <c r="A28" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D28" s="7">
+        <v>2</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="29" customHeight="1" spans="1:6">
+      <c r="A29" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D29" s="7">
+        <v>2</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="30" customHeight="1" spans="1:6">
+      <c r="A30" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D30" s="7">
+        <v>2</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="31" customHeight="1" spans="1:6">
+      <c r="A31" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" s="7">
+        <v>2</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="32" customHeight="1" spans="1:6">
+      <c r="A32" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D32" s="7">
+        <v>2</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="33" customHeight="1" spans="1:6">
+      <c r="A33" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D33" s="7">
+        <v>2</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" customHeight="1" spans="1:6">
+      <c r="A34" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D34" s="7">
+        <v>2</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35" customHeight="1" spans="1:6">
+      <c r="A35" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D35" s="7">
+        <v>2</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36" customHeight="1" spans="1:6">
+      <c r="A36" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="D36" s="7">
+        <v>2</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="37" customHeight="1" spans="1:6">
+      <c r="A37" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D37" s="7">
+        <v>2</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="38" customHeight="1" spans="1:6">
+      <c r="A38" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="D38" s="7">
+        <v>2</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" customHeight="1" spans="1:6">
+      <c r="A39" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D39" s="7">
+        <v>2</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="40" customHeight="1" spans="1:6">
+      <c r="A40" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B40" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D40" s="7">
+        <v>2</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="41" customHeight="1" spans="1:6">
+      <c r="A41" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="D41" s="7">
+        <v>2</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" customHeight="1" spans="1:6">
+      <c r="A42" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="D42" s="7">
+        <v>2</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" customHeight="1" spans="1:6">
+      <c r="A43" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="D43" s="7">
+        <v>2</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" customHeight="1" spans="1:6">
+      <c r="A44" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="D44" s="7">
+        <v>2</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" customHeight="1" spans="1:6">
+      <c r="A45" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="D45" s="7">
+        <v>2</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="46" customHeight="1" spans="1:6">
+      <c r="A46" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="D46" s="7">
+        <v>2</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="47" customHeight="1" spans="1:6">
+      <c r="A47" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="D47" s="7">
+        <v>2</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="48" customHeight="1" spans="1:6">
+      <c r="A48" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="D48" s="7">
+        <v>2</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="49" customHeight="1" spans="1:6">
+      <c r="A49" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="D49" s="7">
+        <v>2</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="50" customHeight="1" spans="1:6">
+      <c r="A50" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="D50" s="7">
+        <v>2</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="51" customHeight="1" spans="1:6">
+      <c r="A51" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="D51" s="7">
+        <v>2</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="52" customHeight="1" spans="1:6">
+      <c r="A52" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="D52" s="7">
+        <v>2</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="53" customHeight="1" spans="1:6">
+      <c r="A53" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="D53" s="7">
+        <v>2</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="54" customHeight="1" spans="1:6">
+      <c r="A54" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="D54" s="7">
+        <v>2</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="55" customHeight="1" spans="1:6">
+      <c r="A55" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="D55" s="7">
+        <v>2</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="56" customHeight="1" spans="1:6">
+      <c r="A56" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="D56" s="7">
+        <v>2</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="57" customHeight="1" spans="1:6">
+      <c r="A57" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="D57" s="7">
+        <v>2</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="58" customHeight="1" spans="1:6">
+      <c r="A58" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="B58" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="D58" s="7">
+        <v>2</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="59" customHeight="1" spans="1:6">
+      <c r="A59" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="D59" s="7">
+        <v>2</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="60" customHeight="1" spans="1:6">
+      <c r="A60" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="B60" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="D60" s="7">
+        <v>2</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="61" customHeight="1" spans="1:6">
+      <c r="A61" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="D61" s="7">
+        <v>2</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="62" customHeight="1" spans="1:6">
+      <c r="A62" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="D62" s="7">
+        <v>2</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="63" customHeight="1" spans="1:6">
+      <c r="A63" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="D63" s="7">
+        <v>2</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="64" customHeight="1" spans="1:6">
+      <c r="A64" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="D64" s="7">
+        <v>2</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="65" customHeight="1" spans="1:6">
+      <c r="A65" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="D65" s="7">
+        <v>2</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="66" customHeight="1" spans="1:6">
+      <c r="A66" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="D66" s="7">
+        <v>2</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="67" customHeight="1" spans="1:6">
+      <c r="A67" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="D67" s="7">
+        <v>2</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="68" customHeight="1" spans="1:6">
+      <c r="A68" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D68" s="7">
+        <v>2</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="69" customHeight="1" spans="1:6">
+      <c r="A69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D69" s="7">
+        <v>2</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="70" customHeight="1" spans="1:6">
+      <c r="A70" s="7" t="s">
+        <v>143</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="D70" s="7">
+        <v>2</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="71" customHeight="1" spans="1:6">
+      <c r="A71" s="7" t="s">
+        <v>145</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="D71" s="7">
+        <v>2</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="72" customHeight="1" spans="1:6">
+      <c r="A72" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="D72" s="7">
+        <v>2</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="73" customHeight="1" spans="1:6">
+      <c r="A73" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="D73" s="7">
+        <v>2</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="74" customHeight="1" spans="1:6">
+      <c r="A74" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="D74" s="7">
+        <v>2</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="75" customHeight="1" spans="1:6">
+      <c r="A75" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="D75" s="7">
+        <v>2</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="76" customHeight="1" spans="1:6">
+      <c r="A76" s="7" t="s">
+        <v>155</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>156</v>
+      </c>
+      <c r="D76" s="7">
+        <v>2</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="77" customHeight="1" spans="1:6">
+      <c r="A77" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="B77" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="D77" s="7">
+        <v>2</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="78" customHeight="1" spans="1:6">
+      <c r="A78" s="7" t="s">
+        <v>159</v>
+      </c>
+      <c r="B78" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="D78" s="7">
+        <v>2</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="79" customHeight="1" spans="1:6">
+      <c r="A79" s="7" t="s">
+        <v>161</v>
+      </c>
+      <c r="B79" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="D79" s="7">
+        <v>2</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="80" customHeight="1" spans="1:6">
+      <c r="A80" s="7" t="s">
+        <v>163</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="D80" s="7">
+        <v>2</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="81" customHeight="1" spans="1:6">
+      <c r="A81" s="7" t="s">
+        <v>165</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>166</v>
+      </c>
+      <c r="D81" s="7">
+        <v>2</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="82" customHeight="1" spans="1:6">
+      <c r="A82" s="7" t="s">
+        <v>167</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="D82" s="7">
+        <v>2</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="83" customHeight="1" spans="1:6">
+      <c r="A83" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="B83" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="D83" s="7">
+        <v>2</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="84" customHeight="1" spans="1:6">
+      <c r="A84" s="7" t="s">
+        <v>170</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="D84" s="7">
+        <v>2</v>
+      </c>
+      <c r="E84" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="85" customHeight="1" spans="1:6">
+      <c r="A85" s="7" t="s">
+        <v>172</v>
+      </c>
+      <c r="B85" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>173</v>
+      </c>
+      <c r="D85" s="7">
+        <v>2</v>
+      </c>
+      <c r="E85" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="86" customHeight="1" spans="1:6">
+      <c r="A86" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="B86" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="D86" s="7">
+        <v>2</v>
+      </c>
+      <c r="E86" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F86" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="87" customHeight="1" spans="1:6">
+      <c r="A87" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>177</v>
+      </c>
+      <c r="D87" s="7">
+        <v>2</v>
+      </c>
+      <c r="E87" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F87" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="88" customHeight="1" spans="1:6">
+      <c r="A88" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" s="7" t="s">
+        <v>179</v>
+      </c>
+      <c r="D88" s="7">
+        <v>2</v>
+      </c>
+      <c r="E88" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F88" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="89" customHeight="1" spans="1:6">
+      <c r="A89" s="7" t="s">
+        <v>180</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>181</v>
+      </c>
+      <c r="D89" s="7">
+        <v>2</v>
+      </c>
+      <c r="E89" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F89" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="90" customHeight="1" spans="1:6">
+      <c r="A90" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="B90" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="D90" s="7">
+        <v>2</v>
+      </c>
+      <c r="E90" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F90" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="91" customHeight="1" spans="1:6">
+      <c r="A91" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>185</v>
+      </c>
+      <c r="D91" s="7">
+        <v>2</v>
+      </c>
+      <c r="E91" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F91" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="92" customHeight="1" spans="1:6">
+      <c r="A92" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="D92" s="7">
+        <v>2</v>
+      </c>
+      <c r="E92" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="93" customHeight="1" spans="1:6">
+      <c r="A93" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>189</v>
+      </c>
+      <c r="D93" s="7">
+        <v>2</v>
+      </c>
+      <c r="E93" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F93" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="94" customHeight="1" spans="1:6">
+      <c r="A94" s="7" t="s">
+        <v>190</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="D94" s="7">
+        <v>2</v>
+      </c>
+      <c r="E94" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="95" customHeight="1" spans="1:6">
+      <c r="A95" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="D95" s="7">
+        <v>2</v>
+      </c>
+      <c r="E95" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="96" customHeight="1" spans="1:6">
+      <c r="A96" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="B96" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="D96" s="7">
+        <v>2</v>
+      </c>
+      <c r="E96" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="97" customHeight="1" spans="1:6">
+      <c r="A97" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C97" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="D97" s="7">
+        <v>2</v>
+      </c>
+      <c r="E97" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F97" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="98" customHeight="1" spans="1:6">
+      <c r="A98" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="D98" s="7">
+        <v>2</v>
+      </c>
+      <c r="E98" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="99" customHeight="1" spans="1:6">
+      <c r="A99" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="D99" s="7">
+        <v>2</v>
+      </c>
+      <c r="E99" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F99" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="100" customHeight="1" spans="1:6">
+      <c r="A100" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="D100" s="7">
+        <v>2</v>
+      </c>
+      <c r="E100" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F100" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="101" customHeight="1" spans="1:6">
+      <c r="A101" s="7" t="s">
+        <v>204</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="D101" s="7">
+        <v>2</v>
+      </c>
+      <c r="E101" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F101" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="102" customHeight="1" spans="1:6">
+      <c r="A102" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="D102" s="7">
+        <v>2</v>
+      </c>
+      <c r="E102" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F102" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="103" customHeight="1" spans="1:6">
+      <c r="A103" s="7" t="s">
+        <v>208</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="D103" s="7">
+        <v>2</v>
+      </c>
+      <c r="E103" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F103" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="104" customHeight="1" spans="1:6">
+      <c r="A104" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C104" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="D104" s="7">
+        <v>2</v>
+      </c>
+      <c r="E104" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F104" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="105" customHeight="1" spans="1:6">
+      <c r="A105" s="7" t="s">
+        <v>212</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C105" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="D105" s="7">
+        <v>2</v>
+      </c>
+      <c r="E105" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F105" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="106" customHeight="1" spans="1:6">
+      <c r="A106" s="7" t="s">
+        <v>214</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C106" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="D106" s="7">
+        <v>2</v>
+      </c>
+      <c r="E106" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="107" customHeight="1" spans="1:6">
+      <c r="A107" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C107" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="D107" s="7">
+        <v>2</v>
+      </c>
+      <c r="E107" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F107" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="108" customHeight="1" spans="1:6">
+      <c r="A108" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="D108" s="7">
+        <v>2</v>
+      </c>
+      <c r="E108" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="109" customHeight="1" spans="1:6">
+      <c r="A109" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C109" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="D109" s="7">
+        <v>2</v>
+      </c>
+      <c r="E109" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="110" customHeight="1" spans="1:6">
+      <c r="A110" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="D110" s="7">
+        <v>2</v>
+      </c>
+      <c r="E110" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F110" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="111" customHeight="1" spans="1:6">
+      <c r="A111" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>225</v>
+      </c>
+      <c r="D111" s="7">
+        <v>2</v>
+      </c>
+      <c r="E111" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="112" customHeight="1" spans="1:6">
+      <c r="A112" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C112" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="D112" s="7">
+        <v>2</v>
+      </c>
+      <c r="E112" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="113" customHeight="1" spans="1:6">
+      <c r="A113" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C113" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="D113" s="7">
+        <v>2</v>
+      </c>
+      <c r="E113" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="114" customHeight="1" spans="1:6">
+      <c r="A114" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C114" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="D114" s="7">
+        <v>2</v>
+      </c>
+      <c r="E114" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="115" customHeight="1" spans="1:6">
+      <c r="A115" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C115" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="D115" s="7">
+        <v>2</v>
+      </c>
+      <c r="E115" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="116" customHeight="1" spans="1:6">
+      <c r="A116" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C116" s="7" t="s">
+        <v>235</v>
+      </c>
+      <c r="D116" s="7">
+        <v>2</v>
+      </c>
+      <c r="E116" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="117" customHeight="1" spans="1:6">
+      <c r="A117" s="7" t="s">
+        <v>236</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C117" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="D117" s="7">
+        <v>2</v>
+      </c>
+      <c r="E117" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="118" customHeight="1" spans="1:6">
+      <c r="A118" s="7" t="s">
+        <v>238</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C118" s="7" t="s">
+        <v>239</v>
+      </c>
+      <c r="D118" s="7">
+        <v>2</v>
+      </c>
+      <c r="E118" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F118" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="119" customHeight="1" spans="1:6">
+      <c r="A119" s="7" t="s">
+        <v>240</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C119" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="D119" s="7">
+        <v>2</v>
+      </c>
+      <c r="E119" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="120" customHeight="1" spans="1:6">
+      <c r="A120" s="7" t="s">
+        <v>242</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C120" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="D120" s="7">
+        <v>2</v>
+      </c>
+      <c r="E120" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F120" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="121" customHeight="1" spans="1:6">
+      <c r="A121" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C121" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="D121" s="7">
+        <v>2</v>
+      </c>
+      <c r="E121" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F121" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="122" customHeight="1" spans="1:6">
+      <c r="A122" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C122" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="D122" s="7">
+        <v>2</v>
+      </c>
+      <c r="E122" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F122" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="123" customHeight="1" spans="1:6">
+      <c r="A123" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C123" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="D123" s="7">
+        <v>2</v>
+      </c>
+      <c r="E123" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F123" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="124" customHeight="1" spans="1:6">
+      <c r="A124" s="7" t="s">
+        <v>248</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C124" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="D124" s="7">
+        <v>2</v>
+      </c>
+      <c r="E124" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F124" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="125" customHeight="1" spans="1:6">
+      <c r="A125" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C125" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="D125" s="7">
+        <v>2</v>
+      </c>
+      <c r="E125" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F125" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="126" customHeight="1" spans="1:6">
+      <c r="A126" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C126" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="D126" s="7">
+        <v>2</v>
+      </c>
+      <c r="E126" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F126" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="127" customHeight="1" spans="1:6">
+      <c r="A127" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C127" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="D127" s="7">
+        <v>2</v>
+      </c>
+      <c r="E127" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F127" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="128" customHeight="1" spans="1:6">
+      <c r="A128" s="7" t="s">
+        <v>256</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C128" s="8" t="s">
+        <v>257</v>
+      </c>
+      <c r="D128" s="7">
+        <v>2</v>
+      </c>
+      <c r="E128" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F128" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="129" customHeight="1" spans="1:6">
+      <c r="A129" s="7" t="s">
+        <v>258</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C129" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="D129" s="7">
+        <v>2</v>
+      </c>
+      <c r="E129" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F129" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="130" customHeight="1" spans="1:6">
+      <c r="A130" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C130" s="7" t="s">
+        <v>261</v>
+      </c>
+      <c r="D130" s="7">
+        <v>2</v>
+      </c>
+      <c r="E130" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F130" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="131" customHeight="1" spans="1:6">
+      <c r="A131" s="7" t="s">
+        <v>262</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C131" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="D131" s="7">
+        <v>2</v>
+      </c>
+      <c r="E131" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F131" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="132" customHeight="1" spans="1:6">
+      <c r="A132" s="7" t="s">
+        <v>264</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C132" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="D132" s="7">
+        <v>2</v>
+      </c>
+      <c r="E132" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F132" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="133" customHeight="1" spans="1:6">
+      <c r="A133" s="7" t="s">
+        <v>266</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C133" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="D133" s="7">
+        <v>2</v>
+      </c>
+      <c r="E133" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F133" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="134" customHeight="1" spans="1:6">
+      <c r="A134" s="7" t="s">
+        <v>268</v>
+      </c>
+      <c r="B134" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C134" s="7" t="s">
+        <v>269</v>
+      </c>
+      <c r="D134" s="7">
+        <v>2</v>
+      </c>
+      <c r="E134" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F134" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="135" customHeight="1" spans="1:6">
+      <c r="A135" s="7" t="s">
+        <v>270</v>
+      </c>
+      <c r="B135" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C135" s="7" t="s">
+        <v>271</v>
+      </c>
+      <c r="D135" s="7">
+        <v>2</v>
+      </c>
+      <c r="E135" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F135" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="136" customHeight="1" spans="1:6">
+      <c r="A136" s="7" t="s">
+        <v>272</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C136" s="8" t="s">
+        <v>273</v>
+      </c>
+      <c r="D136" s="7">
+        <v>2</v>
+      </c>
+      <c r="E136" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F136" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="137" customHeight="1" spans="1:6">
+      <c r="A137" s="7" t="s">
+        <v>274</v>
+      </c>
+      <c r="B137" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C137" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="D137" s="7">
+        <v>2</v>
+      </c>
+      <c r="E137" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F137" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="138" customHeight="1" spans="1:6">
+      <c r="A138" s="7" t="s">
+        <v>276</v>
+      </c>
+      <c r="B138" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C138" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="D138" s="7">
+        <v>2</v>
+      </c>
+      <c r="E138" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F138" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="139" customHeight="1" spans="1:6">
+      <c r="A139" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="B139" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C139" s="7" t="s">
+        <v>279</v>
+      </c>
+      <c r="D139" s="7">
+        <v>2</v>
+      </c>
+      <c r="E139" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F139" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="140" customHeight="1" spans="1:6">
+      <c r="A140" s="7" t="s">
+        <v>280</v>
+      </c>
+      <c r="B140" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C140" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="D140" s="7">
+        <v>2</v>
+      </c>
+      <c r="E140" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F140" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="141" customHeight="1" spans="1:6">
+      <c r="A141" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C141" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="D141" s="7">
+        <v>2</v>
+      </c>
+      <c r="E141" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F141" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="142" customHeight="1" spans="1:6">
+      <c r="A142" s="7" t="s">
+        <v>284</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C142" s="7" t="s">
+        <v>285</v>
+      </c>
+      <c r="D142" s="7">
+        <v>2</v>
+      </c>
+      <c r="E142" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F142" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="143" customHeight="1" spans="1:6">
+      <c r="A143" s="7" t="s">
+        <v>286</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C143" s="7" t="s">
+        <v>287</v>
+      </c>
+      <c r="D143" s="7">
+        <v>2</v>
+      </c>
+      <c r="E143" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F143" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="144" customHeight="1" spans="1:6">
+      <c r="A144" s="7" t="s">
+        <v>288</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C144" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="D144" s="7">
+        <v>2</v>
+      </c>
+      <c r="E144" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F144" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="145" customHeight="1" spans="1:6">
+      <c r="A145" s="7" t="s">
+        <v>291</v>
+      </c>
+      <c r="B145" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C145" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="D145" s="7">
+        <v>2</v>
+      </c>
+      <c r="E145" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F145" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="146" customHeight="1" spans="1:6">
+      <c r="A146" s="7" t="s">
+        <v>293</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>294</v>
+      </c>
+      <c r="D146" s="7">
+        <v>2</v>
+      </c>
+      <c r="E146" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F146" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="147" customHeight="1" spans="1:6">
+      <c r="A147" s="7" t="s">
+        <v>295</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C147" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="D147" s="7">
+        <v>2</v>
+      </c>
+      <c r="E147" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F147" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="148" customHeight="1" spans="1:6">
+      <c r="A148" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C148" s="7" t="s">
+        <v>298</v>
+      </c>
+      <c r="D148" s="7">
+        <v>2</v>
+      </c>
+      <c r="E148" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F148" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="149" customHeight="1" spans="1:6">
+      <c r="A149" s="7" t="s">
+        <v>299</v>
+      </c>
+      <c r="B149" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C149" s="7" t="s">
+        <v>300</v>
+      </c>
+      <c r="D149" s="7">
+        <v>2</v>
+      </c>
+      <c r="E149" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F149" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="150" customHeight="1" spans="1:6">
+      <c r="A150" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="B150" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C150" s="7" t="s">
+        <v>302</v>
+      </c>
+      <c r="D150" s="7">
+        <v>2</v>
+      </c>
+      <c r="E150" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F150" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="151" customHeight="1" spans="1:6">
+      <c r="A151" s="7" t="s">
+        <v>303</v>
+      </c>
+      <c r="B151" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C151" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="D151" s="7">
+        <v>2</v>
+      </c>
+      <c r="E151" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F151" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="152" customHeight="1" spans="1:6">
+      <c r="A152" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="B152" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C152" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="D152" s="7">
+        <v>2</v>
+      </c>
+      <c r="E152" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F152" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="153" customHeight="1" spans="1:6">
+      <c r="A153" s="7" t="s">
+        <v>307</v>
+      </c>
+      <c r="B153" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C153" s="7" t="s">
+        <v>308</v>
+      </c>
+      <c r="D153" s="7">
+        <v>2</v>
+      </c>
+      <c r="E153" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F153" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="154" customHeight="1" spans="1:6">
+      <c r="A154" s="7" t="s">
+        <v>309</v>
+      </c>
+      <c r="B154" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C154" s="7" t="s">
+        <v>310</v>
+      </c>
+      <c r="D154" s="7">
+        <v>2</v>
+      </c>
+      <c r="E154" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F154" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="155" customHeight="1" spans="1:6">
+      <c r="A155" s="7" t="s">
+        <v>311</v>
+      </c>
+      <c r="B155" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C155" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="D155" s="7">
+        <v>2</v>
+      </c>
+      <c r="E155" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F155" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="156" customHeight="1" spans="1:6">
+      <c r="A156" s="7" t="s">
+        <v>313</v>
+      </c>
+      <c r="B156" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C156" s="7" t="s">
+        <v>314</v>
+      </c>
+      <c r="D156" s="7">
+        <v>2</v>
+      </c>
+      <c r="E156" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F156" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="157" customHeight="1" spans="1:6">
+      <c r="A157" s="7" t="s">
+        <v>315</v>
+      </c>
+      <c r="B157" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C157" s="7" t="s">
+        <v>316</v>
+      </c>
+      <c r="D157" s="7">
+        <v>2</v>
+      </c>
+      <c r="E157" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F157" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="158" customHeight="1" spans="1:6">
+      <c r="A158" s="7" t="s">
+        <v>317</v>
+      </c>
+      <c r="B158" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C158" s="7" t="s">
+        <v>318</v>
+      </c>
+      <c r="D158" s="7">
+        <v>2</v>
+      </c>
+      <c r="E158" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F158" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="159" customHeight="1" spans="1:6">
+      <c r="A159" s="7" t="s">
+        <v>319</v>
+      </c>
+      <c r="B159" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C159" s="7" t="s">
+        <v>320</v>
+      </c>
+      <c r="D159" s="7">
+        <v>2</v>
+      </c>
+      <c r="E159" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="160" customHeight="1" spans="1:6">
+      <c r="A160" s="7" t="s">
+        <v>321</v>
+      </c>
+      <c r="B160" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C160" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="D160" s="7">
+        <v>2</v>
+      </c>
+      <c r="E160" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F160" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="161" customHeight="1" spans="1:6">
+      <c r="A161" s="7" t="s">
+        <v>323</v>
+      </c>
+      <c r="B161" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C161" s="7" t="s">
+        <v>324</v>
+      </c>
+      <c r="D161" s="7">
+        <v>2</v>
+      </c>
+      <c r="E161" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F161" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="162" customHeight="1" spans="1:6">
+      <c r="A162" s="7" t="s">
+        <v>325</v>
+      </c>
+      <c r="B162" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C162" s="7" t="s">
+        <v>326</v>
+      </c>
+      <c r="D162" s="7">
+        <v>2</v>
+      </c>
+      <c r="E162" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F162" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="163" customHeight="1" spans="1:6">
+      <c r="A163" s="7" t="s">
+        <v>327</v>
+      </c>
+      <c r="B163" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C163" s="7" t="s">
+        <v>328</v>
+      </c>
+      <c r="D163" s="7">
+        <v>2</v>
+      </c>
+      <c r="E163" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F163" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="164" customHeight="1" spans="1:6">
+      <c r="A164" s="7" t="s">
+        <v>329</v>
+      </c>
+      <c r="B164" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C164" s="7" t="s">
+        <v>330</v>
+      </c>
+      <c r="D164" s="7">
+        <v>2</v>
+      </c>
+      <c r="E164" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F164" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="165" customHeight="1" spans="1:6">
+      <c r="A165" s="7" t="s">
+        <v>331</v>
+      </c>
+      <c r="B165" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C165" s="7" t="s">
+        <v>332</v>
+      </c>
+      <c r="D165" s="7">
+        <v>2</v>
+      </c>
+      <c r="E165" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F165" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="166" customHeight="1" spans="1:6">
+      <c r="A166" s="7" t="s">
+        <v>333</v>
+      </c>
+      <c r="B166" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C166" s="7" t="s">
+        <v>334</v>
+      </c>
+      <c r="D166" s="7">
+        <v>2</v>
+      </c>
+      <c r="E166" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F166" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="167" customHeight="1" spans="1:6">
+      <c r="A167" s="7" t="s">
+        <v>335</v>
+      </c>
+      <c r="B167" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C167" s="7" t="s">
+        <v>336</v>
+      </c>
+      <c r="D167" s="7">
+        <v>2</v>
+      </c>
+      <c r="E167" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F167" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="168" customHeight="1" spans="1:6">
+      <c r="A168" s="7" t="s">
+        <v>337</v>
+      </c>
+      <c r="B168" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C168" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="D168" s="7">
+        <v>2</v>
+      </c>
+      <c r="E168" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F168" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="169" customHeight="1" spans="1:6">
+      <c r="A169" s="7" t="s">
+        <v>339</v>
+      </c>
+      <c r="B169" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C169" s="7" t="s">
+        <v>340</v>
+      </c>
+      <c r="D169" s="7">
+        <v>2</v>
+      </c>
+      <c r="E169" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F169" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="170" customHeight="1" spans="1:6">
+      <c r="A170" s="7" t="s">
+        <v>341</v>
+      </c>
+      <c r="B170" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C170" s="7" t="s">
+        <v>342</v>
+      </c>
+      <c r="D170" s="7">
+        <v>2</v>
+      </c>
+      <c r="E170" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F170" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="171" customHeight="1" spans="1:6">
+      <c r="A171" s="7" t="s">
+        <v>343</v>
+      </c>
+      <c r="B171" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C171" s="7" t="s">
+        <v>344</v>
+      </c>
+      <c r="D171" s="7">
+        <v>2</v>
+      </c>
+      <c r="E171" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F171" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="172" customHeight="1" spans="1:6">
+      <c r="A172" s="7" t="s">
+        <v>345</v>
+      </c>
+      <c r="B172" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="C172" s="7" t="s">
+        <v>346</v>
+      </c>
+      <c r="D172" s="7">
+        <v>2</v>
+      </c>
+      <c r="E172" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F172" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="173" customHeight="1" spans="1:6">
+      <c r="A173" s="7" t="s">
+        <v>347</v>
+      </c>
+      <c r="B173" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C173" s="7" t="s">
+        <v>349</v>
+      </c>
+      <c r="D173" s="7">
+        <v>2</v>
+      </c>
+      <c r="E173" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F173" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="174" customHeight="1" spans="1:6">
+      <c r="A174" s="7" t="s">
+        <v>350</v>
+      </c>
+      <c r="B174" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C174" s="7" t="s">
+        <v>351</v>
+      </c>
+      <c r="D174" s="7">
+        <v>2</v>
+      </c>
+      <c r="E174" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F174" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="175" customHeight="1" spans="1:6">
+      <c r="A175" s="7" t="s">
+        <v>352</v>
+      </c>
+      <c r="B175" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C175" s="7" t="s">
+        <v>353</v>
+      </c>
+      <c r="D175" s="7">
+        <v>2</v>
+      </c>
+      <c r="E175" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F175" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="176" customHeight="1" spans="1:6">
+      <c r="A176" s="7" t="s">
+        <v>354</v>
+      </c>
+      <c r="B176" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C176" s="7" t="s">
+        <v>355</v>
+      </c>
+      <c r="D176" s="7">
+        <v>2</v>
+      </c>
+      <c r="E176" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F176" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="177" customHeight="1" spans="1:6">
+      <c r="A177" s="7" t="s">
+        <v>356</v>
+      </c>
+      <c r="B177" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C177" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="D177" s="7">
+        <v>2</v>
+      </c>
+      <c r="E177" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F177" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="178" customHeight="1" spans="1:6">
+      <c r="A178" s="7" t="s">
+        <v>357</v>
+      </c>
+      <c r="B178" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C178" s="8" t="s">
+        <v>338</v>
+      </c>
+      <c r="D178" s="7">
+        <v>2</v>
+      </c>
+      <c r="E178" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F178" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="179" customHeight="1" spans="1:6">
+      <c r="A179" s="7" t="s">
+        <v>358</v>
+      </c>
+      <c r="B179" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C179" s="7" t="s">
+        <v>353</v>
+      </c>
+      <c r="D179" s="7">
+        <v>2</v>
+      </c>
+      <c r="E179" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F179" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="180" customHeight="1" spans="1:6">
+      <c r="A180" s="7" t="s">
+        <v>359</v>
+      </c>
+      <c r="B180" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C180" s="7" t="s">
+        <v>360</v>
+      </c>
+      <c r="D180" s="7">
+        <v>2</v>
+      </c>
+      <c r="E180" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F180" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="181" customHeight="1" spans="1:6">
+      <c r="A181" s="7" t="s">
+        <v>361</v>
+      </c>
+      <c r="B181" s="7" t="s">
+        <v>348</v>
+      </c>
+      <c r="C181" s="7" t="s">
+        <v>362</v>
+      </c>
+      <c r="D181" s="7">
+        <v>2</v>
+      </c>
+      <c r="E181" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F181" s="7" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="182" customHeight="1" spans="3:6">
+      <c r="C182" s="1"/>
+      <c r="E182" s="1"/>
+      <c r="F182" s="9"/>
+    </row>
+    <row r="183" customHeight="1" spans="3:6">
+      <c r="C183" s="9"/>
+      <c r="E183" s="9"/>
+      <c r="F183" s="1"/>
+    </row>
+    <row r="184" customHeight="1" spans="3:6">
+      <c r="C184" s="1"/>
+      <c r="E184" s="1"/>
+      <c r="F184" s="1"/>
+    </row>
+    <row r="185" customHeight="1" spans="3:6">
+      <c r="C185" s="1"/>
+      <c r="E185" s="1"/>
+      <c r="F185" s="1"/>
+    </row>
+    <row r="186" customHeight="1" spans="3:6">
+      <c r="C186" s="1"/>
+      <c r="E186" s="1"/>
+      <c r="F186" s="1"/>
+    </row>
+    <row r="187" customHeight="1" spans="3:6">
+      <c r="C187" s="1"/>
+      <c r="E187" s="1"/>
+      <c r="F187" s="1"/>
+    </row>
+    <row r="188" customHeight="1" spans="3:6">
+      <c r="C188" s="1"/>
+      <c r="E188" s="1"/>
+      <c r="F188" s="1"/>
+    </row>
+    <row r="189" customHeight="1" spans="3:6">
+      <c r="C189" s="1"/>
+      <c r="E189" s="1"/>
+      <c r="F189" s="1"/>
+    </row>
+    <row r="190" customHeight="1" spans="3:6">
+      <c r="C190" s="1"/>
+      <c r="E190" s="1"/>
+      <c r="F190" s="9"/>
+    </row>
+    <row r="191" customHeight="1" spans="3:6">
+      <c r="C191" s="9"/>
+      <c r="E191" s="9"/>
+      <c r="F191" s="1"/>
+    </row>
+    <row r="192" customHeight="1" spans="3:6">
+      <c r="C192" s="1"/>
+      <c r="E192" s="1"/>
+      <c r="F192" s="1"/>
+    </row>
+    <row r="193" customHeight="1" spans="3:6">
+      <c r="C193" s="1"/>
+      <c r="E193" s="1"/>
+      <c r="F193" s="1"/>
+    </row>
+    <row r="194" customHeight="1" spans="3:6">
+      <c r="C194" s="1"/>
+      <c r="E194" s="1"/>
+      <c r="F194" s="1"/>
+    </row>
+    <row r="195" customHeight="1" spans="3:6">
+      <c r="C195" s="1"/>
+      <c r="E195" s="1"/>
+      <c r="F195" s="1"/>
+    </row>
+    <row r="196" customHeight="1" spans="3:6">
+      <c r="C196" s="1"/>
+      <c r="E196" s="1"/>
+      <c r="F196" s="1"/>
+    </row>
+    <row r="197" customHeight="1" spans="3:6">
+      <c r="C197" s="1"/>
+      <c r="E197" s="1"/>
+      <c r="F197" s="1"/>
+    </row>
+    <row r="198" customHeight="1" spans="3:6">
+      <c r="C198" s="1"/>
+      <c r="E198" s="1"/>
+      <c r="F198" s="9"/>
+    </row>
+    <row r="199" customHeight="1" spans="3:6">
+      <c r="C199" s="9"/>
+      <c r="E199" s="9"/>
+      <c r="F199" s="1"/>
+    </row>
+    <row r="200" customHeight="1" spans="3:6">
+      <c r="C200" s="1"/>
+      <c r="E200" s="1"/>
+      <c r="F200" s="1"/>
+    </row>
+    <row r="201" customHeight="1" spans="3:6">
+      <c r="C201" s="1"/>
+      <c r="E201" s="1"/>
+      <c r="F201" s="1"/>
+    </row>
+    <row r="202" customHeight="1" spans="3:6">
+      <c r="C202" s="1"/>
+      <c r="E202" s="1"/>
+      <c r="F202" s="1"/>
+    </row>
+    <row r="203" customHeight="1" spans="3:6">
+      <c r="C203" s="1"/>
+      <c r="E203" s="1"/>
+      <c r="F203" s="1"/>
+    </row>
+    <row r="204" customHeight="1" spans="3:6">
+      <c r="C204" s="1"/>
+      <c r="E204" s="1"/>
+      <c r="F204" s="1"/>
+    </row>
+    <row r="205" customHeight="1" spans="3:6">
+      <c r="C205" s="1"/>
+      <c r="E205" s="1"/>
+      <c r="F205" s="1"/>
+    </row>
+    <row r="206" customHeight="1" spans="3:6">
+      <c r="C206" s="1"/>
+      <c r="E206" s="1"/>
+      <c r="F206" s="9"/>
+    </row>
+    <row r="207" customHeight="1" spans="3:6">
+      <c r="C207" s="9"/>
+      <c r="E207" s="9"/>
+      <c r="F207" s="1"/>
+    </row>
+    <row r="208" customHeight="1" spans="3:6">
+      <c r="C208" s="1"/>
+      <c r="E208" s="1"/>
+      <c r="F208" s="1"/>
+    </row>
+    <row r="209" customHeight="1" spans="3:6">
+      <c r="C209" s="1"/>
+      <c r="E209" s="1"/>
+      <c r="F209" s="1"/>
+    </row>
+    <row r="210" customHeight="1" spans="3:6">
+      <c r="C210" s="1"/>
+      <c r="E210" s="1"/>
+      <c r="F210" s="1"/>
+    </row>
+    <row r="211" customHeight="1" spans="3:6">
+      <c r="C211" s="1"/>
+      <c r="E211" s="1"/>
+      <c r="F211" s="1"/>
+    </row>
+    <row r="212" customHeight="1" spans="3:6">
+      <c r="C212" s="1"/>
+      <c r="E212" s="1"/>
+      <c r="F212" s="1"/>
+    </row>
+    <row r="213" customHeight="1" spans="3:6">
+      <c r="C213" s="1"/>
+      <c r="E213" s="1"/>
+      <c r="F213" s="1"/>
+    </row>
+    <row r="214" customHeight="1" spans="3:6">
+      <c r="C214" s="1"/>
+      <c r="E214" s="1"/>
+      <c r="F214" s="9"/>
+    </row>
+    <row r="215" customHeight="1" spans="3:6">
+      <c r="C215" s="9"/>
+      <c r="E215" s="9"/>
+      <c r="F215" s="1"/>
+    </row>
+    <row r="216" customHeight="1" spans="3:6">
+      <c r="C216" s="1"/>
+      <c r="E216" s="1"/>
+      <c r="F216" s="1"/>
+    </row>
+    <row r="217" customHeight="1" spans="3:6">
+      <c r="C217" s="1"/>
+      <c r="E217" s="1"/>
+      <c r="F217" s="1"/>
+    </row>
+    <row r="218" customHeight="1" spans="3:6">
+      <c r="C218" s="1"/>
+      <c r="E218" s="1"/>
+      <c r="F218" s="1"/>
+    </row>
+    <row r="219" customHeight="1" spans="3:6">
+      <c r="C219" s="1"/>
+      <c r="E219" s="1"/>
+      <c r="F219" s="1"/>
+    </row>
+    <row r="220" customHeight="1" spans="3:6">
+      <c r="C220" s="1"/>
+      <c r="E220" s="1"/>
+      <c r="F220" s="1"/>
+    </row>
+    <row r="221" customHeight="1" spans="3:6">
+      <c r="C221" s="1"/>
+      <c r="E221" s="1"/>
+      <c r="F221" s="1"/>
+    </row>
+    <row r="222" customHeight="1" spans="3:6">
+      <c r="C222" s="1"/>
+      <c r="E222" s="1"/>
+      <c r="F222" s="9"/>
+    </row>
+    <row r="223" customHeight="1" spans="3:6">
+      <c r="C223" s="9"/>
+      <c r="E223" s="9"/>
+      <c r="F223" s="1"/>
+    </row>
+    <row r="224" customHeight="1" spans="3:6">
+      <c r="C224" s="1"/>
+      <c r="E224" s="1"/>
+      <c r="F224" s="1"/>
+    </row>
+    <row r="225" customHeight="1" spans="3:6">
+      <c r="C225" s="1"/>
+      <c r="E225" s="1"/>
+      <c r="F225" s="1"/>
+    </row>
+    <row r="226" customHeight="1" spans="3:6">
+      <c r="C226" s="1"/>
+      <c r="E226" s="1"/>
+      <c r="F226" s="1"/>
+    </row>
+    <row r="227" customHeight="1" spans="3:6">
+      <c r="C227" s="1"/>
+      <c r="E227" s="1"/>
+      <c r="F227" s="1"/>
+    </row>
+    <row r="228" customHeight="1" spans="3:6">
+      <c r="C228" s="1"/>
+      <c r="E228" s="1"/>
+      <c r="F228" s="1"/>
+    </row>
+    <row r="229" customHeight="1" spans="3:6">
+      <c r="C229" s="1"/>
+      <c r="E229" s="1"/>
+      <c r="F229" s="1"/>
+    </row>
+    <row r="230" customHeight="1" spans="3:6">
+      <c r="C230" s="1"/>
+      <c r="E230" s="1"/>
+      <c r="F230" s="9"/>
+    </row>
+    <row r="231" customHeight="1" spans="3:6">
+      <c r="C231" s="9"/>
+      <c r="E231" s="9"/>
+      <c r="F231" s="1"/>
+    </row>
+    <row r="232" customHeight="1" spans="3:6">
+      <c r="C232" s="1"/>
+      <c r="E232" s="1"/>
+      <c r="F232" s="1"/>
+    </row>
+    <row r="233" customHeight="1" spans="3:6">
+      <c r="C233" s="1"/>
+      <c r="E233" s="1"/>
+      <c r="F233" s="1"/>
+    </row>
+    <row r="234" customHeight="1" spans="3:6">
+      <c r="C234" s="1"/>
+      <c r="E234" s="1"/>
+      <c r="F234" s="1"/>
+    </row>
+    <row r="235" customHeight="1" spans="3:6">
+      <c r="C235" s="1"/>
+      <c r="E235" s="1"/>
+      <c r="F235" s="1"/>
+    </row>
+    <row r="236" customHeight="1" spans="3:6">
+      <c r="C236" s="1"/>
+      <c r="E236" s="1"/>
+      <c r="F236" s="1"/>
+    </row>
+    <row r="237" customHeight="1" spans="3:6">
+      <c r="C237" s="1"/>
+      <c r="E237" s="1"/>
+      <c r="F237" s="1"/>
+    </row>
+    <row r="238" customHeight="1" spans="3:6">
+      <c r="C238" s="1"/>
+      <c r="E238" s="1"/>
+      <c r="F238" s="9"/>
+    </row>
+    <row r="239" customHeight="1" spans="3:6">
+      <c r="C239" s="9"/>
+      <c r="E239" s="9"/>
+      <c r="F239" s="1"/>
+    </row>
+    <row r="240" customHeight="1" spans="3:6">
+      <c r="C240" s="1"/>
+      <c r="E240" s="1"/>
+      <c r="F240" s="1"/>
+    </row>
+    <row r="241" customHeight="1" spans="3:6">
+      <c r="C241" s="1"/>
+      <c r="E241" s="1"/>
+      <c r="F241" s="1"/>
+    </row>
+    <row r="242" customHeight="1" spans="3:6">
+      <c r="C242" s="1"/>
+      <c r="E242" s="1"/>
+      <c r="F242" s="1"/>
+    </row>
+    <row r="243" customHeight="1" spans="3:6">
+      <c r="C243" s="1"/>
+      <c r="E243" s="1"/>
+      <c r="F243" s="1"/>
+    </row>
+    <row r="244" customHeight="1" spans="3:6">
+      <c r="C244" s="1"/>
+      <c r="E244" s="1"/>
+      <c r="F244" s="1"/>
+    </row>
+    <row r="245" customHeight="1" spans="3:6">
+      <c r="C245" s="1"/>
+      <c r="E245" s="1"/>
+      <c r="F245" s="1"/>
+    </row>
+    <row r="246" customHeight="1" spans="3:6">
+      <c r="C246" s="1"/>
+      <c r="E246" s="1"/>
+      <c r="F246" s="9"/>
+    </row>
+    <row r="247" customHeight="1" spans="3:6">
+      <c r="C247" s="9"/>
+      <c r="E247" s="9"/>
+      <c r="F247" s="1"/>
+    </row>
+    <row r="248" customHeight="1" spans="3:6">
+      <c r="C248" s="1"/>
+      <c r="E248" s="1"/>
+      <c r="F248" s="1"/>
+    </row>
+    <row r="249" customHeight="1" spans="3:6">
+      <c r="C249" s="1"/>
+      <c r="E249" s="1"/>
+      <c r="F249" s="1"/>
+    </row>
+    <row r="250" customHeight="1" spans="3:6">
+      <c r="C250" s="1"/>
+      <c r="E250" s="1"/>
+      <c r="F250" s="1"/>
+    </row>
+    <row r="251" customHeight="1" spans="3:6">
+      <c r="C251" s="1"/>
+      <c r="E251" s="1"/>
+      <c r="F251" s="1"/>
+    </row>
+    <row r="252" customHeight="1" spans="3:6">
+      <c r="C252" s="1"/>
+      <c r="E252" s="1"/>
+      <c r="F252" s="1"/>
+    </row>
+    <row r="253" customHeight="1" spans="3:6">
+      <c r="C253" s="1"/>
+      <c r="E253" s="1"/>
+      <c r="F253" s="1"/>
+    </row>
+    <row r="254" customHeight="1" spans="3:6">
+      <c r="C254" s="1"/>
+      <c r="E254" s="1"/>
+      <c r="F254" s="9"/>
+    </row>
+    <row r="255" customHeight="1" spans="3:6">
+      <c r="C255" s="9"/>
+      <c r="E255" s="9"/>
+      <c r="F255" s="1"/>
+    </row>
+    <row r="256" customHeight="1" spans="3:6">
+      <c r="C256" s="1"/>
+      <c r="E256" s="1"/>
+      <c r="F256" s="1"/>
+    </row>
+    <row r="257" customHeight="1" spans="3:6">
+      <c r="C257" s="1"/>
+      <c r="E257" s="1"/>
+      <c r="F257" s="1"/>
+    </row>
+    <row r="258" customHeight="1" spans="3:6">
+      <c r="C258" s="1"/>
+      <c r="E258" s="1"/>
+      <c r="F258" s="1"/>
+    </row>
+    <row r="259" customHeight="1" spans="3:6">
+      <c r="C259" s="1"/>
+      <c r="E259" s="1"/>
+      <c r="F259" s="1"/>
+    </row>
+    <row r="260" customHeight="1" spans="3:6">
+      <c r="C260" s="1"/>
+      <c r="E260" s="1"/>
+      <c r="F260" s="1"/>
+    </row>
+    <row r="261" customHeight="1" spans="3:6">
+      <c r="C261" s="1"/>
+      <c r="E261" s="1"/>
+      <c r="F261" s="1"/>
+    </row>
+    <row r="262" customHeight="1" spans="3:6">
+      <c r="C262" s="1"/>
+      <c r="E262" s="1"/>
+      <c r="F262" s="9"/>
+    </row>
+    <row r="263" customHeight="1" spans="3:6">
+      <c r="C263" s="9"/>
+      <c r="E263" s="9"/>
+      <c r="F263" s="1"/>
+    </row>
+    <row r="264" customHeight="1" spans="3:6">
+      <c r="C264" s="1"/>
+      <c r="E264" s="1"/>
+      <c r="F264" s="1"/>
+    </row>
+    <row r="265" customHeight="1" spans="3:6">
+      <c r="C265" s="1"/>
+      <c r="E265" s="1"/>
+      <c r="F265" s="1"/>
+    </row>
+    <row r="266" customHeight="1" spans="3:6">
+      <c r="C266" s="1"/>
+      <c r="E266" s="1"/>
+      <c r="F266" s="1"/>
+    </row>
+    <row r="267" customHeight="1" spans="3:6">
+      <c r="C267" s="1"/>
+      <c r="E267" s="1"/>
+      <c r="F267" s="1"/>
+    </row>
+    <row r="268" customHeight="1" spans="3:6">
+      <c r="C268" s="1"/>
+      <c r="E268" s="1"/>
+      <c r="F268" s="1"/>
+    </row>
+    <row r="269" customHeight="1" spans="3:6">
+      <c r="C269" s="1"/>
+      <c r="E269" s="1"/>
+      <c r="F269" s="1"/>
+    </row>
+    <row r="270" customHeight="1" spans="3:6">
+      <c r="C270" s="1"/>
+      <c r="E270" s="1"/>
+      <c r="F270" s="9"/>
+    </row>
+    <row r="271" customHeight="1" spans="3:6">
+      <c r="C271" s="9"/>
+      <c r="E271" s="9"/>
+      <c r="F271" s="1"/>
+    </row>
+    <row r="272" customHeight="1" spans="3:6">
+      <c r="C272" s="1"/>
+      <c r="E272" s="1"/>
+      <c r="F272" s="1"/>
+    </row>
+    <row r="273" customHeight="1" spans="3:6">
+      <c r="C273" s="1"/>
+      <c r="E273" s="1"/>
+      <c r="F273" s="1"/>
+    </row>
+    <row r="274" customHeight="1" spans="3:6">
+      <c r="C274" s="1"/>
+      <c r="E274" s="1"/>
+      <c r="F274" s="1"/>
+    </row>
+    <row r="275" customHeight="1" spans="3:6">
+      <c r="C275" s="1"/>
+      <c r="E275" s="1"/>
+      <c r="F275" s="1"/>
+    </row>
+    <row r="276" customHeight="1" spans="3:6">
+      <c r="C276" s="1"/>
+      <c r="E276" s="1"/>
+      <c r="F276" s="1"/>
+    </row>
+    <row r="277" customHeight="1" spans="3:6">
+      <c r="C277" s="1"/>
+      <c r="E277" s="1"/>
+      <c r="F277" s="1"/>
+    </row>
+    <row r="278" customHeight="1" spans="3:6">
+      <c r="C278" s="1"/>
+      <c r="E278" s="1"/>
+      <c r="F278" s="9"/>
+    </row>
+    <row r="279" customHeight="1" spans="3:6">
+      <c r="C279" s="9"/>
+      <c r="E279" s="9"/>
+      <c r="F279" s="1"/>
+    </row>
+    <row r="280" customHeight="1" spans="3:6">
+      <c r="C280" s="1"/>
+      <c r="E280" s="1"/>
+      <c r="F280" s="1"/>
+    </row>
+    <row r="281" customHeight="1" spans="3:6">
+      <c r="C281" s="1"/>
+      <c r="E281" s="1"/>
+      <c r="F281" s="1"/>
+    </row>
+    <row r="282" customHeight="1" spans="3:6">
+      <c r="C282" s="1"/>
+      <c r="E282" s="1"/>
+      <c r="F282" s="1"/>
+    </row>
+    <row r="283" customHeight="1" spans="3:6">
+      <c r="C283" s="1"/>
+      <c r="E283" s="1"/>
+      <c r="F283" s="1"/>
+    </row>
+    <row r="284" customHeight="1" spans="3:6">
+      <c r="C284" s="1"/>
+      <c r="E284" s="1"/>
+      <c r="F284" s="1"/>
+    </row>
+    <row r="285" customHeight="1" spans="3:6">
+      <c r="C285" s="1"/>
+      <c r="E285" s="1"/>
+      <c r="F285" s="1"/>
+    </row>
+    <row r="286" customHeight="1" spans="3:6">
+      <c r="C286" s="1"/>
+      <c r="E286" s="1"/>
+      <c r="F286" s="9"/>
+    </row>
+    <row r="287" customHeight="1" spans="3:6">
+      <c r="C287" s="9"/>
+      <c r="E287" s="9"/>
+      <c r="F287" s="1"/>
+    </row>
+    <row r="288" customHeight="1" spans="3:6">
+      <c r="C288" s="1"/>
+      <c r="E288" s="1"/>
+      <c r="F288" s="1"/>
+    </row>
+    <row r="289" customHeight="1" spans="3:6">
+      <c r="C289" s="1"/>
+      <c r="E289" s="1"/>
+      <c r="F289" s="1"/>
+    </row>
+    <row r="290" customHeight="1" spans="3:6">
+      <c r="C290" s="1"/>
+      <c r="E290" s="1"/>
+      <c r="F290" s="1"/>
+    </row>
+    <row r="291" customHeight="1" spans="3:6">
+      <c r="C291" s="1"/>
+      <c r="E291" s="1"/>
+      <c r="F291" s="1"/>
+    </row>
+    <row r="292" customHeight="1" spans="3:6">
+      <c r="C292" s="1"/>
+      <c r="E292" s="1"/>
+      <c r="F292" s="1"/>
+    </row>
+    <row r="293" customHeight="1" spans="3:6">
+      <c r="C293" s="1"/>
+      <c r="E293" s="1"/>
+      <c r="F293" s="1"/>
+    </row>
+    <row r="294" customHeight="1" spans="3:6">
+      <c r="C294" s="1"/>
+      <c r="E294" s="1"/>
+      <c r="F294" s="9"/>
+    </row>
+    <row r="295" customHeight="1" spans="3:6">
+      <c r="C295" s="9"/>
+      <c r="E295" s="9"/>
+      <c r="F295" s="1"/>
+    </row>
+    <row r="296" customHeight="1" spans="3:6">
+      <c r="C296" s="1"/>
+      <c r="E296" s="1"/>
+      <c r="F296" s="1"/>
+    </row>
+    <row r="297" customHeight="1" spans="3:6">
+      <c r="C297" s="1"/>
+      <c r="E297" s="1"/>
+      <c r="F297" s="1"/>
+    </row>
+    <row r="298" customHeight="1" spans="3:6">
+      <c r="C298" s="1"/>
+      <c r="E298" s="1"/>
+      <c r="F298" s="1"/>
+    </row>
+    <row r="299" customHeight="1" spans="3:6">
+      <c r="C299" s="1"/>
+      <c r="E299" s="1"/>
+      <c r="F299" s="1"/>
+    </row>
+    <row r="300" customHeight="1" spans="3:6">
+      <c r="C300" s="1"/>
+      <c r="E300" s="1"/>
+      <c r="F300" s="1"/>
+    </row>
+    <row r="301" customHeight="1" spans="3:6">
+      <c r="C301" s="1"/>
+      <c r="E301" s="1"/>
+      <c r="F301" s="1"/>
+    </row>
+    <row r="302" customHeight="1" spans="3:6">
+      <c r="C302" s="1"/>
+      <c r="E302" s="1"/>
+      <c r="F302" s="9"/>
+    </row>
+    <row r="303" customHeight="1" spans="3:6">
+      <c r="C303" s="9"/>
+      <c r="E303" s="9"/>
+      <c r="F303" s="1"/>
+    </row>
+    <row r="304" customHeight="1" spans="3:6">
+      <c r="C304" s="1"/>
+      <c r="E304" s="1"/>
+      <c r="F304" s="1"/>
+    </row>
+    <row r="305" customHeight="1" spans="3:6">
+      <c r="C305" s="1"/>
+      <c r="E305" s="1"/>
+      <c r="F305" s="1"/>
+    </row>
+    <row r="306" customHeight="1" spans="3:6">
+      <c r="C306" s="1"/>
+      <c r="E306" s="1"/>
+      <c r="F306" s="1"/>
+    </row>
+    <row r="307" customHeight="1" spans="3:6">
+      <c r="C307" s="1"/>
+      <c r="E307" s="1"/>
+      <c r="F307" s="1"/>
+    </row>
+    <row r="308" customHeight="1" spans="3:6">
+      <c r="C308" s="1"/>
+      <c r="E308" s="1"/>
+      <c r="F308" s="1"/>
+    </row>
+    <row r="309" customHeight="1" spans="3:6">
+      <c r="C309" s="1"/>
+      <c r="E309" s="1"/>
+      <c r="F309" s="1"/>
+    </row>
+    <row r="310" customHeight="1" spans="3:6">
+      <c r="C310" s="1"/>
+      <c r="E310" s="1"/>
+      <c r="F310" s="9"/>
+    </row>
+    <row r="311" customHeight="1" spans="3:6">
+      <c r="C311" s="9"/>
+      <c r="E311" s="9"/>
+      <c r="F311" s="1"/>
+    </row>
+    <row r="312" customHeight="1" spans="3:6">
+      <c r="C312" s="1"/>
+      <c r="E312" s="1"/>
+      <c r="F312" s="1"/>
+    </row>
+    <row r="313" customHeight="1" spans="3:6">
+      <c r="C313" s="1"/>
+      <c r="E313" s="1"/>
+      <c r="F313" s="1"/>
+    </row>
+    <row r="314" customHeight="1" spans="3:6">
+      <c r="C314" s="1"/>
+      <c r="E314" s="1"/>
+      <c r="F314" s="1"/>
+    </row>
+    <row r="315" customHeight="1" spans="3:6">
+      <c r="C315" s="1"/>
+      <c r="E315" s="1"/>
+      <c r="F315" s="1"/>
+    </row>
+    <row r="316" customHeight="1" spans="3:6">
+      <c r="C316" s="1"/>
+      <c r="E316" s="1"/>
+      <c r="F316" s="1"/>
+    </row>
+    <row r="317" customHeight="1" spans="3:6">
+      <c r="C317" s="1"/>
+      <c r="E317" s="1"/>
+      <c r="F317" s="1"/>
+    </row>
+    <row r="318" customHeight="1" spans="3:6">
+      <c r="C318" s="1"/>
+      <c r="E318" s="1"/>
+      <c r="F318" s="9"/>
+    </row>
+    <row r="319" customHeight="1" spans="3:6">
+      <c r="C319" s="9"/>
+      <c r="E319" s="9"/>
+      <c r="F319" s="1"/>
+    </row>
+    <row r="320" customHeight="1" spans="3:6">
+      <c r="C320" s="1"/>
+      <c r="E320" s="1"/>
+      <c r="F320" s="1"/>
+    </row>
+    <row r="321" customHeight="1" spans="3:6">
+      <c r="C321" s="1"/>
+      <c r="E321" s="1"/>
+      <c r="F321" s="1"/>
+    </row>
+    <row r="322" customHeight="1" spans="3:6">
+      <c r="C322" s="1"/>
+      <c r="E322" s="1"/>
+      <c r="F322" s="1"/>
+    </row>
+    <row r="323" customHeight="1" spans="3:6">
+      <c r="C323" s="1"/>
+      <c r="E323" s="1"/>
+      <c r="F323" s="1"/>
+    </row>
+    <row r="324" customHeight="1" spans="3:6">
+      <c r="C324" s="1"/>
+      <c r="E324" s="1"/>
+      <c r="F324" s="1"/>
+    </row>
+    <row r="325" customHeight="1" spans="3:6">
+      <c r="C325" s="1"/>
+      <c r="E325" s="1"/>
+      <c r="F325" s="1"/>
+    </row>
+    <row r="326" customHeight="1" spans="3:6">
+      <c r="C326" s="1"/>
+      <c r="E326" s="1"/>
+      <c r="F326" s="9"/>
+    </row>
+    <row r="327" customHeight="1" spans="3:6">
+      <c r="C327" s="9"/>
+      <c r="E327" s="9"/>
+      <c r="F327" s="1"/>
+    </row>
+    <row r="328" customHeight="1" spans="3:6">
+      <c r="C328" s="1"/>
+      <c r="E328" s="1"/>
+      <c r="F328" s="1"/>
+    </row>
+    <row r="329" customHeight="1" spans="3:6">
+      <c r="C329" s="1"/>
+      <c r="E329" s="1"/>
+      <c r="F329" s="1"/>
+    </row>
+    <row r="330" customHeight="1" spans="3:6">
+      <c r="C330" s="1"/>
+      <c r="E330" s="1"/>
+      <c r="F330" s="1"/>
+    </row>
+    <row r="331" customHeight="1" spans="3:6">
+      <c r="C331" s="1"/>
+      <c r="E331" s="1"/>
+      <c r="F331" s="1"/>
+    </row>
+    <row r="332" customHeight="1" spans="3:6">
+      <c r="C332" s="1"/>
+      <c r="E332" s="1"/>
+      <c r="F332" s="1"/>
+    </row>
+    <row r="333" customHeight="1" spans="3:6">
+      <c r="C333" s="1"/>
+      <c r="E333" s="1"/>
+      <c r="F333" s="1"/>
+    </row>
+    <row r="334" customHeight="1" spans="3:6">
+      <c r="C334" s="1"/>
+      <c r="E334" s="1"/>
+      <c r="F334" s="9"/>
+    </row>
+    <row r="335" customHeight="1" spans="3:6">
+      <c r="C335" s="9"/>
+      <c r="E335" s="9"/>
+      <c r="F335" s="1"/>
+    </row>
+    <row r="336" customHeight="1" spans="3:6">
+      <c r="C336" s="1"/>
+      <c r="E336" s="1"/>
+      <c r="F336" s="1"/>
+    </row>
+    <row r="337" customHeight="1" spans="3:6">
+      <c r="C337" s="1"/>
+      <c r="E337" s="1"/>
+      <c r="F337" s="1"/>
+    </row>
+    <row r="338" customHeight="1" spans="3:6">
+      <c r="C338" s="1"/>
+      <c r="E338" s="1"/>
+      <c r="F338" s="1"/>
+    </row>
+    <row r="339" customHeight="1" spans="3:6">
+      <c r="C339" s="1"/>
+      <c r="E339" s="1"/>
+      <c r="F339" s="1"/>
+    </row>
+    <row r="340" customHeight="1" spans="3:6">
+      <c r="C340" s="1"/>
+      <c r="E340" s="1"/>
+      <c r="F340" s="1"/>
+    </row>
+    <row r="341" customHeight="1" spans="3:6">
+      <c r="C341" s="1"/>
+      <c r="E341" s="1"/>
+      <c r="F341" s="1"/>
+    </row>
+    <row r="342" customHeight="1" spans="3:6">
+      <c r="C342" s="1"/>
+      <c r="E342" s="1"/>
+      <c r="F342" s="9"/>
+    </row>
+    <row r="343" customHeight="1" spans="3:6">
+      <c r="C343" s="9"/>
+      <c r="E343" s="9"/>
+      <c r="F343" s="1"/>
+    </row>
+    <row r="344" customHeight="1" spans="3:6">
+      <c r="C344" s="1"/>
+      <c r="E344" s="1"/>
+      <c r="F344" s="1"/>
+    </row>
+    <row r="345" customHeight="1" spans="3:6">
+      <c r="C345" s="1"/>
+      <c r="E345" s="1"/>
+      <c r="F345" s="1"/>
+    </row>
+    <row r="346" customHeight="1" spans="3:6">
+      <c r="C346" s="1"/>
+      <c r="E346" s="1"/>
+      <c r="F346" s="1"/>
+    </row>
+    <row r="347" customHeight="1" spans="3:6">
+      <c r="C347" s="1"/>
+      <c r="E347" s="1"/>
+      <c r="F347" s="1"/>
+    </row>
+    <row r="348" customHeight="1" spans="3:6">
+      <c r="C348" s="1"/>
+      <c r="E348" s="1"/>
+      <c r="F348" s="1"/>
+    </row>
+    <row r="349" customHeight="1" spans="3:6">
+      <c r="C349" s="1"/>
+      <c r="E349" s="1"/>
+      <c r="F349" s="1"/>
+    </row>
+    <row r="350" customHeight="1" spans="3:6">
+      <c r="C350" s="1"/>
+      <c r="E350" s="1"/>
+      <c r="F350" s="9"/>
+    </row>
+    <row r="351" customHeight="1" spans="3:6">
+      <c r="C351" s="9"/>
+      <c r="E351" s="9"/>
+      <c r="F351" s="1"/>
+    </row>
+    <row r="352" customHeight="1" spans="3:6">
+      <c r="C352" s="1"/>
+      <c r="E352" s="1"/>
+      <c r="F352" s="1"/>
+    </row>
+    <row r="353" customHeight="1" spans="3:6">
+      <c r="C353" s="1"/>
+      <c r="E353" s="1"/>
+      <c r="F353" s="1"/>
+    </row>
+    <row r="354" customHeight="1" spans="3:6">
+      <c r="C354" s="1"/>
+      <c r="E354" s="1"/>
+      <c r="F354" s="1"/>
+    </row>
+    <row r="355" customHeight="1" spans="3:6">
+      <c r="C355" s="1"/>
+      <c r="E355" s="1"/>
+      <c r="F355" s="1"/>
+    </row>
+    <row r="356" customHeight="1" spans="3:6">
+      <c r="C356" s="1"/>
+      <c r="E356" s="1"/>
+      <c r="F356" s="1"/>
+    </row>
+    <row r="357" customHeight="1" spans="3:6">
+      <c r="C357" s="1"/>
+      <c r="E357" s="1"/>
+      <c r="F357" s="1"/>
+    </row>
+    <row r="358" customHeight="1" spans="3:6">
+      <c r="C358" s="1"/>
+      <c r="E358" s="1"/>
+      <c r="F358" s="9"/>
+    </row>
+    <row r="359" customHeight="1" spans="3:6">
+      <c r="C359" s="9"/>
+      <c r="E359" s="9"/>
+      <c r="F359" s="1"/>
+    </row>
+    <row r="360" customHeight="1" spans="3:6">
+      <c r="C360" s="1"/>
+      <c r="E360" s="1"/>
+      <c r="F360" s="1"/>
+    </row>
+    <row r="361" customHeight="1" spans="3:6">
+      <c r="C361" s="1"/>
+      <c r="E361" s="1"/>
+      <c r="F361" s="1"/>
+    </row>
+    <row r="362" customHeight="1" spans="3:6">
+      <c r="C362" s="1"/>
+      <c r="E362" s="1"/>
+      <c r="F362" s="1"/>
+    </row>
+    <row r="363" customHeight="1" spans="3:6">
+      <c r="C363" s="1"/>
+      <c r="E363" s="1"/>
+      <c r="F363" s="1"/>
+    </row>
+    <row r="364" customHeight="1" spans="3:6">
+      <c r="C364" s="1"/>
+      <c r="E364" s="1"/>
+      <c r="F364" s="1"/>
+    </row>
+    <row r="365" customHeight="1" spans="3:6">
+      <c r="C365" s="1"/>
+      <c r="E365" s="1"/>
+      <c r="F365" s="1"/>
+    </row>
+    <row r="366" customHeight="1" spans="3:6">
+      <c r="C366" s="1"/>
+      <c r="E366" s="1"/>
+      <c r="F366" s="9"/>
+    </row>
+    <row r="367" customHeight="1" spans="3:6">
+      <c r="C367" s="9"/>
+      <c r="E367" s="9"/>
+      <c r="F367" s="1"/>
+    </row>
+    <row r="368" customHeight="1" spans="3:6">
+      <c r="C368" s="1"/>
+      <c r="E368" s="1"/>
+      <c r="F368" s="1"/>
+    </row>
+    <row r="369" customHeight="1" spans="3:6">
+      <c r="C369" s="1"/>
+      <c r="E369" s="1"/>
+      <c r="F369" s="1"/>
+    </row>
+    <row r="370" customHeight="1" spans="3:6">
+      <c r="C370" s="1"/>
+      <c r="E370" s="1"/>
+      <c r="F370" s="1"/>
+    </row>
+    <row r="371" customHeight="1" spans="3:6">
+      <c r="C371" s="1"/>
+      <c r="E371" s="1"/>
+      <c r="F371" s="1"/>
+    </row>
+    <row r="372" customHeight="1" spans="3:6">
+      <c r="C372" s="1"/>
+      <c r="E372" s="1"/>
+      <c r="F372" s="1"/>
+    </row>
+    <row r="373" customHeight="1" spans="3:6">
+      <c r="C373" s="1"/>
+      <c r="E373" s="1"/>
+      <c r="F373" s="1"/>
+    </row>
+    <row r="374" customHeight="1" spans="3:6">
+      <c r="C374" s="1"/>
+      <c r="E374" s="1"/>
+      <c r="F374" s="9"/>
+    </row>
+    <row r="375" customHeight="1" spans="3:6">
+      <c r="C375" s="9"/>
+      <c r="E375" s="9"/>
+      <c r="F375" s="1"/>
+    </row>
+    <row r="376" customHeight="1" spans="3:6">
+      <c r="C376" s="1"/>
+      <c r="E376" s="1"/>
+      <c r="F376" s="1"/>
+    </row>
+    <row r="377" customHeight="1" spans="3:6">
+      <c r="C377" s="1"/>
+      <c r="E377" s="1"/>
+      <c r="F377" s="1"/>
+    </row>
+    <row r="378" customHeight="1" spans="3:6">
+      <c r="C378" s="1"/>
+      <c r="E378" s="1"/>
+      <c r="F378" s="1"/>
+    </row>
+    <row r="379" customHeight="1" spans="3:6">
+      <c r="C379" s="1"/>
+      <c r="E379" s="1"/>
+      <c r="F379" s="1"/>
+    </row>
+    <row r="380" customHeight="1" spans="3:6">
+      <c r="C380" s="1"/>
+      <c r="E380" s="1"/>
+      <c r="F380" s="1"/>
+    </row>
+    <row r="381" customHeight="1" spans="3:6">
+      <c r="C381" s="1"/>
+      <c r="E381" s="1"/>
+      <c r="F381" s="1"/>
+    </row>
+    <row r="382" customHeight="1" spans="3:6">
+      <c r="C382" s="1"/>
+      <c r="E382" s="1"/>
+      <c r="F382" s="9"/>
+    </row>
+    <row r="383" customHeight="1" spans="3:6">
+      <c r="C383" s="9"/>
+      <c r="E383" s="9"/>
+      <c r="F383" s="1"/>
+    </row>
+    <row r="384" customHeight="1" spans="3:6">
+      <c r="C384" s="1"/>
+      <c r="E384" s="1"/>
+      <c r="F384" s="1"/>
+    </row>
+    <row r="385" customHeight="1" spans="3:6">
+      <c r="C385" s="1"/>
+      <c r="E385" s="1"/>
+      <c r="F385" s="1"/>
+    </row>
+    <row r="386" customHeight="1" spans="3:6">
+      <c r="C386" s="1"/>
+      <c r="E386" s="1"/>
+      <c r="F386" s="1"/>
+    </row>
+    <row r="387" customHeight="1" spans="3:6">
+      <c r="C387" s="1"/>
+      <c r="E387" s="1"/>
+      <c r="F387" s="1"/>
+    </row>
+    <row r="388" customHeight="1" spans="3:6">
+      <c r="C388" s="1"/>
+      <c r="E388" s="1"/>
+      <c r="F388" s="1"/>
+    </row>
+    <row r="389" customHeight="1" spans="3:6">
+      <c r="C389" s="1"/>
+      <c r="E389" s="1"/>
+      <c r="F389" s="1"/>
+    </row>
+    <row r="390" customHeight="1" spans="3:6">
+      <c r="C390" s="1"/>
+      <c r="E390" s="1"/>
+      <c r="F390" s="9"/>
+    </row>
+    <row r="391" customHeight="1" spans="3:6">
+      <c r="C391" s="9"/>
+      <c r="E391" s="9"/>
+      <c r="F391" s="1"/>
+    </row>
+    <row r="392" customHeight="1" spans="3:6">
+      <c r="C392" s="1"/>
+      <c r="E392" s="1"/>
+      <c r="F392" s="1"/>
+    </row>
+    <row r="393" customHeight="1" spans="3:6">
+      <c r="C393" s="1"/>
+      <c r="E393" s="1"/>
+      <c r="F393" s="1"/>
+    </row>
+    <row r="394" customHeight="1" spans="3:6">
+      <c r="C394" s="1"/>
+      <c r="E394" s="1"/>
+      <c r="F394" s="1"/>
+    </row>
+    <row r="395" customHeight="1" spans="3:6">
+      <c r="C395" s="1"/>
+      <c r="E395" s="1"/>
+      <c r="F395" s="1"/>
+    </row>
+    <row r="396" customHeight="1" spans="3:6">
+      <c r="C396" s="1"/>
+      <c r="E396" s="1"/>
+      <c r="F396" s="1"/>
+    </row>
+    <row r="397" customHeight="1" spans="3:6">
+      <c r="C397" s="1"/>
+      <c r="E397" s="1"/>
+      <c r="F397" s="1"/>
+    </row>
+    <row r="398" customHeight="1" spans="3:6">
+      <c r="C398" s="1"/>
+      <c r="E398" s="1"/>
+      <c r="F398" s="9"/>
+    </row>
+    <row r="399" customHeight="1" spans="3:6">
+      <c r="C399" s="9"/>
+      <c r="E399" s="9"/>
+      <c r="F399" s="1"/>
+    </row>
+    <row r="400" customHeight="1" spans="3:6">
+      <c r="C400" s="1"/>
+      <c r="E400" s="1"/>
+      <c r="F400" s="1"/>
+    </row>
+    <row r="401" customHeight="1" spans="3:6">
+      <c r="C401" s="1"/>
+      <c r="E401" s="1"/>
+      <c r="F401" s="1"/>
+    </row>
+    <row r="402" customHeight="1" spans="3:6">
+      <c r="C402" s="1"/>
+      <c r="E402" s="1"/>
+      <c r="F402" s="1"/>
+    </row>
+    <row r="403" customHeight="1" spans="3:6">
+      <c r="C403" s="1"/>
+      <c r="E403" s="1"/>
+      <c r="F403" s="1"/>
+    </row>
+    <row r="404" customHeight="1" spans="3:6">
+      <c r="C404" s="1"/>
+      <c r="E404" s="1"/>
+      <c r="F404" s="1"/>
+    </row>
+    <row r="405" customHeight="1" spans="3:6">
+      <c r="C405" s="1"/>
+      <c r="E405" s="1"/>
+      <c r="F405" s="1"/>
+    </row>
+    <row r="406" customHeight="1" spans="3:6">
+      <c r="C406" s="1"/>
+      <c r="E406" s="1"/>
+      <c r="F406" s="9"/>
+    </row>
+    <row r="407" customHeight="1" spans="3:6">
+      <c r="C407" s="9"/>
+      <c r="E407" s="9"/>
+      <c r="F407" s="1"/>
+    </row>
+    <row r="408" customHeight="1" spans="3:6">
+      <c r="C408" s="1"/>
+      <c r="E408" s="1"/>
+      <c r="F408" s="1"/>
+    </row>
+    <row r="409" customHeight="1" spans="3:6">
+      <c r="C409" s="1"/>
+      <c r="E409" s="1"/>
+      <c r="F409" s="1"/>
+    </row>
+    <row r="410" customHeight="1" spans="3:6">
+      <c r="C410" s="1"/>
+      <c r="E410" s="1"/>
+      <c r="F410" s="1"/>
+    </row>
+    <row r="411" customHeight="1" spans="3:6">
+      <c r="C411" s="1"/>
+      <c r="E411" s="1"/>
+      <c r="F411" s="1"/>
+    </row>
+    <row r="412" customHeight="1" spans="3:6">
+      <c r="C412" s="1"/>
+      <c r="E412" s="1"/>
+      <c r="F412" s="1"/>
+    </row>
+    <row r="413" customHeight="1" spans="3:6">
+      <c r="C413" s="1"/>
+      <c r="E413" s="1"/>
+      <c r="F413" s="1"/>
+    </row>
+    <row r="414" customHeight="1" spans="3:6">
+      <c r="C414" s="1"/>
+      <c r="E414" s="1"/>
+      <c r="F414" s="9"/>
+    </row>
+    <row r="415" customHeight="1" spans="3:6">
+      <c r="C415" s="9"/>
+      <c r="E415" s="9"/>
+      <c r="F415" s="1"/>
+    </row>
+    <row r="416" customHeight="1" spans="3:6">
+      <c r="C416" s="1"/>
+      <c r="E416" s="1"/>
+      <c r="F416" s="1"/>
+    </row>
+    <row r="417" customHeight="1" spans="3:6">
+      <c r="C417" s="1"/>
+      <c r="E417" s="1"/>
+      <c r="F417" s="1"/>
+    </row>
+    <row r="418" customHeight="1" spans="3:6">
+      <c r="C418" s="1"/>
+      <c r="E418" s="1"/>
+      <c r="F418" s="1"/>
+    </row>
+    <row r="419" customHeight="1" spans="3:6">
+      <c r="C419" s="1"/>
+      <c r="E419" s="1"/>
+      <c r="F419" s="1"/>
+    </row>
+    <row r="420" customHeight="1" spans="3:6">
+      <c r="C420" s="1"/>
+      <c r="E420" s="1"/>
+      <c r="F420" s="1"/>
+    </row>
+    <row r="421" customHeight="1" spans="3:6">
+      <c r="C421" s="1"/>
+      <c r="E421" s="1"/>
+      <c r="F421" s="1"/>
+    </row>
+    <row r="422" customHeight="1" spans="3:6">
+      <c r="C422" s="1"/>
+      <c r="E422" s="1"/>
+      <c r="F422" s="9"/>
+    </row>
+    <row r="423" customHeight="1" spans="3:6">
+      <c r="C423" s="9"/>
+      <c r="E423" s="9"/>
+      <c r="F423" s="1"/>
+    </row>
+    <row r="424" customHeight="1" spans="3:6">
+      <c r="C424" s="1"/>
+      <c r="E424" s="1"/>
+      <c r="F424" s="1"/>
+    </row>
+    <row r="425" customHeight="1" spans="3:6">
+      <c r="C425" s="1"/>
+      <c r="E425" s="1"/>
+      <c r="F425" s="1"/>
+    </row>
+    <row r="426" customHeight="1" spans="3:6">
+      <c r="C426" s="1"/>
+      <c r="E426" s="1"/>
+      <c r="F426" s="1"/>
+    </row>
+    <row r="427" customHeight="1" spans="3:6">
+      <c r="C427" s="1"/>
+      <c r="E427" s="1"/>
+      <c r="F427" s="1"/>
+    </row>
+    <row r="428" customHeight="1" spans="3:6">
+      <c r="C428" s="1"/>
+      <c r="E428" s="1"/>
+      <c r="F428" s="1"/>
+    </row>
+    <row r="429" customHeight="1" spans="3:6">
+      <c r="C429" s="1"/>
+      <c r="E429" s="1"/>
+      <c r="F429" s="1"/>
+    </row>
+    <row r="430" customHeight="1" spans="3:6">
+      <c r="C430" s="1"/>
+      <c r="E430" s="1"/>
+      <c r="F430" s="9"/>
+    </row>
+    <row r="431" customHeight="1" spans="3:6">
+      <c r="C431" s="9"/>
+      <c r="E431" s="9"/>
+      <c r="F431" s="1"/>
+    </row>
+    <row r="432" customHeight="1" spans="3:6">
+      <c r="C432" s="1"/>
+      <c r="E432" s="1"/>
+      <c r="F432" s="1"/>
+    </row>
+    <row r="433" customHeight="1" spans="3:6">
+      <c r="C433" s="1"/>
+      <c r="E433" s="1"/>
+      <c r="F433" s="1"/>
+    </row>
+    <row r="434" customHeight="1" spans="3:6">
+      <c r="C434" s="1"/>
+      <c r="E434" s="1"/>
+      <c r="F434" s="1"/>
+    </row>
+    <row r="435" customHeight="1" spans="3:6">
+      <c r="C435" s="1"/>
+      <c r="E435" s="1"/>
+      <c r="F435" s="1"/>
+    </row>
+    <row r="436" customHeight="1" spans="3:6">
+      <c r="C436" s="1"/>
+      <c r="E436" s="1"/>
+      <c r="F436" s="1"/>
+    </row>
+    <row r="437" customHeight="1" spans="3:6">
+      <c r="C437" s="1"/>
+      <c r="E437" s="1"/>
+      <c r="F437" s="1"/>
+    </row>
+    <row r="438" customHeight="1" spans="3:6">
+      <c r="C438" s="1"/>
+      <c r="E438" s="1"/>
+      <c r="F438" s="9"/>
+    </row>
+    <row r="439" customHeight="1" spans="3:6">
+      <c r="C439" s="9"/>
+      <c r="E439" s="9"/>
+      <c r="F439" s="1"/>
+    </row>
+    <row r="440" customHeight="1" spans="3:6">
+      <c r="C440" s="1"/>
+      <c r="E440" s="1"/>
+      <c r="F440" s="1"/>
+    </row>
+    <row r="441" customHeight="1" spans="3:6">
+      <c r="C441" s="1"/>
+      <c r="E441" s="1"/>
+      <c r="F441" s="1"/>
+    </row>
+    <row r="442" customHeight="1" spans="3:6">
+      <c r="C442" s="1"/>
+      <c r="E442" s="1"/>
+      <c r="F442" s="1"/>
+    </row>
+    <row r="443" customHeight="1" spans="3:6">
+      <c r="C443" s="1"/>
+      <c r="E443" s="1"/>
+      <c r="F443" s="1"/>
+    </row>
+    <row r="444" customHeight="1" spans="3:6">
+      <c r="C444" s="1"/>
+      <c r="E444" s="1"/>
+      <c r="F444" s="1"/>
+    </row>
+    <row r="445" customHeight="1" spans="3:6">
+      <c r="C445" s="1"/>
+      <c r="E445" s="1"/>
+      <c r="F445" s="1"/>
+    </row>
+    <row r="446" customHeight="1" spans="3:6">
+      <c r="C446" s="1"/>
+      <c r="E446" s="1"/>
+      <c r="F446" s="9"/>
+    </row>
+    <row r="447" customHeight="1" spans="3:6">
+      <c r="C447" s="9"/>
+      <c r="E447" s="9"/>
+      <c r="F447" s="1"/>
+    </row>
+    <row r="448" customHeight="1" spans="3:6">
+      <c r="C448" s="1"/>
+      <c r="E448" s="1"/>
+      <c r="F448" s="1"/>
+    </row>
+    <row r="449" customHeight="1" spans="3:6">
+      <c r="C449" s="1"/>
+      <c r="E449" s="1"/>
+      <c r="F449" s="1"/>
+    </row>
+    <row r="450" customHeight="1" spans="3:6">
+      <c r="C450" s="1"/>
+      <c r="E450" s="1"/>
+      <c r="F450" s="1"/>
+    </row>
+    <row r="451" customHeight="1" spans="3:6">
+      <c r="C451" s="1"/>
+      <c r="E451" s="1"/>
+      <c r="F451" s="1"/>
+    </row>
+    <row r="452" customHeight="1" spans="3:6">
+      <c r="C452" s="1"/>
+      <c r="E452" s="1"/>
+      <c r="F452" s="1"/>
+    </row>
+    <row r="453" customHeight="1" spans="3:6">
+      <c r="C453" s="1"/>
+      <c r="E453" s="1"/>
+      <c r="F453" s="1"/>
+    </row>
+    <row r="454" customHeight="1" spans="3:6">
+      <c r="C454" s="1"/>
+      <c r="E454" s="1"/>
+      <c r="F454" s="9"/>
+    </row>
+    <row r="455" customHeight="1" spans="3:6">
+      <c r="C455" s="9"/>
+      <c r="E455" s="9"/>
+      <c r="F455" s="1"/>
+    </row>
+    <row r="456" customHeight="1" spans="3:6">
+      <c r="C456" s="1"/>
+      <c r="E456" s="1"/>
+      <c r="F456" s="1"/>
+    </row>
+    <row r="457" customHeight="1" spans="3:6">
+      <c r="C457" s="1"/>
+      <c r="E457" s="1"/>
+      <c r="F457" s="1"/>
+    </row>
+    <row r="458" customHeight="1" spans="3:6">
+      <c r="C458" s="1"/>
+      <c r="E458" s="1"/>
+      <c r="F458" s="1"/>
+    </row>
+    <row r="459" customHeight="1" spans="3:6">
+      <c r="C459" s="1"/>
+      <c r="E459" s="1"/>
+      <c r="F459" s="1"/>
+    </row>
+    <row r="460" customHeight="1" spans="3:6">
+      <c r="C460" s="1"/>
+      <c r="E460" s="1"/>
+      <c r="F460" s="1"/>
+    </row>
+    <row r="461" customHeight="1" spans="3:6">
+      <c r="C461" s="1"/>
+      <c r="E461" s="1"/>
+      <c r="F461" s="1"/>
+    </row>
+    <row r="462" customHeight="1" spans="3:6">
+      <c r="C462" s="1"/>
+      <c r="E462" s="1"/>
+      <c r="F462" s="9"/>
+    </row>
+    <row r="463" customHeight="1" spans="3:6">
+      <c r="C463" s="9"/>
+      <c r="E463" s="9"/>
+      <c r="F463" s="1"/>
+    </row>
+    <row r="464" customHeight="1" spans="3:6">
+      <c r="C464" s="1"/>
+      <c r="E464" s="1"/>
+      <c r="F464" s="1"/>
+    </row>
+    <row r="465" customHeight="1" spans="3:6">
+      <c r="C465" s="1"/>
+      <c r="E465" s="1"/>
+      <c r="F465" s="1"/>
+    </row>
+    <row r="466" customHeight="1" spans="3:6">
+      <c r="C466" s="1"/>
+      <c r="E466" s="1"/>
+      <c r="F466" s="1"/>
+    </row>
+    <row r="467" customHeight="1" spans="3:6">
+      <c r="C467" s="1"/>
+      <c r="E467" s="1"/>
+      <c r="F467" s="1"/>
+    </row>
+    <row r="468" customHeight="1" spans="3:6">
+      <c r="C468" s="1"/>
+      <c r="E468" s="1"/>
+      <c r="F468" s="1"/>
+    </row>
+    <row r="469" customHeight="1" spans="3:6">
+      <c r="C469" s="1"/>
+      <c r="E469" s="1"/>
+      <c r="F469" s="1"/>
+    </row>
+    <row r="470" customHeight="1" spans="3:6">
+      <c r="C470" s="1"/>
+      <c r="E470" s="1"/>
+      <c r="F470" s="9"/>
+    </row>
+    <row r="471" customHeight="1" spans="3:6">
+      <c r="C471" s="9"/>
+      <c r="E471" s="9"/>
+      <c r="F471" s="1"/>
+    </row>
+    <row r="472" customHeight="1" spans="3:6">
+      <c r="C472" s="1"/>
+      <c r="E472" s="1"/>
+      <c r="F472" s="1"/>
+    </row>
+    <row r="473" customHeight="1" spans="3:6">
+      <c r="C473" s="1"/>
+      <c r="E473" s="1"/>
+      <c r="F473" s="1"/>
+    </row>
+    <row r="474" customHeight="1" spans="3:6">
+      <c r="C474" s="1"/>
+      <c r="E474" s="1"/>
+      <c r="F474" s="1"/>
+    </row>
+    <row r="475" customHeight="1" spans="3:6">
+      <c r="C475" s="1"/>
+      <c r="E475" s="1"/>
+      <c r="F475" s="1"/>
+    </row>
+    <row r="476" customHeight="1" spans="3:6">
+      <c r="C476" s="1"/>
+      <c r="E476" s="1"/>
+      <c r="F476" s="1"/>
+    </row>
+    <row r="477" customHeight="1" spans="3:6">
+      <c r="C477" s="1"/>
+      <c r="E477" s="1"/>
+      <c r="F477" s="1"/>
+    </row>
+    <row r="478" customHeight="1" spans="3:6">
+      <c r="C478" s="1"/>
+      <c r="E478" s="1"/>
+      <c r="F478" s="9"/>
+    </row>
+    <row r="479" customHeight="1" spans="3:6">
+      <c r="C479" s="9"/>
+      <c r="E479" s="9"/>
+      <c r="F479" s="1"/>
+    </row>
+    <row r="480" customHeight="1" spans="3:6">
+      <c r="C480" s="1"/>
+      <c r="E480" s="1"/>
+      <c r="F480" s="1"/>
+    </row>
+    <row r="481" customHeight="1" spans="3:6">
+      <c r="C481" s="1"/>
+      <c r="E481" s="1"/>
+      <c r="F481" s="1"/>
+    </row>
+    <row r="482" customHeight="1" spans="3:6">
+      <c r="C482" s="1"/>
+      <c r="E482" s="1"/>
+      <c r="F482" s="1"/>
+    </row>
+    <row r="483" customHeight="1" spans="3:6">
+      <c r="C483" s="1"/>
+      <c r="E483" s="1"/>
+      <c r="F483" s="1"/>
+    </row>
+    <row r="484" customHeight="1" spans="3:6">
+      <c r="C484" s="1"/>
+      <c r="E484" s="1"/>
+      <c r="F484" s="1"/>
+    </row>
+    <row r="485" customHeight="1" spans="3:6">
+      <c r="C485" s="1"/>
+      <c r="E485" s="1"/>
+      <c r="F485" s="1"/>
+    </row>
+    <row r="486" customHeight="1" spans="3:6">
+      <c r="C486" s="1"/>
+      <c r="E486" s="1"/>
+      <c r="F486" s="9"/>
+    </row>
+    <row r="487" customHeight="1" spans="3:6">
+      <c r="C487" s="9"/>
+      <c r="E487" s="9"/>
+      <c r="F487" s="1"/>
+    </row>
+    <row r="488" customHeight="1" spans="3:6">
+      <c r="C488" s="1"/>
+      <c r="E488" s="1"/>
+      <c r="F488" s="1"/>
+    </row>
+    <row r="489" customHeight="1" spans="3:6">
+      <c r="C489" s="1"/>
+      <c r="E489" s="1"/>
+      <c r="F489" s="1"/>
+    </row>
+    <row r="490" customHeight="1" spans="3:6">
+      <c r="C490" s="1"/>
+      <c r="E490" s="1"/>
+      <c r="F490" s="1"/>
+    </row>
+    <row r="491" customHeight="1" spans="3:6">
+      <c r="C491" s="1"/>
+      <c r="E491" s="1"/>
+      <c r="F491" s="1"/>
+    </row>
+    <row r="492" customHeight="1" spans="3:6">
+      <c r="C492" s="1"/>
+      <c r="E492" s="1"/>
+      <c r="F492" s="1"/>
+    </row>
+    <row r="493" customHeight="1" spans="3:6">
+      <c r="C493" s="1"/>
+      <c r="E493" s="1"/>
+      <c r="F493" s="1"/>
+    </row>
+    <row r="494" customHeight="1" spans="3:6">
+      <c r="C494" s="1"/>
+      <c r="E494" s="1"/>
+      <c r="F494" s="9"/>
+    </row>
+    <row r="495" customHeight="1" spans="3:6">
+      <c r="C495" s="9"/>
+      <c r="E495" s="9"/>
+      <c r="F495" s="1"/>
+    </row>
+    <row r="496" customHeight="1" spans="3:6">
+      <c r="C496" s="1"/>
+      <c r="E496" s="1"/>
+      <c r="F496" s="1"/>
+    </row>
+    <row r="497" customHeight="1" spans="3:6">
+      <c r="C497" s="1"/>
+      <c r="E497" s="1"/>
+      <c r="F497" s="1"/>
+    </row>
+    <row r="498" customHeight="1" spans="3:6">
+      <c r="C498" s="1"/>
+      <c r="E498" s="1"/>
+      <c r="F498" s="1"/>
+    </row>
+    <row r="499" customHeight="1" spans="3:6">
+      <c r="C499" s="1"/>
+      <c r="E499" s="1"/>
+      <c r="F499" s="1"/>
+    </row>
+    <row r="500" customHeight="1" spans="3:6">
+      <c r="C500" s="1"/>
+      <c r="E500" s="1"/>
+      <c r="F500" s="1"/>
+    </row>
+    <row r="501" customHeight="1" spans="3:6">
+      <c r="C501" s="1"/>
+      <c r="E501" s="1"/>
+      <c r="F501" s="1"/>
+    </row>
+    <row r="502" customHeight="1" spans="3:6">
+      <c r="C502" s="1"/>
+      <c r="E502" s="1"/>
+      <c r="F502" s="9"/>
+    </row>
+    <row r="503" customHeight="1" spans="3:6">
+      <c r="C503" s="9"/>
+      <c r="E503" s="9"/>
+      <c r="F503" s="1"/>
+    </row>
+    <row r="504" customHeight="1" spans="3:6">
+      <c r="C504" s="1"/>
+      <c r="E504" s="1"/>
+      <c r="F504" s="1"/>
+    </row>
+    <row r="505" customHeight="1" spans="3:6">
+      <c r="C505" s="1"/>
+      <c r="E505" s="1"/>
+      <c r="F505" s="1"/>
+    </row>
+    <row r="506" customHeight="1" spans="3:6">
+      <c r="C506" s="1"/>
+      <c r="E506" s="1"/>
+      <c r="F506" s="1"/>
+    </row>
+    <row r="507" customHeight="1" spans="3:6">
+      <c r="C507" s="1"/>
+      <c r="E507" s="1"/>
+      <c r="F507" s="1"/>
+    </row>
+    <row r="508" customHeight="1" spans="3:6">
+      <c r="C508" s="1"/>
+      <c r="E508" s="1"/>
+      <c r="F508" s="1"/>
+    </row>
+    <row r="509" customHeight="1" spans="3:6">
+      <c r="C509" s="1"/>
+      <c r="E509" s="1"/>
+      <c r="F509" s="1"/>
+    </row>
+    <row r="510" customHeight="1" spans="3:6">
+      <c r="C510" s="1"/>
+      <c r="E510" s="1"/>
+      <c r="F510" s="9"/>
+    </row>
+    <row r="511" customHeight="1" spans="3:6">
+      <c r="C511" s="9"/>
+      <c r="E511" s="9"/>
+      <c r="F511" s="1"/>
+    </row>
+    <row r="512" customHeight="1" spans="3:6">
+      <c r="C512" s="1"/>
+      <c r="E512" s="1"/>
+      <c r="F512" s="1"/>
+    </row>
+    <row r="513" customHeight="1" spans="3:6">
+      <c r="C513" s="1"/>
+      <c r="E513" s="1"/>
+      <c r="F513" s="1"/>
+    </row>
+    <row r="514" customHeight="1" spans="3:6">
+      <c r="C514" s="1"/>
+      <c r="E514" s="1"/>
+      <c r="F514" s="1"/>
+    </row>
+    <row r="515" customHeight="1" spans="3:6">
+      <c r="C515" s="1"/>
+      <c r="E515" s="1"/>
+      <c r="F515" s="1"/>
+    </row>
+    <row r="516" customHeight="1" spans="3:6">
+      <c r="C516" s="1"/>
+      <c r="E516" s="1"/>
+      <c r="F516" s="1"/>
+    </row>
+    <row r="517" customHeight="1" spans="3:6">
+      <c r="C517" s="1"/>
+      <c r="E517" s="1"/>
+      <c r="F517" s="1"/>
+    </row>
+    <row r="518" customHeight="1" spans="3:6">
+      <c r="C518" s="1"/>
+      <c r="E518" s="1"/>
+      <c r="F518" s="9"/>
+    </row>
+    <row r="519" customHeight="1" spans="3:6">
+      <c r="C519" s="9"/>
+      <c r="E519" s="9"/>
+      <c r="F519" s="1"/>
+    </row>
+    <row r="520" customHeight="1" spans="3:6">
+      <c r="C520" s="1"/>
+      <c r="E520" s="1"/>
+      <c r="F520" s="1"/>
+    </row>
+    <row r="521" customHeight="1" spans="3:6">
+      <c r="C521" s="1"/>
+      <c r="E521" s="1"/>
+      <c r="F521" s="1"/>
+    </row>
+    <row r="522" customHeight="1" spans="3:6">
+      <c r="C522" s="1"/>
+      <c r="E522" s="1"/>
+      <c r="F522" s="1"/>
+    </row>
+    <row r="523" customHeight="1" spans="3:6">
+      <c r="C523" s="1"/>
+      <c r="E523" s="1"/>
+      <c r="F523" s="1"/>
+    </row>
+    <row r="524" customHeight="1" spans="3:6">
+      <c r="C524" s="1"/>
+      <c r="E524" s="1"/>
+      <c r="F524" s="1"/>
+    </row>
+    <row r="525" customHeight="1" spans="3:6">
+      <c r="C525" s="1"/>
+      <c r="E525" s="1"/>
+      <c r="F525" s="1"/>
+    </row>
+    <row r="526" customHeight="1" spans="3:6">
+      <c r="C526" s="1"/>
+      <c r="E526" s="1"/>
+      <c r="F526" s="9"/>
+    </row>
+    <row r="527" customHeight="1" spans="3:6">
+      <c r="C527" s="9"/>
+      <c r="E527" s="9"/>
+      <c r="F527" s="1"/>
+    </row>
+    <row r="528" customHeight="1" spans="3:6">
+      <c r="C528" s="1"/>
+      <c r="E528" s="1"/>
+      <c r="F528" s="1"/>
+    </row>
+    <row r="529" customHeight="1" spans="3:6">
+      <c r="C529" s="1"/>
+      <c r="E529" s="1"/>
+      <c r="F529" s="1"/>
+    </row>
+    <row r="530" customHeight="1" spans="3:6">
+      <c r="C530" s="1"/>
+      <c r="E530" s="1"/>
+      <c r="F530" s="1"/>
+    </row>
+    <row r="531" customHeight="1" spans="3:6">
+      <c r="C531" s="1"/>
+      <c r="E531" s="1"/>
+      <c r="F531" s="1"/>
+    </row>
+    <row r="532" customHeight="1" spans="3:6">
+      <c r="C532" s="1"/>
+      <c r="E532" s="1"/>
+      <c r="F532" s="1"/>
+    </row>
+    <row r="533" customHeight="1" spans="3:6">
+      <c r="C533" s="1"/>
+      <c r="E533" s="1"/>
+      <c r="F533" s="1"/>
+    </row>
+    <row r="534" customHeight="1" spans="3:6">
+      <c r="C534" s="1"/>
+      <c r="E534" s="1"/>
+      <c r="F534" s="9"/>
+    </row>
+    <row r="535" customHeight="1" spans="3:6">
+      <c r="C535" s="9"/>
+      <c r="E535" s="9"/>
+      <c r="F535" s="1"/>
+    </row>
+    <row r="536" customHeight="1" spans="3:6">
+      <c r="C536" s="1"/>
+      <c r="E536" s="1"/>
+      <c r="F536" s="1"/>
+    </row>
+    <row r="537" customHeight="1" spans="3:6">
+      <c r="C537" s="1"/>
+      <c r="E537" s="1"/>
+      <c r="F537" s="1"/>
+    </row>
+    <row r="538" customHeight="1" spans="3:6">
+      <c r="C538" s="1"/>
+      <c r="E538" s="1"/>
+      <c r="F538" s="1"/>
+    </row>
+    <row r="539" customHeight="1" spans="3:6">
+      <c r="C539" s="1"/>
+      <c r="E539" s="1"/>
+      <c r="F539" s="1"/>
+    </row>
+    <row r="540" customHeight="1" spans="3:6">
+      <c r="C540" s="1"/>
+      <c r="E540" s="1"/>
+      <c r="F540" s="1"/>
+    </row>
+    <row r="541" customHeight="1" spans="3:6">
+      <c r="C541" s="1"/>
+      <c r="E541" s="1"/>
+      <c r="F541" s="1"/>
+    </row>
+    <row r="542" customHeight="1" spans="3:6">
+      <c r="C542" s="1"/>
+      <c r="E542" s="1"/>
+      <c r="F542" s="9"/>
+    </row>
+    <row r="543" customHeight="1" spans="3:6">
+      <c r="C543" s="9"/>
+      <c r="E543" s="9"/>
+      <c r="F543" s="1"/>
+    </row>
+    <row r="544" customHeight="1" spans="3:6">
+      <c r="C544" s="1"/>
+      <c r="E544" s="1"/>
+      <c r="F544" s="1"/>
+    </row>
+    <row r="545" customHeight="1" spans="3:6">
+      <c r="C545" s="1"/>
+      <c r="E545" s="1"/>
+      <c r="F545" s="1"/>
+    </row>
+    <row r="546" customHeight="1" spans="3:6">
+      <c r="C546" s="1"/>
+      <c r="E546" s="1"/>
+      <c r="F546" s="1"/>
+    </row>
+    <row r="547" customHeight="1" spans="3:6">
+      <c r="C547" s="1"/>
+      <c r="E547" s="1"/>
+      <c r="F547" s="1"/>
+    </row>
+    <row r="548" customHeight="1" spans="3:6">
+      <c r="C548" s="1"/>
+      <c r="E548" s="1"/>
+      <c r="F548" s="1"/>
+    </row>
+    <row r="549" customHeight="1" spans="3:6">
+      <c r="C549" s="1"/>
+      <c r="E549" s="1"/>
+      <c r="F549" s="1"/>
+    </row>
+    <row r="550" customHeight="1" spans="3:6">
+      <c r="C550" s="1"/>
+      <c r="E550" s="1"/>
+      <c r="F550" s="9"/>
+    </row>
+    <row r="551" customHeight="1" spans="3:6">
+      <c r="C551" s="9"/>
+      <c r="E551" s="9"/>
+      <c r="F551" s="1"/>
+    </row>
+    <row r="552" customHeight="1" spans="3:6">
+      <c r="C552" s="1"/>
+      <c r="E552" s="1"/>
+      <c r="F552" s="1"/>
+    </row>
+    <row r="553" customHeight="1" spans="3:6">
+      <c r="C553" s="1"/>
+      <c r="E553" s="1"/>
+      <c r="F553" s="1"/>
+    </row>
+    <row r="554" customHeight="1" spans="3:6">
+      <c r="C554" s="1"/>
+      <c r="E554" s="1"/>
+      <c r="F554" s="1"/>
+    </row>
+    <row r="555" customHeight="1" spans="3:6">
+      <c r="C555" s="1"/>
+      <c r="E555" s="1"/>
+      <c r="F555" s="1"/>
+    </row>
+    <row r="556" customHeight="1" spans="3:6">
+      <c r="C556" s="1"/>
+      <c r="E556" s="1"/>
+      <c r="F556" s="1"/>
+    </row>
+    <row r="557" customHeight="1" spans="3:6">
+      <c r="C557" s="1"/>
+      <c r="E557" s="1"/>
+      <c r="F557" s="1"/>
+    </row>
+    <row r="558" customHeight="1" spans="3:6">
+      <c r="C558" s="1"/>
+      <c r="E558" s="1"/>
+      <c r="F558" s="9"/>
+    </row>
+    <row r="559" customHeight="1" spans="3:6">
+      <c r="C559" s="9"/>
+      <c r="E559" s="9"/>
+      <c r="F559" s="1"/>
+    </row>
+    <row r="560" customHeight="1" spans="3:6">
+      <c r="C560" s="1"/>
+      <c r="E560" s="1"/>
+      <c r="F560" s="1"/>
+    </row>
+    <row r="561" customHeight="1" spans="3:6">
+      <c r="C561" s="1"/>
+      <c r="E561" s="1"/>
+      <c r="F561" s="1"/>
+    </row>
+    <row r="562" customHeight="1" spans="3:6">
+      <c r="C562" s="1"/>
+      <c r="E562" s="1"/>
+      <c r="F562" s="1"/>
+    </row>
+    <row r="563" customHeight="1" spans="3:6">
+      <c r="C563" s="1"/>
+      <c r="E563" s="1"/>
+      <c r="F563" s="1"/>
+    </row>
+    <row r="564" customHeight="1" spans="3:6">
+      <c r="C564" s="1"/>
+      <c r="E564" s="1"/>
+      <c r="F564" s="1"/>
+    </row>
+    <row r="565" customHeight="1" spans="3:6">
+      <c r="C565" s="1"/>
+      <c r="E565" s="1"/>
+      <c r="F565" s="1"/>
+    </row>
+    <row r="566" customHeight="1" spans="3:6">
+      <c r="C566" s="1"/>
+      <c r="E566" s="1"/>
+      <c r="F566" s="9"/>
+    </row>
+    <row r="567" customHeight="1" spans="3:6">
+      <c r="C567" s="9"/>
+      <c r="E567" s="9"/>
+      <c r="F567" s="1"/>
+    </row>
+    <row r="568" customHeight="1" spans="3:6">
+      <c r="C568" s="1"/>
+      <c r="E568" s="1"/>
+      <c r="F568" s="1"/>
+    </row>
+    <row r="569" customHeight="1" spans="3:6">
+      <c r="C569" s="1"/>
+      <c r="E569" s="1"/>
+      <c r="F569" s="1"/>
+    </row>
+    <row r="570" customHeight="1" spans="3:6">
+      <c r="C570" s="1"/>
+      <c r="E570" s="1"/>
+      <c r="F570" s="1"/>
+    </row>
+    <row r="571" customHeight="1" spans="3:6">
+      <c r="C571" s="1"/>
+      <c r="E571" s="1"/>
+      <c r="F571" s="1"/>
+    </row>
+    <row r="572" customHeight="1" spans="3:6">
+      <c r="C572" s="1"/>
+      <c r="E572" s="1"/>
+      <c r="F572" s="1"/>
+    </row>
+    <row r="573" customHeight="1" spans="3:6">
+      <c r="C573" s="1"/>
+      <c r="E573" s="1"/>
+      <c r="F573" s="1"/>
+    </row>
+    <row r="574" customHeight="1" spans="3:6">
+      <c r="C574" s="1"/>
+      <c r="E574" s="1"/>
+      <c r="F574" s="9"/>
+    </row>
+    <row r="575" customHeight="1" spans="3:6">
+      <c r="C575" s="9"/>
+      <c r="E575" s="9"/>
+      <c r="F575" s="1"/>
+    </row>
+    <row r="576" customHeight="1" spans="3:6">
+      <c r="C576" s="1"/>
+      <c r="E576" s="1"/>
+      <c r="F576" s="1"/>
+    </row>
+    <row r="577" customHeight="1" spans="3:6">
+      <c r="C577" s="1"/>
+      <c r="E577" s="1"/>
+      <c r="F577" s="1"/>
+    </row>
+    <row r="578" customHeight="1" spans="3:6">
+      <c r="C578" s="1"/>
+      <c r="E578" s="1"/>
+      <c r="F578" s="1"/>
+    </row>
+    <row r="579" customHeight="1" spans="3:6">
+      <c r="C579" s="1"/>
+      <c r="E579" s="1"/>
+      <c r="F579" s="1"/>
+    </row>
+    <row r="580" customHeight="1" spans="3:6">
+      <c r="C580" s="1"/>
+      <c r="E580" s="1"/>
+      <c r="F580" s="1"/>
+    </row>
+    <row r="581" customHeight="1" spans="3:6">
+      <c r="C581" s="1"/>
+      <c r="E581" s="1"/>
+      <c r="F581" s="1"/>
+    </row>
+    <row r="582" customHeight="1" spans="3:6">
+      <c r="C582" s="1"/>
+      <c r="E582" s="1"/>
+      <c r="F582" s="9"/>
+    </row>
+    <row r="583" customHeight="1" spans="3:6">
+      <c r="C583" s="9"/>
+      <c r="E583" s="9"/>
+      <c r="F583" s="1"/>
+    </row>
+    <row r="584" customHeight="1" spans="3:6">
+      <c r="C584" s="1"/>
+      <c r="E584" s="1"/>
+      <c r="F584" s="1"/>
+    </row>
+    <row r="585" customHeight="1" spans="3:6">
+      <c r="C585" s="1"/>
+      <c r="E585" s="1"/>
+      <c r="F585" s="1"/>
+    </row>
+    <row r="586" customHeight="1" spans="3:6">
+      <c r="C586" s="1"/>
+      <c r="E586" s="1"/>
+      <c r="F586" s="1"/>
+    </row>
+    <row r="587" customHeight="1" spans="3:6">
+      <c r="C587" s="1"/>
+      <c r="E587" s="1"/>
+      <c r="F587" s="1"/>
+    </row>
+    <row r="588" customHeight="1" spans="3:6">
+      <c r="C588" s="1"/>
+      <c r="E588" s="1"/>
+      <c r="F588" s="1"/>
+    </row>
+    <row r="589" customHeight="1" spans="3:6">
+      <c r="C589" s="1"/>
+      <c r="E589" s="1"/>
+      <c r="F589" s="1"/>
+    </row>
+    <row r="590" customHeight="1" spans="3:6">
+      <c r="C590" s="1"/>
+      <c r="E590" s="1"/>
+      <c r="F590" s="9"/>
+    </row>
+    <row r="591" customHeight="1" spans="3:6">
+      <c r="C591" s="9"/>
+      <c r="E591" s="9"/>
+      <c r="F591" s="1"/>
+    </row>
+    <row r="592" customHeight="1" spans="3:6">
+      <c r="C592" s="1"/>
+      <c r="E592" s="1"/>
+      <c r="F592" s="1"/>
+    </row>
+    <row r="593" customHeight="1" spans="3:6">
+      <c r="C593" s="1"/>
+      <c r="E593" s="1"/>
+      <c r="F593" s="1"/>
+    </row>
+    <row r="594" customHeight="1" spans="3:6">
+      <c r="C594" s="1"/>
+      <c r="E594" s="1"/>
+      <c r="F594" s="1"/>
+    </row>
+    <row r="595" customHeight="1" spans="3:6">
+      <c r="C595" s="1"/>
+      <c r="E595" s="1"/>
+      <c r="F595" s="1"/>
+    </row>
+    <row r="596" customHeight="1" spans="3:6">
+      <c r="C596" s="1"/>
+      <c r="E596" s="1"/>
+      <c r="F596" s="1"/>
+    </row>
+    <row r="597" customHeight="1" spans="3:6">
+      <c r="C597" s="1"/>
+      <c r="E597" s="1"/>
+      <c r="F597" s="1"/>
+    </row>
+    <row r="598" customHeight="1" spans="3:6">
+      <c r="C598" s="1"/>
+      <c r="E598" s="1"/>
+      <c r="F598" s="9"/>
+    </row>
+    <row r="599" customHeight="1" spans="3:6">
+      <c r="C599" s="9"/>
+      <c r="E599" s="9"/>
+      <c r="F599" s="1"/>
+    </row>
+    <row r="600" customHeight="1" spans="3:6">
+      <c r="C600" s="1"/>
+      <c r="E600" s="1"/>
+      <c r="F600" s="1"/>
+    </row>
+    <row r="601" customHeight="1" spans="3:6">
+      <c r="C601" s="1"/>
+      <c r="E601" s="1"/>
+      <c r="F601" s="1"/>
+    </row>
+    <row r="602" customHeight="1" spans="3:6">
+      <c r="C602" s="1"/>
+      <c r="E602" s="1"/>
+      <c r="F602" s="1"/>
+    </row>
+    <row r="603" customHeight="1" spans="3:6">
+      <c r="C603" s="1"/>
+      <c r="E603" s="1"/>
+      <c r="F603" s="1"/>
+    </row>
+    <row r="604" customHeight="1" spans="3:6">
+      <c r="C604" s="1"/>
+      <c r="E604" s="1"/>
+      <c r="F604" s="1"/>
+    </row>
+    <row r="605" customHeight="1" spans="3:6">
+      <c r="C605" s="1"/>
+      <c r="E605" s="1"/>
+      <c r="F605" s="1"/>
+    </row>
+    <row r="606" customHeight="1" spans="3:6">
+      <c r="C606" s="1"/>
+      <c r="E606" s="1"/>
+      <c r="F606" s="9"/>
+    </row>
+    <row r="607" customHeight="1" spans="3:6">
+      <c r="C607" s="9"/>
+      <c r="E607" s="9"/>
+      <c r="F607" s="1"/>
+    </row>
+    <row r="608" customHeight="1" spans="3:6">
+      <c r="C608" s="1"/>
+      <c r="E608" s="1"/>
+      <c r="F608" s="1"/>
+    </row>
+    <row r="609" customHeight="1" spans="3:6">
+      <c r="C609" s="1"/>
+      <c r="E609" s="1"/>
+      <c r="F609" s="1"/>
+    </row>
+    <row r="610" customHeight="1" spans="3:6">
+      <c r="C610" s="1"/>
+      <c r="E610" s="1"/>
+      <c r="F610" s="1"/>
+    </row>
+    <row r="611" customHeight="1" spans="3:6">
+      <c r="C611" s="1"/>
+      <c r="E611" s="1"/>
+      <c r="F611" s="1"/>
+    </row>
+    <row r="612" customHeight="1" spans="3:6">
+      <c r="C612" s="1"/>
+      <c r="E612" s="1"/>
+      <c r="F612" s="1"/>
+    </row>
+    <row r="613" customHeight="1" spans="3:6">
+      <c r="C613" s="1"/>
+      <c r="E613" s="1"/>
+      <c r="F613" s="1"/>
+    </row>
+    <row r="614" customHeight="1" spans="3:6">
+      <c r="C614" s="1"/>
+      <c r="E614" s="1"/>
+      <c r="F614" s="9"/>
+    </row>
+    <row r="615" customHeight="1" spans="3:6">
+      <c r="C615" s="9"/>
+      <c r="E615" s="9"/>
+      <c r="F615" s="1"/>
+    </row>
+    <row r="616" customHeight="1" spans="3:6">
+      <c r="C616" s="1"/>
+      <c r="E616" s="1"/>
+      <c r="F616" s="1"/>
+    </row>
+    <row r="617" customHeight="1" spans="3:6">
+      <c r="C617" s="1"/>
+      <c r="E617" s="1"/>
+      <c r="F617" s="1"/>
+    </row>
+    <row r="618" customHeight="1" spans="3:6">
+      <c r="C618" s="1"/>
+      <c r="E618" s="1"/>
+      <c r="F618" s="1"/>
+    </row>
+    <row r="619" customHeight="1" spans="3:6">
+      <c r="C619" s="1"/>
+      <c r="E619" s="1"/>
+      <c r="F619" s="1"/>
+    </row>
+    <row r="620" customHeight="1" spans="3:6">
+      <c r="C620" s="1"/>
+      <c r="E620" s="1"/>
+      <c r="F620" s="1"/>
+    </row>
+    <row r="621" customHeight="1" spans="3:6">
+      <c r="C621" s="1"/>
+      <c r="E621" s="1"/>
+      <c r="F621" s="1"/>
+    </row>
+    <row r="622" customHeight="1" spans="3:6">
+      <c r="C622" s="1"/>
+      <c r="E622" s="1"/>
+      <c r="F622" s="9"/>
+    </row>
+    <row r="623" customHeight="1" spans="3:6">
+      <c r="C623" s="9"/>
+      <c r="E623" s="9"/>
+      <c r="F623" s="1"/>
+    </row>
+    <row r="624" customHeight="1" spans="3:6">
+      <c r="C624" s="1"/>
+      <c r="E624" s="1"/>
+      <c r="F624" s="1"/>
+    </row>
+    <row r="625" customHeight="1" spans="3:6">
+      <c r="C625" s="1"/>
+      <c r="E625" s="1"/>
+      <c r="F625" s="1"/>
+    </row>
+    <row r="626" customHeight="1" spans="3:6">
+      <c r="C626" s="1"/>
+      <c r="E626" s="1"/>
+      <c r="F626" s="1"/>
+    </row>
+    <row r="627" customHeight="1" spans="3:6">
+      <c r="C627" s="1"/>
+      <c r="E627" s="1"/>
+      <c r="F627" s="1"/>
+    </row>
+    <row r="628" customHeight="1" spans="3:6">
+      <c r="C628" s="1"/>
+      <c r="E628" s="1"/>
+      <c r="F628" s="1"/>
+    </row>
+    <row r="629" customHeight="1" spans="3:6">
+      <c r="C629" s="1"/>
+      <c r="E629" s="1"/>
+      <c r="F629" s="1"/>
+    </row>
+    <row r="630" customHeight="1" spans="3:6">
+      <c r="C630" s="1"/>
+      <c r="E630" s="1"/>
+      <c r="F630" s="9"/>
+    </row>
+    <row r="631" customHeight="1" spans="3:6">
+      <c r="C631" s="9"/>
+      <c r="E631" s="9"/>
+      <c r="F631" s="1"/>
+    </row>
+    <row r="632" customHeight="1" spans="3:6">
+      <c r="C632" s="1"/>
+      <c r="E632" s="1"/>
+      <c r="F632" s="1"/>
+    </row>
+    <row r="633" customHeight="1" spans="3:6">
+      <c r="C633" s="1"/>
+      <c r="E633" s="1"/>
+      <c r="F633" s="1"/>
+    </row>
+    <row r="634" customHeight="1" spans="3:6">
+      <c r="C634" s="1"/>
+      <c r="E634" s="1"/>
+      <c r="F634" s="1"/>
+    </row>
+    <row r="635" customHeight="1" spans="3:6">
+      <c r="C635" s="1"/>
+      <c r="E635" s="1"/>
+      <c r="F635" s="1"/>
+    </row>
+    <row r="636" customHeight="1" spans="3:6">
+      <c r="C636" s="1"/>
+      <c r="E636" s="1"/>
+      <c r="F636" s="1"/>
+    </row>
+    <row r="637" customHeight="1" spans="3:6">
+      <c r="C637" s="1"/>
+      <c r="E637" s="1"/>
+      <c r="F637" s="1"/>
+    </row>
+    <row r="638" customHeight="1" spans="3:6">
+      <c r="C638" s="1"/>
+      <c r="E638" s="1"/>
+      <c r="F638" s="9"/>
+    </row>
+    <row r="639" customHeight="1" spans="3:6">
+      <c r="C639" s="9"/>
+      <c r="E639" s="9"/>
+      <c r="F639" s="1"/>
+    </row>
+    <row r="640" customHeight="1" spans="3:6">
+      <c r="C640" s="1"/>
+      <c r="E640" s="1"/>
+      <c r="F640" s="1"/>
+    </row>
+    <row r="641" customHeight="1" spans="3:6">
+      <c r="C641" s="1"/>
+      <c r="E641" s="1"/>
+      <c r="F641" s="1"/>
+    </row>
+    <row r="642" customHeight="1" spans="3:6">
+      <c r="C642" s="1"/>
+      <c r="E642" s="1"/>
+      <c r="F642" s="1"/>
+    </row>
+    <row r="643" customHeight="1" spans="3:6">
+      <c r="C643" s="1"/>
+      <c r="E643" s="1"/>
+      <c r="F643" s="1"/>
+    </row>
+    <row r="644" customHeight="1" spans="3:6">
+      <c r="C644" s="1"/>
+      <c r="E644" s="1"/>
+      <c r="F644" s="1"/>
+    </row>
+    <row r="645" customHeight="1" spans="3:6">
+      <c r="C645" s="1"/>
+      <c r="E645" s="1"/>
+      <c r="F645" s="1"/>
+    </row>
+    <row r="646" customHeight="1" spans="3:6">
+      <c r="C646" s="1"/>
+      <c r="E646" s="1"/>
+      <c r="F646" s="9"/>
+    </row>
+    <row r="647" customHeight="1" spans="3:6">
+      <c r="C647" s="9"/>
+      <c r="E647" s="9"/>
+      <c r="F647" s="1"/>
+    </row>
+    <row r="648" customHeight="1" spans="3:6">
+      <c r="C648" s="1"/>
+      <c r="E648" s="1"/>
+      <c r="F648" s="1"/>
+    </row>
+    <row r="649" customHeight="1" spans="3:6">
+      <c r="C649" s="1"/>
+      <c r="E649" s="1"/>
+      <c r="F649" s="1"/>
+    </row>
+    <row r="650" customHeight="1" spans="3:6">
+      <c r="C650" s="1"/>
+      <c r="E650" s="1"/>
+      <c r="F650" s="1"/>
+    </row>
+    <row r="651" customHeight="1" spans="3:6">
+      <c r="C651" s="1"/>
+      <c r="E651" s="1"/>
+      <c r="F651" s="1"/>
+    </row>
+    <row r="652" customHeight="1" spans="3:6">
+      <c r="C652" s="1"/>
+      <c r="E652" s="1"/>
+      <c r="F652" s="1"/>
+    </row>
+    <row r="653" customHeight="1" spans="3:6">
+      <c r="C653" s="1"/>
+      <c r="E653" s="1"/>
+      <c r="F653" s="1"/>
+    </row>
+    <row r="654" customHeight="1" spans="3:6">
+      <c r="C654" s="1"/>
+      <c r="E654" s="1"/>
+      <c r="F654" s="9"/>
+    </row>
+    <row r="655" customHeight="1" spans="3:6">
+      <c r="C655" s="9"/>
+      <c r="E655" s="9"/>
+      <c r="F655" s="1"/>
+    </row>
+    <row r="656" customHeight="1" spans="3:6">
+      <c r="C656" s="1"/>
+      <c r="E656" s="1"/>
+      <c r="F656" s="1"/>
+    </row>
+    <row r="657" customHeight="1" spans="3:6">
+      <c r="C657" s="1"/>
+      <c r="E657" s="1"/>
+      <c r="F657" s="1"/>
+    </row>
+    <row r="658" customHeight="1" spans="3:6">
+      <c r="C658" s="1"/>
+      <c r="E658" s="1"/>
+      <c r="F658" s="1"/>
+    </row>
+    <row r="659" customHeight="1" spans="3:6">
+      <c r="C659" s="1"/>
+      <c r="E659" s="1"/>
+      <c r="F659" s="1"/>
+    </row>
+    <row r="660" customHeight="1" spans="3:6">
+      <c r="C660" s="1"/>
+      <c r="E660" s="1"/>
+      <c r="F660" s="1"/>
+    </row>
+    <row r="661" customHeight="1" spans="3:6">
+      <c r="C661" s="1"/>
+      <c r="E661" s="1"/>
+      <c r="F661" s="1"/>
+    </row>
+    <row r="662" customHeight="1" spans="3:6">
+      <c r="C662" s="1"/>
+      <c r="E662" s="1"/>
+      <c r="F662" s="9"/>
+    </row>
+    <row r="663" customHeight="1" spans="3:6">
+      <c r="C663" s="9"/>
+      <c r="E663" s="9"/>
+      <c r="F663" s="1"/>
+    </row>
+    <row r="664" customHeight="1" spans="3:6">
+      <c r="C664" s="1"/>
+      <c r="E664" s="1"/>
+      <c r="F664" s="1"/>
+    </row>
+    <row r="665" customHeight="1" spans="3:6">
+      <c r="C665" s="1"/>
+      <c r="E665" s="1"/>
+      <c r="F665" s="1"/>
+    </row>
+    <row r="666" customHeight="1" spans="3:6">
+      <c r="C666" s="1"/>
+      <c r="E666" s="1"/>
+      <c r="F666" s="1"/>
+    </row>
+    <row r="667" customHeight="1" spans="3:6">
+      <c r="C667" s="1"/>
+      <c r="E667" s="1"/>
+      <c r="F667" s="1"/>
+    </row>
+    <row r="668" customHeight="1" spans="3:6">
+      <c r="C668" s="1"/>
+      <c r="E668" s="1"/>
+      <c r="F668" s="1"/>
+    </row>
+    <row r="669" customHeight="1" spans="3:6">
+      <c r="C669" s="1"/>
+      <c r="E669" s="1"/>
+      <c r="F669" s="1"/>
+    </row>
+    <row r="670" customHeight="1" spans="3:6">
+      <c r="C670" s="1"/>
+      <c r="E670" s="1"/>
+      <c r="F670" s="9"/>
+    </row>
+    <row r="671" customHeight="1" spans="3:6">
+      <c r="C671" s="9"/>
+      <c r="E671" s="9"/>
+      <c r="F671" s="1"/>
+    </row>
+    <row r="672" customHeight="1" spans="3:6">
+      <c r="C672" s="1"/>
+      <c r="E672" s="1"/>
+      <c r="F672" s="1"/>
+    </row>
+    <row r="673" customHeight="1" spans="3:6">
+      <c r="C673" s="1"/>
+      <c r="E673" s="1"/>
+      <c r="F673" s="1"/>
+    </row>
+    <row r="674" customHeight="1" spans="3:6">
+      <c r="C674" s="1"/>
+      <c r="E674" s="1"/>
+      <c r="F674" s="1"/>
+    </row>
+    <row r="675" customHeight="1" spans="3:6">
+      <c r="C675" s="1"/>
+      <c r="E675" s="1"/>
+      <c r="F675" s="1"/>
+    </row>
+    <row r="676" customHeight="1" spans="3:6">
+      <c r="C676" s="1"/>
+      <c r="E676" s="1"/>
+      <c r="F676" s="1"/>
+    </row>
+    <row r="677" customHeight="1" spans="3:6">
+      <c r="C677" s="1"/>
+      <c r="E677" s="1"/>
+      <c r="F677" s="1"/>
+    </row>
+    <row r="678" customHeight="1" spans="3:6">
+      <c r="C678" s="1"/>
+      <c r="E678" s="1"/>
+      <c r="F678" s="9"/>
+    </row>
+    <row r="679" customHeight="1" spans="3:6">
+      <c r="C679" s="9"/>
+      <c r="E679" s="9"/>
+      <c r="F679" s="1"/>
+    </row>
+    <row r="680" customHeight="1" spans="3:6">
+      <c r="C680" s="1"/>
+      <c r="E680" s="1"/>
+      <c r="F680" s="1"/>
+    </row>
+    <row r="681" customHeight="1" spans="3:6">
+      <c r="C681" s="1"/>
+      <c r="E681" s="1"/>
+      <c r="F681" s="1"/>
+    </row>
+    <row r="682" customHeight="1" spans="3:6">
+      <c r="C682" s="1"/>
+      <c r="E682" s="1"/>
+      <c r="F682" s="1"/>
+    </row>
+    <row r="683" customHeight="1" spans="3:6">
+      <c r="C683" s="1"/>
+      <c r="E683" s="1"/>
+      <c r="F683" s="1"/>
+    </row>
+    <row r="684" customHeight="1" spans="3:6">
+      <c r="C684" s="1"/>
+      <c r="E684" s="1"/>
+      <c r="F684" s="1"/>
+    </row>
+    <row r="685" customHeight="1" spans="3:6">
+      <c r="C685" s="1"/>
+      <c r="E685" s="1"/>
+      <c r="F685" s="1"/>
+    </row>
+    <row r="686" customHeight="1" spans="3:6">
+      <c r="C686" s="1"/>
+      <c r="E686" s="1"/>
+      <c r="F686" s="9"/>
+    </row>
+    <row r="687" customHeight="1" spans="3:6">
+      <c r="C687" s="9"/>
+      <c r="E687" s="9"/>
+      <c r="F687" s="1"/>
+    </row>
+    <row r="688" customHeight="1" spans="3:6">
+      <c r="C688" s="1"/>
+      <c r="E688" s="1"/>
+      <c r="F688" s="1"/>
+    </row>
+    <row r="689" customHeight="1" spans="3:6">
+      <c r="C689" s="1"/>
+      <c r="E689" s="1"/>
+      <c r="F689" s="1"/>
+    </row>
+    <row r="690" customHeight="1" spans="3:6">
+      <c r="C690" s="1"/>
+      <c r="E690" s="1"/>
+      <c r="F690" s="1"/>
+    </row>
+    <row r="691" customHeight="1" spans="3:6">
+      <c r="C691" s="1"/>
+      <c r="E691" s="1"/>
+      <c r="F691" s="1"/>
+    </row>
+    <row r="692" customHeight="1" spans="3:6">
+      <c r="C692" s="1"/>
+      <c r="E692" s="1"/>
+      <c r="F692" s="1"/>
+    </row>
+    <row r="693" customHeight="1" spans="3:6">
+      <c r="C693" s="1"/>
+      <c r="E693" s="1"/>
+      <c r="F693" s="1"/>
+    </row>
+    <row r="694" customHeight="1" spans="3:6">
+      <c r="C694" s="1"/>
+      <c r="E694" s="1"/>
+      <c r="F694" s="9"/>
+    </row>
+    <row r="695" customHeight="1" spans="3:6">
+      <c r="C695" s="9"/>
+      <c r="E695" s="9"/>
+      <c r="F695" s="1"/>
+    </row>
+    <row r="696" customHeight="1" spans="3:6">
+      <c r="C696" s="1"/>
+      <c r="E696" s="1"/>
+      <c r="F696" s="1"/>
+    </row>
+    <row r="697" customHeight="1" spans="3:6">
+      <c r="C697" s="1"/>
+      <c r="E697" s="1"/>
+      <c r="F697" s="1"/>
+    </row>
+    <row r="698" customHeight="1" spans="3:6">
+      <c r="C698" s="1"/>
+      <c r="E698" s="1"/>
+      <c r="F698" s="1"/>
+    </row>
+    <row r="699" customHeight="1" spans="3:6">
+      <c r="C699" s="1"/>
+      <c r="E699" s="1"/>
+      <c r="F699" s="1"/>
+    </row>
+    <row r="700" customHeight="1" spans="3:6">
+      <c r="C700" s="1"/>
+      <c r="E700" s="1"/>
+      <c r="F700" s="1"/>
+    </row>
+    <row r="701" customHeight="1" spans="3:6">
+      <c r="C701" s="1"/>
+      <c r="E701" s="1"/>
+      <c r="F701" s="1"/>
+    </row>
+    <row r="702" customHeight="1" spans="3:6">
+      <c r="C702" s="1"/>
+      <c r="E702" s="1"/>
+      <c r="F702" s="9"/>
+    </row>
+    <row r="703" customHeight="1" spans="3:6">
+      <c r="C703" s="9"/>
+      <c r="E703" s="9"/>
+      <c r="F703" s="1"/>
+    </row>
+    <row r="704" customHeight="1" spans="3:6">
+      <c r="C704" s="1"/>
+      <c r="E704" s="1"/>
+      <c r="F704" s="1"/>
+    </row>
+    <row r="705" customHeight="1" spans="3:6">
+      <c r="C705" s="1"/>
+      <c r="E705" s="1"/>
+      <c r="F705" s="1"/>
+    </row>
+    <row r="706" customHeight="1" spans="3:6">
+      <c r="C706" s="1"/>
+      <c r="E706" s="1"/>
+      <c r="F706" s="1"/>
+    </row>
+    <row r="707" customHeight="1" spans="3:6">
+      <c r="C707" s="1"/>
+      <c r="E707" s="1"/>
+      <c r="F707" s="1"/>
+    </row>
+    <row r="708" customHeight="1" spans="3:6">
+      <c r="C708" s="1"/>
+      <c r="E708" s="1"/>
+      <c r="F708" s="1"/>
+    </row>
+    <row r="709" customHeight="1" spans="3:6">
+      <c r="C709" s="1"/>
+      <c r="E709" s="1"/>
+      <c r="F709" s="1"/>
+    </row>
+    <row r="710" customHeight="1" spans="3:6">
+      <c r="C710" s="1"/>
+      <c r="E710" s="1"/>
+      <c r="F710" s="9"/>
+    </row>
+    <row r="711" customHeight="1" spans="3:6">
+      <c r="C711" s="9"/>
+      <c r="E711" s="9"/>
+      <c r="F711" s="1"/>
+    </row>
+    <row r="712" customHeight="1" spans="3:6">
+      <c r="C712" s="1"/>
+      <c r="E712" s="1"/>
+      <c r="F712" s="1"/>
+    </row>
+    <row r="713" customHeight="1" spans="3:6">
+      <c r="C713" s="1"/>
+      <c r="E713" s="1"/>
+      <c r="F713" s="1"/>
+    </row>
+    <row r="714" customHeight="1" spans="3:6">
+      <c r="C714" s="1"/>
+      <c r="E714" s="1"/>
+      <c r="F714" s="1"/>
+    </row>
+    <row r="715" customHeight="1" spans="3:6">
+      <c r="C715" s="1"/>
+      <c r="E715" s="1"/>
+      <c r="F715" s="1"/>
+    </row>
+    <row r="716" customHeight="1" spans="3:6">
+      <c r="C716" s="1"/>
+      <c r="E716" s="1"/>
+      <c r="F716" s="1"/>
+    </row>
+    <row r="717" customHeight="1" spans="3:6">
+      <c r="C717" s="1"/>
+      <c r="E717" s="1"/>
+      <c r="F717" s="1"/>
+    </row>
+    <row r="718" customHeight="1" spans="3:6">
+      <c r="C718" s="1"/>
+      <c r="E718" s="1"/>
+      <c r="F718" s="9"/>
+    </row>
+    <row r="719" customHeight="1" spans="3:6">
+      <c r="C719" s="9"/>
+      <c r="E719" s="9"/>
+      <c r="F719" s="1"/>
+    </row>
+    <row r="720" customHeight="1" spans="3:6">
+      <c r="C720" s="1"/>
+      <c r="E720" s="1"/>
+      <c r="F720" s="1"/>
+    </row>
+    <row r="721" customHeight="1" spans="3:6">
+      <c r="C721" s="1"/>
+      <c r="E721" s="1"/>
+      <c r="F721" s="1"/>
+    </row>
+    <row r="722" customHeight="1" spans="3:6">
+      <c r="C722" s="1"/>
+      <c r="E722" s="1"/>
+      <c r="F722" s="1"/>
+    </row>
+    <row r="723" customHeight="1" spans="3:6">
+      <c r="C723" s="1"/>
+      <c r="E723" s="1"/>
+      <c r="F723" s="1"/>
+    </row>
+    <row r="724" customHeight="1" spans="3:6">
+      <c r="C724" s="1"/>
+      <c r="E724" s="1"/>
+      <c r="F724" s="1"/>
+    </row>
+    <row r="725" customHeight="1" spans="3:6">
+      <c r="C725" s="1"/>
+      <c r="E725" s="1"/>
+      <c r="F725" s="1"/>
+    </row>
+    <row r="726" customHeight="1" spans="3:6">
+      <c r="C726" s="1"/>
+      <c r="E726" s="1"/>
+      <c r="F726" s="9"/>
+    </row>
+    <row r="727" customHeight="1" spans="3:6">
+      <c r="C727" s="9"/>
+      <c r="E727" s="9"/>
+      <c r="F727" s="1"/>
+    </row>
+    <row r="728" customHeight="1" spans="3:6">
+      <c r="C728" s="1"/>
+      <c r="E728" s="1"/>
+      <c r="F728" s="1"/>
+    </row>
+    <row r="729" customHeight="1" spans="3:6">
+      <c r="C729" s="1"/>
+      <c r="E729" s="1"/>
+      <c r="F729" s="1"/>
+    </row>
+    <row r="730" customHeight="1" spans="3:6">
+      <c r="C730" s="1"/>
+      <c r="E730" s="1"/>
+      <c r="F730" s="1"/>
+    </row>
+    <row r="731" customHeight="1" spans="3:6">
+      <c r="C731" s="1"/>
+      <c r="E731" s="1"/>
+      <c r="F731" s="1"/>
+    </row>
+    <row r="732" customHeight="1" spans="3:6">
+      <c r="C732" s="1"/>
+      <c r="E732" s="1"/>
+      <c r="F732" s="1"/>
+    </row>
+    <row r="733" customHeight="1" spans="3:6">
+      <c r="C733" s="1"/>
+      <c r="E733" s="1"/>
+      <c r="F733" s="1"/>
+    </row>
+    <row r="734" customHeight="1" spans="3:6">
+      <c r="C734" s="1"/>
+      <c r="E734" s="1"/>
+      <c r="F734" s="9"/>
+    </row>
+    <row r="735" customHeight="1" spans="3:6">
+      <c r="C735" s="9"/>
+      <c r="E735" s="9"/>
+      <c r="F735" s="1"/>
+    </row>
+    <row r="736" customHeight="1" spans="3:6">
+      <c r="C736" s="1"/>
+      <c r="E736" s="1"/>
+      <c r="F736" s="1"/>
+    </row>
+    <row r="737" customHeight="1" spans="3:6">
+      <c r="C737" s="1"/>
+      <c r="E737" s="1"/>
+      <c r="F737" s="1"/>
+    </row>
+    <row r="738" customHeight="1" spans="3:6">
+      <c r="C738" s="1"/>
+      <c r="E738" s="1"/>
+      <c r="F738" s="1"/>
+    </row>
+    <row r="739" customHeight="1" spans="3:6">
+      <c r="C739" s="1"/>
+      <c r="E739" s="1"/>
+      <c r="F739" s="1"/>
+    </row>
+    <row r="740" customHeight="1" spans="3:6">
+      <c r="C740" s="1"/>
+      <c r="E740" s="1"/>
+      <c r="F740" s="1"/>
+    </row>
+    <row r="741" customHeight="1" spans="3:6">
+      <c r="C741" s="1"/>
+      <c r="E741" s="1"/>
+      <c r="F741" s="1"/>
+    </row>
+    <row r="742" customHeight="1" spans="3:6">
+      <c r="C742" s="1"/>
+      <c r="E742" s="1"/>
+      <c r="F742" s="9"/>
+    </row>
+    <row r="743" customHeight="1" spans="3:6">
+      <c r="C743" s="9"/>
+      <c r="E743" s="9"/>
+      <c r="F743" s="1"/>
+    </row>
+    <row r="744" customHeight="1" spans="3:6">
+      <c r="C744" s="1"/>
+      <c r="E744" s="1"/>
+      <c r="F744" s="1"/>
+    </row>
+    <row r="745" customHeight="1" spans="3:6">
+      <c r="C745" s="1"/>
+      <c r="E745" s="1"/>
+      <c r="F745" s="1"/>
+    </row>
+    <row r="746" customHeight="1" spans="3:6">
+      <c r="C746" s="1"/>
+      <c r="E746" s="1"/>
+      <c r="F746" s="1"/>
+    </row>
+    <row r="747" customHeight="1" spans="3:6">
+      <c r="C747" s="1"/>
+      <c r="E747" s="1"/>
+      <c r="F747" s="1"/>
+    </row>
+    <row r="748" customHeight="1" spans="3:6">
+      <c r="C748" s="1"/>
+      <c r="E748" s="1"/>
+      <c r="F748" s="1"/>
+    </row>
+    <row r="749" customHeight="1" spans="3:6">
+      <c r="C749" s="1"/>
+      <c r="E749" s="1"/>
+      <c r="F749" s="1"/>
+    </row>
+    <row r="750" customHeight="1" spans="3:6">
+      <c r="C750" s="1"/>
+      <c r="E750" s="1"/>
+      <c r="F750" s="9"/>
+    </row>
+    <row r="751" customHeight="1" spans="3:6">
+      <c r="C751" s="9"/>
+      <c r="E751" s="9"/>
+      <c r="F751" s="1"/>
+    </row>
+    <row r="752" customHeight="1" spans="3:6">
+      <c r="C752" s="1"/>
+      <c r="E752" s="1"/>
+      <c r="F752" s="1"/>
+    </row>
+    <row r="753" customHeight="1" spans="3:6">
+      <c r="C753" s="1"/>
+      <c r="E753" s="1"/>
+      <c r="F753" s="1"/>
+    </row>
+    <row r="754" customHeight="1" spans="3:6">
+      <c r="C754" s="1"/>
+      <c r="E754" s="1"/>
+      <c r="F754" s="1"/>
+    </row>
+    <row r="755" customHeight="1" spans="3:6">
+      <c r="C755" s="1"/>
+      <c r="E755" s="1"/>
+      <c r="F755" s="1"/>
+    </row>
+    <row r="756" customHeight="1" spans="3:6">
+      <c r="C756" s="1"/>
+      <c r="E756" s="1"/>
+      <c r="F756" s="1"/>
+    </row>
+    <row r="757" customHeight="1" spans="3:6">
+      <c r="C757" s="1"/>
+      <c r="E757" s="1"/>
+      <c r="F757" s="1"/>
+    </row>
+    <row r="758" customHeight="1" spans="3:6">
+      <c r="C758" s="1"/>
+      <c r="E758" s="1"/>
+      <c r="F758" s="9"/>
+    </row>
+    <row r="759" customHeight="1" spans="3:6">
+      <c r="C759" s="9"/>
+      <c r="E759" s="9"/>
+      <c r="F759" s="1"/>
+    </row>
+    <row r="760" customHeight="1" spans="3:6">
+      <c r="C760" s="1"/>
+      <c r="E760" s="1"/>
+      <c r="F760" s="1"/>
+    </row>
+    <row r="761" customHeight="1" spans="3:6">
+      <c r="C761" s="1"/>
+      <c r="E761" s="1"/>
+      <c r="F761" s="1"/>
+    </row>
+    <row r="762" customHeight="1" spans="3:6">
+      <c r="C762" s="1"/>
+      <c r="E762" s="1"/>
+      <c r="F762" s="1"/>
+    </row>
+    <row r="763" customHeight="1" spans="3:6">
+      <c r="C763" s="1"/>
+      <c r="E763" s="1"/>
+      <c r="F763" s="1"/>
+    </row>
+    <row r="764" customHeight="1" spans="3:6">
+      <c r="C764" s="1"/>
+      <c r="E764" s="1"/>
+      <c r="F764" s="1"/>
+    </row>
+    <row r="765" customHeight="1" spans="3:6">
+      <c r="C765" s="1"/>
+      <c r="E765" s="1"/>
+      <c r="F765" s="1"/>
+    </row>
+    <row r="766" customHeight="1" spans="3:6">
+      <c r="C766" s="1"/>
+      <c r="E766" s="1"/>
+      <c r="F766" s="9"/>
+    </row>
+    <row r="767" customHeight="1" spans="3:6">
+      <c r="C767" s="9"/>
+      <c r="E767" s="9"/>
+      <c r="F767" s="1"/>
+    </row>
+    <row r="768" customHeight="1" spans="3:6">
+      <c r="C768" s="1"/>
+      <c r="E768" s="1"/>
+      <c r="F768" s="1"/>
+    </row>
+    <row r="769" customHeight="1" spans="3:6">
+      <c r="C769" s="1"/>
+      <c r="E769" s="1"/>
+      <c r="F769" s="1"/>
+    </row>
+    <row r="770" customHeight="1" spans="3:6">
+      <c r="C770" s="1"/>
+      <c r="E770" s="1"/>
+      <c r="F770" s="1"/>
+    </row>
+    <row r="771" customHeight="1" spans="3:6">
+      <c r="C771" s="1"/>
+      <c r="E771" s="1"/>
+      <c r="F771" s="1"/>
+    </row>
+    <row r="772" customHeight="1" spans="3:6">
+      <c r="C772" s="1"/>
+      <c r="E772" s="1"/>
+      <c r="F772" s="1"/>
+    </row>
+    <row r="773" customHeight="1" spans="3:6">
+      <c r="C773" s="1"/>
+      <c r="E773" s="1"/>
+      <c r="F773" s="1"/>
+    </row>
+    <row r="774" customHeight="1" spans="3:6">
+      <c r="C774" s="1"/>
+      <c r="E774" s="1"/>
+      <c r="F774" s="9"/>
+    </row>
+    <row r="775" customHeight="1" spans="3:6">
+      <c r="C775" s="9"/>
+      <c r="E775" s="9"/>
+      <c r="F775" s="1"/>
+    </row>
+    <row r="776" customHeight="1" spans="3:6">
+      <c r="C776" s="1"/>
+      <c r="E776" s="1"/>
+      <c r="F776" s="1"/>
+    </row>
+    <row r="777" customHeight="1" spans="3:6">
+      <c r="C777" s="1"/>
+      <c r="E777" s="1"/>
+      <c r="F777" s="1"/>
+    </row>
+    <row r="778" customHeight="1" spans="3:6">
+      <c r="C778" s="1"/>
+      <c r="E778" s="1"/>
+      <c r="F778" s="1"/>
+    </row>
+    <row r="779" customHeight="1" spans="3:6">
+      <c r="C779" s="1"/>
+      <c r="E779" s="1"/>
+      <c r="F779" s="1"/>
+    </row>
+    <row r="780" customHeight="1" spans="3:6">
+      <c r="C780" s="1"/>
+      <c r="E780" s="1"/>
+      <c r="F780" s="1"/>
+    </row>
+    <row r="781" customHeight="1" spans="3:6">
+      <c r="C781" s="1"/>
+      <c r="E781" s="1"/>
+      <c r="F781" s="1"/>
+    </row>
+    <row r="782" customHeight="1" spans="3:6">
+      <c r="C782" s="1"/>
+      <c r="E782" s="1"/>
+      <c r="F782" s="9"/>
+    </row>
+    <row r="783" customHeight="1" spans="3:6">
+      <c r="C783" s="9"/>
+      <c r="E783" s="9"/>
+      <c r="F783" s="1"/>
+    </row>
+    <row r="784" customHeight="1" spans="3:6">
+      <c r="C784" s="1"/>
+      <c r="E784" s="1"/>
+      <c r="F784" s="1"/>
+    </row>
+    <row r="785" customHeight="1" spans="3:6">
+      <c r="C785" s="1"/>
+      <c r="E785" s="1"/>
+      <c r="F785" s="1"/>
+    </row>
+    <row r="786" customHeight="1" spans="3:6">
+      <c r="C786" s="1"/>
+      <c r="E786" s="1"/>
+      <c r="F786" s="1"/>
+    </row>
+    <row r="787" customHeight="1" spans="3:6">
+      <c r="C787" s="1"/>
+      <c r="E787" s="1"/>
+      <c r="F787" s="1"/>
+    </row>
+    <row r="788" customHeight="1" spans="3:6">
+      <c r="C788" s="1"/>
+      <c r="E788" s="1"/>
+      <c r="F788" s="1"/>
+    </row>
+    <row r="789" customHeight="1" spans="3:6">
+      <c r="C789" s="1"/>
+      <c r="E789" s="1"/>
+      <c r="F789" s="1"/>
+    </row>
+    <row r="790" customHeight="1" spans="3:6">
+      <c r="C790" s="1"/>
+      <c r="E790" s="1"/>
+      <c r="F790" s="9"/>
+    </row>
+    <row r="791" customHeight="1" spans="3:6">
+      <c r="C791" s="9"/>
+      <c r="E791" s="9"/>
+      <c r="F791" s="1"/>
+    </row>
+    <row r="792" customHeight="1" spans="3:6">
+      <c r="C792" s="1"/>
+      <c r="E792" s="1"/>
+      <c r="F792" s="1"/>
+    </row>
+    <row r="793" customHeight="1" spans="3:6">
+      <c r="C793" s="1"/>
+      <c r="E793" s="1"/>
+      <c r="F793" s="1"/>
+    </row>
+    <row r="794" customHeight="1" spans="3:6">
+      <c r="C794" s="1"/>
+      <c r="E794" s="1"/>
+      <c r="F794" s="1"/>
+    </row>
+    <row r="795" customHeight="1" spans="3:6">
+      <c r="C795" s="1"/>
+      <c r="E795" s="1"/>
+      <c r="F795" s="1"/>
+    </row>
+    <row r="796" customHeight="1" spans="3:6">
+      <c r="C796" s="1"/>
+      <c r="E796" s="1"/>
+      <c r="F796" s="1"/>
+    </row>
+    <row r="797" customHeight="1" spans="3:6">
+      <c r="C797" s="1"/>
+      <c r="E797" s="1"/>
+      <c r="F797" s="1"/>
+    </row>
+    <row r="798" customHeight="1" spans="3:6">
+      <c r="C798" s="1"/>
+      <c r="E798" s="1"/>
+      <c r="F798" s="9"/>
+    </row>
+    <row r="799" customHeight="1" spans="3:6">
+      <c r="C799" s="9"/>
+      <c r="E799" s="9"/>
+      <c r="F799" s="1"/>
+    </row>
+    <row r="800" customHeight="1" spans="3:6">
+      <c r="C800" s="1"/>
+      <c r="E800" s="1"/>
+      <c r="F800" s="1"/>
+    </row>
+    <row r="801" customHeight="1" spans="3:6">
+      <c r="C801" s="1"/>
+      <c r="E801" s="1"/>
+      <c r="F801" s="1"/>
+    </row>
+    <row r="802" customHeight="1" spans="3:6">
+      <c r="C802" s="1"/>
+      <c r="E802" s="1"/>
+      <c r="F802" s="1"/>
+    </row>
+    <row r="803" customHeight="1" spans="3:6">
+      <c r="C803" s="1"/>
+      <c r="E803" s="1"/>
+      <c r="F803" s="1"/>
+    </row>
+    <row r="804" customHeight="1" spans="3:6">
+      <c r="C804" s="1"/>
+      <c r="E804" s="1"/>
+      <c r="F804" s="1"/>
+    </row>
+    <row r="805" customHeight="1" spans="3:6">
+      <c r="C805" s="1"/>
+      <c r="E805" s="1"/>
+      <c r="F805" s="1"/>
+    </row>
+    <row r="806" customHeight="1" spans="3:6">
+      <c r="C806" s="1"/>
+      <c r="E806" s="1"/>
+      <c r="F806" s="9"/>
+    </row>
+    <row r="807" customHeight="1" spans="3:6">
+      <c r="C807" s="9"/>
+      <c r="E807" s="9"/>
+      <c r="F807" s="1"/>
+    </row>
+    <row r="808" customHeight="1" spans="3:6">
+      <c r="C808" s="1"/>
+      <c r="E808" s="1"/>
+      <c r="F808" s="1"/>
+    </row>
+    <row r="809" customHeight="1" spans="3:6">
+      <c r="C809" s="1"/>
+      <c r="E809" s="1"/>
+      <c r="F809" s="1"/>
+    </row>
+    <row r="810" customHeight="1" spans="3:6">
+      <c r="C810" s="1"/>
+      <c r="E810" s="1"/>
+      <c r="F810" s="1"/>
+    </row>
+    <row r="811" customHeight="1" spans="3:6">
+      <c r="C811" s="1"/>
+      <c r="E811" s="1"/>
+      <c r="F811" s="1"/>
+    </row>
+    <row r="812" customHeight="1" spans="3:6">
+      <c r="C812" s="1"/>
+      <c r="E812" s="1"/>
+      <c r="F812" s="1"/>
+    </row>
+    <row r="813" customHeight="1" spans="3:6">
+      <c r="C813" s="1"/>
+      <c r="E813" s="1"/>
+      <c r="F813" s="1"/>
+    </row>
+    <row r="814" customHeight="1" spans="3:6">
+      <c r="C814" s="1"/>
+      <c r="E814" s="1"/>
+      <c r="F814" s="9"/>
+    </row>
+    <row r="815" customHeight="1" spans="3:6">
+      <c r="C815" s="9"/>
+      <c r="E815" s="9"/>
+      <c r="F815" s="1"/>
+    </row>
+    <row r="816" customHeight="1" spans="3:6">
+      <c r="C816" s="1"/>
+      <c r="E816" s="1"/>
+      <c r="F816" s="1"/>
+    </row>
+    <row r="817" customHeight="1" spans="3:6">
+      <c r="C817" s="1"/>
+      <c r="E817" s="1"/>
+      <c r="F817" s="1"/>
+    </row>
+    <row r="818" customHeight="1" spans="3:6">
+      <c r="C818" s="1"/>
+      <c r="E818" s="1"/>
+      <c r="F818" s="1"/>
+    </row>
+    <row r="819" customHeight="1" spans="3:6">
+      <c r="C819" s="1"/>
+      <c r="E819" s="1"/>
+      <c r="F819" s="1"/>
+    </row>
+    <row r="820" customHeight="1" spans="3:6">
+      <c r="C820" s="1"/>
+      <c r="E820" s="1"/>
+      <c r="F820" s="1"/>
+    </row>
+    <row r="821" customHeight="1" spans="3:6">
+      <c r="C821" s="1"/>
+      <c r="E821" s="1"/>
+      <c r="F821" s="1"/>
+    </row>
+    <row r="822" customHeight="1" spans="3:6">
+      <c r="C822" s="1"/>
+      <c r="E822" s="1"/>
+      <c r="F822" s="9"/>
+    </row>
+    <row r="823" customHeight="1" spans="3:6">
+      <c r="C823" s="9"/>
+      <c r="E823" s="9"/>
+      <c r="F823" s="1"/>
+    </row>
+    <row r="824" customHeight="1" spans="3:6">
+      <c r="C824" s="1"/>
+      <c r="E824" s="1"/>
+      <c r="F824" s="1"/>
+    </row>
+    <row r="825" customHeight="1" spans="3:6">
+      <c r="C825" s="1"/>
+      <c r="E825" s="1"/>
+      <c r="F825" s="1"/>
+    </row>
+    <row r="826" customHeight="1" spans="3:6">
+      <c r="C826" s="1"/>
+      <c r="E826" s="1"/>
+      <c r="F826" s="1"/>
+    </row>
+    <row r="827" customHeight="1" spans="3:6">
+      <c r="C827" s="1"/>
+      <c r="E827" s="1"/>
+      <c r="F827" s="1"/>
+    </row>
+    <row r="828" customHeight="1" spans="3:6">
+      <c r="C828" s="1"/>
+      <c r="E828" s="1"/>
+      <c r="F828" s="1"/>
+    </row>
+    <row r="829" customHeight="1" spans="3:6">
+      <c r="C829" s="1"/>
+      <c r="E829" s="1"/>
+      <c r="F829" s="1"/>
+    </row>
+    <row r="830" customHeight="1" spans="3:6">
+      <c r="C830" s="1"/>
+      <c r="E830" s="1"/>
+      <c r="F830" s="9"/>
+    </row>
+    <row r="831" customHeight="1" spans="3:6">
+      <c r="C831" s="9"/>
+      <c r="E831" s="9"/>
+      <c r="F831" s="1"/>
+    </row>
+    <row r="832" customHeight="1" spans="3:6">
+      <c r="C832" s="1"/>
+      <c r="E832" s="1"/>
+      <c r="F832" s="1"/>
+    </row>
+    <row r="833" customHeight="1" spans="3:6">
+      <c r="C833" s="1"/>
+      <c r="E833" s="1"/>
+      <c r="F833" s="1"/>
+    </row>
+    <row r="834" customHeight="1" spans="3:6">
+      <c r="C834" s="1"/>
+      <c r="E834" s="1"/>
+      <c r="F834" s="1"/>
+    </row>
+    <row r="835" customHeight="1" spans="3:6">
+      <c r="C835" s="1"/>
+      <c r="E835" s="1"/>
+      <c r="F835" s="1"/>
+    </row>
+    <row r="836" customHeight="1" spans="3:6">
+      <c r="C836" s="1"/>
+      <c r="E836" s="1"/>
+      <c r="F836" s="1"/>
+    </row>
+    <row r="837" customHeight="1" spans="3:6">
+      <c r="C837" s="1"/>
+      <c r="E837" s="1"/>
+      <c r="F837" s="1"/>
+    </row>
+    <row r="838" customHeight="1" spans="3:6">
+      <c r="C838" s="1"/>
+      <c r="E838" s="1"/>
+      <c r="F838" s="9"/>
+    </row>
+    <row r="839" customHeight="1" spans="3:6">
+      <c r="C839" s="9"/>
+      <c r="E839" s="9"/>
+      <c r="F839" s="1"/>
+    </row>
+    <row r="840" customHeight="1" spans="3:6">
+      <c r="C840" s="1"/>
+      <c r="E840" s="1"/>
+      <c r="F840" s="1"/>
+    </row>
+    <row r="841" customHeight="1" spans="3:6">
+      <c r="C841" s="1"/>
+      <c r="E841" s="1"/>
+      <c r="F841" s="1"/>
+    </row>
+    <row r="842" customHeight="1" spans="3:6">
+      <c r="C842" s="1"/>
+      <c r="E842" s="1"/>
+      <c r="F842" s="1"/>
+    </row>
+    <row r="843" customHeight="1" spans="3:6">
+      <c r="C843" s="1"/>
+      <c r="E843" s="1"/>
+      <c r="F843" s="1"/>
+    </row>
+    <row r="844" customHeight="1" spans="3:6">
+      <c r="C844" s="1"/>
+      <c r="E844" s="1"/>
+      <c r="F844" s="1"/>
+    </row>
+    <row r="845" customHeight="1" spans="3:6">
+      <c r="C845" s="1"/>
+      <c r="E845" s="1"/>
+      <c r="F845" s="1"/>
+    </row>
+    <row r="846" customHeight="1" spans="3:6">
+      <c r="C846" s="1"/>
+      <c r="E846" s="1"/>
+      <c r="F846" s="9"/>
+    </row>
+    <row r="847" customHeight="1" spans="3:6">
+      <c r="C847" s="9"/>
+      <c r="E847" s="9"/>
+      <c r="F847" s="1"/>
+    </row>
+    <row r="848" customHeight="1" spans="3:6">
+      <c r="C848" s="1"/>
+      <c r="E848" s="1"/>
+      <c r="F848" s="1"/>
+    </row>
+    <row r="849" customHeight="1" spans="3:6">
+      <c r="C849" s="1"/>
+      <c r="E849" s="1"/>
+      <c r="F849" s="1"/>
+    </row>
+    <row r="850" customHeight="1" spans="3:6">
+      <c r="C850" s="1"/>
+      <c r="E850" s="1"/>
+      <c r="F850" s="1"/>
+    </row>
+    <row r="851" customHeight="1" spans="3:6">
+      <c r="C851" s="1"/>
+      <c r="E851" s="1"/>
+      <c r="F851" s="1"/>
+    </row>
+    <row r="852" customHeight="1" spans="3:6">
+      <c r="C852" s="1"/>
+      <c r="E852" s="1"/>
+      <c r="F852" s="1"/>
+    </row>
+    <row r="853" customHeight="1" spans="3:6">
+      <c r="C853" s="1"/>
+      <c r="E853" s="1"/>
+      <c r="F853" s="1"/>
+    </row>
+    <row r="854" customHeight="1" spans="3:6">
+      <c r="C854" s="1"/>
+      <c r="E854" s="1"/>
+      <c r="F854" s="9"/>
+    </row>
+    <row r="855" customHeight="1" spans="3:6">
+      <c r="C855" s="9"/>
+      <c r="E855" s="9"/>
+      <c r="F855" s="1"/>
+    </row>
+    <row r="856" customHeight="1" spans="3:6">
+      <c r="C856" s="1"/>
+      <c r="E856" s="1"/>
+      <c r="F856" s="1"/>
+    </row>
+    <row r="857" customHeight="1" spans="3:6">
+      <c r="C857" s="1"/>
+      <c r="E857" s="1"/>
+      <c r="F857" s="1"/>
+    </row>
+    <row r="858" customHeight="1" spans="3:6">
+      <c r="C858" s="1"/>
+      <c r="E858" s="1"/>
+      <c r="F858" s="1"/>
+    </row>
+    <row r="859" customHeight="1" spans="3:6">
+      <c r="C859" s="1"/>
+      <c r="E859" s="1"/>
+      <c r="F859" s="1"/>
+    </row>
+    <row r="860" customHeight="1" spans="3:6">
+      <c r="C860" s="1"/>
+      <c r="E860" s="1"/>
+      <c r="F860" s="1"/>
+    </row>
+    <row r="861" customHeight="1" spans="3:6">
+      <c r="C861" s="1"/>
+      <c r="E861" s="1"/>
+      <c r="F861" s="1"/>
+    </row>
+    <row r="862" customHeight="1" spans="3:6">
+      <c r="C862" s="1"/>
+      <c r="E862" s="1"/>
+      <c r="F862" s="9"/>
+    </row>
+    <row r="863" customHeight="1" spans="3:6">
+      <c r="C863" s="9"/>
+      <c r="E863" s="9"/>
+      <c r="F863" s="1"/>
+    </row>
+    <row r="864" customHeight="1" spans="3:6">
+      <c r="C864" s="1"/>
+      <c r="E864" s="1"/>
+      <c r="F864" s="1"/>
+    </row>
+    <row r="865" customHeight="1" spans="3:6">
+      <c r="C865" s="1"/>
+      <c r="E865" s="1"/>
+      <c r="F865" s="1"/>
+    </row>
+    <row r="866" customHeight="1" spans="3:6">
+      <c r="C866" s="1"/>
+      <c r="E866" s="1"/>
+      <c r="F866" s="1"/>
+    </row>
+    <row r="867" customHeight="1" spans="3:6">
+      <c r="C867" s="1"/>
+      <c r="E867" s="1"/>
+      <c r="F867" s="1"/>
+    </row>
+    <row r="868" customHeight="1" spans="3:6">
+      <c r="C868" s="1"/>
+      <c r="E868" s="1"/>
+      <c r="F868" s="1"/>
+    </row>
+    <row r="869" customHeight="1" spans="3:6">
+      <c r="C869" s="1"/>
+      <c r="E869" s="1"/>
+      <c r="F869" s="1"/>
+    </row>
+    <row r="870" customHeight="1" spans="3:6">
+      <c r="C870" s="1"/>
+      <c r="E870" s="1"/>
+      <c r="F870" s="9"/>
+    </row>
+    <row r="871" customHeight="1" spans="3:6">
+      <c r="C871" s="9"/>
+      <c r="E871" s="9"/>
+      <c r="F871" s="1"/>
+    </row>
+    <row r="872" customHeight="1" spans="3:6">
+      <c r="C872" s="1"/>
+      <c r="E872" s="1"/>
+      <c r="F872" s="1"/>
+    </row>
+    <row r="873" customHeight="1" spans="3:6">
+      <c r="C873" s="1"/>
+      <c r="E873" s="1"/>
+      <c r="F873" s="1"/>
+    </row>
+    <row r="874" customHeight="1" spans="3:6">
+      <c r="C874" s="1"/>
+      <c r="E874" s="1"/>
+      <c r="F874" s="1"/>
+    </row>
+    <row r="875" customHeight="1" spans="3:6">
+      <c r="C875" s="1"/>
+      <c r="E875" s="1"/>
+      <c r="F875" s="1"/>
+    </row>
+    <row r="876" customHeight="1" spans="3:6">
+      <c r="C876" s="1"/>
+      <c r="E876" s="1"/>
+      <c r="F876" s="1"/>
+    </row>
+    <row r="877" customHeight="1" spans="3:6">
+      <c r="C877" s="1"/>
+      <c r="E877" s="1"/>
+      <c r="F877" s="1"/>
+    </row>
+    <row r="878" customHeight="1" spans="3:6">
+      <c r="C878" s="1"/>
+      <c r="E878" s="1"/>
+      <c r="F878" s="9"/>
+    </row>
+    <row r="879" customHeight="1" spans="3:6">
+      <c r="C879" s="9"/>
+      <c r="E879" s="9"/>
+      <c r="F879" s="1"/>
+    </row>
+    <row r="880" customHeight="1" spans="3:6">
+      <c r="C880" s="1"/>
+      <c r="E880" s="1"/>
+      <c r="F880" s="1"/>
+    </row>
+    <row r="881" customHeight="1" spans="3:6">
+      <c r="C881" s="1"/>
+      <c r="E881" s="1"/>
+      <c r="F881" s="1"/>
+    </row>
+    <row r="882" customHeight="1" spans="3:6">
+      <c r="C882" s="1"/>
+      <c r="E882" s="1"/>
+      <c r="F882" s="1"/>
+    </row>
+    <row r="883" customHeight="1" spans="3:6">
+      <c r="C883" s="1"/>
+      <c r="E883" s="1"/>
+      <c r="F883" s="1"/>
+    </row>
+    <row r="884" customHeight="1" spans="3:6">
+      <c r="C884" s="1"/>
+      <c r="E884" s="1"/>
+      <c r="F884" s="1"/>
+    </row>
+    <row r="885" customHeight="1" spans="3:6">
+      <c r="C885" s="1"/>
+      <c r="E885" s="1"/>
+      <c r="F885" s="1"/>
+    </row>
+    <row r="886" customHeight="1" spans="3:6">
+      <c r="C886" s="1"/>
+      <c r="E886" s="1"/>
+      <c r="F886" s="9"/>
+    </row>
+    <row r="887" customHeight="1" spans="3:6">
+      <c r="C887" s="9"/>
+      <c r="E887" s="9"/>
+      <c r="F887" s="1"/>
+    </row>
+    <row r="888" customHeight="1" spans="3:6">
+      <c r="C888" s="1"/>
+      <c r="E888" s="1"/>
+      <c r="F888" s="1"/>
+    </row>
+    <row r="889" customHeight="1" spans="3:6">
+      <c r="C889" s="1"/>
+      <c r="E889" s="1"/>
+      <c r="F889" s="1"/>
+    </row>
+    <row r="890" customHeight="1" spans="3:6">
+      <c r="C890" s="1"/>
+      <c r="E890" s="1"/>
+      <c r="F890" s="1"/>
+    </row>
+    <row r="891" customHeight="1" spans="3:6">
+      <c r="C891" s="1"/>
+      <c r="E891" s="1"/>
+      <c r="F891" s="1"/>
+    </row>
+    <row r="892" customHeight="1" spans="3:6">
+      <c r="C892" s="1"/>
+      <c r="E892" s="1"/>
+      <c r="F892" s="1"/>
+    </row>
+    <row r="893" customHeight="1" spans="3:6">
+      <c r="C893" s="1"/>
+      <c r="E893" s="1"/>
+      <c r="F893" s="1"/>
+    </row>
+    <row r="894" customHeight="1" spans="3:6">
+      <c r="C894" s="1"/>
+      <c r="E894" s="1"/>
+      <c r="F894" s="9"/>
+    </row>
+    <row r="895" customHeight="1" spans="3:6">
+      <c r="C895" s="9"/>
+      <c r="E895" s="9"/>
+      <c r="F895" s="1"/>
+    </row>
+    <row r="896" customHeight="1" spans="3:6">
+      <c r="C896" s="1"/>
+      <c r="E896" s="1"/>
+      <c r="F896" s="1"/>
+    </row>
+    <row r="897" customHeight="1" spans="3:6">
+      <c r="C897" s="1"/>
+      <c r="E897" s="1"/>
+      <c r="F897" s="1"/>
+    </row>
+    <row r="898" customHeight="1" spans="3:6">
+      <c r="C898" s="1"/>
+      <c r="E898" s="1"/>
+      <c r="F898" s="1"/>
+    </row>
+    <row r="899" customHeight="1" spans="3:6">
+      <c r="C899" s="1"/>
+      <c r="E899" s="1"/>
+      <c r="F899" s="1"/>
+    </row>
+    <row r="900" customHeight="1" spans="3:6">
+      <c r="C900" s="1"/>
+      <c r="E900" s="1"/>
+      <c r="F900" s="1"/>
+    </row>
+    <row r="901" customHeight="1" spans="3:6">
+      <c r="C901" s="1"/>
+      <c r="E901" s="1"/>
+      <c r="F901" s="1"/>
+    </row>
+    <row r="902" customHeight="1" spans="3:6">
+      <c r="C902" s="1"/>
+      <c r="E902" s="1"/>
+      <c r="F902" s="9"/>
+    </row>
+    <row r="903" customHeight="1" spans="3:6">
+      <c r="C903" s="9"/>
+      <c r="E903" s="9"/>
+      <c r="F903" s="1"/>
+    </row>
+    <row r="904" customHeight="1" spans="3:6">
+      <c r="C904" s="1"/>
+      <c r="E904" s="1"/>
+      <c r="F904" s="1"/>
+    </row>
+    <row r="905" customHeight="1" spans="3:6">
+      <c r="C905" s="1"/>
+      <c r="E905" s="1"/>
+      <c r="F905" s="1"/>
+    </row>
+    <row r="906" customHeight="1" spans="3:6">
+      <c r="C906" s="1"/>
+      <c r="E906" s="1"/>
+      <c r="F906" s="1"/>
+    </row>
+    <row r="907" customHeight="1" spans="3:6">
+      <c r="C907" s="1"/>
+      <c r="E907" s="1"/>
+      <c r="F907" s="1"/>
+    </row>
+    <row r="908" customHeight="1" spans="3:6">
+      <c r="C908" s="1"/>
+      <c r="E908" s="1"/>
+      <c r="F908" s="1"/>
+    </row>
+    <row r="909" customHeight="1" spans="3:6">
+      <c r="C909" s="1"/>
+      <c r="E909" s="1"/>
+      <c r="F909" s="1"/>
+    </row>
+    <row r="910" customHeight="1" spans="3:6">
+      <c r="C910" s="1"/>
+      <c r="E910" s="1"/>
+      <c r="F910" s="9"/>
+    </row>
+    <row r="911" customHeight="1" spans="3:6">
+      <c r="C911" s="9"/>
+      <c r="E911" s="9"/>
+      <c r="F911" s="1"/>
+    </row>
+    <row r="912" customHeight="1" spans="3:6">
+      <c r="C912" s="1"/>
+      <c r="E912" s="1"/>
+      <c r="F912" s="1"/>
+    </row>
+    <row r="913" customHeight="1" spans="3:6">
+      <c r="C913" s="1"/>
+      <c r="E913" s="1"/>
+      <c r="F913" s="1"/>
+    </row>
+    <row r="914" customHeight="1" spans="3:6">
+      <c r="C914" s="1"/>
+      <c r="E914" s="1"/>
+      <c r="F914" s="1"/>
+    </row>
+    <row r="915" customHeight="1" spans="3:6">
+      <c r="C915" s="1"/>
+      <c r="E915" s="1"/>
+      <c r="F915" s="1"/>
+    </row>
+    <row r="916" customHeight="1" spans="3:6">
+      <c r="C916" s="1"/>
+      <c r="E916" s="1"/>
+      <c r="F916" s="1"/>
+    </row>
+    <row r="917" customHeight="1" spans="3:6">
+      <c r="C917" s="1"/>
+      <c r="E917" s="1"/>
+      <c r="F917" s="1"/>
+    </row>
+    <row r="918" customHeight="1" spans="3:6">
+      <c r="C918" s="1"/>
+      <c r="E918" s="1"/>
+      <c r="F918" s="9"/>
+    </row>
+    <row r="919" customHeight="1" spans="3:6">
+      <c r="C919" s="9"/>
+      <c r="E919" s="9"/>
+      <c r="F919" s="1"/>
+    </row>
+    <row r="920" customHeight="1" spans="3:6">
+      <c r="C920" s="1"/>
+      <c r="E920" s="1"/>
+      <c r="F920" s="1"/>
+    </row>
+    <row r="921" customHeight="1" spans="3:6">
+      <c r="C921" s="1"/>
+      <c r="E921" s="1"/>
+      <c r="F921" s="1"/>
+    </row>
+    <row r="922" customHeight="1" spans="3:6">
+      <c r="C922" s="1"/>
+      <c r="E922" s="1"/>
+      <c r="F922" s="1"/>
+    </row>
+    <row r="923" customHeight="1" spans="3:6">
+      <c r="C923" s="1"/>
+      <c r="E923" s="1"/>
+      <c r="F923" s="1"/>
+    </row>
+    <row r="924" customHeight="1" spans="3:6">
+      <c r="C924" s="1"/>
+      <c r="E924" s="1"/>
+      <c r="F924" s="1"/>
+    </row>
+    <row r="925" customHeight="1" spans="3:6">
+      <c r="C925" s="1"/>
+      <c r="E925" s="1"/>
+      <c r="F925" s="1"/>
+    </row>
+    <row r="926" customHeight="1" spans="3:6">
+      <c r="C926" s="1"/>
+      <c r="E926" s="1"/>
+      <c r="F926" s="9"/>
+    </row>
+    <row r="927" customHeight="1" spans="3:6">
+      <c r="C927" s="9"/>
+      <c r="E927" s="9"/>
+      <c r="F927" s="1"/>
+    </row>
+    <row r="928" customHeight="1" spans="3:6">
+      <c r="C928" s="1"/>
+      <c r="E928" s="1"/>
+      <c r="F928" s="1"/>
+    </row>
+    <row r="929" customHeight="1" spans="3:6">
+      <c r="C929" s="1"/>
+      <c r="E929" s="1"/>
+      <c r="F929" s="1"/>
+    </row>
+    <row r="930" customHeight="1" spans="3:6">
+      <c r="C930" s="1"/>
+      <c r="E930" s="1"/>
+      <c r="F930" s="1"/>
+    </row>
+    <row r="931" customHeight="1" spans="3:6">
+      <c r="C931" s="1"/>
+      <c r="E931" s="1"/>
+      <c r="F931" s="1"/>
+    </row>
+    <row r="932" customHeight="1" spans="3:6">
+      <c r="C932" s="1"/>
+      <c r="E932" s="1"/>
+      <c r="F932" s="1"/>
+    </row>
+    <row r="933" customHeight="1" spans="3:6">
+      <c r="C933" s="1"/>
+      <c r="E933" s="1"/>
+      <c r="F933" s="1"/>
+    </row>
+    <row r="934" customHeight="1" spans="3:6">
+      <c r="C934" s="1"/>
+      <c r="E934" s="1"/>
+      <c r="F934" s="9"/>
+    </row>
+    <row r="935" customHeight="1" spans="3:6">
+      <c r="C935" s="9"/>
+      <c r="E935" s="9"/>
+      <c r="F935" s="1"/>
+    </row>
+    <row r="936" customHeight="1" spans="3:6">
+      <c r="C936" s="1"/>
+      <c r="E936" s="1"/>
+      <c r="F936" s="1"/>
+    </row>
+    <row r="937" customHeight="1" spans="3:6">
+      <c r="C937" s="1"/>
+      <c r="E937" s="1"/>
+      <c r="F937" s="1"/>
+    </row>
+    <row r="938" customHeight="1" spans="3:6">
+      <c r="C938" s="1"/>
+      <c r="E938" s="1"/>
+      <c r="F938" s="1"/>
+    </row>
+    <row r="939" customHeight="1" spans="3:6">
+      <c r="C939" s="1"/>
+      <c r="E939" s="1"/>
+      <c r="F939" s="1"/>
+    </row>
+    <row r="940" customHeight="1" spans="3:6">
+      <c r="C940" s="1"/>
+      <c r="E940" s="1"/>
+      <c r="F940" s="1"/>
+    </row>
+    <row r="941" customHeight="1" spans="3:6">
+      <c r="C941" s="1"/>
+      <c r="E941" s="1"/>
+      <c r="F941" s="1"/>
+    </row>
+    <row r="942" customHeight="1" spans="3:6">
+      <c r="C942" s="1"/>
+      <c r="E942" s="1"/>
+      <c r="F942" s="9"/>
+    </row>
+    <row r="943" customHeight="1" spans="3:6">
+      <c r="C943" s="9"/>
+      <c r="E943" s="9"/>
+      <c r="F943" s="1"/>
+    </row>
+    <row r="944" customHeight="1" spans="3:6">
+      <c r="C944" s="1"/>
+      <c r="E944" s="1"/>
+      <c r="F944" s="1"/>
+    </row>
+    <row r="945" customHeight="1" spans="3:6">
+      <c r="C945" s="1"/>
+      <c r="E945" s="1"/>
+      <c r="F945" s="1"/>
+    </row>
+    <row r="946" customHeight="1" spans="3:6">
+      <c r="C946" s="1"/>
+      <c r="E946" s="1"/>
+      <c r="F946" s="1"/>
+    </row>
+    <row r="947" customHeight="1" spans="3:6">
+      <c r="C947" s="1"/>
+      <c r="E947" s="1"/>
+      <c r="F947" s="1"/>
+    </row>
+    <row r="948" customHeight="1" spans="3:6">
+      <c r="C948" s="1"/>
+      <c r="E948" s="1"/>
+      <c r="F948" s="1"/>
+    </row>
+    <row r="949" customHeight="1" spans="3:6">
+      <c r="C949" s="1"/>
+      <c r="E949" s="1"/>
+      <c r="F949" s="1"/>
+    </row>
+    <row r="950" customHeight="1" spans="3:6">
+      <c r="C950" s="1"/>
+      <c r="E950" s="1"/>
+      <c r="F950" s="9"/>
+    </row>
+    <row r="951" customHeight="1" spans="3:6">
+      <c r="C951" s="9"/>
+      <c r="E951" s="9"/>
+      <c r="F951" s="1"/>
+    </row>
+    <row r="952" customHeight="1" spans="3:6">
+      <c r="C952" s="1"/>
+      <c r="E952" s="1"/>
+      <c r="F952" s="1"/>
+    </row>
+    <row r="953" customHeight="1" spans="3:6">
+      <c r="C953" s="1"/>
+      <c r="E953" s="1"/>
+      <c r="F953" s="1"/>
+    </row>
+    <row r="954" customHeight="1" spans="3:6">
+      <c r="C954" s="1"/>
+      <c r="E954" s="1"/>
+      <c r="F954" s="1"/>
+    </row>
+    <row r="955" customHeight="1" spans="3:6">
+      <c r="C955" s="1"/>
+      <c r="E955" s="1"/>
+      <c r="F955" s="1"/>
+    </row>
+    <row r="956" customHeight="1" spans="3:6">
+      <c r="C956" s="1"/>
+      <c r="E956" s="1"/>
+      <c r="F956" s="1"/>
+    </row>
+    <row r="957" customHeight="1" spans="3:6">
+      <c r="C957" s="1"/>
+      <c r="E957" s="1"/>
+      <c r="F957" s="1"/>
+    </row>
+    <row r="958" customHeight="1" spans="3:6">
+      <c r="C958" s="1"/>
+      <c r="E958" s="1"/>
+      <c r="F958" s="9"/>
+    </row>
+    <row r="959" customHeight="1" spans="3:6">
+      <c r="C959" s="9"/>
+      <c r="E959" s="9"/>
+      <c r="F959" s="1"/>
+    </row>
+    <row r="960" customHeight="1" spans="3:6">
+      <c r="C960" s="1"/>
+      <c r="E960" s="1"/>
+      <c r="F960" s="1"/>
+    </row>
+    <row r="961" customHeight="1" spans="3:6">
+      <c r="C961" s="1"/>
+      <c r="E961" s="1"/>
+      <c r="F961" s="1"/>
+    </row>
+    <row r="962" customHeight="1" spans="3:6">
+      <c r="C962" s="1"/>
+      <c r="E962" s="1"/>
+      <c r="F962" s="1"/>
+    </row>
+    <row r="963" customHeight="1" spans="3:6">
+      <c r="C963" s="1"/>
+      <c r="E963" s="1"/>
+      <c r="F963" s="1"/>
+    </row>
+    <row r="964" customHeight="1" spans="3:6">
+      <c r="C964" s="1"/>
+      <c r="E964" s="1"/>
+      <c r="F964" s="1"/>
+    </row>
+    <row r="965" customHeight="1" spans="3:6">
+      <c r="C965" s="1"/>
+      <c r="E965" s="1"/>
+      <c r="F965" s="1"/>
+    </row>
+    <row r="966" customHeight="1" spans="3:6">
+      <c r="C966" s="1"/>
+      <c r="E966" s="1"/>
+      <c r="F966" s="9"/>
+    </row>
+    <row r="967" customHeight="1" spans="3:6">
+      <c r="C967" s="9"/>
+      <c r="E967" s="9"/>
+      <c r="F967" s="1"/>
+    </row>
+    <row r="968" customHeight="1" spans="3:6">
+      <c r="C968" s="1"/>
+      <c r="E968" s="1"/>
+      <c r="F968" s="1"/>
+    </row>
+    <row r="969" customHeight="1" spans="3:6">
+      <c r="C969" s="1"/>
+      <c r="E969" s="1"/>
+      <c r="F969" s="1"/>
+    </row>
+    <row r="970" customHeight="1" spans="3:6">
+      <c r="C970" s="1"/>
+      <c r="E970" s="1"/>
+      <c r="F970" s="1"/>
+    </row>
+    <row r="971" customHeight="1" spans="3:6">
+      <c r="C971" s="1"/>
+      <c r="E971" s="1"/>
+      <c r="F971" s="1"/>
+    </row>
+    <row r="972" customHeight="1" spans="3:6">
+      <c r="C972" s="1"/>
+      <c r="E972" s="1"/>
+      <c r="F972" s="1"/>
+    </row>
+    <row r="973" customHeight="1" spans="3:6">
+      <c r="C973" s="1"/>
+      <c r="E973" s="1"/>
+      <c r="F973" s="1"/>
+    </row>
+    <row r="974" customHeight="1" spans="3:6">
+      <c r="C974" s="1"/>
+      <c r="E974" s="1"/>
+      <c r="F974" s="9"/>
+    </row>
+    <row r="975" customHeight="1" spans="3:6">
+      <c r="C975" s="9"/>
+      <c r="E975" s="9"/>
+      <c r="F975" s="1"/>
+    </row>
+    <row r="976" customHeight="1" spans="3:6">
+      <c r="C976" s="1"/>
+      <c r="E976" s="1"/>
+      <c r="F976" s="1"/>
+    </row>
+    <row r="977" customHeight="1" spans="3:6">
+      <c r="C977" s="1"/>
+      <c r="E977" s="1"/>
+      <c r="F977" s="1"/>
+    </row>
+    <row r="978" customHeight="1" spans="3:6">
+      <c r="C978" s="1"/>
+      <c r="E978" s="1"/>
+      <c r="F978" s="1"/>
+    </row>
+    <row r="979" customHeight="1" spans="3:6">
+      <c r="C979" s="1"/>
+      <c r="E979" s="1"/>
+      <c r="F979" s="1"/>
+    </row>
+    <row r="980" customHeight="1" spans="3:6">
+      <c r="C980" s="1"/>
+      <c r="E980" s="1"/>
+      <c r="F980" s="1"/>
+    </row>
+    <row r="981" customHeight="1" spans="3:6">
+      <c r="C981" s="1"/>
+      <c r="E981" s="1"/>
+      <c r="F981" s="1"/>
+    </row>
+    <row r="982" customHeight="1" spans="3:6">
+      <c r="C982" s="1"/>
+      <c r="E982" s="1"/>
+      <c r="F982" s="9"/>
+    </row>
+    <row r="983" customHeight="1" spans="3:6">
+      <c r="C983" s="9"/>
+      <c r="E983" s="9"/>
+      <c r="F983" s="1"/>
+    </row>
+    <row r="984" customHeight="1" spans="3:6">
+      <c r="C984" s="1"/>
+      <c r="E984" s="1"/>
+      <c r="F984" s="1"/>
+    </row>
+    <row r="985" customHeight="1" spans="3:6">
+      <c r="C985" s="1"/>
+      <c r="E985" s="1"/>
+      <c r="F985" s="1"/>
+    </row>
+    <row r="986" customHeight="1" spans="3:6">
+      <c r="C986" s="1"/>
+      <c r="E986" s="1"/>
+      <c r="F986" s="1"/>
+    </row>
+    <row r="987" customHeight="1" spans="3:6">
+      <c r="C987" s="1"/>
+      <c r="E987" s="1"/>
+      <c r="F987" s="1"/>
+    </row>
+    <row r="988" customHeight="1" spans="3:6">
+      <c r="C988" s="1"/>
+      <c r="E988" s="1"/>
+      <c r="F988" s="1"/>
+    </row>
+    <row r="989" customHeight="1" spans="3:6">
+      <c r="C989" s="1"/>
+      <c r="E989" s="1"/>
+      <c r="F989" s="1"/>
+    </row>
+    <row r="990" customHeight="1" spans="3:6">
+      <c r="C990" s="1"/>
+      <c r="E990" s="1"/>
+      <c r="F990" s="9"/>
+    </row>
+    <row r="991" customHeight="1" spans="3:6">
+      <c r="C991" s="9"/>
+      <c r="E991" s="9"/>
+      <c r="F991" s="1"/>
+    </row>
+    <row r="992" customHeight="1" spans="3:6">
+      <c r="C992" s="1"/>
+      <c r="E992" s="1"/>
+      <c r="F992" s="1"/>
+    </row>
+    <row r="993" customHeight="1" spans="3:6">
+      <c r="C993" s="1"/>
+      <c r="E993" s="1"/>
+      <c r="F993" s="1"/>
+    </row>
+    <row r="994" customHeight="1" spans="3:6">
+      <c r="C994" s="1"/>
+      <c r="E994" s="1"/>
+      <c r="F994" s="1"/>
+    </row>
+    <row r="995" customHeight="1" spans="3:6">
+      <c r="C995" s="1"/>
+      <c r="E995" s="1"/>
+      <c r="F995" s="1"/>
+    </row>
+    <row r="996" customHeight="1" spans="3:6">
+      <c r="C996" s="1"/>
+      <c r="E996" s="1"/>
+      <c r="F996" s="1"/>
+    </row>
+    <row r="997" customHeight="1" spans="3:6">
+      <c r="C997" s="1"/>
+      <c r="E997" s="1"/>
+      <c r="F997" s="1"/>
+    </row>
+    <row r="998" customHeight="1" spans="3:6">
+      <c r="C998" s="1"/>
+      <c r="E998" s="1"/>
+      <c r="F998" s="9"/>
+    </row>
+    <row r="999" customHeight="1" spans="3:6">
+      <c r="C999" s="9"/>
+      <c r="E999" s="9"/>
+      <c r="F999" s="1"/>
+    </row>
+    <row r="1000" customHeight="1" spans="3:6">
+      <c r="C1000" s="1"/>
+      <c r="E1000" s="1"/>
+      <c r="F1000" s="1"/>
+    </row>
+    <row r="1001" customHeight="1" spans="3:6">
+      <c r="C1001" s="1"/>
+      <c r="E1001" s="1"/>
+      <c r="F1001" s="1"/>
+    </row>
+    <row r="1002" customHeight="1" spans="3:6">
+      <c r="C1002" s="1"/>
+      <c r="E1002" s="1"/>
+      <c r="F1002" s="1"/>
+    </row>
+    <row r="1003" customHeight="1" spans="3:6">
+      <c r="C1003" s="1"/>
+      <c r="E1003" s="1"/>
+      <c r="F1003" s="1"/>
+    </row>
+    <row r="1004" customHeight="1" spans="3:6">
+      <c r="C1004" s="1"/>
+      <c r="E1004" s="1"/>
+      <c r="F1004" s="1"/>
+    </row>
+    <row r="1005" customHeight="1" spans="3:6">
+      <c r="C1005" s="1"/>
+      <c r="E1005" s="1"/>
+      <c r="F1005" s="1"/>
+    </row>
+    <row r="1006" customHeight="1" spans="3:6">
+      <c r="C1006" s="1"/>
+      <c r="E1006" s="1"/>
+      <c r="F1006" s="9"/>
+    </row>
+    <row r="1007" customHeight="1" spans="3:6">
+      <c r="C1007" s="9"/>
+      <c r="E1007" s="9"/>
+      <c r="F1007" s="1"/>
+    </row>
+    <row r="1008" customHeight="1" spans="3:6">
+      <c r="C1008" s="1"/>
+      <c r="E1008" s="1"/>
+      <c r="F1008" s="1"/>
+    </row>
+    <row r="1009" customHeight="1" spans="3:6">
+      <c r="C1009" s="1"/>
+      <c r="E1009" s="1"/>
+      <c r="F1009" s="1"/>
+    </row>
+    <row r="1010" customHeight="1" spans="3:6">
+      <c r="C1010" s="1"/>
+      <c r="E1010" s="1"/>
+      <c r="F1010" s="1"/>
+    </row>
+    <row r="1011" customHeight="1" spans="3:6">
+      <c r="C1011" s="1"/>
+      <c r="E1011" s="1"/>
+      <c r="F1011" s="1"/>
+    </row>
+    <row r="1012" customHeight="1" spans="3:6">
+      <c r="C1012" s="1"/>
+      <c r="E1012" s="1"/>
+      <c r="F1012" s="1"/>
+    </row>
+    <row r="1013" customHeight="1" spans="3:6">
+      <c r="C1013" s="1"/>
+      <c r="E1013" s="1"/>
+      <c r="F1013" s="1"/>
+    </row>
+    <row r="1014" customHeight="1" spans="3:6">
+      <c r="C1014" s="1"/>
+      <c r="E1014" s="1"/>
+      <c r="F1014" s="9"/>
+    </row>
+    <row r="1015" customHeight="1" spans="3:6">
+      <c r="C1015" s="9"/>
+      <c r="E1015" s="9"/>
+      <c r="F1015" s="1"/>
+    </row>
+    <row r="1016" customHeight="1" spans="3:6">
+      <c r="C1016" s="1"/>
+      <c r="E1016" s="1"/>
+      <c r="F1016" s="1"/>
+    </row>
+    <row r="1017" customHeight="1" spans="3:6">
+      <c r="C1017" s="1"/>
+      <c r="E1017" s="1"/>
+      <c r="F1017" s="1"/>
+    </row>
+    <row r="1018" customHeight="1" spans="3:6">
+      <c r="C1018" s="1"/>
+      <c r="E1018" s="1"/>
+      <c r="F1018" s="1"/>
+    </row>
+    <row r="1019" customHeight="1" spans="3:6">
+      <c r="C1019" s="1"/>
+      <c r="E1019" s="1"/>
+      <c r="F1019" s="1"/>
+    </row>
+    <row r="1020" customHeight="1" spans="3:6">
+      <c r="C1020" s="1"/>
+      <c r="E1020" s="1"/>
+      <c r="F1020" s="1"/>
+    </row>
+    <row r="1021" customHeight="1" spans="3:6">
+      <c r="C1021" s="1"/>
+      <c r="E1021" s="1"/>
+      <c r="F1021" s="1"/>
+    </row>
+    <row r="1022" customHeight="1" spans="3:6">
+      <c r="C1022" s="1"/>
+      <c r="E1022" s="1"/>
+      <c r="F1022" s="9"/>
+    </row>
+    <row r="1023" customHeight="1" spans="3:6">
+      <c r="C1023" s="9"/>
+      <c r="E1023" s="9"/>
+      <c r="F1023" s="1"/>
+    </row>
+    <row r="1024" customHeight="1" spans="3:6">
+      <c r="C1024" s="1"/>
+      <c r="E1024" s="1"/>
+      <c r="F1024" s="1"/>
+    </row>
+    <row r="1025" customHeight="1" spans="3:6">
+      <c r="C1025" s="1"/>
+      <c r="E1025" s="1"/>
+      <c r="F1025" s="1"/>
+    </row>
+    <row r="1026" customHeight="1" spans="3:6">
+      <c r="C1026" s="1"/>
+      <c r="E1026" s="1"/>
+      <c r="F1026" s="1"/>
+    </row>
+    <row r="1027" customHeight="1" spans="3:6">
+      <c r="C1027" s="1"/>
+      <c r="E1027" s="1"/>
+      <c r="F1027" s="1"/>
+    </row>
+    <row r="1028" customHeight="1" spans="3:6">
+      <c r="C1028" s="1"/>
+      <c r="E1028" s="1"/>
+      <c r="F1028" s="1"/>
+    </row>
+    <row r="1029" customHeight="1" spans="3:6">
+      <c r="C1029" s="1"/>
+      <c r="E1029" s="1"/>
+      <c r="F1029" s="1"/>
+    </row>
+    <row r="1030" customHeight="1" spans="3:6">
+      <c r="C1030" s="1"/>
+      <c r="E1030" s="1"/>
+      <c r="F1030" s="9"/>
+    </row>
+    <row r="1031" customHeight="1" spans="3:6">
+      <c r="C1031" s="9"/>
+      <c r="E1031" s="9"/>
+      <c r="F1031" s="1"/>
+    </row>
+    <row r="1032" customHeight="1" spans="3:6">
+      <c r="C1032" s="1"/>
+      <c r="E1032" s="1"/>
+      <c r="F1032" s="1"/>
+    </row>
+    <row r="1033" customHeight="1" spans="3:6">
+      <c r="C1033" s="1"/>
+      <c r="E1033" s="1"/>
+      <c r="F1033" s="1"/>
+    </row>
+    <row r="1034" customHeight="1" spans="3:6">
+      <c r="C1034" s="1"/>
+      <c r="E1034" s="1"/>
+      <c r="F1034" s="1"/>
+    </row>
+    <row r="1035" customHeight="1" spans="3:6">
+      <c r="C1035" s="1"/>
+      <c r="E1035" s="1"/>
+      <c r="F1035" s="1"/>
+    </row>
+    <row r="1036" customHeight="1" spans="3:6">
+      <c r="C1036" s="1"/>
+      <c r="E1036" s="1"/>
+      <c r="F1036" s="1"/>
+    </row>
+    <row r="1037" customHeight="1" spans="3:6">
+      <c r="C1037" s="1"/>
+      <c r="E1037" s="1"/>
+      <c r="F1037" s="1"/>
+    </row>
+    <row r="1038" customHeight="1" spans="3:6">
+      <c r="C1038" s="1"/>
+      <c r="E1038" s="1"/>
+      <c r="F1038" s="9"/>
+    </row>
+    <row r="1039" customHeight="1" spans="3:6">
+      <c r="C1039" s="9"/>
+      <c r="E1039" s="9"/>
+      <c r="F1039" s="1"/>
+    </row>
+    <row r="1040" customHeight="1" spans="3:6">
+      <c r="C1040" s="1"/>
+      <c r="E1040" s="1"/>
+      <c r="F1040" s="1"/>
+    </row>
+    <row r="1041" customHeight="1" spans="3:6">
+      <c r="C1041" s="1"/>
+      <c r="E1041" s="1"/>
+      <c r="F1041" s="1"/>
+    </row>
+    <row r="1042" customHeight="1" spans="3:6">
+      <c r="C1042" s="1"/>
+      <c r="E1042" s="1"/>
+      <c r="F1042" s="1"/>
+    </row>
+    <row r="1043" customHeight="1" spans="3:6">
+      <c r="C1043" s="1"/>
+      <c r="E1043" s="1"/>
+      <c r="F1043" s="1"/>
+    </row>
+    <row r="1044" customHeight="1" spans="3:6">
+      <c r="C1044" s="1"/>
+      <c r="E1044" s="1"/>
+      <c r="F1044" s="1"/>
+    </row>
+    <row r="1045" customHeight="1" spans="3:6">
+      <c r="C1045" s="1"/>
+      <c r="E1045" s="1"/>
+      <c r="F1045" s="1"/>
+    </row>
+    <row r="1046" customHeight="1" spans="3:6">
+      <c r="C1046" s="1"/>
+      <c r="E1046" s="1"/>
+      <c r="F1046" s="9"/>
+    </row>
+    <row r="1047" customHeight="1" spans="3:6">
+      <c r="C1047" s="9"/>
+      <c r="E1047" s="9"/>
+      <c r="F1047" s="1"/>
+    </row>
+    <row r="1048" customHeight="1" spans="3:6">
+      <c r="C1048" s="1"/>
+      <c r="E1048" s="1"/>
+      <c r="F1048" s="1"/>
+    </row>
+    <row r="1049" customHeight="1" spans="3:6">
+      <c r="C1049" s="1"/>
+      <c r="E1049" s="1"/>
+      <c r="F1049" s="1"/>
+    </row>
+    <row r="1050" customHeight="1" spans="3:6">
+      <c r="C1050" s="1"/>
+      <c r="E1050" s="1"/>
+      <c r="F1050" s="1"/>
+    </row>
+    <row r="1051" customHeight="1" spans="3:6">
+      <c r="C1051" s="1"/>
+      <c r="E1051" s="1"/>
+      <c r="F1051" s="1"/>
+    </row>
+    <row r="1052" customHeight="1" spans="3:6">
+      <c r="C1052" s="1"/>
+      <c r="E1052" s="1"/>
+      <c r="F1052" s="1"/>
+    </row>
+    <row r="1053" customHeight="1" spans="3:6">
+      <c r="C1053" s="1"/>
+      <c r="E1053" s="1"/>
+      <c r="F1053" s="1"/>
+    </row>
+    <row r="1054" customHeight="1" spans="3:6">
+      <c r="C1054" s="1"/>
+      <c r="E1054" s="1"/>
+      <c r="F1054" s="9"/>
+    </row>
+    <row r="1055" customHeight="1" spans="3:6">
+      <c r="C1055" s="9"/>
+      <c r="E1055" s="9"/>
+      <c r="F1055" s="1"/>
+    </row>
+    <row r="1056" customHeight="1" spans="3:6">
+      <c r="C1056" s="1"/>
+      <c r="E1056" s="1"/>
+      <c r="F1056" s="1"/>
+    </row>
+    <row r="1057" customHeight="1" spans="3:6">
+      <c r="C1057" s="1"/>
+      <c r="E1057" s="1"/>
+      <c r="F1057" s="1"/>
+    </row>
+    <row r="1058" customHeight="1" spans="3:6">
+      <c r="C1058" s="1"/>
+      <c r="E1058" s="1"/>
+      <c r="F1058" s="1"/>
+    </row>
+    <row r="1059" customHeight="1" spans="3:6">
+      <c r="C1059" s="1"/>
+      <c r="E1059" s="1"/>
+      <c r="F1059" s="1"/>
+    </row>
+    <row r="1060" customHeight="1" spans="3:6">
+      <c r="C1060" s="1"/>
+      <c r="E1060" s="1"/>
+      <c r="F1060" s="1"/>
+    </row>
+    <row r="1061" customHeight="1" spans="3:6">
+      <c r="C1061" s="1"/>
+      <c r="E1061" s="1"/>
+      <c r="F1061" s="1"/>
+    </row>
+    <row r="1062" customHeight="1" spans="3:6">
+      <c r="C1062" s="1"/>
+      <c r="E1062" s="1"/>
+      <c r="F1062" s="9"/>
+    </row>
+    <row r="1063" customHeight="1" spans="3:6">
+      <c r="C1063" s="9"/>
+      <c r="E1063" s="9"/>
+      <c r="F1063" s="1"/>
+    </row>
+    <row r="1064" customHeight="1" spans="3:6">
+      <c r="C1064" s="1"/>
+      <c r="E1064" s="1"/>
+      <c r="F1064" s="1"/>
+    </row>
+    <row r="1065" customHeight="1" spans="3:6">
+      <c r="C1065" s="1"/>
+      <c r="E1065" s="1"/>
+      <c r="F1065" s="1"/>
+    </row>
+    <row r="1066" customHeight="1" spans="3:6">
+      <c r="C1066" s="1"/>
+      <c r="E1066" s="1"/>
+      <c r="F1066" s="1"/>
+    </row>
+    <row r="1067" customHeight="1" spans="3:6">
+      <c r="C1067" s="1"/>
+      <c r="E1067" s="1"/>
+      <c r="F1067" s="1"/>
+    </row>
+    <row r="1068" customHeight="1" spans="3:6">
+      <c r="C1068" s="1"/>
+      <c r="E1068" s="1"/>
+      <c r="F1068" s="1"/>
+    </row>
+    <row r="1069" customHeight="1" spans="3:6">
+      <c r="C1069" s="1"/>
+      <c r="E1069" s="1"/>
+      <c r="F1069" s="1"/>
+    </row>
+    <row r="1070" customHeight="1" spans="3:6">
+      <c r="C1070" s="1"/>
+      <c r="E1070" s="1"/>
+      <c r="F1070" s="9"/>
+    </row>
+    <row r="1071" customHeight="1" spans="3:6">
+      <c r="C1071" s="9"/>
+      <c r="E1071" s="9"/>
+      <c r="F1071" s="1"/>
+    </row>
+    <row r="1072" customHeight="1" spans="3:6">
+      <c r="C1072" s="1"/>
+      <c r="E1072" s="1"/>
+      <c r="F1072" s="1"/>
+    </row>
+    <row r="1073" customHeight="1" spans="3:6">
+      <c r="C1073" s="1"/>
+      <c r="E1073" s="1"/>
+      <c r="F1073" s="1"/>
+    </row>
+    <row r="1074" customHeight="1" spans="3:6">
+      <c r="C1074" s="1"/>
+      <c r="E1074" s="1"/>
+      <c r="F1074" s="1"/>
+    </row>
+    <row r="1075" customHeight="1" spans="3:6">
+      <c r="C1075" s="1"/>
+      <c r="E1075" s="1"/>
+      <c r="F1075" s="1"/>
+    </row>
+    <row r="1076" customHeight="1" spans="3:6">
+      <c r="C1076" s="1"/>
+      <c r="E1076" s="1"/>
+      <c r="F1076" s="1"/>
+    </row>
+    <row r="1077" customHeight="1" spans="3:6">
+      <c r="C1077" s="1"/>
+      <c r="E1077" s="1"/>
+      <c r="F1077" s="1"/>
+    </row>
+    <row r="1078" customHeight="1" spans="3:6">
+      <c r="C1078" s="1"/>
+      <c r="E1078" s="1"/>
+      <c r="F1078" s="9"/>
+    </row>
+    <row r="1079" customHeight="1" spans="3:6">
+      <c r="C1079" s="9"/>
+      <c r="E1079" s="9"/>
+      <c r="F1079" s="1"/>
+    </row>
+    <row r="1080" customHeight="1" spans="3:6">
+      <c r="C1080" s="1"/>
+      <c r="E1080" s="1"/>
+      <c r="F1080" s="1"/>
+    </row>
+    <row r="1081" customHeight="1" spans="3:6">
+      <c r="C1081" s="1"/>
+      <c r="E1081" s="1"/>
+      <c r="F1081" s="1"/>
+    </row>
+    <row r="1082" customHeight="1" spans="3:6">
+      <c r="C1082" s="1"/>
+      <c r="E1082" s="1"/>
+      <c r="F1082" s="1"/>
+    </row>
+    <row r="1083" customHeight="1" spans="3:6">
+      <c r="C1083" s="1"/>
+      <c r="E1083" s="1"/>
+      <c r="F1083" s="1"/>
+    </row>
+    <row r="1084" customHeight="1" spans="3:6">
+      <c r="C1084" s="1"/>
+      <c r="E1084" s="1"/>
+      <c r="F1084" s="1"/>
+    </row>
+    <row r="1085" customHeight="1" spans="3:6">
+      <c r="C1085" s="1"/>
+      <c r="E1085" s="1"/>
+      <c r="F1085" s="1"/>
+    </row>
+    <row r="1086" customHeight="1" spans="3:6">
+      <c r="C1086" s="1"/>
+      <c r="E1086" s="1"/>
+      <c r="F1086" s="9"/>
+    </row>
+    <row r="1087" customHeight="1" spans="3:6">
+      <c r="C1087" s="9"/>
+      <c r="E1087" s="9"/>
+      <c r="F1087" s="1"/>
+    </row>
+    <row r="1088" customHeight="1" spans="3:6">
+      <c r="C1088" s="1"/>
+      <c r="E1088" s="1"/>
+      <c r="F1088" s="1"/>
+    </row>
+    <row r="1089" customHeight="1" spans="3:6">
+      <c r="C1089" s="1"/>
+      <c r="E1089" s="1"/>
+      <c r="F1089" s="1"/>
+    </row>
+    <row r="1090" customHeight="1" spans="3:6">
+      <c r="C1090" s="1"/>
+      <c r="E1090" s="1"/>
+      <c r="F1090" s="1"/>
+    </row>
+    <row r="1091" customHeight="1" spans="3:6">
+      <c r="C1091" s="1"/>
+      <c r="E1091" s="1"/>
+      <c r="F1091" s="1"/>
+    </row>
+    <row r="1092" customHeight="1" spans="3:6">
+      <c r="C1092" s="1"/>
+      <c r="E1092" s="1"/>
+      <c r="F1092" s="1"/>
+    </row>
+    <row r="1093" customHeight="1" spans="3:6">
+      <c r="C1093" s="1"/>
+      <c r="E1093" s="1"/>
+      <c r="F1093" s="1"/>
+    </row>
+    <row r="1094" customHeight="1" spans="3:6">
+      <c r="C1094" s="1"/>
+      <c r="E1094" s="1"/>
+      <c r="F1094" s="9"/>
+    </row>
+    <row r="1095" customHeight="1" spans="3:6">
+      <c r="C1095" s="9"/>
+      <c r="E1095" s="9"/>
+      <c r="F1095" s="1"/>
+    </row>
+    <row r="1096" customHeight="1" spans="3:6">
+      <c r="C1096" s="1"/>
+      <c r="E1096" s="1"/>
+      <c r="F1096" s="1"/>
+    </row>
+    <row r="1097" customHeight="1" spans="3:6">
+      <c r="C1097" s="1"/>
+      <c r="E1097" s="1"/>
+      <c r="F1097" s="1"/>
+    </row>
+    <row r="1098" customHeight="1" spans="3:6">
+      <c r="C1098" s="1"/>
+      <c r="E1098" s="1"/>
+      <c r="F1098" s="1"/>
+    </row>
+    <row r="1099" customHeight="1" spans="3:6">
+      <c r="C1099" s="1"/>
+      <c r="E1099" s="1"/>
+      <c r="F1099" s="1"/>
+    </row>
+    <row r="1100" customHeight="1" spans="3:6">
+      <c r="C1100" s="1"/>
+      <c r="E1100" s="1"/>
+      <c r="F1100" s="1"/>
+    </row>
+    <row r="1101" customHeight="1" spans="3:6">
+      <c r="C1101" s="1"/>
+      <c r="E1101" s="1"/>
+      <c r="F1101" s="1"/>
+    </row>
+    <row r="1102" customHeight="1" spans="3:6">
+      <c r="C1102" s="1"/>
+      <c r="E1102" s="1"/>
+      <c r="F1102" s="9"/>
+    </row>
+    <row r="1103" customHeight="1" spans="3:6">
+      <c r="C1103" s="9"/>
+      <c r="E1103" s="9"/>
+      <c r="F1103" s="1"/>
+    </row>
+    <row r="1104" customHeight="1" spans="3:6">
+      <c r="C1104" s="1"/>
+      <c r="E1104" s="1"/>
+      <c r="F1104" s="1"/>
+    </row>
+    <row r="1105" customHeight="1" spans="3:6">
+      <c r="C1105" s="1"/>
+      <c r="E1105" s="1"/>
+      <c r="F1105" s="1"/>
+    </row>
+    <row r="1106" customHeight="1" spans="3:6">
+      <c r="C1106" s="1"/>
+      <c r="E1106" s="1"/>
+      <c r="F1106" s="1"/>
+    </row>
+    <row r="1107" customHeight="1" spans="3:6">
+      <c r="C1107" s="1"/>
+      <c r="E1107" s="1"/>
+      <c r="F1107" s="1"/>
+    </row>
+    <row r="1108" customHeight="1" spans="3:6">
+      <c r="C1108" s="1"/>
+      <c r="E1108" s="1"/>
+      <c r="F1108" s="1"/>
+    </row>
+    <row r="1109" customHeight="1" spans="3:6">
+      <c r="C1109" s="1"/>
+      <c r="E1109" s="1"/>
+      <c r="F1109" s="1"/>
+    </row>
+    <row r="1110" customHeight="1" spans="3:6">
+      <c r="C1110" s="1"/>
+      <c r="E1110" s="1"/>
+      <c r="F1110" s="9"/>
+    </row>
+    <row r="1111" customHeight="1" spans="3:6">
+      <c r="C1111" s="9"/>
+      <c r="E1111" s="9"/>
+      <c r="F1111" s="1"/>
+    </row>
+    <row r="1112" customHeight="1" spans="3:6">
+      <c r="C1112" s="1"/>
+      <c r="E1112" s="1"/>
+      <c r="F1112" s="1"/>
+    </row>
+    <row r="1113" customHeight="1" spans="3:6">
+      <c r="C1113" s="1"/>
+      <c r="E1113" s="1"/>
+      <c r="F1113" s="1"/>
+    </row>
+    <row r="1114" customHeight="1" spans="3:6">
+      <c r="C1114" s="1"/>
+      <c r="E1114" s="1"/>
+      <c r="F1114" s="1"/>
+    </row>
+    <row r="1115" customHeight="1" spans="3:6">
+      <c r="C1115" s="1"/>
+      <c r="E1115" s="1"/>
+      <c r="F1115" s="1"/>
+    </row>
+    <row r="1116" customHeight="1" spans="3:6">
+      <c r="C1116" s="1"/>
+      <c r="E1116" s="1"/>
+      <c r="F1116" s="1"/>
+    </row>
+    <row r="1117" customHeight="1" spans="3:6">
+      <c r="C1117" s="1"/>
+      <c r="E1117" s="1"/>
+      <c r="F1117" s="1"/>
+    </row>
+    <row r="1118" customHeight="1" spans="3:6">
+      <c r="C1118" s="1"/>
+      <c r="E1118" s="1"/>
+      <c r="F1118" s="9"/>
+    </row>
+    <row r="1119" customHeight="1" spans="3:6">
+      <c r="C1119" s="9"/>
+      <c r="E1119" s="9"/>
+      <c r="F1119" s="1"/>
+    </row>
+    <row r="1120" customHeight="1" spans="3:6">
+      <c r="C1120" s="1"/>
+      <c r="E1120" s="1"/>
+      <c r="F1120" s="1"/>
+    </row>
+    <row r="1121" customHeight="1" spans="3:6">
+      <c r="C1121" s="1"/>
+      <c r="E1121" s="1"/>
+      <c r="F1121" s="1"/>
+    </row>
+    <row r="1122" customHeight="1" spans="3:6">
+      <c r="C1122" s="1"/>
+      <c r="E1122" s="1"/>
+      <c r="F1122" s="1"/>
+    </row>
+    <row r="1123" customHeight="1" spans="3:6">
+      <c r="C1123" s="1"/>
+      <c r="E1123" s="1"/>
+      <c r="F1123" s="1"/>
+    </row>
+    <row r="1124" customHeight="1" spans="3:6">
+      <c r="C1124" s="1"/>
+      <c r="E1124" s="1"/>
+      <c r="F1124" s="1"/>
+    </row>
+    <row r="1125" customHeight="1" spans="3:6">
+      <c r="C1125" s="1"/>
+      <c r="E1125" s="1"/>
+      <c r="F1125" s="1"/>
+    </row>
+    <row r="1126" customHeight="1" spans="3:6">
+      <c r="C1126" s="1"/>
+      <c r="E1126" s="1"/>
+      <c r="F1126" s="9"/>
+    </row>
+    <row r="1127" customHeight="1" spans="3:6">
+      <c r="C1127" s="9"/>
+      <c r="E1127" s="9"/>
+      <c r="F1127" s="1"/>
+    </row>
+    <row r="1128" customHeight="1" spans="3:6">
+      <c r="C1128" s="1"/>
+      <c r="E1128" s="1"/>
+      <c r="F1128" s="1"/>
+    </row>
+    <row r="1129" customHeight="1" spans="3:6">
+      <c r="C1129" s="1"/>
+      <c r="E1129" s="1"/>
+      <c r="F1129" s="1"/>
+    </row>
+    <row r="1130" customHeight="1" spans="3:6">
+      <c r="C1130" s="1"/>
+      <c r="E1130" s="1"/>
+      <c r="F1130" s="1"/>
+    </row>
+    <row r="1131" customHeight="1" spans="3:6">
+      <c r="C1131" s="1"/>
+      <c r="E1131" s="1"/>
+      <c r="F1131" s="1"/>
+    </row>
+    <row r="1132" customHeight="1" spans="3:6">
+      <c r="C1132" s="1"/>
+      <c r="E1132" s="1"/>
+      <c r="F1132" s="1"/>
+    </row>
+    <row r="1133" customHeight="1" spans="3:6">
+      <c r="C1133" s="1"/>
+      <c r="E1133" s="1"/>
+      <c r="F1133" s="1"/>
+    </row>
+    <row r="1134" customHeight="1" spans="3:6">
+      <c r="C1134" s="1"/>
+      <c r="E1134" s="1"/>
+      <c r="F1134" s="9"/>
+    </row>
+    <row r="1135" customHeight="1" spans="3:6">
+      <c r="C1135" s="9"/>
+      <c r="E1135" s="9"/>
+      <c r="F1135" s="1"/>
+    </row>
+    <row r="1136" customHeight="1" spans="3:6">
+      <c r="C1136" s="1"/>
+      <c r="E1136" s="1"/>
+      <c r="F1136" s="1"/>
+    </row>
+    <row r="1137" customHeight="1" spans="3:6">
+      <c r="C1137" s="1"/>
+      <c r="E1137" s="1"/>
+      <c r="F1137" s="1"/>
+    </row>
+    <row r="1138" customHeight="1" spans="3:6">
+      <c r="C1138" s="1"/>
+      <c r="E1138" s="1"/>
+      <c r="F1138" s="1"/>
+    </row>
+    <row r="1139" customHeight="1" spans="3:6">
+      <c r="C1139" s="1"/>
+      <c r="E1139" s="1"/>
+      <c r="F1139" s="1"/>
+    </row>
+    <row r="1140" customHeight="1" spans="3:6">
+      <c r="C1140" s="1"/>
+      <c r="E1140" s="1"/>
+      <c r="F1140" s="1"/>
+    </row>
+    <row r="1141" customHeight="1" spans="3:6">
+      <c r="C1141" s="1"/>
+      <c r="E1141" s="1"/>
+      <c r="F1141" s="1"/>
+    </row>
+    <row r="1142" customHeight="1" spans="3:6">
+      <c r="C1142" s="1"/>
+      <c r="E1142" s="1"/>
+      <c r="F1142" s="9"/>
+    </row>
+    <row r="1143" customHeight="1" spans="3:6">
+      <c r="C1143" s="9"/>
+      <c r="E1143" s="9"/>
+      <c r="F1143" s="1"/>
+    </row>
+    <row r="1144" customHeight="1" spans="3:6">
+      <c r="C1144" s="1"/>
+      <c r="E1144" s="1"/>
+      <c r="F1144" s="1"/>
+    </row>
+    <row r="1145" customHeight="1" spans="3:6">
+      <c r="C1145" s="1"/>
+      <c r="E1145" s="1"/>
+      <c r="F1145" s="1"/>
+    </row>
+    <row r="1146" customHeight="1" spans="3:6">
+      <c r="C1146" s="1"/>
+      <c r="E1146" s="1"/>
+      <c r="F1146" s="1"/>
+    </row>
+    <row r="1147" customHeight="1" spans="3:6">
+      <c r="C1147" s="1"/>
+      <c r="E1147" s="1"/>
+      <c r="F1147" s="1"/>
+    </row>
+    <row r="1148" customHeight="1" spans="3:6">
+      <c r="C1148" s="1"/>
+      <c r="E1148" s="1"/>
+      <c r="F1148" s="1"/>
+    </row>
+    <row r="1149" customHeight="1" spans="3:6">
+      <c r="C1149" s="1"/>
+      <c r="E1149" s="1"/>
+      <c r="F1149" s="1"/>
+    </row>
+    <row r="1150" customHeight="1" spans="3:6">
+      <c r="C1150" s="1"/>
+      <c r="E1150" s="1"/>
+      <c r="F1150" s="9"/>
+    </row>
+    <row r="1151" customHeight="1" spans="3:6">
+      <c r="C1151" s="9"/>
+      <c r="E1151" s="9"/>
+      <c r="F1151" s="1"/>
+    </row>
+    <row r="1152" customHeight="1" spans="3:6">
+      <c r="C1152" s="1"/>
+      <c r="E1152" s="1"/>
+      <c r="F1152" s="1"/>
+    </row>
+    <row r="1153" customHeight="1" spans="3:6">
+      <c r="C1153" s="1"/>
+      <c r="E1153" s="1"/>
+      <c r="F1153" s="1"/>
+    </row>
+    <row r="1154" customHeight="1" spans="3:6">
+      <c r="C1154" s="1"/>
+      <c r="E1154" s="1"/>
+      <c r="F1154" s="1"/>
+    </row>
+    <row r="1155" customHeight="1" spans="3:6">
+      <c r="C1155" s="1"/>
+      <c r="E1155" s="1"/>
+      <c r="F1155" s="1"/>
+    </row>
+    <row r="1156" customHeight="1" spans="3:6">
+      <c r="C1156" s="1"/>
+      <c r="E1156" s="1"/>
+      <c r="F1156" s="1"/>
+    </row>
+    <row r="1157" customHeight="1" spans="3:6">
+      <c r="C1157" s="1"/>
+      <c r="E1157" s="1"/>
+      <c r="F1157" s="1"/>
+    </row>
+    <row r="1158" customHeight="1" spans="3:6">
+      <c r="C1158" s="1"/>
+      <c r="E1158" s="1"/>
+      <c r="F1158" s="9"/>
+    </row>
+    <row r="1159" customHeight="1" spans="3:6">
+      <c r="C1159" s="9"/>
+      <c r="E1159" s="9"/>
+      <c r="F1159" s="1"/>
+    </row>
+    <row r="1160" customHeight="1" spans="3:6">
+      <c r="C1160" s="1"/>
+      <c r="E1160" s="1"/>
+      <c r="F1160" s="1"/>
+    </row>
+    <row r="1161" customHeight="1" spans="3:6">
+      <c r="C1161" s="1"/>
+      <c r="E1161" s="1"/>
+      <c r="F1161" s="1"/>
+    </row>
+    <row r="1162" customHeight="1" spans="3:6">
+      <c r="C1162" s="1"/>
+      <c r="E1162" s="1"/>
+      <c r="F1162" s="1"/>
+    </row>
+    <row r="1163" customHeight="1" spans="3:6">
+      <c r="C1163" s="1"/>
+      <c r="E1163" s="1"/>
+      <c r="F1163" s="1"/>
+    </row>
+    <row r="1164" customHeight="1" spans="3:6">
+      <c r="C1164" s="1"/>
+      <c r="E1164" s="1"/>
+      <c r="F1164" s="1"/>
+    </row>
+    <row r="1165" customHeight="1" spans="3:6">
+      <c r="C1165" s="1"/>
+      <c r="E1165" s="1"/>
+      <c r="F1165" s="1"/>
+    </row>
+    <row r="1166" customHeight="1" spans="3:6">
+      <c r="C1166" s="1"/>
+      <c r="E1166" s="1"/>
+      <c r="F1166" s="9"/>
+    </row>
+    <row r="1167" customHeight="1" spans="3:6">
+      <c r="C1167" s="9"/>
+      <c r="E1167" s="9"/>
+      <c r="F1167" s="1"/>
+    </row>
+    <row r="1168" customHeight="1" spans="3:6">
+      <c r="C1168" s="1"/>
+      <c r="E1168" s="1"/>
+      <c r="F1168" s="1"/>
+    </row>
+    <row r="1169" customHeight="1" spans="3:6">
+      <c r="C1169" s="1"/>
+      <c r="E1169" s="1"/>
+      <c r="F1169" s="1"/>
+    </row>
+    <row r="1170" customHeight="1" spans="3:6">
+      <c r="C1170" s="1"/>
+      <c r="E1170" s="1"/>
+      <c r="F1170" s="1"/>
+    </row>
+    <row r="1171" customHeight="1" spans="3:6">
+      <c r="C1171" s="1"/>
+      <c r="E1171" s="1"/>
+      <c r="F1171" s="1"/>
+    </row>
+    <row r="1172" customHeight="1" spans="3:6">
+      <c r="C1172" s="1"/>
+      <c r="E1172" s="1"/>
+      <c r="F1172" s="1"/>
+    </row>
+    <row r="1173" customHeight="1" spans="3:6">
+      <c r="C1173" s="1"/>
+      <c r="E1173" s="1"/>
+      <c r="F1173" s="1"/>
+    </row>
+    <row r="1174" customHeight="1" spans="3:6">
+      <c r="C1174" s="1"/>
+      <c r="E1174" s="1"/>
+      <c r="F1174" s="9"/>
+    </row>
+    <row r="1175" customHeight="1" spans="3:6">
+      <c r="C1175" s="9"/>
+      <c r="E1175" s="9"/>
+      <c r="F1175" s="1"/>
+    </row>
+    <row r="1176" customHeight="1" spans="3:6">
+      <c r="C1176" s="1"/>
+      <c r="E1176" s="1"/>
+      <c r="F1176" s="1"/>
+    </row>
+    <row r="1177" customHeight="1" spans="3:6">
+      <c r="C1177" s="1"/>
+      <c r="E1177" s="1"/>
+      <c r="F1177" s="1"/>
+    </row>
+    <row r="1178" customHeight="1" spans="3:6">
+      <c r="C1178" s="1"/>
+      <c r="E1178" s="1"/>
+      <c r="F1178" s="1"/>
+    </row>
+    <row r="1179" customHeight="1" spans="3:6">
+      <c r="C1179" s="1"/>
+      <c r="E1179" s="1"/>
+      <c r="F1179" s="1"/>
+    </row>
+    <row r="1180" customHeight="1" spans="3:6">
+      <c r="C1180" s="1"/>
+      <c r="E1180" s="1"/>
+      <c r="F1180" s="1"/>
+    </row>
+    <row r="1181" customHeight="1" spans="3:6">
+      <c r="C1181" s="1"/>
+      <c r="E1181" s="1"/>
+      <c r="F1181" s="1"/>
+    </row>
+    <row r="1182" customHeight="1" spans="3:6">
+      <c r="C1182" s="1"/>
+      <c r="E1182" s="1"/>
+      <c r="F1182" s="9"/>
+    </row>
+    <row r="1183" customHeight="1" spans="3:6">
+      <c r="C1183" s="9"/>
+      <c r="E1183" s="9"/>
+      <c r="F1183" s="1"/>
+    </row>
+    <row r="1184" customHeight="1" spans="3:6">
+      <c r="C1184" s="1"/>
+      <c r="E1184" s="1"/>
+      <c r="F1184" s="1"/>
+    </row>
+    <row r="1185" customHeight="1" spans="3:6">
+      <c r="C1185" s="1"/>
+      <c r="E1185" s="1"/>
+      <c r="F1185" s="1"/>
+    </row>
+    <row r="1186" customHeight="1" spans="3:6">
+      <c r="C1186" s="1"/>
+      <c r="E1186" s="1"/>
+      <c r="F1186" s="1"/>
+    </row>
+    <row r="1187" customHeight="1" spans="3:6">
+      <c r="C1187" s="1"/>
+      <c r="E1187" s="1"/>
+      <c r="F1187" s="1"/>
+    </row>
+    <row r="1188" customHeight="1" spans="3:6">
+      <c r="C1188" s="1"/>
+      <c r="E1188" s="1"/>
+      <c r="F1188" s="1"/>
+    </row>
+    <row r="1189" customHeight="1" spans="3:6">
+      <c r="C1189" s="1"/>
+      <c r="E1189" s="1"/>
+      <c r="F1189" s="1"/>
+    </row>
+    <row r="1190" customHeight="1" spans="3:6">
+      <c r="C1190" s="1"/>
+      <c r="E1190" s="1"/>
+      <c r="F1190" s="9"/>
+    </row>
+    <row r="1191" customHeight="1" spans="3:6">
+      <c r="C1191" s="9"/>
+      <c r="E1191" s="9"/>
+      <c r="F1191" s="1"/>
+    </row>
+    <row r="1192" customHeight="1" spans="3:6">
+      <c r="C1192" s="1"/>
+      <c r="E1192" s="1"/>
+      <c r="F1192" s="1"/>
+    </row>
+    <row r="1193" customHeight="1" spans="3:6">
+      <c r="C1193" s="1"/>
+      <c r="E1193" s="1"/>
+      <c r="F1193" s="1"/>
+    </row>
+    <row r="1194" customHeight="1" spans="3:6">
+      <c r="C1194" s="1"/>
+      <c r="E1194" s="1"/>
+      <c r="F1194" s="1"/>
+    </row>
+    <row r="1195" customHeight="1" spans="3:6">
+      <c r="C1195" s="1"/>
+      <c r="E1195" s="1"/>
+      <c r="F1195" s="1"/>
+    </row>
+    <row r="1196" customHeight="1" spans="3:6">
+      <c r="C1196" s="1"/>
+      <c r="E1196" s="1"/>
+      <c r="F1196" s="1"/>
+    </row>
+    <row r="1197" customHeight="1" spans="3:6">
+      <c r="C1197" s="1"/>
+      <c r="E1197" s="1"/>
+      <c r="F1197" s="1"/>
+    </row>
+    <row r="1198" customHeight="1" spans="3:6">
+      <c r="C1198" s="1"/>
+      <c r="E1198" s="1"/>
+      <c r="F1198" s="9"/>
+    </row>
+    <row r="1199" customHeight="1" spans="3:6">
+      <c r="C1199" s="9"/>
+      <c r="E1199" s="9"/>
+      <c r="F1199" s="1"/>
+    </row>
+    <row r="1200" customHeight="1" spans="3:6">
+      <c r="C1200" s="1"/>
+      <c r="E1200" s="1"/>
+      <c r="F1200" s="1"/>
+    </row>
+    <row r="1201" customHeight="1" spans="3:6">
+      <c r="C1201" s="1"/>
+      <c r="E1201" s="1"/>
+      <c r="F1201" s="1"/>
+    </row>
+    <row r="1202" customHeight="1" spans="3:6">
+      <c r="C1202" s="1"/>
+      <c r="E1202" s="1"/>
+      <c r="F1202" s="1"/>
+    </row>
+    <row r="1203" customHeight="1" spans="3:6">
+      <c r="C1203" s="1"/>
+      <c r="E1203" s="1"/>
+      <c r="F1203" s="1"/>
+    </row>
+    <row r="1204" customHeight="1" spans="3:6">
+      <c r="C1204" s="1"/>
+      <c r="E1204" s="1"/>
+      <c r="F1204" s="1"/>
+    </row>
+    <row r="1205" customHeight="1" spans="3:6">
+      <c r="C1205" s="1"/>
+      <c r="E1205" s="1"/>
+      <c r="F1205" s="1"/>
+    </row>
+    <row r="1206" customHeight="1" spans="3:6">
+      <c r="C1206" s="1"/>
+      <c r="E1206" s="1"/>
+      <c r="F1206" s="9"/>
+    </row>
+    <row r="1207" customHeight="1" spans="3:6">
+      <c r="C1207" s="9"/>
+      <c r="E1207" s="9"/>
+      <c r="F1207" s="1"/>
+    </row>
+    <row r="1208" customHeight="1" spans="3:6">
+      <c r="C1208" s="1"/>
+      <c r="E1208" s="1"/>
+      <c r="F1208" s="1"/>
+    </row>
+    <row r="1209" customHeight="1" spans="3:6">
+      <c r="C1209" s="1"/>
+      <c r="E1209" s="1"/>
+      <c r="F1209" s="1"/>
+    </row>
+    <row r="1210" customHeight="1" spans="3:6">
+      <c r="C1210" s="1"/>
+      <c r="E1210" s="1"/>
+      <c r="F1210" s="1"/>
+    </row>
+    <row r="1211" customHeight="1" spans="3:6">
+      <c r="C1211" s="1"/>
+      <c r="E1211" s="1"/>
+      <c r="F1211" s="1"/>
+    </row>
+    <row r="1212" customHeight="1" spans="3:6">
+      <c r="C1212" s="1"/>
+      <c r="E1212" s="1"/>
+      <c r="F1212" s="1"/>
+    </row>
+    <row r="1213" customHeight="1" spans="3:6">
+      <c r="C1213" s="1"/>
+      <c r="E1213" s="1"/>
+      <c r="F1213" s="1"/>
+    </row>
+    <row r="1214" customHeight="1" spans="3:6">
+      <c r="C1214" s="1"/>
+      <c r="E1214" s="1"/>
+      <c r="F1214" s="9"/>
+    </row>
+    <row r="1215" customHeight="1" spans="3:6">
+      <c r="C1215" s="9"/>
+      <c r="E1215" s="9"/>
+      <c r="F1215" s="1"/>
+    </row>
+    <row r="1216" customHeight="1" spans="3:6">
+      <c r="C1216" s="1"/>
+      <c r="E1216" s="1"/>
+      <c r="F1216" s="1"/>
+    </row>
+    <row r="1217" customHeight="1" spans="3:6">
+      <c r="C1217" s="1"/>
+      <c r="E1217" s="1"/>
+      <c r="F1217" s="1"/>
+    </row>
+    <row r="1218" customHeight="1" spans="3:6">
+      <c r="C1218" s="1"/>
+      <c r="E1218" s="1"/>
+      <c r="F1218" s="1"/>
+    </row>
+    <row r="1219" customHeight="1" spans="3:6">
+      <c r="C1219" s="1"/>
+      <c r="E1219" s="1"/>
+      <c r="F1219" s="1"/>
+    </row>
+    <row r="1220" customHeight="1" spans="3:6">
+      <c r="C1220" s="1"/>
+      <c r="E1220" s="1"/>
+      <c r="F1220" s="1"/>
+    </row>
+    <row r="1221" customHeight="1" spans="3:6">
+      <c r="C1221" s="1"/>
+      <c r="E1221" s="1"/>
+      <c r="F1221" s="1"/>
+    </row>
+    <row r="1222" customHeight="1" spans="3:6">
+      <c r="C1222" s="1"/>
+      <c r="E1222" s="1"/>
+      <c r="F1222" s="9"/>
+    </row>
+    <row r="1223" customHeight="1" spans="3:6">
+      <c r="C1223" s="9"/>
+      <c r="E1223" s="9"/>
+      <c r="F1223" s="1"/>
+    </row>
+    <row r="1224" customHeight="1" spans="3:6">
+      <c r="C1224" s="1"/>
+      <c r="E1224" s="1"/>
+      <c r="F1224" s="1"/>
+    </row>
+    <row r="1225" customHeight="1" spans="3:6">
+      <c r="C1225" s="1"/>
+      <c r="E1225" s="1"/>
+      <c r="F1225" s="1"/>
+    </row>
+    <row r="1226" customHeight="1" spans="3:6">
+      <c r="C1226" s="1"/>
+      <c r="E1226" s="1"/>
+      <c r="F1226" s="1"/>
+    </row>
+    <row r="1227" customHeight="1" spans="3:6">
+      <c r="C1227" s="1"/>
+      <c r="E1227" s="1"/>
+      <c r="F1227" s="1"/>
+    </row>
+    <row r="1228" customHeight="1" spans="3:6">
+      <c r="C1228" s="1"/>
+      <c r="E1228" s="1"/>
+      <c r="F1228" s="1"/>
+    </row>
+    <row r="1229" customHeight="1" spans="3:6">
+      <c r="C1229" s="1"/>
+      <c r="E1229" s="1"/>
+      <c r="F1229" s="1"/>
+    </row>
+    <row r="1230" customHeight="1" spans="3:6">
+      <c r="C1230" s="1"/>
+      <c r="E1230" s="1"/>
+      <c r="F1230" s="9"/>
+    </row>
+    <row r="1231" customHeight="1" spans="3:6">
+      <c r="C1231" s="9"/>
+      <c r="E1231" s="9"/>
+      <c r="F1231" s="1"/>
+    </row>
+    <row r="1232" customHeight="1" spans="3:6">
+      <c r="C1232" s="1"/>
+      <c r="E1232" s="1"/>
+      <c r="F1232" s="1"/>
+    </row>
+    <row r="1233" customHeight="1" spans="3:6">
+      <c r="C1233" s="1"/>
+      <c r="E1233" s="1"/>
+      <c r="F1233" s="1"/>
+    </row>
+    <row r="1234" customHeight="1" spans="3:6">
+      <c r="C1234" s="1"/>
+      <c r="E1234" s="1"/>
+      <c r="F1234" s="1"/>
+    </row>
+    <row r="1235" customHeight="1" spans="3:6">
+      <c r="C1235" s="1"/>
+      <c r="E1235" s="1"/>
+      <c r="F1235" s="1"/>
+    </row>
+    <row r="1236" customHeight="1" spans="3:6">
+      <c r="C1236" s="1"/>
+      <c r="E1236" s="1"/>
+      <c r="F1236" s="1"/>
+    </row>
+    <row r="1237" customHeight="1" spans="3:6">
+      <c r="C1237" s="1"/>
+      <c r="E1237" s="1"/>
+      <c r="F1237" s="1"/>
+    </row>
+    <row r="1238" customHeight="1" spans="3:6">
+      <c r="C1238" s="1"/>
+      <c r="E1238" s="1"/>
+      <c r="F1238" s="9"/>
+    </row>
+    <row r="1239" customHeight="1" spans="3:6">
+      <c r="C1239" s="9"/>
+      <c r="E1239" s="9"/>
+      <c r="F1239" s="1"/>
+    </row>
+    <row r="1240" customHeight="1" spans="3:6">
+      <c r="C1240" s="1"/>
+      <c r="E1240" s="1"/>
+      <c r="F1240" s="1"/>
+    </row>
+    <row r="1241" customHeight="1" spans="3:6">
+      <c r="C1241" s="1"/>
+      <c r="E1241" s="1"/>
+      <c r="F1241" s="1"/>
+    </row>
+    <row r="1242" customHeight="1" spans="3:6">
+      <c r="C1242" s="1"/>
+      <c r="E1242" s="1"/>
+      <c r="F1242" s="1"/>
+    </row>
+    <row r="1243" customHeight="1" spans="3:6">
+      <c r="C1243" s="1"/>
+      <c r="E1243" s="1"/>
+      <c r="F1243" s="1"/>
+    </row>
+    <row r="1244" customHeight="1" spans="3:6">
+      <c r="C1244" s="1"/>
+      <c r="E1244" s="1"/>
+      <c r="F1244" s="1"/>
+    </row>
+    <row r="1245" customHeight="1" spans="3:6">
+      <c r="C1245" s="1"/>
+      <c r="E1245" s="1"/>
+      <c r="F1245" s="1"/>
+    </row>
+    <row r="1246" customHeight="1" spans="3:6">
+      <c r="C1246" s="1"/>
+      <c r="E1246" s="1"/>
+      <c r="F1246" s="9"/>
+    </row>
+    <row r="1247" customHeight="1" spans="3:6">
+      <c r="C1247" s="9"/>
+      <c r="E1247" s="9"/>
+      <c r="F1247" s="1"/>
+    </row>
+    <row r="1248" customHeight="1" spans="3:6">
+      <c r="C1248" s="1"/>
+      <c r="E1248" s="1"/>
+      <c r="F1248" s="1"/>
+    </row>
+    <row r="1249" customHeight="1" spans="3:6">
+      <c r="C1249" s="1"/>
+      <c r="E1249" s="1"/>
+      <c r="F1249" s="1"/>
+    </row>
+    <row r="1250" customHeight="1" spans="3:6">
+      <c r="C1250" s="1"/>
+      <c r="E1250" s="1"/>
+      <c r="F1250" s="1"/>
+    </row>
+    <row r="1251" customHeight="1" spans="3:6">
+      <c r="C1251" s="1"/>
+      <c r="E1251" s="1"/>
+      <c r="F1251" s="1"/>
+    </row>
+    <row r="1252" customHeight="1" spans="3:6">
+      <c r="C1252" s="1"/>
+      <c r="E1252" s="1"/>
+      <c r="F1252" s="1"/>
+    </row>
+    <row r="1253" customHeight="1" spans="3:6">
+      <c r="C1253" s="1"/>
+      <c r="E1253" s="1"/>
+      <c r="F1253" s="1"/>
+    </row>
+    <row r="1254" customHeight="1" spans="3:6">
+      <c r="C1254" s="1"/>
+      <c r="E1254" s="1"/>
+      <c r="F1254" s="9"/>
+    </row>
+    <row r="1255" customHeight="1" spans="3:6">
+      <c r="C1255" s="9"/>
+      <c r="E1255" s="9"/>
+      <c r="F1255" s="1"/>
+    </row>
+    <row r="1256" customHeight="1" spans="3:6">
+      <c r="C1256" s="1"/>
+      <c r="E1256" s="1"/>
+      <c r="F1256" s="1"/>
+    </row>
+    <row r="1257" customHeight="1" spans="3:6">
+      <c r="C1257" s="1"/>
+      <c r="E1257" s="1"/>
+      <c r="F1257" s="1"/>
+    </row>
+    <row r="1258" customHeight="1" spans="3:6">
+      <c r="C1258" s="1"/>
+      <c r="E1258" s="1"/>
+      <c r="F1258" s="1"/>
+    </row>
+    <row r="1259" customHeight="1" spans="3:6">
+      <c r="C1259" s="1"/>
+      <c r="E1259" s="1"/>
+      <c r="F1259" s="1"/>
+    </row>
+    <row r="1260" customHeight="1" spans="3:6">
+      <c r="C1260" s="1"/>
+      <c r="E1260" s="1"/>
+      <c r="F1260" s="1"/>
+    </row>
+    <row r="1261" customHeight="1" spans="3:6">
+      <c r="C1261" s="1"/>
+      <c r="E1261" s="1"/>
+      <c r="F1261" s="1"/>
+    </row>
+    <row r="1262" customHeight="1" spans="3:6">
+      <c r="C1262" s="1"/>
+      <c r="E1262" s="1"/>
+      <c r="F1262" s="9"/>
+    </row>
+    <row r="1263" customHeight="1" spans="3:6">
+      <c r="C1263" s="9"/>
+      <c r="E1263" s="9"/>
+      <c r="F1263" s="1"/>
+    </row>
+    <row r="1264" customHeight="1" spans="3:6">
+      <c r="C1264" s="1"/>
+      <c r="E1264" s="1"/>
+      <c r="F1264" s="1"/>
+    </row>
+    <row r="1265" customHeight="1" spans="3:6">
+      <c r="C1265" s="1"/>
+      <c r="E1265" s="1"/>
+      <c r="F1265" s="1"/>
+    </row>
+    <row r="1266" customHeight="1" spans="3:6">
+      <c r="C1266" s="1"/>
+      <c r="E1266" s="1"/>
+      <c r="F1266" s="1"/>
+    </row>
+    <row r="1267" customHeight="1" spans="3:6">
+      <c r="C1267" s="1"/>
+      <c r="E1267" s="1"/>
+      <c r="F1267" s="1"/>
+    </row>
+    <row r="1268" customHeight="1" spans="3:6">
+      <c r="C1268" s="1"/>
+      <c r="E1268" s="1"/>
+      <c r="F1268" s="1"/>
+    </row>
+    <row r="1269" customHeight="1" spans="3:6">
+      <c r="C1269" s="1"/>
+      <c r="E1269" s="1"/>
+      <c r="F1269" s="1"/>
+    </row>
+    <row r="1270" customHeight="1" spans="3:6">
+      <c r="C1270" s="1"/>
+      <c r="E1270" s="1"/>
+      <c r="F1270" s="9"/>
+    </row>
+    <row r="1271" customHeight="1" spans="3:6">
+      <c r="C1271" s="9"/>
+      <c r="E1271" s="9"/>
+      <c r="F1271" s="1"/>
+    </row>
+    <row r="1272" customHeight="1" spans="3:6">
+      <c r="C1272" s="1"/>
+      <c r="E1272" s="1"/>
+      <c r="F1272" s="1"/>
+    </row>
+    <row r="1273" customHeight="1" spans="3:6">
+      <c r="C1273" s="1"/>
+      <c r="E1273" s="1"/>
+      <c r="F1273" s="1"/>
+    </row>
+    <row r="1274" customHeight="1" spans="3:6">
+      <c r="C1274" s="1"/>
+      <c r="E1274" s="1"/>
+      <c r="F1274" s="1"/>
+    </row>
+    <row r="1275" customHeight="1" spans="3:6">
+      <c r="C1275" s="1"/>
+      <c r="E1275" s="1"/>
+      <c r="F1275" s="1"/>
+    </row>
+    <row r="1276" customHeight="1" spans="3:6">
+      <c r="C1276" s="1"/>
+      <c r="E1276" s="1"/>
+      <c r="F1276" s="1"/>
+    </row>
+    <row r="1277" customHeight="1" spans="3:6">
+      <c r="C1277" s="1"/>
+      <c r="E1277" s="1"/>
+      <c r="F1277" s="1"/>
+    </row>
+    <row r="1278" customHeight="1" spans="3:6">
+      <c r="C1278" s="1"/>
+      <c r="E1278" s="1"/>
+      <c r="F1278" s="9"/>
+    </row>
+    <row r="1279" customHeight="1" spans="3:6">
+      <c r="C1279" s="9"/>
+      <c r="E1279" s="9"/>
+      <c r="F1279" s="1"/>
+    </row>
+    <row r="1280" customHeight="1" spans="3:6">
+      <c r="C1280" s="1"/>
+      <c r="E1280" s="1"/>
+      <c r="F1280" s="1"/>
+    </row>
+    <row r="1281" customHeight="1" spans="3:6">
+      <c r="C1281" s="1"/>
+      <c r="E1281" s="1"/>
+      <c r="F1281" s="1"/>
+    </row>
+    <row r="1282" customHeight="1" spans="3:6">
+      <c r="C1282" s="1"/>
+      <c r="E1282" s="1"/>
+      <c r="F1282" s="1"/>
+    </row>
+    <row r="1283" customHeight="1" spans="3:6">
+      <c r="C1283" s="1"/>
+      <c r="E1283" s="1"/>
+      <c r="F1283" s="1"/>
+    </row>
+    <row r="1284" customHeight="1" spans="3:6">
+      <c r="C1284" s="1"/>
+      <c r="E1284" s="1"/>
+      <c r="F1284" s="1"/>
+    </row>
+    <row r="1285" customHeight="1" spans="3:6">
+      <c r="C1285" s="1"/>
+      <c r="E1285" s="1"/>
+      <c r="F1285" s="1"/>
+    </row>
+    <row r="1286" customHeight="1" spans="3:6">
+      <c r="C1286" s="1"/>
+      <c r="E1286" s="1"/>
+      <c r="F1286" s="9"/>
+    </row>
+    <row r="1287" customHeight="1" spans="3:6">
+      <c r="C1287" s="9"/>
+      <c r="E1287" s="9"/>
+      <c r="F1287" s="1"/>
+    </row>
+    <row r="1288" customHeight="1" spans="3:6">
+      <c r="C1288" s="1"/>
+      <c r="E1288" s="1"/>
+      <c r="F1288" s="1"/>
+    </row>
+    <row r="1289" customHeight="1" spans="3:6">
+      <c r="C1289" s="1"/>
+      <c r="E1289" s="1"/>
+      <c r="F1289" s="1"/>
+    </row>
+    <row r="1290" customHeight="1" spans="3:6">
+      <c r="C1290" s="1"/>
+      <c r="E1290" s="1"/>
+      <c r="F1290" s="1"/>
+    </row>
+    <row r="1291" customHeight="1" spans="3:6">
+      <c r="C1291" s="1"/>
+      <c r="E1291" s="1"/>
+      <c r="F1291" s="1"/>
+    </row>
+    <row r="1292" customHeight="1" spans="3:6">
+      <c r="C1292" s="1"/>
+      <c r="E1292" s="1"/>
+      <c r="F1292" s="1"/>
+    </row>
+    <row r="1293" customHeight="1" spans="3:6">
+      <c r="C1293" s="1"/>
+      <c r="E1293" s="1"/>
+      <c r="F1293" s="1"/>
+    </row>
+    <row r="1294" customHeight="1" spans="3:6">
+      <c r="C1294" s="1"/>
+      <c r="E1294" s="1"/>
+      <c r="F1294" s="9"/>
+    </row>
+    <row r="1295" customHeight="1" spans="3:6">
+      <c r="C1295" s="9"/>
+      <c r="E1295" s="9"/>
+      <c r="F1295" s="1"/>
+    </row>
+    <row r="1296" customHeight="1" spans="3:6">
+      <c r="C1296" s="1"/>
+      <c r="E1296" s="1"/>
+      <c r="F1296" s="1"/>
+    </row>
+    <row r="1297" customHeight="1" spans="3:6">
+      <c r="C1297" s="1"/>
+      <c r="E1297" s="1"/>
+      <c r="F1297" s="1"/>
+    </row>
+    <row r="1298" customHeight="1" spans="3:6">
+      <c r="C1298" s="1"/>
+      <c r="E1298" s="1"/>
+      <c r="F1298" s="1"/>
+    </row>
+    <row r="1299" customHeight="1" spans="3:6">
+      <c r="C1299" s="1"/>
+      <c r="E1299" s="1"/>
+      <c r="F1299" s="1"/>
+    </row>
+    <row r="1300" customHeight="1" spans="3:6">
+      <c r="C1300" s="1"/>
+      <c r="E1300" s="1"/>
+      <c r="F1300" s="1"/>
+    </row>
+    <row r="1301" customHeight="1" spans="3:6">
+      <c r="C1301" s="1"/>
+      <c r="E1301" s="1"/>
+      <c r="F1301" s="1"/>
+    </row>
+    <row r="1302" customHeight="1" spans="3:6">
+      <c r="C1302" s="1"/>
+      <c r="E1302" s="1"/>
+      <c r="F1302" s="9"/>
+    </row>
+    <row r="1303" customHeight="1" spans="3:6">
+      <c r="C1303" s="9"/>
+      <c r="E1303" s="9"/>
+      <c r="F1303" s="1"/>
+    </row>
+    <row r="1304" customHeight="1" spans="3:6">
+      <c r="C1304" s="1"/>
+      <c r="E1304" s="1"/>
+      <c r="F1304" s="1"/>
+    </row>
+    <row r="1305" customHeight="1" spans="3:6">
+      <c r="C1305" s="1"/>
+      <c r="E1305" s="1"/>
+      <c r="F1305" s="1"/>
+    </row>
+    <row r="1306" customHeight="1" spans="3:6">
+      <c r="C1306" s="1"/>
+      <c r="E1306" s="1"/>
+      <c r="F1306" s="1"/>
+    </row>
+    <row r="1307" customHeight="1" spans="3:6">
+      <c r="C1307" s="1"/>
+      <c r="E1307" s="1"/>
+      <c r="F1307" s="1"/>
+    </row>
+    <row r="1308" customHeight="1" spans="3:6">
+      <c r="C1308" s="1"/>
+      <c r="E1308" s="1"/>
+      <c r="F1308" s="1"/>
+    </row>
+    <row r="1309" customHeight="1" spans="3:6">
+      <c r="C1309" s="1"/>
+      <c r="E1309" s="1"/>
+      <c r="F1309" s="1"/>
+    </row>
+    <row r="1310" customHeight="1" spans="3:6">
+      <c r="C1310" s="1"/>
+      <c r="E1310" s="1"/>
+      <c r="F1310" s="9"/>
+    </row>
+    <row r="1311" customHeight="1" spans="3:6">
+      <c r="C1311" s="9"/>
+      <c r="E1311" s="9"/>
+      <c r="F1311" s="1"/>
+    </row>
+    <row r="1312" customHeight="1" spans="3:6">
+      <c r="C1312" s="1"/>
+      <c r="E1312" s="1"/>
+      <c r="F1312" s="1"/>
+    </row>
+    <row r="1313" customHeight="1" spans="3:6">
+      <c r="C1313" s="1"/>
+      <c r="E1313" s="1"/>
+      <c r="F1313" s="1"/>
+    </row>
+    <row r="1314" customHeight="1" spans="3:6">
+      <c r="C1314" s="1"/>
+      <c r="E1314" s="1"/>
+      <c r="F1314" s="1"/>
+    </row>
+    <row r="1315" customHeight="1" spans="3:6">
+      <c r="C1315" s="1"/>
+      <c r="E1315" s="1"/>
+      <c r="F1315" s="1"/>
+    </row>
+    <row r="1316" customHeight="1" spans="3:6">
+      <c r="C1316" s="1"/>
+      <c r="E1316" s="1"/>
+      <c r="F1316" s="1"/>
+    </row>
+    <row r="1317" customHeight="1" spans="3:6">
+      <c r="C1317" s="1"/>
+      <c r="E1317" s="1"/>
+      <c r="F1317" s="1"/>
+    </row>
+    <row r="1318" customHeight="1" spans="3:6">
+      <c r="C1318" s="1"/>
+      <c r="E1318" s="1"/>
+      <c r="F1318" s="9"/>
+    </row>
+    <row r="1319" customHeight="1" spans="3:6">
+      <c r="C1319" s="9"/>
+      <c r="E1319" s="9"/>
+      <c r="F1319" s="1"/>
+    </row>
+    <row r="1320" customHeight="1" spans="3:6">
+      <c r="C1320" s="1"/>
+      <c r="E1320" s="1"/>
+      <c r="F1320" s="1"/>
+    </row>
+    <row r="1321" customHeight="1" spans="3:6">
+      <c r="C1321" s="1"/>
+      <c r="E1321" s="1"/>
+      <c r="F1321" s="1"/>
+    </row>
+    <row r="1322" customHeight="1" spans="3:6">
+      <c r="C1322" s="1"/>
+      <c r="E1322" s="1"/>
+      <c r="F1322" s="1"/>
+    </row>
+    <row r="1323" customHeight="1" spans="3:6">
+      <c r="C1323" s="1"/>
+      <c r="E1323" s="1"/>
+      <c r="F1323" s="1"/>
+    </row>
+    <row r="1324" customHeight="1" spans="3:6">
+      <c r="C1324" s="1"/>
+      <c r="E1324" s="1"/>
+      <c r="F1324" s="1"/>
+    </row>
+    <row r="1325" customHeight="1" spans="3:6">
+      <c r="C1325" s="1"/>
+      <c r="E1325" s="1"/>
+      <c r="F1325" s="1"/>
+    </row>
+    <row r="1326" customHeight="1" spans="3:6">
+      <c r="C1326" s="1"/>
+      <c r="E1326" s="1"/>
+      <c r="F1326" s="9"/>
+    </row>
+    <row r="1327" customHeight="1" spans="3:6">
+      <c r="C1327" s="9"/>
+      <c r="E1327" s="9"/>
+      <c r="F1327" s="1"/>
+    </row>
+    <row r="1328" customHeight="1" spans="3:6">
+      <c r="C1328" s="1"/>
+      <c r="E1328" s="1"/>
+      <c r="F1328" s="1"/>
+    </row>
+    <row r="1329" customHeight="1" spans="3:6">
+      <c r="C1329" s="1"/>
+      <c r="E1329" s="1"/>
+      <c r="F1329" s="1"/>
+    </row>
+    <row r="1330" customHeight="1" spans="3:6">
+      <c r="C1330" s="1"/>
+      <c r="E1330" s="1"/>
+      <c r="F1330" s="1"/>
+    </row>
+    <row r="1331" customHeight="1" spans="3:6">
+      <c r="C1331" s="1"/>
+      <c r="E1331" s="1"/>
+      <c r="F1331" s="1"/>
+    </row>
+    <row r="1332" customHeight="1" spans="3:6">
+      <c r="C1332" s="1"/>
+      <c r="E1332" s="1"/>
+      <c r="F1332" s="1"/>
+    </row>
+    <row r="1333" customHeight="1" spans="3:6">
+      <c r="C1333" s="1"/>
+      <c r="E1333" s="1"/>
+      <c r="F1333" s="1"/>
+    </row>
+    <row r="1334" customHeight="1" spans="3:6">
+      <c r="C1334" s="1"/>
+      <c r="E1334" s="1"/>
+      <c r="F1334" s="9"/>
+    </row>
+    <row r="1335" customHeight="1" spans="3:6">
+      <c r="C1335" s="9"/>
+      <c r="E1335" s="9"/>
+      <c r="F1335" s="1"/>
+    </row>
+    <row r="1336" customHeight="1" spans="3:6">
+      <c r="C1336" s="1"/>
+      <c r="E1336" s="1"/>
+      <c r="F1336" s="1"/>
+    </row>
+    <row r="1337" customHeight="1" spans="3:6">
+      <c r="C1337" s="1"/>
+      <c r="E1337" s="1"/>
+      <c r="F1337" s="1"/>
+    </row>
+    <row r="1338" customHeight="1" spans="3:6">
+      <c r="C1338" s="1"/>
+      <c r="E1338" s="1"/>
+      <c r="F1338" s="1"/>
+    </row>
+    <row r="1339" customHeight="1" spans="3:6">
+      <c r="C1339" s="1"/>
+      <c r="E1339" s="1"/>
+      <c r="F1339" s="1"/>
+    </row>
+    <row r="1340" customHeight="1" spans="3:6">
+      <c r="C1340" s="1"/>
+      <c r="E1340" s="1"/>
+      <c r="F1340" s="1"/>
+    </row>
+    <row r="1341" customHeight="1" spans="3:6">
+      <c r="C1341" s="1"/>
+      <c r="E1341" s="1"/>
+      <c r="F1341" s="1"/>
+    </row>
+    <row r="1342" customHeight="1" spans="3:6">
+      <c r="C1342" s="1"/>
+      <c r="E1342" s="1"/>
+      <c r="F1342" s="9"/>
+    </row>
+    <row r="1343" customHeight="1" spans="3:6">
+      <c r="C1343" s="9"/>
+      <c r="E1343" s="9"/>
+      <c r="F1343" s="1"/>
+    </row>
+    <row r="1344" customHeight="1" spans="3:6">
+      <c r="C1344" s="1"/>
+      <c r="E1344" s="1"/>
+      <c r="F1344" s="1"/>
+    </row>
+    <row r="1345" customHeight="1" spans="3:6">
+      <c r="C1345" s="1"/>
+      <c r="E1345" s="1"/>
+      <c r="F1345" s="1"/>
+    </row>
+    <row r="1346" customHeight="1" spans="3:6">
+      <c r="C1346" s="1"/>
+      <c r="E1346" s="1"/>
+      <c r="F1346" s="1"/>
+    </row>
+    <row r="1347" customHeight="1" spans="3:6">
+      <c r="C1347" s="1"/>
+      <c r="E1347" s="1"/>
+      <c r="F1347" s="1"/>
+    </row>
+    <row r="1348" customHeight="1" spans="3:6">
+      <c r="C1348" s="1"/>
+      <c r="E1348" s="1"/>
+      <c r="F1348" s="1"/>
+    </row>
+    <row r="1349" customHeight="1" spans="3:6">
+      <c r="C1349" s="1"/>
+      <c r="E1349" s="1"/>
+      <c r="F1349" s="1"/>
+    </row>
+    <row r="1350" customHeight="1" spans="3:6">
+      <c r="C1350" s="1"/>
+      <c r="E1350" s="1"/>
+      <c r="F1350" s="9"/>
+    </row>
+    <row r="1351" customHeight="1" spans="3:6">
+      <c r="C1351" s="9"/>
+      <c r="E1351" s="9"/>
+      <c r="F1351" s="1"/>
+    </row>
+    <row r="1352" customHeight="1" spans="3:6">
+      <c r="C1352" s="1"/>
+      <c r="E1352" s="1"/>
+      <c r="F1352" s="1"/>
+    </row>
+    <row r="1353" customHeight="1" spans="3:6">
+      <c r="C1353" s="1"/>
+      <c r="E1353" s="1"/>
+      <c r="F1353" s="1"/>
+    </row>
+    <row r="1354" customHeight="1" spans="3:6">
+      <c r="C1354" s="1"/>
+      <c r="E1354" s="1"/>
+      <c r="F1354" s="1"/>
+    </row>
+    <row r="1355" customHeight="1" spans="3:6">
+      <c r="C1355" s="1"/>
+      <c r="E1355" s="1"/>
+      <c r="F1355" s="1"/>
+    </row>
+    <row r="1356" customHeight="1" spans="3:6">
+      <c r="C1356" s="1"/>
+      <c r="E1356" s="1"/>
+      <c r="F1356" s="1"/>
+    </row>
+    <row r="1357" customHeight="1" spans="3:6">
+      <c r="C1357" s="1"/>
+      <c r="E1357" s="1"/>
+      <c r="F1357" s="1"/>
+    </row>
+    <row r="1358" customHeight="1" spans="3:6">
+      <c r="C1358" s="1"/>
+      <c r="E1358" s="1"/>
+      <c r="F1358" s="9"/>
+    </row>
+    <row r="1359" customHeight="1" spans="3:6">
+      <c r="C1359" s="9"/>
+      <c r="E1359" s="9"/>
+      <c r="F1359" s="1"/>
+    </row>
+    <row r="1360" customHeight="1" spans="3:6">
+      <c r="C1360" s="1"/>
+      <c r="E1360" s="1"/>
+      <c r="F1360" s="1"/>
+    </row>
+    <row r="1361" customHeight="1" spans="3:6">
+      <c r="C1361" s="1"/>
+      <c r="E1361" s="1"/>
+      <c r="F1361" s="1"/>
+    </row>
+    <row r="1362" customHeight="1" spans="3:6">
+      <c r="C1362" s="1"/>
+      <c r="E1362" s="1"/>
+      <c r="F1362" s="1"/>
+    </row>
+    <row r="1363" customHeight="1" spans="3:6">
+      <c r="C1363" s="1"/>
+      <c r="E1363" s="1"/>
+      <c r="F1363" s="1"/>
+    </row>
+    <row r="1364" customHeight="1" spans="3:6">
+      <c r="C1364" s="1"/>
+      <c r="E1364" s="1"/>
+      <c r="F1364" s="1"/>
+    </row>
+    <row r="1365" customHeight="1" spans="3:6">
+      <c r="C1365" s="1"/>
+      <c r="E1365" s="1"/>
+      <c r="F1365" s="1"/>
+    </row>
+    <row r="1366" customHeight="1" spans="3:6">
+      <c r="C1366" s="1"/>
+      <c r="E1366" s="1"/>
+      <c r="F1366" s="9"/>
+    </row>
+    <row r="1367" customHeight="1" spans="3:6">
+      <c r="C1367" s="9"/>
+      <c r="E1367" s="9"/>
+      <c r="F1367" s="1"/>
+    </row>
+    <row r="1368" customHeight="1" spans="3:6">
+      <c r="C1368" s="1"/>
+      <c r="E1368" s="1"/>
+      <c r="F1368" s="1"/>
+    </row>
+    <row r="1369" customHeight="1" spans="3:6">
+      <c r="C1369" s="1"/>
+      <c r="E1369" s="1"/>
+      <c r="F1369" s="1"/>
+    </row>
+    <row r="1370" customHeight="1" spans="3:6">
+      <c r="C1370" s="1"/>
+      <c r="E1370" s="1"/>
+      <c r="F1370" s="1"/>
+    </row>
+    <row r="1371" customHeight="1" spans="3:6">
+      <c r="C1371" s="1"/>
+      <c r="E1371" s="1"/>
+      <c r="F1371" s="1"/>
+    </row>
+    <row r="1372" customHeight="1" spans="3:6">
+      <c r="C1372" s="1"/>
+      <c r="E1372" s="1"/>
+      <c r="F1372" s="1"/>
+    </row>
+    <row r="1373" customHeight="1" spans="3:6">
+      <c r="C1373" s="1"/>
+      <c r="E1373" s="1"/>
+      <c r="F1373" s="1"/>
+    </row>
+    <row r="1374" customHeight="1" spans="3:6">
+      <c r="C1374" s="1"/>
+      <c r="E1374" s="1"/>
+      <c r="F1374" s="9"/>
+    </row>
+    <row r="1375" customHeight="1" spans="3:6">
+      <c r="C1375" s="9"/>
+      <c r="E1375" s="9"/>
+      <c r="F1375" s="1"/>
+    </row>
+    <row r="1376" customHeight="1" spans="3:6">
+      <c r="C1376" s="1"/>
+      <c r="E1376" s="1"/>
+      <c r="F1376" s="1"/>
+    </row>
+    <row r="1377" customHeight="1" spans="3:6">
+      <c r="C1377" s="1"/>
+      <c r="E1377" s="1"/>
+      <c r="F1377" s="1"/>
+    </row>
+    <row r="1378" customHeight="1" spans="3:6">
+      <c r="C1378" s="1"/>
+      <c r="E1378" s="1"/>
+      <c r="F1378" s="1"/>
+    </row>
+    <row r="1379" customHeight="1" spans="3:6">
+      <c r="C1379" s="1"/>
+      <c r="E1379" s="1"/>
+      <c r="F1379" s="1"/>
+    </row>
+    <row r="1380" customHeight="1" spans="3:6">
+      <c r="C1380" s="1"/>
+      <c r="E1380" s="1"/>
+      <c r="F1380" s="1"/>
+    </row>
+    <row r="1381" customHeight="1" spans="3:6">
+      <c r="C1381" s="1"/>
+      <c r="E1381" s="1"/>
+      <c r="F1381" s="1"/>
+    </row>
+    <row r="1382" customHeight="1" spans="3:6">
+      <c r="C1382" s="1"/>
+      <c r="E1382" s="1"/>
+      <c r="F1382" s="9"/>
+    </row>
+    <row r="1383" customHeight="1" spans="3:6">
+      <c r="C1383" s="9"/>
+      <c r="E1383" s="9"/>
+      <c r="F1383" s="1"/>
+    </row>
+    <row r="1384" customHeight="1" spans="3:6">
+      <c r="C1384" s="1"/>
+      <c r="E1384" s="1"/>
+      <c r="F1384" s="1"/>
+    </row>
+    <row r="1385" customHeight="1" spans="3:6">
+      <c r="C1385" s="1"/>
+      <c r="E1385" s="1"/>
+      <c r="F1385" s="1"/>
+    </row>
+    <row r="1386" customHeight="1" spans="3:6">
+      <c r="C1386" s="1"/>
+      <c r="E1386" s="1"/>
+      <c r="F1386" s="1"/>
+    </row>
+    <row r="1387" customHeight="1" spans="3:6">
+      <c r="C1387" s="1"/>
+      <c r="E1387" s="1"/>
+      <c r="F1387" s="1"/>
+    </row>
+    <row r="1388" customHeight="1" spans="3:6">
+      <c r="C1388" s="1"/>
+      <c r="E1388" s="1"/>
+      <c r="F1388" s="1"/>
+    </row>
+    <row r="1389" customHeight="1" spans="3:6">
+      <c r="C1389" s="1"/>
+      <c r="E1389" s="1"/>
+      <c r="F1389" s="1"/>
+    </row>
+    <row r="1390" customHeight="1" spans="3:6">
+      <c r="C1390" s="1"/>
+      <c r="E1390" s="1"/>
+      <c r="F1390" s="9"/>
+    </row>
+    <row r="1391" customHeight="1" spans="3:6">
+      <c r="C1391" s="9"/>
+      <c r="E1391" s="9"/>
+      <c r="F1391" s="1"/>
+    </row>
+    <row r="1392" customHeight="1" spans="3:6">
+      <c r="C1392" s="1"/>
+      <c r="E1392" s="1"/>
+      <c r="F1392" s="1"/>
+    </row>
+    <row r="1393" customHeight="1" spans="3:6">
+      <c r="C1393" s="1"/>
+      <c r="E1393" s="1"/>
+      <c r="F1393" s="1"/>
+    </row>
+    <row r="1394" customHeight="1" spans="3:6">
+      <c r="C1394" s="1"/>
+      <c r="E1394" s="1"/>
+      <c r="F1394" s="1"/>
+    </row>
+    <row r="1395" customHeight="1" spans="3:6">
+      <c r="C1395" s="1"/>
+      <c r="E1395" s="1"/>
+      <c r="F1395" s="1"/>
+    </row>
+    <row r="1396" customHeight="1" spans="3:6">
+      <c r="C1396" s="1"/>
+      <c r="E1396" s="1"/>
+      <c r="F1396" s="1"/>
+    </row>
+    <row r="1397" customHeight="1" spans="3:6">
+      <c r="C1397" s="1"/>
+      <c r="E1397" s="1"/>
+      <c r="F1397" s="1"/>
+    </row>
+    <row r="1398" customHeight="1" spans="3:6">
+      <c r="C1398" s="1"/>
+      <c r="E1398" s="1"/>
+      <c r="F1398" s="9"/>
+    </row>
+    <row r="1399" customHeight="1" spans="3:6">
+      <c r="C1399" s="9"/>
+      <c r="E1399" s="9"/>
+      <c r="F1399" s="1"/>
+    </row>
+    <row r="1400" customHeight="1" spans="3:6">
+      <c r="C1400" s="1"/>
+      <c r="E1400" s="1"/>
+      <c r="F1400" s="1"/>
+    </row>
+    <row r="1401" customHeight="1" spans="3:6">
+      <c r="C1401" s="1"/>
+      <c r="E1401" s="1"/>
+      <c r="F1401" s="1"/>
+    </row>
+    <row r="1402" customHeight="1" spans="3:6">
+      <c r="C1402" s="1"/>
+      <c r="E1402" s="1"/>
+      <c r="F1402" s="1"/>
+    </row>
+    <row r="1403" customHeight="1" spans="3:6">
+      <c r="C1403" s="1"/>
+      <c r="E1403" s="1"/>
+      <c r="F1403" s="1"/>
+    </row>
+    <row r="1404" customHeight="1" spans="3:6">
+      <c r="C1404" s="1"/>
+      <c r="E1404" s="1"/>
+      <c r="F1404" s="1"/>
+    </row>
+    <row r="1405" customHeight="1" spans="3:6">
+      <c r="C1405" s="1"/>
+      <c r="E1405" s="1"/>
+      <c r="F1405" s="1"/>
+    </row>
+    <row r="1406" customHeight="1" spans="3:6">
+      <c r="C1406" s="1"/>
+      <c r="E1406" s="1"/>
+      <c r="F1406" s="9"/>
+    </row>
+    <row r="1407" customHeight="1" spans="3:6">
+      <c r="C1407" s="9"/>
+      <c r="E1407" s="9"/>
+      <c r="F1407" s="1"/>
+    </row>
+    <row r="1408" customHeight="1" spans="3:6">
+      <c r="C1408" s="1"/>
+      <c r="E1408" s="1"/>
+      <c r="F1408" s="1"/>
+    </row>
+    <row r="1409" customHeight="1" spans="3:6">
+      <c r="C1409" s="1"/>
+      <c r="E1409" s="1"/>
+      <c r="F1409" s="1"/>
+    </row>
+    <row r="1410" customHeight="1" spans="3:6">
+      <c r="C1410" s="1"/>
+      <c r="E1410" s="1"/>
+      <c r="F1410" s="1"/>
+    </row>
+    <row r="1411" customHeight="1" spans="3:6">
+      <c r="C1411" s="1"/>
+      <c r="E1411" s="1"/>
+      <c r="F1411" s="1"/>
+    </row>
+    <row r="1412" customHeight="1" spans="3:6">
+      <c r="C1412" s="1"/>
+      <c r="E1412" s="1"/>
+      <c r="F1412" s="1"/>
+    </row>
+    <row r="1413" customHeight="1" spans="3:6">
+      <c r="C1413" s="1"/>
+      <c r="E1413" s="1"/>
+      <c r="F1413" s="1"/>
+    </row>
+    <row r="1414" customHeight="1" spans="3:6">
+      <c r="C1414" s="1"/>
+      <c r="E1414" s="1"/>
+      <c r="F1414" s="9"/>
+    </row>
+    <row r="1415" customHeight="1" spans="3:6">
+      <c r="C1415" s="9"/>
+      <c r="E1415" s="9"/>
+      <c r="F1415" s="1"/>
+    </row>
+    <row r="1416" customHeight="1" spans="3:6">
+      <c r="C1416" s="1"/>
+      <c r="E1416" s="1"/>
+      <c r="F1416" s="1"/>
+    </row>
+    <row r="1417" customHeight="1" spans="3:6">
+      <c r="C1417" s="1"/>
+      <c r="E1417" s="1"/>
+      <c r="F1417" s="1"/>
+    </row>
+    <row r="1418" customHeight="1" spans="3:6">
+      <c r="C1418" s="1"/>
+      <c r="E1418" s="1"/>
+      <c r="F1418" s="1"/>
+    </row>
+    <row r="1419" customHeight="1" spans="3:6">
+      <c r="C1419" s="1"/>
+      <c r="E1419" s="1"/>
+      <c r="F1419" s="1"/>
+    </row>
+    <row r="1420" customHeight="1" spans="3:6">
+      <c r="C1420" s="1"/>
+      <c r="E1420" s="1"/>
+      <c r="F1420" s="1"/>
+    </row>
+    <row r="1421" customHeight="1" spans="3:6">
+      <c r="C1421" s="1"/>
+      <c r="E1421" s="1"/>
+      <c r="F1421" s="1"/>
+    </row>
+    <row r="1422" customHeight="1" spans="3:6">
+      <c r="C1422" s="1"/>
+      <c r="E1422" s="1"/>
+      <c r="F1422" s="9"/>
+    </row>
+    <row r="1423" customHeight="1" spans="3:6">
+      <c r="C1423" s="9"/>
+      <c r="E1423" s="9"/>
+      <c r="F1423" s="1"/>
+    </row>
+    <row r="1424" customHeight="1" spans="3:6">
+      <c r="C1424" s="1"/>
+      <c r="E1424" s="1"/>
+      <c r="F1424" s="1"/>
+    </row>
+    <row r="1425" customHeight="1" spans="3:6">
+      <c r="C1425" s="1"/>
+      <c r="E1425" s="1"/>
+      <c r="F1425" s="1"/>
+    </row>
+    <row r="1426" customHeight="1" spans="3:6">
+      <c r="C1426" s="1"/>
+      <c r="E1426" s="1"/>
+      <c r="F1426" s="1"/>
+    </row>
+    <row r="1427" customHeight="1" spans="3:6">
+      <c r="C1427" s="1"/>
+      <c r="E1427" s="1"/>
+      <c r="F1427" s="1"/>
+    </row>
+    <row r="1428" customHeight="1" spans="3:6">
+      <c r="C1428" s="1"/>
+      <c r="E1428" s="1"/>
+      <c r="F1428" s="1"/>
+    </row>
+    <row r="1429" customHeight="1" spans="3:6">
+      <c r="C1429" s="1"/>
+      <c r="E1429" s="1"/>
+      <c r="F1429" s="1"/>
+    </row>
+    <row r="1430" customHeight="1" spans="3:6">
+      <c r="C1430" s="1"/>
+      <c r="E1430" s="1"/>
+      <c r="F1430" s="9"/>
+    </row>
+    <row r="1431" customHeight="1" spans="3:6">
+      <c r="C1431" s="9"/>
+      <c r="E1431" s="9"/>
+      <c r="F1431" s="1"/>
+    </row>
+    <row r="1432" customHeight="1" spans="3:6">
+      <c r="C1432" s="1"/>
+      <c r="E1432" s="1"/>
+      <c r="F1432" s="1"/>
+    </row>
+    <row r="1433" customHeight="1" spans="3:6">
+      <c r="C1433" s="1"/>
+      <c r="E1433" s="1"/>
+      <c r="F1433" s="1"/>
+    </row>
+    <row r="1434" customHeight="1" spans="3:6">
+      <c r="C1434" s="1"/>
+      <c r="E1434" s="1"/>
+      <c r="F1434" s="1"/>
+    </row>
+    <row r="1435" customHeight="1" spans="3:6">
+      <c r="C1435" s="1"/>
+      <c r="E1435" s="1"/>
+      <c r="F1435" s="1"/>
+    </row>
+    <row r="1436" customHeight="1" spans="3:6">
+      <c r="C1436" s="1"/>
+      <c r="E1436" s="1"/>
+      <c r="F1436" s="1"/>
+    </row>
+    <row r="1437" customHeight="1" spans="3:6">
+      <c r="C1437" s="1"/>
+      <c r="E1437" s="1"/>
+      <c r="F1437" s="1"/>
+    </row>
+    <row r="1438" customHeight="1" spans="3:6">
+      <c r="C1438" s="1"/>
+      <c r="E1438" s="1"/>
+      <c r="F1438" s="9"/>
+    </row>
+    <row r="1439" customHeight="1" spans="3:6">
+      <c r="C1439" s="9"/>
+      <c r="E1439" s="9"/>
+      <c r="F1439" s="1"/>
+    </row>
+    <row r="1440" customHeight="1" spans="3:6">
+      <c r="C1440" s="1"/>
+      <c r="E1440" s="1"/>
+      <c r="F1440" s="1"/>
+    </row>
+    <row r="1441" customHeight="1" spans="3:6">
+      <c r="C1441" s="1"/>
+      <c r="E1441" s="1"/>
+      <c r="F1441" s="1"/>
+    </row>
+    <row r="1442" customHeight="1" spans="3:6">
+      <c r="C1442" s="1"/>
+      <c r="E1442" s="1"/>
+      <c r="F1442" s="1"/>
+    </row>
+    <row r="1443" customHeight="1" spans="3:6">
+      <c r="C1443" s="1"/>
+      <c r="E1443" s="1"/>
+      <c r="F1443" s="1"/>
+    </row>
+    <row r="1444" customHeight="1" spans="3:6">
+      <c r="C1444" s="1"/>
+      <c r="E1444" s="1"/>
+      <c r="F1444" s="1"/>
+    </row>
+    <row r="1445" customHeight="1" spans="3:6">
+      <c r="C1445" s="1"/>
+      <c r="E1445" s="1"/>
+      <c r="F1445" s="1"/>
+    </row>
+    <row r="1446" customHeight="1" spans="3:6">
+      <c r="C1446" s="1"/>
+      <c r="E1446" s="1"/>
+      <c r="F1446" s="9"/>
+    </row>
+    <row r="1447" customHeight="1" spans="3:6">
+      <c r="C1447" s="9"/>
+      <c r="E1447" s="9"/>
+      <c r="F1447" s="1"/>
+    </row>
+    <row r="1448" customHeight="1" spans="3:6">
+      <c r="C1448" s="1"/>
+      <c r="E1448" s="1"/>
+      <c r="F1448" s="1"/>
+    </row>
+    <row r="1449" customHeight="1" spans="3:6">
+      <c r="C1449" s="1"/>
+      <c r="E1449" s="1"/>
+      <c r="F1449" s="1"/>
+    </row>
+    <row r="1450" customHeight="1" spans="3:6">
+      <c r="C1450" s="1"/>
+      <c r="E1450" s="1"/>
+      <c r="F1450" s="1"/>
+    </row>
+    <row r="1451" customHeight="1" spans="3:6">
+      <c r="C1451" s="1"/>
+      <c r="E1451" s="1"/>
+      <c r="F1451" s="1"/>
+    </row>
+    <row r="1452" customHeight="1" spans="3:6">
+      <c r="C1452" s="1"/>
+      <c r="E1452" s="1"/>
+      <c r="F1452" s="1"/>
+    </row>
+    <row r="1453" customHeight="1" spans="3:6">
+      <c r="C1453" s="1"/>
+      <c r="E1453" s="1"/>
+      <c r="F1453" s="1"/>
+    </row>
+    <row r="1454" customHeight="1" spans="3:6">
+      <c r="C1454" s="1"/>
+      <c r="E1454" s="1"/>
+      <c r="F1454" s="9"/>
+    </row>
+    <row r="1455" customHeight="1" spans="3:6">
+      <c r="C1455" s="9"/>
+      <c r="E1455" s="9"/>
+      <c r="F1455" s="1"/>
+    </row>
+    <row r="1456" customHeight="1" spans="3:6">
+      <c r="C1456" s="1"/>
+      <c r="E1456" s="1"/>
+      <c r="F1456" s="1"/>
+    </row>
+    <row r="1457" customHeight="1" spans="3:6">
+      <c r="C1457" s="1"/>
+      <c r="E1457" s="1"/>
+      <c r="F1457" s="1"/>
+    </row>
+    <row r="1458" customHeight="1" spans="3:6">
+      <c r="C1458" s="1"/>
+      <c r="E1458" s="1"/>
+      <c r="F1458" s="1"/>
+    </row>
+    <row r="1459" customHeight="1" spans="3:6">
+      <c r="C1459" s="1"/>
+      <c r="E1459" s="1"/>
+      <c r="F1459" s="1"/>
+    </row>
+    <row r="1460" customHeight="1" spans="3:6">
+      <c r="C1460" s="1"/>
+      <c r="E1460" s="1"/>
+      <c r="F1460" s="1"/>
+    </row>
+    <row r="1461" customHeight="1" spans="3:6">
+      <c r="C1461" s="1"/>
+      <c r="E1461" s="1"/>
+      <c r="F1461" s="1"/>
+    </row>
+    <row r="1462" customHeight="1" spans="3:6">
+      <c r="C1462" s="1"/>
+      <c r="E1462" s="1"/>
+      <c r="F1462" s="9"/>
+    </row>
+    <row r="1463" customHeight="1" spans="3:6">
+      <c r="C1463" s="9"/>
+      <c r="E1463" s="9"/>
+      <c r="F1463" s="1"/>
+    </row>
+    <row r="1464" customHeight="1" spans="3:6">
+      <c r="C1464" s="1"/>
+      <c r="E1464" s="1"/>
+      <c r="F1464" s="1"/>
+    </row>
+    <row r="1465" customHeight="1" spans="3:6">
+      <c r="C1465" s="1"/>
+      <c r="E1465" s="1"/>
+      <c r="F1465" s="1"/>
+    </row>
+    <row r="1466" customHeight="1" spans="3:6">
+      <c r="C1466" s="1"/>
+      <c r="E1466" s="1"/>
+      <c r="F1466" s="1"/>
+    </row>
+    <row r="1467" customHeight="1" spans="3:6">
+      <c r="C1467" s="1"/>
+      <c r="E1467" s="1"/>
+      <c r="F1467" s="1"/>
+    </row>
+    <row r="1468" customHeight="1" spans="3:6">
+      <c r="C1468" s="1"/>
+      <c r="E1468" s="1"/>
+      <c r="F1468" s="1"/>
+    </row>
+    <row r="1469" customHeight="1" spans="3:6">
+      <c r="C1469" s="1"/>
+      <c r="E1469" s="1"/>
+      <c r="F1469" s="1"/>
+    </row>
+    <row r="1470" customHeight="1" spans="3:6">
+      <c r="C1470" s="1"/>
+      <c r="E1470" s="1"/>
+      <c r="F1470" s="9"/>
+    </row>
+    <row r="1471" customHeight="1" spans="3:6">
+      <c r="C1471" s="9"/>
+      <c r="E1471" s="9"/>
+      <c r="F1471" s="1"/>
+    </row>
+    <row r="1472" customHeight="1" spans="3:6">
+      <c r="C1472" s="1"/>
+      <c r="E1472" s="1"/>
+      <c r="F1472" s="1"/>
+    </row>
+    <row r="1473" customHeight="1" spans="3:6">
+      <c r="C1473" s="1"/>
+      <c r="E1473" s="1"/>
+      <c r="F1473" s="1"/>
+    </row>
+    <row r="1474" customHeight="1" spans="3:6">
+      <c r="C1474" s="1"/>
+      <c r="E1474" s="1"/>
+      <c r="F1474" s="1"/>
+    </row>
+    <row r="1475" customHeight="1" spans="3:6">
+      <c r="C1475" s="1"/>
+      <c r="E1475" s="1"/>
+      <c r="F1475" s="1"/>
+    </row>
+    <row r="1476" customHeight="1" spans="3:6">
+      <c r="C1476" s="1"/>
+      <c r="E1476" s="1"/>
+      <c r="F1476" s="1"/>
+    </row>
+    <row r="1477" customHeight="1" spans="3:6">
+      <c r="C1477" s="1"/>
+      <c r="E1477" s="1"/>
+      <c r="F1477" s="1"/>
+    </row>
+    <row r="1478" customHeight="1" spans="3:6">
+      <c r="C1478" s="1"/>
+      <c r="E1478" s="1"/>
+      <c r="F1478" s="9"/>
+    </row>
+    <row r="1479" customHeight="1" spans="3:6">
+      <c r="C1479" s="9"/>
+      <c r="E1479" s="9"/>
+      <c r="F1479" s="1"/>
+    </row>
+    <row r="1480" customHeight="1" spans="3:6">
+      <c r="C1480" s="1"/>
+      <c r="E1480" s="1"/>
+      <c r="F1480" s="1"/>
+    </row>
+    <row r="1481" customHeight="1" spans="3:6">
+      <c r="C1481" s="1"/>
+      <c r="E1481" s="1"/>
+      <c r="F1481" s="1"/>
+    </row>
+    <row r="1482" customHeight="1" spans="3:6">
+      <c r="C1482" s="1"/>
+      <c r="E1482" s="1"/>
+      <c r="F1482" s="1"/>
+    </row>
+    <row r="1483" customHeight="1" spans="3:6">
+      <c r="C1483" s="1"/>
+      <c r="E1483" s="1"/>
+      <c r="F1483" s="1"/>
+    </row>
+    <row r="1484" customHeight="1" spans="3:6">
+      <c r="C1484" s="1"/>
+      <c r="E1484" s="1"/>
+      <c r="F1484" s="1"/>
+    </row>
+    <row r="1485" customHeight="1" spans="3:6">
+      <c r="C1485" s="1"/>
+      <c r="E1485" s="1"/>
+      <c r="F1485" s="1"/>
+    </row>
+    <row r="1486" customHeight="1" spans="3:6">
+      <c r="C1486" s="1"/>
+      <c r="E1486" s="1"/>
+      <c r="F1486" s="9"/>
+    </row>
+    <row r="1487" customHeight="1" spans="3:6">
+      <c r="C1487" s="9"/>
+      <c r="E1487" s="9"/>
+      <c r="F1487" s="1"/>
+    </row>
+    <row r="1488" customHeight="1" spans="3:6">
+      <c r="C1488" s="1"/>
+      <c r="E1488" s="1"/>
+      <c r="F1488" s="1"/>
+    </row>
+    <row r="1489" customHeight="1" spans="3:6">
+      <c r="C1489" s="1"/>
+      <c r="E1489" s="1"/>
+      <c r="F1489" s="1"/>
+    </row>
+    <row r="1490" customHeight="1" spans="3:6">
+      <c r="C1490" s="1"/>
+      <c r="E1490" s="1"/>
+      <c r="F1490" s="1"/>
+    </row>
+    <row r="1491" customHeight="1" spans="3:6">
+      <c r="C1491" s="1"/>
+      <c r="E1491" s="1"/>
+      <c r="F1491" s="1"/>
+    </row>
+    <row r="1492" customHeight="1" spans="3:6">
+      <c r="C1492" s="1"/>
+      <c r="E1492" s="1"/>
+      <c r="F1492" s="1"/>
+    </row>
+    <row r="1493" customHeight="1" spans="3:6">
+      <c r="C1493" s="1"/>
+      <c r="E1493" s="1"/>
+      <c r="F1493" s="1"/>
+    </row>
+    <row r="1494" customHeight="1" spans="3:6">
+      <c r="C1494" s="1"/>
+      <c r="E1494" s="1"/>
+      <c r="F1494" s="9"/>
+    </row>
+    <row r="1495" customHeight="1" spans="3:6">
+      <c r="C1495" s="9"/>
+      <c r="E1495" s="9"/>
+      <c r="F1495" s="1"/>
+    </row>
+    <row r="1496" customHeight="1" spans="3:6">
+      <c r="C1496" s="1"/>
+      <c r="E1496" s="1"/>
+      <c r="F1496" s="1"/>
+    </row>
+    <row r="1497" customHeight="1" spans="3:6">
+      <c r="C1497" s="1"/>
+      <c r="E1497" s="1"/>
+      <c r="F1497" s="1"/>
+    </row>
+    <row r="1498" customHeight="1" spans="3:6">
+      <c r="C1498" s="1"/>
+      <c r="E1498" s="1"/>
+      <c r="F1498" s="1"/>
+    </row>
+    <row r="1499" customHeight="1" spans="3:6">
+      <c r="C1499" s="1"/>
+      <c r="E1499" s="1"/>
+      <c r="F1499" s="1"/>
+    </row>
+    <row r="1500" customHeight="1" spans="3:6">
+      <c r="C1500" s="1"/>
+      <c r="E1500" s="1"/>
+      <c r="F1500" s="1"/>
+    </row>
+    <row r="1501" customHeight="1" spans="3:6">
+      <c r="C1501" s="1"/>
+      <c r="E1501" s="1"/>
+      <c r="F1501" s="1"/>
+    </row>
+    <row r="1502" customHeight="1" spans="3:6">
+      <c r="C1502" s="1"/>
+      <c r="E1502" s="1"/>
+      <c r="F1502" s="9"/>
+    </row>
+    <row r="1503" customHeight="1" spans="3:6">
+      <c r="C1503" s="9"/>
+      <c r="E1503" s="9"/>
+      <c r="F1503" s="1"/>
+    </row>
+    <row r="1504" customHeight="1" spans="3:6">
+      <c r="C1504" s="1"/>
+      <c r="E1504" s="1"/>
+      <c r="F1504" s="1"/>
+    </row>
+    <row r="1505" customHeight="1" spans="3:6">
+      <c r="C1505" s="1"/>
+      <c r="E1505" s="1"/>
+      <c r="F1505" s="1"/>
+    </row>
+    <row r="1506" customHeight="1" spans="3:6">
+      <c r="C1506" s="1"/>
+      <c r="E1506" s="1"/>
+      <c r="F1506" s="1"/>
+    </row>
+    <row r="1507" customHeight="1" spans="3:6">
+      <c r="C1507" s="1"/>
+      <c r="E1507" s="1"/>
+      <c r="F1507" s="1"/>
+    </row>
+    <row r="1508" customHeight="1" spans="3:6">
+      <c r="C1508" s="1"/>
+      <c r="E1508" s="1"/>
+      <c r="F1508" s="1"/>
+    </row>
+    <row r="1509" customHeight="1" spans="3:6">
+      <c r="C1509" s="1"/>
+      <c r="E1509" s="1"/>
+      <c r="F1509" s="1"/>
+    </row>
+    <row r="1510" customHeight="1" spans="3:6">
+      <c r="C1510" s="1"/>
+      <c r="E1510" s="1"/>
+      <c r="F1510" s="9"/>
+    </row>
+    <row r="1511" customHeight="1" spans="3:6">
+      <c r="C1511" s="9"/>
+      <c r="E1511" s="9"/>
+      <c r="F1511" s="1"/>
+    </row>
+    <row r="1512" customHeight="1" spans="3:6">
+      <c r="C1512" s="1"/>
+      <c r="E1512" s="1"/>
+      <c r="F1512" s="1"/>
+    </row>
+    <row r="1513" customHeight="1" spans="3:6">
+      <c r="C1513" s="1"/>
+      <c r="E1513" s="1"/>
+      <c r="F1513" s="1"/>
+    </row>
+    <row r="1514" customHeight="1" spans="3:6">
+      <c r="C1514" s="1"/>
+      <c r="E1514" s="1"/>
+      <c r="F1514" s="1"/>
+    </row>
+    <row r="1515" customHeight="1" spans="3:6">
+      <c r="C1515" s="1"/>
+      <c r="E1515" s="1"/>
+      <c r="F1515" s="1"/>
+    </row>
+    <row r="1516" customHeight="1" spans="3:6">
+      <c r="C1516" s="1"/>
+      <c r="E1516" s="1"/>
+      <c r="F1516" s="1"/>
+    </row>
+    <row r="1517" customHeight="1" spans="3:6">
+      <c r="C1517" s="1"/>
+      <c r="E1517" s="1"/>
+      <c r="F1517" s="1"/>
+    </row>
+    <row r="1518" customHeight="1" spans="3:6">
+      <c r="C1518" s="1"/>
+      <c r="E1518" s="1"/>
+      <c r="F1518" s="9"/>
+    </row>
+    <row r="1519" customHeight="1" spans="3:6">
+      <c r="C1519" s="9"/>
+      <c r="E1519" s="9"/>
+      <c r="F1519" s="1"/>
+    </row>
+    <row r="1520" customHeight="1" spans="3:6">
+      <c r="C1520" s="1"/>
+      <c r="E1520" s="1"/>
+      <c r="F1520" s="1"/>
+    </row>
+    <row r="1521" customHeight="1" spans="3:6">
+      <c r="C1521" s="1"/>
+      <c r="E1521" s="1"/>
+      <c r="F1521" s="1"/>
+    </row>
+    <row r="1522" customHeight="1" spans="3:6">
+      <c r="C1522" s="1"/>
+      <c r="E1522" s="1"/>
+      <c r="F1522" s="1"/>
+    </row>
+    <row r="1523" customHeight="1" spans="3:6">
+      <c r="C1523" s="1"/>
+      <c r="E1523" s="1"/>
+      <c r="F1523" s="1"/>
+    </row>
+    <row r="1524" customHeight="1" spans="3:6">
+      <c r="C1524" s="1"/>
+      <c r="E1524" s="1"/>
+      <c r="F1524" s="1"/>
+    </row>
+    <row r="1525" customHeight="1" spans="3:6">
+      <c r="C1525" s="1"/>
+      <c r="E1525" s="1"/>
+      <c r="F1525" s="1"/>
+    </row>
+    <row r="1526" customHeight="1" spans="3:6">
+      <c r="C1526" s="1"/>
+      <c r="E1526" s="1"/>
+      <c r="F1526" s="9"/>
+    </row>
+    <row r="1527" customHeight="1" spans="3:6">
+      <c r="C1527" s="9"/>
+      <c r="E1527" s="9"/>
+      <c r="F1527" s="1"/>
+    </row>
+    <row r="1528" customHeight="1" spans="3:6">
+      <c r="C1528" s="1"/>
+      <c r="E1528" s="1"/>
+      <c r="F1528" s="1"/>
+    </row>
+    <row r="1529" customHeight="1" spans="3:6">
+      <c r="C1529" s="1"/>
+      <c r="E1529" s="1"/>
+      <c r="F1529" s="1"/>
+    </row>
+    <row r="1530" customHeight="1" spans="3:6">
+      <c r="C1530" s="1"/>
+      <c r="E1530" s="1"/>
+      <c r="F1530" s="1"/>
+    </row>
+    <row r="1531" customHeight="1" spans="3:6">
+      <c r="C1531" s="1"/>
+      <c r="E1531" s="1"/>
+      <c r="F1531" s="1"/>
+    </row>
+    <row r="1532" customHeight="1" spans="3:6">
+      <c r="C1532" s="1"/>
+      <c r="E1532" s="1"/>
+      <c r="F1532" s="1"/>
+    </row>
+    <row r="1533" customHeight="1" spans="3:6">
+      <c r="C1533" s="1"/>
+      <c r="E1533" s="1"/>
+      <c r="F1533" s="1"/>
+    </row>
+    <row r="1534" customHeight="1" spans="3:6">
+      <c r="C1534" s="1"/>
+      <c r="E1534" s="1"/>
+      <c r="F1534" s="9"/>
+    </row>
+    <row r="1535" customHeight="1" spans="3:6">
+      <c r="C1535" s="9"/>
+      <c r="E1535" s="9"/>
+      <c r="F1535" s="1"/>
+    </row>
+    <row r="1536" customHeight="1" spans="3:6">
+      <c r="C1536" s="1"/>
+      <c r="E1536" s="1"/>
+      <c r="F1536" s="1"/>
+    </row>
+    <row r="1537" customHeight="1" spans="3:6">
+      <c r="C1537" s="1"/>
+      <c r="E1537" s="1"/>
+      <c r="F1537" s="1"/>
+    </row>
+    <row r="1538" customHeight="1" spans="3:6">
+      <c r="C1538" s="1"/>
+      <c r="E1538" s="1"/>
+      <c r="F1538" s="1"/>
+    </row>
+    <row r="1539" customHeight="1" spans="3:6">
+      <c r="C1539" s="1"/>
+      <c r="E1539" s="1"/>
+      <c r="F1539" s="1"/>
+    </row>
+    <row r="1540" customHeight="1" spans="3:6">
+      <c r="C1540" s="1"/>
+      <c r="E1540" s="1"/>
+      <c r="F1540" s="1"/>
+    </row>
+    <row r="1541" customHeight="1" spans="3:6">
+      <c r="C1541" s="1"/>
+      <c r="E1541" s="1"/>
+      <c r="F1541" s="1"/>
+    </row>
+    <row r="1542" customHeight="1" spans="3:6">
+      <c r="C1542" s="1"/>
+      <c r="E1542" s="1"/>
+      <c r="F1542" s="9"/>
+    </row>
+    <row r="1543" customHeight="1" spans="3:6">
+      <c r="C1543" s="9"/>
+      <c r="E1543" s="9"/>
+      <c r="F1543" s="1"/>
+    </row>
+    <row r="1544" customHeight="1" spans="3:6">
+      <c r="C1544" s="1"/>
+      <c r="E1544" s="1"/>
+      <c r="F1544" s="1"/>
+    </row>
+    <row r="1545" customHeight="1" spans="3:6">
+      <c r="C1545" s="1"/>
+      <c r="E1545" s="1"/>
+      <c r="F1545" s="1"/>
+    </row>
+    <row r="1546" customHeight="1" spans="3:6">
+      <c r="C1546" s="1"/>
+      <c r="E1546" s="1"/>
+      <c r="F1546" s="1"/>
+    </row>
+    <row r="1547" customHeight="1" spans="3:6">
+      <c r="C1547" s="1"/>
+      <c r="E1547" s="1"/>
+      <c r="F1547" s="1"/>
+    </row>
+    <row r="1548" customHeight="1" spans="3:6">
+      <c r="C1548" s="1"/>
+      <c r="E1548" s="1"/>
+      <c r="F1548" s="1"/>
+    </row>
+    <row r="1549" customHeight="1" spans="3:6">
+      <c r="C1549" s="1"/>
+      <c r="E1549" s="1"/>
+      <c r="F1549" s="1"/>
+    </row>
+    <row r="1550" customHeight="1" spans="3:6">
+      <c r="C1550" s="1"/>
+      <c r="E1550" s="1"/>
+      <c r="F1550" s="9"/>
+    </row>
+    <row r="1551" customHeight="1" spans="3:6">
+      <c r="C1551" s="9"/>
+      <c r="E1551" s="9"/>
+      <c r="F1551" s="1"/>
+    </row>
+    <row r="1552" customHeight="1" spans="3:6">
+      <c r="C1552" s="1"/>
+      <c r="E1552" s="1"/>
+      <c r="F1552" s="1"/>
+    </row>
+    <row r="1553" customHeight="1" spans="3:6">
+      <c r="C1553" s="1"/>
+      <c r="E1553" s="1"/>
+      <c r="F1553" s="1"/>
+    </row>
+    <row r="1554" customHeight="1" spans="3:6">
+      <c r="C1554" s="1"/>
+      <c r="E1554" s="1"/>
+      <c r="F1554" s="1"/>
+    </row>
+    <row r="1555" customHeight="1" spans="3:6">
+      <c r="C1555" s="1"/>
+      <c r="E1555" s="1"/>
+      <c r="F1555" s="1"/>
+    </row>
+    <row r="1556" customHeight="1" spans="3:6">
+      <c r="C1556" s="1"/>
+      <c r="E1556" s="1"/>
+      <c r="F1556" s="1"/>
+    </row>
+    <row r="1557" customHeight="1" spans="3:6">
+      <c r="C1557" s="1"/>
+      <c r="E1557" s="1"/>
+      <c r="F1557" s="1"/>
+    </row>
+    <row r="1558" customHeight="1" spans="3:6">
+      <c r="C1558" s="1"/>
+      <c r="E1558" s="1"/>
+      <c r="F1558" s="9"/>
+    </row>
+    <row r="1559" customHeight="1" spans="3:6">
+      <c r="C1559" s="9"/>
+      <c r="E1559" s="9"/>
+      <c r="F1559" s="1"/>
+    </row>
+    <row r="1560" customHeight="1" spans="3:6">
+      <c r="C1560" s="1"/>
+      <c r="E1560" s="1"/>
+      <c r="F1560" s="1"/>
+    </row>
+    <row r="1561" customHeight="1" spans="3:6">
+      <c r="C1561" s="1"/>
+      <c r="E1561" s="1"/>
+      <c r="F1561" s="1"/>
+    </row>
+    <row r="1562" customHeight="1" spans="3:6">
+      <c r="C1562" s="1"/>
+      <c r="E1562" s="1"/>
+      <c r="F1562" s="1"/>
+    </row>
+    <row r="1563" customHeight="1" spans="3:6">
+      <c r="C1563" s="1"/>
+      <c r="E1563" s="1"/>
+      <c r="F1563" s="1"/>
+    </row>
+    <row r="1564" customHeight="1" spans="3:6">
+      <c r="C1564" s="1"/>
+      <c r="E1564" s="1"/>
+      <c r="F1564" s="1"/>
+    </row>
+    <row r="1565" customHeight="1" spans="3:6">
+      <c r="C1565" s="1"/>
+      <c r="E1565" s="1"/>
+      <c r="F1565" s="1"/>
+    </row>
+    <row r="1566" customHeight="1" spans="3:6">
+      <c r="C1566" s="1"/>
+      <c r="E1566" s="1"/>
+      <c r="F1566" s="9"/>
+    </row>
+    <row r="1567" customHeight="1" spans="3:6">
+      <c r="C1567" s="9"/>
+      <c r="E1567" s="9"/>
+      <c r="F1567" s="1"/>
+    </row>
+    <row r="1568" customHeight="1" spans="3:6">
+      <c r="C1568" s="1"/>
+      <c r="E1568" s="1"/>
+      <c r="F1568" s="1"/>
+    </row>
+    <row r="1569" customHeight="1" spans="3:6">
+      <c r="C1569" s="1"/>
+      <c r="E1569" s="1"/>
+      <c r="F1569" s="1"/>
+    </row>
+    <row r="1570" customHeight="1" spans="3:6">
+      <c r="C1570" s="1"/>
+      <c r="E1570" s="1"/>
+      <c r="F1570" s="1"/>
+    </row>
+    <row r="1571" customHeight="1" spans="3:6">
+      <c r="C1571" s="1"/>
+      <c r="E1571" s="1"/>
+      <c r="F1571" s="1"/>
+    </row>
+    <row r="1572" customHeight="1" spans="3:6">
+      <c r="C1572" s="1"/>
+      <c r="E1572" s="1"/>
+      <c r="F1572" s="1"/>
+    </row>
+    <row r="1573" customHeight="1" spans="3:6">
+      <c r="C1573" s="1"/>
+      <c r="E1573" s="1"/>
+      <c r="F1573" s="1"/>
+    </row>
+    <row r="1574" customHeight="1" spans="3:6">
+      <c r="C1574" s="1"/>
+      <c r="E1574" s="1"/>
+      <c r="F1574" s="9"/>
+    </row>
+    <row r="1575" customHeight="1" spans="3:6">
+      <c r="C1575" s="9"/>
+      <c r="E1575" s="9"/>
+      <c r="F1575" s="1"/>
+    </row>
+    <row r="1576" customHeight="1" spans="3:6">
+      <c r="C1576" s="1"/>
+      <c r="E1576" s="1"/>
+      <c r="F1576" s="1"/>
+    </row>
+    <row r="1577" customHeight="1" spans="3:6">
+      <c r="C1577" s="1"/>
+      <c r="E1577" s="1"/>
+      <c r="F1577" s="1"/>
+    </row>
+    <row r="1578" customHeight="1" spans="3:6">
+      <c r="C1578" s="1"/>
+      <c r="E1578" s="1"/>
+      <c r="F1578" s="1"/>
+    </row>
+    <row r="1579" customHeight="1" spans="3:6">
+      <c r="C1579" s="1"/>
+      <c r="E1579" s="1"/>
+      <c r="F1579" s="1"/>
+    </row>
+    <row r="1580" customHeight="1" spans="3:6">
+      <c r="C1580" s="1"/>
+      <c r="E1580" s="1"/>
+      <c r="F1580" s="1"/>
+    </row>
+    <row r="1581" customHeight="1" spans="3:6">
+      <c r="C1581" s="1"/>
+      <c r="E1581" s="1"/>
+      <c r="F1581" s="1"/>
+    </row>
+    <row r="1582" customHeight="1" spans="3:6">
+      <c r="C1582" s="1"/>
+      <c r="E1582" s="1"/>
+      <c r="F1582" s="9"/>
+    </row>
+    <row r="1583" customHeight="1" spans="3:6">
+      <c r="C1583" s="9"/>
+      <c r="E1583" s="9"/>
+      <c r="F1583" s="1"/>
+    </row>
+    <row r="1584" customHeight="1" spans="3:6">
+      <c r="C1584" s="1"/>
+      <c r="E1584" s="1"/>
+      <c r="F1584" s="1"/>
+    </row>
+    <row r="1585" customHeight="1" spans="3:6">
+      <c r="C1585" s="1"/>
+      <c r="E1585" s="1"/>
+      <c r="F1585" s="1"/>
+    </row>
+    <row r="1586" customHeight="1" spans="3:6">
+      <c r="C1586" s="1"/>
+      <c r="E1586" s="1"/>
+      <c r="F1586" s="1"/>
+    </row>
+    <row r="1587" customHeight="1" spans="3:6">
+      <c r="C1587" s="1"/>
+      <c r="E1587" s="1"/>
+      <c r="F1587" s="1"/>
+    </row>
+    <row r="1588" customHeight="1" spans="3:6">
+      <c r="C1588" s="1"/>
+      <c r="E1588" s="1"/>
+      <c r="F1588" s="1"/>
+    </row>
+    <row r="1589" customHeight="1" spans="3:6">
+      <c r="C1589" s="1"/>
+      <c r="E1589" s="1"/>
+      <c r="F1589" s="1"/>
+    </row>
+    <row r="1590" customHeight="1" spans="3:6">
+      <c r="C1590" s="1"/>
+      <c r="E1590" s="1"/>
+      <c r="F1590" s="9"/>
+    </row>
+    <row r="1591" customHeight="1" spans="3:6">
+      <c r="C1591" s="9"/>
+      <c r="E1591" s="9"/>
+      <c r="F1591" s="1"/>
+    </row>
+    <row r="1592" customHeight="1" spans="3:6">
+      <c r="C1592" s="1"/>
+      <c r="E1592" s="1"/>
+      <c r="F1592" s="1"/>
+    </row>
+    <row r="1593" customHeight="1" spans="3:6">
+      <c r="C1593" s="1"/>
+      <c r="E1593" s="1"/>
+      <c r="F1593" s="1"/>
+    </row>
+    <row r="1594" customHeight="1" spans="3:6">
+      <c r="C1594" s="1"/>
+      <c r="E1594" s="1"/>
+      <c r="F1594" s="1"/>
+    </row>
+    <row r="1595" customHeight="1" spans="3:6">
+      <c r="C1595" s="1"/>
+      <c r="E1595" s="1"/>
+      <c r="F1595" s="1"/>
+    </row>
+    <row r="1596" customHeight="1" spans="3:6">
+      <c r="C1596" s="1"/>
+      <c r="E1596" s="1"/>
+      <c r="F1596" s="1"/>
+    </row>
+    <row r="1597" customHeight="1" spans="3:6">
+      <c r="C1597" s="1"/>
+      <c r="E1597" s="1"/>
+      <c r="F1597" s="1"/>
+    </row>
+    <row r="1598" customHeight="1" spans="3:6">
+      <c r="C1598" s="1"/>
+      <c r="E1598" s="1"/>
+      <c r="F1598" s="9"/>
+    </row>
+    <row r="1599" customHeight="1" spans="3:6">
+      <c r="C1599" s="9"/>
+      <c r="E1599" s="9"/>
+      <c r="F1599" s="1"/>
+    </row>
+    <row r="1600" customHeight="1" spans="3:6">
+      <c r="C1600" s="1"/>
+      <c r="E1600" s="1"/>
+      <c r="F1600" s="1"/>
+    </row>
+    <row r="1601" customHeight="1" spans="3:6">
+      <c r="C1601" s="1"/>
+      <c r="E1601" s="1"/>
+      <c r="F1601" s="1"/>
+    </row>
+    <row r="1602" customHeight="1" spans="3:6">
+      <c r="C1602" s="1"/>
+      <c r="E1602" s="1"/>
+      <c r="F1602" s="1"/>
+    </row>
+    <row r="1603" customHeight="1" spans="3:6">
+      <c r="C1603" s="1"/>
+      <c r="E1603" s="1"/>
+      <c r="F1603" s="1"/>
+    </row>
+    <row r="1604" customHeight="1" spans="3:6">
+      <c r="C1604" s="1"/>
+      <c r="E1604" s="1"/>
+      <c r="F1604" s="1"/>
+    </row>
+    <row r="1605" customHeight="1" spans="3:6">
+      <c r="C1605" s="1"/>
+      <c r="E1605" s="1"/>
+      <c r="F1605" s="1"/>
+    </row>
+    <row r="1606" customHeight="1" spans="3:6">
+      <c r="C1606" s="1"/>
+      <c r="E1606" s="1"/>
+      <c r="F1606" s="9"/>
+    </row>
+    <row r="1607" customHeight="1" spans="3:6">
+      <c r="C1607" s="9"/>
+      <c r="E1607" s="9"/>
+      <c r="F1607" s="1"/>
+    </row>
+    <row r="1608" customHeight="1" spans="3:6">
+      <c r="C1608" s="1"/>
+      <c r="E1608" s="1"/>
+      <c r="F1608" s="1"/>
+    </row>
+    <row r="1609" customHeight="1" spans="3:6">
+      <c r="C1609" s="1"/>
+      <c r="E1609" s="1"/>
+      <c r="F1609" s="1"/>
+    </row>
+    <row r="1610" customHeight="1" spans="3:6">
+      <c r="C1610" s="1"/>
+      <c r="E1610" s="1"/>
+      <c r="F1610" s="1"/>
+    </row>
+    <row r="1611" customHeight="1" spans="3:6">
+      <c r="C1611" s="1"/>
+      <c r="E1611" s="1"/>
+      <c r="F1611" s="1"/>
+    </row>
+    <row r="1612" customHeight="1" spans="3:6">
+      <c r="C1612" s="1"/>
+      <c r="E1612" s="1"/>
+      <c r="F1612" s="1"/>
+    </row>
+    <row r="1613" customHeight="1" spans="3:6">
+      <c r="C1613" s="1"/>
+      <c r="E1613" s="1"/>
+      <c r="F1613" s="1"/>
+    </row>
+    <row r="1614" customHeight="1" spans="3:6">
+      <c r="C1614" s="1"/>
+      <c r="E1614" s="1"/>
+      <c r="F1614" s="9"/>
+    </row>
+    <row r="1615" customHeight="1" spans="3:6">
+      <c r="C1615" s="9"/>
+      <c r="E1615" s="9"/>
+      <c r="F1615" s="1"/>
+    </row>
+    <row r="1616" customHeight="1" spans="3:6">
+      <c r="C1616" s="1"/>
+      <c r="E1616" s="1"/>
+      <c r="F1616" s="1"/>
+    </row>
+    <row r="1617" customHeight="1" spans="3:6">
+      <c r="C1617" s="1"/>
+      <c r="E1617" s="1"/>
+      <c r="F1617" s="1"/>
+    </row>
+    <row r="1618" customHeight="1" spans="3:6">
+      <c r="C1618" s="1"/>
+      <c r="E1618" s="1"/>
+      <c r="F1618" s="1"/>
+    </row>
+    <row r="1619" customHeight="1" spans="3:6">
+      <c r="C1619" s="1"/>
+      <c r="E1619" s="1"/>
+      <c r="F1619" s="1"/>
+    </row>
+    <row r="1620" customHeight="1" spans="3:6">
+      <c r="C1620" s="1"/>
+      <c r="E1620" s="1"/>
+      <c r="F1620" s="1"/>
+    </row>
+    <row r="1621" customHeight="1" spans="3:6">
+      <c r="C1621" s="1"/>
+      <c r="E1621" s="1"/>
+      <c r="F1621" s="1"/>
+    </row>
+    <row r="1622" customHeight="1" spans="3:6">
+      <c r="C1622" s="1"/>
+      <c r="E1622" s="1"/>
+      <c r="F1622" s="9"/>
+    </row>
+    <row r="1623" customHeight="1" spans="3:6">
+      <c r="C1623" s="9"/>
+      <c r="E1623" s="9"/>
+      <c r="F1623" s="1"/>
+    </row>
+    <row r="1624" customHeight="1" spans="3:6">
+      <c r="C1624" s="1"/>
+      <c r="E1624" s="1"/>
+      <c r="F1624" s="1"/>
+    </row>
+    <row r="1625" customHeight="1" spans="3:6">
+      <c r="C1625" s="1"/>
+      <c r="E1625" s="1"/>
+      <c r="F1625" s="1"/>
+    </row>
+    <row r="1626" customHeight="1" spans="3:6">
+      <c r="C1626" s="1"/>
+      <c r="E1626" s="1"/>
+      <c r="F1626" s="1"/>
+    </row>
+    <row r="1627" customHeight="1" spans="3:6">
+      <c r="C1627" s="1"/>
+      <c r="E1627" s="1"/>
+      <c r="F1627" s="1"/>
+    </row>
+    <row r="1628" customHeight="1" spans="3:6">
+      <c r="C1628" s="1"/>
+      <c r="E1628" s="1"/>
+      <c r="F1628" s="1"/>
+    </row>
+    <row r="1629" customHeight="1" spans="3:6">
+      <c r="C1629" s="1"/>
+      <c r="E1629" s="1"/>
+      <c r="F1629" s="1"/>
+    </row>
+    <row r="1630" customHeight="1" spans="3:6">
+      <c r="C1630" s="1"/>
+      <c r="E1630" s="1"/>
+      <c r="F1630" s="9"/>
+    </row>
+    <row r="1631" customHeight="1" spans="3:6">
+      <c r="C1631" s="9"/>
+      <c r="E1631" s="9"/>
+      <c r="F1631" s="1"/>
+    </row>
+    <row r="1632" customHeight="1" spans="3:6">
+      <c r="C1632" s="1"/>
+      <c r="E1632" s="1"/>
+      <c r="F1632" s="1"/>
+    </row>
+    <row r="1633" customHeight="1" spans="3:6">
+      <c r="C1633" s="1"/>
+      <c r="E1633" s="1"/>
+      <c r="F1633" s="1"/>
+    </row>
+    <row r="1634" customHeight="1" spans="3:6">
+      <c r="C1634" s="1"/>
+      <c r="E1634" s="1"/>
+      <c r="F1634" s="1"/>
+    </row>
+    <row r="1635" customHeight="1" spans="3:6">
+      <c r="C1635" s="1"/>
+      <c r="E1635" s="1"/>
+      <c r="F1635" s="1"/>
+    </row>
+    <row r="1636" customHeight="1" spans="3:6">
+      <c r="C1636" s="1"/>
+      <c r="E1636" s="1"/>
+      <c r="F1636" s="1"/>
+    </row>
+    <row r="1637" customHeight="1" spans="3:6">
+      <c r="C1637" s="1"/>
+      <c r="E1637" s="1"/>
+      <c r="F1637" s="1"/>
+    </row>
+    <row r="1638" customHeight="1" spans="3:6">
+      <c r="C1638" s="1"/>
+      <c r="E1638" s="1"/>
+      <c r="F1638" s="9"/>
+    </row>
+    <row r="1639" customHeight="1" spans="3:6">
+      <c r="C1639" s="9"/>
+      <c r="E1639" s="9"/>
+      <c r="F1639" s="1"/>
+    </row>
+    <row r="1640" customHeight="1" spans="3:6">
+      <c r="C1640" s="1"/>
+      <c r="E1640" s="1"/>
+      <c r="F1640" s="1"/>
+    </row>
+    <row r="1641" customHeight="1" spans="3:6">
+      <c r="C1641" s="1"/>
+      <c r="E1641" s="1"/>
+      <c r="F1641" s="1"/>
+    </row>
+    <row r="1642" customHeight="1" spans="3:6">
+      <c r="C1642" s="1"/>
+      <c r="E1642" s="1"/>
+      <c r="F1642" s="1"/>
+    </row>
+    <row r="1643" customHeight="1" spans="3:6">
+      <c r="C1643" s="1"/>
+      <c r="E1643" s="1"/>
+      <c r="F1643" s="1"/>
+    </row>
+    <row r="1644" customHeight="1" spans="3:6">
+      <c r="C1644" s="1"/>
+      <c r="E1644" s="1"/>
+      <c r="F1644" s="1"/>
+    </row>
+    <row r="1645" customHeight="1" spans="3:6">
+      <c r="C1645" s="1"/>
+      <c r="E1645" s="1"/>
+      <c r="F1645" s="1"/>
+    </row>
+    <row r="1646" customHeight="1" spans="3:6">
+      <c r="C1646" s="1"/>
+      <c r="E1646" s="1"/>
+      <c r="F1646" s="9"/>
+    </row>
+    <row r="1647" customHeight="1" spans="3:6">
+      <c r="C1647" s="9"/>
+      <c r="E1647" s="9"/>
+      <c r="F1647" s="1"/>
+    </row>
+    <row r="1648" customHeight="1" spans="3:6">
+      <c r="C1648" s="1"/>
+      <c r="E1648" s="1"/>
+      <c r="F1648" s="1"/>
+    </row>
+    <row r="1649" customHeight="1" spans="3:6">
+      <c r="C1649" s="1"/>
+      <c r="E1649" s="1"/>
+      <c r="F1649" s="1"/>
+    </row>
+    <row r="1650" customHeight="1" spans="3:6">
+      <c r="C1650" s="1"/>
+      <c r="E1650" s="1"/>
+      <c r="F1650" s="1"/>
+    </row>
+    <row r="1651" customHeight="1" spans="3:6">
+      <c r="C1651" s="1"/>
+      <c r="E1651" s="1"/>
+      <c r="F1651" s="1"/>
+    </row>
+    <row r="1652" customHeight="1" spans="3:6">
+      <c r="C1652" s="1"/>
+      <c r="E1652" s="1"/>
+      <c r="F1652" s="1"/>
+    </row>
+    <row r="1653" customHeight="1" spans="3:6">
+      <c r="C1653" s="1"/>
+      <c r="E1653" s="1"/>
+      <c r="F1653" s="1"/>
+    </row>
+    <row r="1654" customHeight="1" spans="3:6">
+      <c r="C1654" s="1"/>
+      <c r="E1654" s="1"/>
+      <c r="F1654" s="9"/>
+    </row>
+    <row r="1655" customHeight="1" spans="3:6">
+      <c r="C1655" s="9"/>
+      <c r="E1655" s="9"/>
+      <c r="F1655" s="1"/>
+    </row>
+    <row r="1656" customHeight="1" spans="3:6">
+      <c r="C1656" s="1"/>
+      <c r="E1656" s="1"/>
+      <c r="F1656" s="1"/>
+    </row>
+    <row r="1657" customHeight="1" spans="3:6">
+      <c r="C1657" s="1"/>
+      <c r="E1657" s="1"/>
+      <c r="F1657" s="1"/>
+    </row>
+    <row r="1658" customHeight="1" spans="3:6">
+      <c r="C1658" s="1"/>
+      <c r="E1658" s="1"/>
+      <c r="F1658" s="1"/>
+    </row>
+    <row r="1659" customHeight="1" spans="3:6">
+      <c r="C1659" s="1"/>
+      <c r="E1659" s="1"/>
+      <c r="F1659" s="1"/>
+    </row>
+    <row r="1660" customHeight="1" spans="3:6">
+      <c r="C1660" s="1"/>
+      <c r="E1660" s="1"/>
+      <c r="F1660" s="1"/>
+    </row>
+    <row r="1661" customHeight="1" spans="3:6">
+      <c r="C1661" s="1"/>
+      <c r="E1661" s="1"/>
+      <c r="F1661" s="1"/>
+    </row>
+    <row r="1662" customHeight="1" spans="3:6">
+      <c r="C1662" s="1"/>
+      <c r="E1662" s="1"/>
+      <c r="F1662" s="9"/>
+    </row>
+    <row r="1663" customHeight="1" spans="3:6">
+      <c r="C1663" s="9"/>
+      <c r="E1663" s="9"/>
+      <c r="F1663" s="1"/>
+    </row>
+    <row r="1664" customHeight="1" spans="3:6">
+      <c r="C1664" s="1"/>
+      <c r="E1664" s="1"/>
+      <c r="F1664" s="1"/>
+    </row>
+    <row r="1665" customHeight="1" spans="3:6">
+      <c r="C1665" s="1"/>
+      <c r="E1665" s="1"/>
+      <c r="F1665" s="1"/>
+    </row>
+    <row r="1666" customHeight="1" spans="3:6">
+      <c r="C1666" s="1"/>
+      <c r="E1666" s="1"/>
+      <c r="F1666" s="1"/>
+    </row>
+    <row r="1667" customHeight="1" spans="3:6">
+      <c r="C1667" s="1"/>
+      <c r="E1667" s="1"/>
+      <c r="F1667" s="1"/>
+    </row>
+    <row r="1668" customHeight="1" spans="3:6">
+      <c r="C1668" s="1"/>
+      <c r="E1668" s="1"/>
+      <c r="F1668" s="1"/>
+    </row>
+    <row r="1669" customHeight="1" spans="3:6">
+      <c r="C1669" s="1"/>
+      <c r="E1669" s="1"/>
+      <c r="F1669" s="1"/>
+    </row>
+    <row r="1670" customHeight="1" spans="3:6">
+      <c r="C1670" s="1"/>
+      <c r="E1670" s="1"/>
+      <c r="F1670" s="9"/>
+    </row>
+    <row r="1671" customHeight="1" spans="3:6">
+      <c r="C1671" s="9"/>
+      <c r="E1671" s="9"/>
+      <c r="F1671" s="1"/>
+    </row>
+    <row r="1672" customHeight="1" spans="3:6">
+      <c r="C1672" s="1"/>
+      <c r="E1672" s="1"/>
+      <c r="F1672" s="1"/>
+    </row>
+    <row r="1673" customHeight="1" spans="3:6">
+      <c r="C1673" s="1"/>
+      <c r="E1673" s="1"/>
+      <c r="F1673" s="1"/>
+    </row>
+    <row r="1674" customHeight="1" spans="3:6">
+      <c r="C1674" s="1"/>
+      <c r="E1674" s="1"/>
+      <c r="F1674" s="1"/>
+    </row>
+    <row r="1675" customHeight="1" spans="3:6">
+      <c r="C1675" s="1"/>
+      <c r="E1675" s="1"/>
+      <c r="F1675" s="1"/>
+    </row>
+    <row r="1676" customHeight="1" spans="3:6">
+      <c r="C1676" s="1"/>
+      <c r="E1676" s="1"/>
+      <c r="F1676" s="1"/>
+    </row>
+    <row r="1677" customHeight="1" spans="3:6">
+      <c r="C1677" s="1"/>
+      <c r="E1677" s="1"/>
+      <c r="F1677" s="1"/>
+    </row>
+    <row r="1678" customHeight="1" spans="3:6">
+      <c r="C1678" s="1"/>
+      <c r="E1678" s="1"/>
+      <c r="F1678" s="9"/>
+    </row>
+    <row r="1679" customHeight="1" spans="3:6">
+      <c r="C1679" s="9"/>
+      <c r="E1679" s="9"/>
+      <c r="F1679" s="1"/>
+    </row>
+    <row r="1680" customHeight="1" spans="3:6">
+      <c r="C1680" s="1"/>
+      <c r="E1680" s="1"/>
+      <c r="F1680" s="1"/>
+    </row>
+    <row r="1681" customHeight="1" spans="3:6">
+      <c r="C1681" s="1"/>
+      <c r="E1681" s="1"/>
+      <c r="F1681" s="1"/>
+    </row>
+    <row r="1682" customHeight="1" spans="3:6">
+      <c r="C1682" s="1"/>
+      <c r="E1682" s="1"/>
+      <c r="F1682" s="1"/>
+    </row>
+    <row r="1683" customHeight="1" spans="3:6">
+      <c r="C1683" s="1"/>
+      <c r="E1683" s="1"/>
+      <c r="F1683" s="1"/>
+    </row>
+    <row r="1684" customHeight="1" spans="3:6">
+      <c r="C1684" s="1"/>
+      <c r="E1684" s="1"/>
+      <c r="F1684" s="1"/>
+    </row>
+    <row r="1685" customHeight="1" spans="3:6">
+      <c r="C1685" s="1"/>
+      <c r="E1685" s="1"/>
+      <c r="F1685" s="1"/>
+    </row>
+    <row r="1686" customHeight="1" spans="3:6">
+      <c r="C1686" s="1"/>
+      <c r="E1686" s="1"/>
+      <c r="F1686" s="9"/>
+    </row>
+    <row r="1687" customHeight="1" spans="3:6">
+      <c r="C1687" s="9"/>
+      <c r="E1687" s="9"/>
+      <c r="F1687" s="1"/>
+    </row>
+    <row r="1688" customHeight="1" spans="3:6">
+      <c r="C1688" s="1"/>
+      <c r="E1688" s="1"/>
+      <c r="F1688" s="1"/>
+    </row>
+    <row r="1689" customHeight="1" spans="3:6">
+      <c r="C1689" s="1"/>
+      <c r="E1689" s="1"/>
+      <c r="F1689" s="1"/>
+    </row>
+    <row r="1690" customHeight="1" spans="3:6">
+      <c r="C1690" s="1"/>
+      <c r="E1690" s="1"/>
+      <c r="F1690" s="1"/>
+    </row>
+    <row r="1691" customHeight="1" spans="3:6">
+      <c r="C1691" s="1"/>
+      <c r="E1691" s="1"/>
+      <c r="F1691" s="1"/>
+    </row>
+    <row r="1692" customHeight="1" spans="3:6">
+      <c r="C1692" s="1"/>
+      <c r="E1692" s="1"/>
+      <c r="F1692" s="1"/>
+    </row>
+    <row r="1693" customHeight="1" spans="3:6">
+      <c r="C1693" s="1"/>
+      <c r="E1693" s="1"/>
+      <c r="F1693" s="1"/>
+    </row>
+    <row r="1694" customHeight="1" spans="3:6">
+      <c r="C1694" s="1"/>
+      <c r="E1694" s="1"/>
+      <c r="F1694" s="9"/>
+    </row>
+    <row r="1695" customHeight="1" spans="3:6">
+      <c r="C1695" s="9"/>
+      <c r="E1695" s="9"/>
+      <c r="F1695" s="1"/>
+    </row>
+    <row r="1696" customHeight="1" spans="3:6">
+      <c r="C1696" s="1"/>
+      <c r="E1696" s="1"/>
+      <c r="F1696" s="1"/>
+    </row>
+    <row r="1697" customHeight="1" spans="3:6">
+      <c r="C1697" s="1"/>
+      <c r="E1697" s="1"/>
+      <c r="F1697" s="1"/>
+    </row>
+    <row r="1698" customHeight="1" spans="3:6">
+      <c r="C1698" s="1"/>
+      <c r="E1698" s="1"/>
+      <c r="F1698" s="1"/>
+    </row>
+    <row r="1699" customHeight="1" spans="3:6">
+      <c r="C1699" s="1"/>
+      <c r="E1699" s="1"/>
+      <c r="F1699" s="1"/>
+    </row>
+    <row r="1700" customHeight="1" spans="3:6">
+      <c r="C1700" s="1"/>
+      <c r="E1700" s="1"/>
+      <c r="F1700" s="1"/>
+    </row>
+    <row r="1701" customHeight="1" spans="3:6">
+      <c r="C1701" s="1"/>
+      <c r="E1701" s="1"/>
+      <c r="F1701" s="1"/>
+    </row>
+    <row r="1702" customHeight="1" spans="3:6">
+      <c r="C1702" s="1"/>
+      <c r="E1702" s="1"/>
+      <c r="F1702" s="9"/>
+    </row>
+    <row r="1703" customHeight="1" spans="3:6">
+      <c r="C1703" s="9"/>
+      <c r="E1703" s="9"/>
+      <c r="F1703" s="1"/>
+    </row>
+    <row r="1704" customHeight="1" spans="3:6">
+      <c r="C1704" s="1"/>
+      <c r="E1704" s="1"/>
+      <c r="F1704" s="1"/>
+    </row>
+    <row r="1705" customHeight="1" spans="3:6">
+      <c r="C1705" s="1"/>
+      <c r="E1705" s="1"/>
+      <c r="F1705" s="1"/>
+    </row>
+    <row r="1706" customHeight="1" spans="3:6">
+      <c r="C1706" s="1"/>
+      <c r="E1706" s="1"/>
+      <c r="F1706" s="1"/>
+    </row>
+    <row r="1707" customHeight="1" spans="3:6">
+      <c r="C1707" s="1"/>
+      <c r="E1707" s="1"/>
+      <c r="F1707" s="1"/>
+    </row>
+    <row r="1708" customHeight="1" spans="3:6">
+      <c r="C1708" s="1"/>
+      <c r="E1708" s="1"/>
+      <c r="F1708" s="1"/>
+    </row>
+    <row r="1709" customHeight="1" spans="3:6">
+      <c r="C1709" s="1"/>
+      <c r="E1709" s="1"/>
+      <c r="F1709" s="1"/>
+    </row>
+    <row r="1710" customHeight="1" spans="3:6">
+      <c r="C1710" s="1"/>
+      <c r="E1710" s="1"/>
+      <c r="F1710" s="9"/>
+    </row>
+    <row r="1711" customHeight="1" spans="3:6">
+      <c r="C1711" s="9"/>
+      <c r="E1711" s="9"/>
+      <c r="F1711" s="1"/>
+    </row>
+    <row r="1712" customHeight="1" spans="3:6">
+      <c r="C1712" s="1"/>
+      <c r="E1712" s="1"/>
+      <c r="F1712" s="1"/>
+    </row>
+    <row r="1713" customHeight="1" spans="3:6">
+      <c r="C1713" s="1"/>
+      <c r="E1713" s="1"/>
+      <c r="F1713" s="1"/>
+    </row>
+    <row r="1714" customHeight="1" spans="3:6">
+      <c r="C1714" s="1"/>
+      <c r="E1714" s="1"/>
+      <c r="F1714" s="1"/>
+    </row>
+    <row r="1715" customHeight="1" spans="3:6">
+      <c r="C1715" s="1"/>
+      <c r="E1715" s="1"/>
+      <c r="F1715" s="1"/>
+    </row>
+    <row r="1716" customHeight="1" spans="3:6">
+      <c r="C1716" s="1"/>
+      <c r="E1716" s="1"/>
+      <c r="F1716" s="1"/>
+    </row>
+    <row r="1717" customHeight="1" spans="3:6">
+      <c r="C1717" s="1"/>
+      <c r="E1717" s="1"/>
+      <c r="F1717" s="1"/>
+    </row>
+    <row r="1718" customHeight="1" spans="3:6">
+      <c r="C1718" s="1"/>
+      <c r="E1718" s="1"/>
+      <c r="F1718" s="9"/>
+    </row>
+    <row r="1719" customHeight="1" spans="3:6">
+      <c r="C1719" s="9"/>
+      <c r="E1719" s="9"/>
+      <c r="F1719" s="1"/>
+    </row>
+    <row r="1720" customHeight="1" spans="3:6">
+      <c r="C1720" s="1"/>
+      <c r="E1720" s="1"/>
+      <c r="F1720" s="1"/>
+    </row>
+    <row r="1721" customHeight="1" spans="3:6">
+      <c r="C1721" s="1"/>
+      <c r="E1721" s="1"/>
+      <c r="F1721" s="1"/>
+    </row>
+    <row r="1722" customHeight="1" spans="3:6">
+      <c r="C1722" s="1"/>
+      <c r="E1722" s="1"/>
+      <c r="F1722" s="1"/>
+    </row>
+    <row r="1723" customHeight="1" spans="3:6">
+      <c r="C1723" s="1"/>
+      <c r="E1723" s="1"/>
+      <c r="F1723" s="1"/>
+    </row>
+    <row r="1724" customHeight="1" spans="3:6">
+      <c r="C1724" s="1"/>
+      <c r="E1724" s="1"/>
+      <c r="F1724" s="1"/>
+    </row>
+    <row r="1725" customHeight="1" spans="3:6">
+      <c r="C1725" s="1"/>
+      <c r="E1725" s="1"/>
+      <c r="F1725" s="1"/>
+    </row>
+    <row r="1726" customHeight="1" spans="3:6">
+      <c r="C1726" s="1"/>
+      <c r="E1726" s="1"/>
+      <c r="F1726" s="9"/>
+    </row>
+    <row r="1727" customHeight="1" spans="3:6">
+      <c r="C1727" s="9"/>
+      <c r="E1727" s="9"/>
+      <c r="F1727" s="1"/>
+    </row>
+    <row r="1728" customHeight="1" spans="3:6">
+      <c r="C1728" s="1"/>
+      <c r="E1728" s="1"/>
+      <c r="F1728" s="1"/>
+    </row>
+    <row r="1729" customHeight="1" spans="3:6">
+      <c r="C1729" s="1"/>
+      <c r="E1729" s="1"/>
+      <c r="F1729" s="1"/>
+    </row>
+    <row r="1730" customHeight="1" spans="3:6">
+      <c r="C1730" s="1"/>
+      <c r="E1730" s="1"/>
+      <c r="F1730" s="1"/>
+    </row>
+    <row r="1731" customHeight="1" spans="3:6">
+      <c r="C1731" s="1"/>
+      <c r="E1731" s="1"/>
+      <c r="F1731" s="1"/>
+    </row>
+    <row r="1732" customHeight="1" spans="3:6">
+      <c r="C1732" s="1"/>
+      <c r="E1732" s="1"/>
+      <c r="F1732" s="1"/>
+    </row>
+    <row r="1733" customHeight="1" spans="3:6">
+      <c r="C1733" s="1"/>
+      <c r="E1733" s="1"/>
+      <c r="F1733" s="1"/>
+    </row>
+    <row r="1734" customHeight="1" spans="3:6">
+      <c r="C1734" s="1"/>
+      <c r="E1734" s="1"/>
+      <c r="F1734" s="9"/>
+    </row>
+    <row r="1735" customHeight="1" spans="3:6">
+      <c r="C1735" s="9"/>
+      <c r="E1735" s="9"/>
+      <c r="F1735" s="1"/>
+    </row>
+    <row r="1736" customHeight="1" spans="3:6">
+      <c r="C1736" s="1"/>
+      <c r="E1736" s="1"/>
+      <c r="F1736" s="1"/>
+    </row>
+    <row r="1737" customHeight="1" spans="3:6">
+      <c r="C1737" s="1"/>
+      <c r="E1737" s="1"/>
+      <c r="F1737" s="1"/>
+    </row>
+    <row r="1738" customHeight="1" spans="3:6">
+      <c r="C1738" s="1"/>
+      <c r="E1738" s="1"/>
+      <c r="F1738" s="1"/>
+    </row>
+    <row r="1739" customHeight="1" spans="3:6">
+      <c r="C1739" s="1"/>
+      <c r="E1739" s="1"/>
+      <c r="F1739" s="1"/>
+    </row>
+    <row r="1740" customHeight="1" spans="3:6">
+      <c r="C1740" s="1"/>
+      <c r="E1740" s="1"/>
+      <c r="F1740" s="1"/>
+    </row>
+    <row r="1741" customHeight="1" spans="3:6">
+      <c r="C1741" s="1"/>
+      <c r="E1741" s="1"/>
+      <c r="F1741" s="1"/>
+    </row>
+    <row r="1742" customHeight="1" spans="3:6">
+      <c r="C1742" s="1"/>
+      <c r="E1742" s="1"/>
+      <c r="F1742" s="9"/>
+    </row>
+    <row r="1743" customHeight="1" spans="3:6">
+      <c r="C1743" s="9"/>
+      <c r="E1743" s="9"/>
+      <c r="F1743" s="1"/>
+    </row>
+    <row r="1744" customHeight="1" spans="3:6">
+      <c r="C1744" s="1"/>
+      <c r="E1744" s="1"/>
+      <c r="F1744" s="1"/>
+    </row>
+    <row r="1745" customHeight="1" spans="3:6">
+      <c r="C1745" s="1"/>
+      <c r="E1745" s="1"/>
+      <c r="F1745" s="1"/>
+    </row>
+    <row r="1746" customHeight="1" spans="3:6">
+      <c r="C1746" s="1"/>
+      <c r="E1746" s="1"/>
+      <c r="F1746" s="1"/>
+    </row>
+    <row r="1747" customHeight="1" spans="3:6">
+      <c r="C1747" s="1"/>
+      <c r="E1747" s="1"/>
+      <c r="F1747" s="1"/>
+    </row>
+    <row r="1748" customHeight="1" spans="3:6">
+      <c r="C1748" s="1"/>
+      <c r="E1748" s="1"/>
+      <c r="F1748" s="1"/>
+    </row>
+    <row r="1749" customHeight="1" spans="3:6">
+      <c r="C1749" s="1"/>
+      <c r="E1749" s="1"/>
+      <c r="F1749" s="1"/>
+    </row>
+    <row r="1750" customHeight="1" spans="3:6">
+      <c r="C1750" s="1"/>
+      <c r="E1750" s="1"/>
+      <c r="F1750" s="9"/>
+    </row>
+    <row r="1751" customHeight="1" spans="3:6">
+      <c r="C1751" s="9"/>
+      <c r="E1751" s="9"/>
+      <c r="F1751" s="1"/>
+    </row>
+    <row r="1752" customHeight="1" spans="3:6">
+      <c r="C1752" s="1"/>
+      <c r="E1752" s="1"/>
+      <c r="F1752" s="1"/>
+    </row>
+    <row r="1753" customHeight="1" spans="3:6">
+      <c r="C1753" s="1"/>
+      <c r="E1753" s="1"/>
+      <c r="F1753" s="1"/>
+    </row>
+    <row r="1754" customHeight="1" spans="3:6">
+      <c r="C1754" s="1"/>
+      <c r="E1754" s="1"/>
+      <c r="F1754" s="1"/>
+    </row>
+    <row r="1755" customHeight="1" spans="3:6">
+      <c r="C1755" s="1"/>
+      <c r="E1755" s="1"/>
+      <c r="F1755" s="1"/>
+    </row>
+    <row r="1756" customHeight="1" spans="3:6">
+      <c r="C1756" s="1"/>
+      <c r="E1756" s="1"/>
+      <c r="F1756" s="1"/>
+    </row>
+    <row r="1757" customHeight="1" spans="3:6">
+      <c r="C1757" s="1"/>
+      <c r="E1757" s="1"/>
+      <c r="F1757" s="1"/>
+    </row>
+    <row r="1758" customHeight="1" spans="3:6">
+      <c r="C1758" s="1"/>
+      <c r="E1758" s="1"/>
+      <c r="F1758" s="9"/>
+    </row>
+    <row r="1759" customHeight="1" spans="3:6">
+      <c r="C1759" s="9"/>
+      <c r="E1759" s="9"/>
+      <c r="F1759" s="1"/>
+    </row>
+    <row r="1760" customHeight="1" spans="3:6">
+      <c r="C1760" s="1"/>
+      <c r="E1760" s="1"/>
+      <c r="F1760" s="1"/>
+    </row>
+    <row r="1761" customHeight="1" spans="3:6">
+      <c r="C1761" s="1"/>
+      <c r="E1761" s="1"/>
+      <c r="F1761" s="1"/>
+    </row>
+    <row r="1762" customHeight="1" spans="3:6">
+      <c r="C1762" s="1"/>
+      <c r="E1762" s="1"/>
+      <c r="F1762" s="1"/>
+    </row>
+    <row r="1763" customHeight="1" spans="3:6">
+      <c r="C1763" s="1"/>
+      <c r="E1763" s="1"/>
+      <c r="F1763" s="1"/>
+    </row>
+    <row r="1764" customHeight="1" spans="3:6">
+      <c r="C1764" s="1"/>
+      <c r="E1764" s="1"/>
+      <c r="F1764" s="1"/>
+    </row>
+    <row r="1765" customHeight="1" spans="3:6">
+      <c r="C1765" s="1"/>
+      <c r="E1765" s="1"/>
+      <c r="F1765" s="1"/>
+    </row>
+    <row r="1766" customHeight="1" spans="3:6">
+      <c r="C1766" s="1"/>
+      <c r="E1766" s="1"/>
+      <c r="F1766" s="9"/>
+    </row>
+    <row r="1767" customHeight="1" spans="3:6">
+      <c r="C1767" s="9"/>
+      <c r="E1767" s="9"/>
+      <c r="F1767" s="1"/>
+    </row>
+    <row r="1768" customHeight="1" spans="3:6">
+      <c r="C1768" s="1"/>
+      <c r="E1768" s="1"/>
+      <c r="F1768" s="1"/>
+    </row>
+    <row r="1769" customHeight="1" spans="3:6">
+      <c r="C1769" s="1"/>
+      <c r="E1769" s="1"/>
+      <c r="F1769" s="1"/>
+    </row>
+    <row r="1770" customHeight="1" spans="3:6">
+      <c r="C1770" s="1"/>
+      <c r="E1770" s="1"/>
+      <c r="F1770" s="1"/>
+    </row>
+    <row r="1771" customHeight="1" spans="3:6">
+      <c r="C1771" s="1"/>
+      <c r="E1771" s="1"/>
+      <c r="F1771" s="1"/>
+    </row>
+    <row r="1772" customHeight="1" spans="3:6">
+      <c r="C1772" s="1"/>
+      <c r="E1772" s="1"/>
+      <c r="F1772" s="1"/>
+    </row>
+    <row r="1773" customHeight="1" spans="3:6">
+      <c r="C1773" s="1"/>
+      <c r="E1773" s="1"/>
+      <c r="F1773" s="1"/>
+    </row>
+    <row r="1774" customHeight="1" spans="3:6">
+      <c r="C1774" s="1"/>
+      <c r="E1774" s="1"/>
+      <c r="F1774" s="9"/>
+    </row>
+    <row r="1775" customHeight="1" spans="3:6">
+      <c r="C1775" s="9"/>
+      <c r="E1775" s="9"/>
+      <c r="F1775" s="1"/>
+    </row>
+    <row r="1776" customHeight="1" spans="3:6">
+      <c r="C1776" s="1"/>
+      <c r="E1776" s="1"/>
+      <c r="F1776" s="1"/>
+    </row>
+    <row r="1777" customHeight="1" spans="3:6">
+      <c r="C1777" s="1"/>
+      <c r="E1777" s="1"/>
+      <c r="F1777" s="1"/>
+    </row>
+    <row r="1778" customHeight="1" spans="3:6">
+      <c r="C1778" s="1"/>
+      <c r="E1778" s="1"/>
+      <c r="F1778" s="1"/>
+    </row>
+    <row r="1779" customHeight="1" spans="3:6">
+      <c r="C1779" s="1"/>
+      <c r="E1779" s="1"/>
+      <c r="F1779" s="1"/>
+    </row>
+    <row r="1780" customHeight="1" spans="3:6">
+      <c r="C1780" s="1"/>
+      <c r="E1780" s="1"/>
+      <c r="F1780" s="1"/>
+    </row>
+    <row r="1781" customHeight="1" spans="3:6">
+      <c r="C1781" s="1"/>
+      <c r="E1781" s="1"/>
+      <c r="F1781" s="1"/>
+    </row>
+    <row r="1782" customHeight="1" spans="3:6">
+      <c r="C1782" s="1"/>
+      <c r="E1782" s="1"/>
+      <c r="F1782" s="9"/>
+    </row>
+    <row r="1783" customHeight="1" spans="3:6">
+      <c r="C1783" s="9"/>
+      <c r="E1783" s="9"/>
+      <c r="F1783" s="1"/>
+    </row>
+    <row r="1784" customHeight="1" spans="3:6">
+      <c r="C1784" s="1"/>
+      <c r="E1784" s="1"/>
+      <c r="F1784" s="1"/>
+    </row>
+    <row r="1785" customHeight="1" spans="3:6">
+      <c r="C1785" s="1"/>
+      <c r="E1785" s="1"/>
+      <c r="F1785" s="1"/>
+    </row>
+    <row r="1786" customHeight="1" spans="3:6">
+      <c r="C1786" s="1"/>
+      <c r="E1786" s="1"/>
+      <c r="F1786" s="1"/>
+    </row>
+    <row r="1787" customHeight="1" spans="3:6">
+      <c r="C1787" s="1"/>
+      <c r="E1787" s="1"/>
+      <c r="F1787" s="1"/>
+    </row>
+    <row r="1788" customHeight="1" spans="3:6">
+      <c r="C1788" s="1"/>
+      <c r="E1788" s="1"/>
+      <c r="F1788" s="1"/>
+    </row>
+    <row r="1789" customHeight="1" spans="3:6">
+      <c r="C1789" s="1"/>
+      <c r="E1789" s="1"/>
+      <c r="F1789" s="1"/>
+    </row>
+    <row r="1790" customHeight="1" spans="3:6">
+      <c r="C1790" s="1"/>
+      <c r="E1790" s="1"/>
+      <c r="F1790" s="9"/>
+    </row>
+    <row r="1791" customHeight="1" spans="3:6">
+      <c r="C1791" s="9"/>
+      <c r="E1791" s="9"/>
+      <c r="F1791" s="1"/>
+    </row>
+    <row r="1792" customHeight="1" spans="3:6">
+      <c r="C1792" s="1"/>
+      <c r="E1792" s="1"/>
+      <c r="F1792" s="1"/>
+    </row>
+    <row r="1793" customHeight="1" spans="3:6">
+      <c r="C1793" s="1"/>
+      <c r="E1793" s="1"/>
+      <c r="F1793" s="1"/>
+    </row>
+    <row r="1794" customHeight="1" spans="3:6">
+      <c r="C1794" s="1"/>
+      <c r="E1794" s="1"/>
+      <c r="F1794" s="1"/>
+    </row>
+    <row r="1795" customHeight="1" spans="3:6">
+      <c r="C1795" s="1"/>
+      <c r="E1795" s="1"/>
+      <c r="F1795" s="1"/>
+    </row>
+    <row r="1796" customHeight="1" spans="3:6">
+      <c r="C1796" s="1"/>
+      <c r="E1796" s="1"/>
+      <c r="F1796" s="1"/>
+    </row>
+    <row r="1797" customHeight="1" spans="3:6">
+      <c r="C1797" s="1"/>
+      <c r="E1797" s="1"/>
+      <c r="F1797" s="1"/>
+    </row>
+    <row r="1798" customHeight="1" spans="3:6">
+      <c r="C1798" s="1"/>
+      <c r="E1798" s="1"/>
+      <c r="F1798" s="9"/>
+    </row>
+    <row r="1799" customHeight="1" spans="3:6">
+      <c r="C1799" s="9"/>
+      <c r="E1799" s="9"/>
+      <c r="F1799" s="1"/>
+    </row>
+    <row r="1800" customHeight="1" spans="3:6">
+      <c r="C1800" s="1"/>
+      <c r="E1800" s="1"/>
+      <c r="F1800" s="1"/>
+    </row>
+    <row r="1801" customHeight="1" spans="3:6">
+      <c r="C1801" s="1"/>
+      <c r="E1801" s="1"/>
+      <c r="F1801" s="1"/>
+    </row>
+    <row r="1802" customHeight="1" spans="3:6">
+      <c r="C1802" s="1"/>
+      <c r="E1802" s="1"/>
+      <c r="F1802" s="1"/>
+    </row>
+    <row r="1803" customHeight="1" spans="3:6">
+      <c r="C1803" s="1"/>
+      <c r="E1803" s="1"/>
+      <c r="F1803" s="1"/>
+    </row>
+    <row r="1804" customHeight="1" spans="3:6">
+      <c r="C1804" s="1"/>
+      <c r="E1804" s="1"/>
+      <c r="F1804" s="1"/>
+    </row>
+    <row r="1805" customHeight="1" spans="3:6">
+      <c r="C1805" s="1"/>
+      <c r="E1805" s="1"/>
+      <c r="F1805" s="1"/>
+    </row>
+    <row r="1806" customHeight="1" spans="3:6">
+      <c r="C1806" s="1"/>
+      <c r="E1806" s="1"/>
+      <c r="F1806" s="9"/>
+    </row>
+    <row r="1807" customHeight="1" spans="3:6">
+      <c r="C1807" s="9"/>
+      <c r="E1807" s="9"/>
+      <c r="F1807" s="1"/>
+    </row>
+    <row r="1808" customHeight="1" spans="3:6">
+      <c r="C1808" s="1"/>
+      <c r="E1808" s="1"/>
+      <c r="F1808" s="1"/>
+    </row>
+    <row r="1809" customHeight="1" spans="3:6">
+      <c r="C1809" s="1"/>
+      <c r="E1809" s="1"/>
+      <c r="F1809" s="1"/>
+    </row>
+    <row r="1810" customHeight="1" spans="3:6">
+      <c r="C1810" s="1"/>
+      <c r="E1810" s="1"/>
+      <c r="F1810" s="1"/>
+    </row>
+    <row r="1811" customHeight="1" spans="3:6">
+      <c r="C1811" s="1"/>
+      <c r="E1811" s="1"/>
+      <c r="F1811" s="1"/>
+    </row>
+    <row r="1812" customHeight="1" spans="3:6">
+      <c r="C1812" s="1"/>
+      <c r="E1812" s="1"/>
+      <c r="F1812" s="1"/>
+    </row>
+    <row r="1813" customHeight="1" spans="3:6">
+      <c r="C1813" s="1"/>
+      <c r="E1813" s="1"/>
+      <c r="F1813" s="1"/>
+    </row>
+    <row r="1814" customHeight="1" spans="3:6">
+      <c r="C1814" s="1"/>
+      <c r="E1814" s="1"/>
+      <c r="F1814" s="9"/>
+    </row>
+    <row r="1815" customHeight="1" spans="3:6">
+      <c r="C1815" s="9"/>
+      <c r="E1815" s="9"/>
+      <c r="F1815" s="1"/>
+    </row>
+    <row r="1816" customHeight="1" spans="3:6">
+      <c r="C1816" s="1"/>
+      <c r="E1816" s="1"/>
+      <c r="F1816" s="1"/>
+    </row>
+    <row r="1817" customHeight="1" spans="3:6">
+      <c r="C1817" s="1"/>
+      <c r="E1817" s="1"/>
+      <c r="F1817" s="1"/>
+    </row>
+    <row r="1818" customHeight="1" spans="3:6">
+      <c r="C1818" s="1"/>
+      <c r="E1818" s="1"/>
+      <c r="F1818" s="1"/>
+    </row>
+    <row r="1819" customHeight="1" spans="3:6">
+      <c r="C1819" s="1"/>
+      <c r="E1819" s="1"/>
+      <c r="F1819" s="1"/>
+    </row>
+    <row r="1820" customHeight="1" spans="3:6">
+      <c r="C1820" s="1"/>
+      <c r="E1820" s="1"/>
+      <c r="F1820" s="1"/>
+    </row>
+    <row r="1821" customHeight="1" spans="3:6">
+      <c r="C1821" s="1"/>
+      <c r="E1821" s="1"/>
+      <c r="F1821" s="1"/>
+    </row>
+    <row r="1822" customHeight="1" spans="3:6">
+      <c r="C1822" s="1"/>
+      <c r="E1822" s="1"/>
+      <c r="F1822" s="9"/>
+    </row>
+    <row r="1823" customHeight="1" spans="3:6">
+      <c r="C1823" s="9"/>
+      <c r="E1823" s="9"/>
+      <c r="F1823" s="1"/>
+    </row>
+    <row r="1824" customHeight="1" spans="3:6">
+      <c r="C1824" s="1"/>
+      <c r="E1824" s="1"/>
+      <c r="F1824" s="1"/>
+    </row>
+    <row r="1825" customHeight="1" spans="3:6">
+      <c r="C1825" s="1"/>
+      <c r="E1825" s="1"/>
+      <c r="F1825" s="1"/>
+    </row>
+    <row r="1826" customHeight="1" spans="3:6">
+      <c r="C1826" s="1"/>
+      <c r="E1826" s="1"/>
+      <c r="F1826" s="1"/>
+    </row>
+    <row r="1827" customHeight="1" spans="3:6">
+      <c r="C1827" s="1"/>
+      <c r="E1827" s="1"/>
+      <c r="F1827" s="1"/>
+    </row>
+    <row r="1828" customHeight="1" spans="3:6">
+      <c r="C1828" s="1"/>
+      <c r="E1828" s="1"/>
+      <c r="F1828" s="1"/>
+    </row>
+    <row r="1829" customHeight="1" spans="3:6">
+      <c r="C1829" s="1"/>
+      <c r="E1829" s="1"/>
+      <c r="F1829" s="1"/>
+    </row>
+    <row r="1830" customHeight="1" spans="3:6">
+      <c r="C1830" s="1"/>
+      <c r="E1830" s="1"/>
+      <c r="F1830" s="9"/>
+    </row>
+    <row r="1831" customHeight="1" spans="3:6">
+      <c r="C1831" s="9"/>
+      <c r="E1831" s="9"/>
+      <c r="F1831" s="1"/>
+    </row>
+    <row r="1832" customHeight="1" spans="3:6">
+      <c r="C1832" s="1"/>
+      <c r="E1832" s="1"/>
+      <c r="F1832" s="1"/>
+    </row>
+    <row r="1833" customHeight="1" spans="3:6">
+      <c r="C1833" s="1"/>
+      <c r="E1833" s="1"/>
+      <c r="F1833" s="1"/>
+    </row>
+    <row r="1834" customHeight="1" spans="3:6">
+      <c r="C1834" s="1"/>
+      <c r="E1834" s="1"/>
+      <c r="F1834" s="1"/>
+    </row>
+    <row r="1835" customHeight="1" spans="3:6">
+      <c r="C1835" s="1"/>
+      <c r="E1835" s="1"/>
+      <c r="F1835" s="1"/>
+    </row>
+    <row r="1836" customHeight="1" spans="3:6">
+      <c r="C1836" s="1"/>
+      <c r="E1836" s="1"/>
+      <c r="F1836" s="1"/>
+    </row>
+    <row r="1837" customHeight="1" spans="3:6">
+      <c r="C1837" s="1"/>
+      <c r="E1837" s="1"/>
+      <c r="F1837" s="1"/>
+    </row>
+    <row r="1838" customHeight="1" spans="3:6">
+      <c r="C1838" s="1"/>
+      <c r="E1838" s="1"/>
+      <c r="F1838" s="9"/>
+    </row>
+    <row r="1839" customHeight="1" spans="3:6">
+      <c r="C1839" s="9"/>
+      <c r="E1839" s="9"/>
+      <c r="F1839" s="1"/>
+    </row>
+    <row r="1840" customHeight="1" spans="3:6">
+      <c r="C1840" s="1"/>
+      <c r="E1840" s="1"/>
+      <c r="F1840" s="1"/>
+    </row>
+    <row r="1841" customHeight="1" spans="3:6">
+      <c r="C1841" s="1"/>
+      <c r="E1841" s="1"/>
+      <c r="F1841" s="1"/>
+    </row>
+    <row r="1842" customHeight="1" spans="3:6">
+      <c r="C1842" s="1"/>
+      <c r="E1842" s="1"/>
+      <c r="F1842" s="1"/>
+    </row>
+    <row r="1843" customHeight="1" spans="3:6">
+      <c r="C1843" s="1"/>
+      <c r="E1843" s="1"/>
+      <c r="F1843" s="1"/>
+    </row>
+    <row r="1844" customHeight="1" spans="3:6">
+      <c r="C1844" s="1"/>
+      <c r="E1844" s="1"/>
+      <c r="F1844" s="1"/>
+    </row>
+    <row r="1845" customHeight="1" spans="3:6">
+      <c r="C1845" s="1"/>
+      <c r="E1845" s="1"/>
+      <c r="F1845" s="1"/>
+    </row>
+    <row r="1846" customHeight="1" spans="3:6">
+      <c r="C1846" s="1"/>
+      <c r="E1846" s="1"/>
+      <c r="F1846" s="9"/>
+    </row>
+    <row r="1847" customHeight="1" spans="3:6">
+      <c r="C1847" s="9"/>
+      <c r="E1847" s="9"/>
+      <c r="F1847" s="1"/>
+    </row>
+    <row r="1848" customHeight="1" spans="3:6">
+      <c r="C1848" s="1"/>
+      <c r="E1848" s="1"/>
+      <c r="F1848" s="1"/>
+    </row>
+    <row r="1849" customHeight="1" spans="3:6">
+      <c r="C1849" s="1"/>
+      <c r="E1849" s="1"/>
+      <c r="F1849" s="1"/>
+    </row>
+    <row r="1850" customHeight="1" spans="3:6">
+      <c r="C1850" s="1"/>
+      <c r="E1850" s="1"/>
+      <c r="F1850" s="1"/>
+    </row>
+    <row r="1851" customHeight="1" spans="3:6">
+      <c r="C1851" s="1"/>
+      <c r="E1851" s="1"/>
+      <c r="F1851" s="1"/>
+    </row>
+    <row r="1852" customHeight="1" spans="3:6">
+      <c r="C1852" s="1"/>
+      <c r="E1852" s="1"/>
+      <c r="F1852" s="1"/>
+    </row>
+    <row r="1853" customHeight="1" spans="3:6">
+      <c r="C1853" s="1"/>
+      <c r="E1853" s="1"/>
+      <c r="F1853" s="1"/>
+    </row>
+    <row r="1854" customHeight="1" spans="3:6">
+      <c r="C1854" s="1"/>
+      <c r="E1854" s="1"/>
+      <c r="F1854" s="9"/>
+    </row>
+    <row r="1855" customHeight="1" spans="3:6">
+      <c r="C1855" s="9"/>
+      <c r="E1855" s="9"/>
+      <c r="F1855" s="1"/>
+    </row>
+    <row r="1856" customHeight="1" spans="3:6">
+      <c r="C1856" s="1"/>
+      <c r="E1856" s="1"/>
+      <c r="F1856" s="1"/>
+    </row>
+    <row r="1857" customHeight="1" spans="3:6">
+      <c r="C1857" s="1"/>
+      <c r="E1857" s="1"/>
+      <c r="F1857" s="1"/>
+    </row>
+    <row r="1858" customHeight="1" spans="3:6">
+      <c r="C1858" s="1"/>
+      <c r="E1858" s="1"/>
+      <c r="F1858" s="1"/>
+    </row>
+    <row r="1859" customHeight="1" spans="3:6">
+      <c r="C1859" s="1"/>
+      <c r="E1859" s="1"/>
+      <c r="F1859" s="1"/>
+    </row>
+    <row r="1860" customHeight="1" spans="3:6">
+      <c r="C1860" s="1"/>
+      <c r="E1860" s="1"/>
+      <c r="F1860" s="1"/>
+    </row>
+    <row r="1861" customHeight="1" spans="3:6">
+      <c r="C1861" s="1"/>
+      <c r="E1861" s="1"/>
+      <c r="F1861" s="1"/>
+    </row>
+    <row r="1862" customHeight="1" spans="3:6">
+      <c r="C1862" s="1"/>
+      <c r="E1862" s="1"/>
+      <c r="F1862" s="9"/>
+    </row>
+    <row r="1863" customHeight="1" spans="3:6">
+      <c r="C1863" s="9"/>
+      <c r="E1863" s="9"/>
+      <c r="F1863" s="1"/>
+    </row>
+    <row r="1864" customHeight="1" spans="3:6">
+      <c r="C1864" s="1"/>
+      <c r="E1864" s="1"/>
+      <c r="F1864" s="1"/>
+    </row>
+    <row r="1865" customHeight="1" spans="3:6">
+      <c r="C1865" s="1"/>
+      <c r="E1865" s="1"/>
+      <c r="F1865" s="1"/>
+    </row>
+    <row r="1866" customHeight="1" spans="3:6">
+      <c r="C1866" s="1"/>
+      <c r="E1866" s="1"/>
+      <c r="F1866" s="1"/>
+    </row>
+    <row r="1867" customHeight="1" spans="3:6">
+      <c r="C1867" s="1"/>
+      <c r="E1867" s="1"/>
+      <c r="F1867" s="1"/>
+    </row>
+    <row r="1868" customHeight="1" spans="3:6">
+      <c r="C1868" s="1"/>
+      <c r="E1868" s="1"/>
+      <c r="F1868" s="1"/>
+    </row>
+    <row r="1869" customHeight="1" spans="3:6">
+      <c r="C1869" s="1"/>
+      <c r="E1869" s="1"/>
+      <c r="F1869" s="1"/>
+    </row>
+    <row r="1870" customHeight="1" spans="3:6">
+      <c r="C1870" s="1"/>
+      <c r="E1870" s="1"/>
+      <c r="F1870" s="9"/>
+    </row>
+    <row r="1871" customHeight="1" spans="3:6">
+      <c r="C1871" s="9"/>
+      <c r="E1871" s="9"/>
+      <c r="F1871" s="1"/>
+    </row>
+    <row r="1872" customHeight="1" spans="3:6">
+      <c r="C1872" s="1"/>
+      <c r="E1872" s="1"/>
+      <c r="F1872" s="1"/>
+    </row>
+    <row r="1873" customHeight="1" spans="3:6">
+      <c r="C1873" s="1"/>
+      <c r="E1873" s="1"/>
+      <c r="F1873" s="1"/>
+    </row>
+    <row r="1874" customHeight="1" spans="3:6">
+      <c r="C1874" s="1"/>
+      <c r="E1874" s="1"/>
+      <c r="F1874" s="1"/>
+    </row>
+    <row r="1875" customHeight="1" spans="3:6">
+      <c r="C1875" s="1"/>
+      <c r="E1875" s="1"/>
+      <c r="F1875" s="1"/>
+    </row>
+    <row r="1876" customHeight="1" spans="3:6">
+      <c r="C1876" s="1"/>
+      <c r="E1876" s="1"/>
+      <c r="F1876" s="1"/>
+    </row>
+    <row r="1877" customHeight="1" spans="3:6">
+      <c r="C1877" s="1"/>
+      <c r="E1877" s="1"/>
+      <c r="F1877" s="1"/>
+    </row>
+    <row r="1878" customHeight="1" spans="3:6">
+      <c r="C1878" s="1"/>
+      <c r="E1878" s="1"/>
+      <c r="F1878" s="9"/>
+    </row>
+    <row r="1879" customHeight="1" spans="3:6">
+      <c r="C1879" s="9"/>
+      <c r="E1879" s="9"/>
+      <c r="F1879" s="1"/>
+    </row>
+    <row r="1880" customHeight="1" spans="3:6">
+      <c r="C1880" s="1"/>
+      <c r="E1880" s="1"/>
+      <c r="F1880" s="1"/>
+    </row>
+    <row r="1881" customHeight="1" spans="3:6">
+      <c r="C1881" s="1"/>
+      <c r="E1881" s="1"/>
+      <c r="F1881" s="1"/>
+    </row>
+    <row r="1882" customHeight="1" spans="3:6">
+      <c r="C1882" s="1"/>
+      <c r="E1882" s="1"/>
+      <c r="F1882" s="1"/>
+    </row>
+    <row r="1883" customHeight="1" spans="3:6">
+      <c r="C1883" s="1"/>
+      <c r="E1883" s="1"/>
+      <c r="F1883" s="1"/>
+    </row>
+    <row r="1884" customHeight="1" spans="3:6">
+      <c r="C1884" s="1"/>
+      <c r="E1884" s="1"/>
+      <c r="F1884" s="1"/>
+    </row>
+    <row r="1885" customHeight="1" spans="3:6">
+      <c r="C1885" s="1"/>
+      <c r="E1885" s="1"/>
+      <c r="F1885" s="1"/>
+    </row>
+    <row r="1886" customHeight="1" spans="3:6">
+      <c r="C1886" s="1"/>
+      <c r="E1886" s="1"/>
+      <c r="F1886" s="9"/>
+    </row>
+    <row r="1887" customHeight="1" spans="3:6">
+      <c r="C1887" s="9"/>
+      <c r="E1887" s="9"/>
+      <c r="F1887" s="1"/>
+    </row>
+    <row r="1888" customHeight="1" spans="3:6">
+      <c r="C1888" s="1"/>
+      <c r="E1888" s="1"/>
+      <c r="F1888" s="1"/>
+    </row>
+    <row r="1889" customHeight="1" spans="3:6">
+      <c r="C1889" s="1"/>
+      <c r="E1889" s="1"/>
+      <c r="F1889" s="1"/>
+    </row>
+    <row r="1890" customHeight="1" spans="3:6">
+      <c r="C1890" s="1"/>
+      <c r="E1890" s="1"/>
+      <c r="F1890" s="1"/>
+    </row>
+    <row r="1891" customHeight="1" spans="3:6">
+      <c r="C1891" s="1"/>
+      <c r="E1891" s="1"/>
+      <c r="F1891" s="1"/>
+    </row>
+    <row r="1892" customHeight="1" spans="3:6">
+      <c r="C1892" s="1"/>
+      <c r="E1892" s="1"/>
+      <c r="F1892" s="1"/>
+    </row>
+    <row r="1893" customHeight="1" spans="3:6">
+      <c r="C1893" s="1"/>
+      <c r="E1893" s="1"/>
+      <c r="F1893" s="1"/>
+    </row>
+    <row r="1894" customHeight="1" spans="3:6">
+      <c r="C1894" s="1"/>
+      <c r="E1894" s="1"/>
+      <c r="F1894" s="9"/>
+    </row>
+    <row r="1895" customHeight="1" spans="3:6">
+      <c r="C1895" s="9"/>
+      <c r="E1895" s="9"/>
+      <c r="F1895" s="1"/>
+    </row>
+    <row r="1896" customHeight="1" spans="3:6">
+      <c r="C1896" s="1"/>
+      <c r="E1896" s="1"/>
+      <c r="F1896" s="1"/>
+    </row>
+    <row r="1897" customHeight="1" spans="3:6">
+      <c r="C1897" s="1"/>
+      <c r="E1897" s="1"/>
+      <c r="F1897" s="1"/>
+    </row>
+    <row r="1898" customHeight="1" spans="3:6">
+      <c r="C1898" s="1"/>
+      <c r="E1898" s="1"/>
+      <c r="F1898" s="1"/>
+    </row>
+    <row r="1899" customHeight="1" spans="3:6">
+      <c r="C1899" s="1"/>
+      <c r="E1899" s="1"/>
+      <c r="F1899" s="1"/>
+    </row>
+    <row r="1900" customHeight="1" spans="3:6">
+      <c r="C1900" s="1"/>
+      <c r="E1900" s="1"/>
+      <c r="F1900" s="1"/>
+    </row>
+    <row r="1901" customHeight="1" spans="3:6">
+      <c r="C1901" s="1"/>
+      <c r="E1901" s="1"/>
+      <c r="F1901" s="1"/>
+    </row>
+    <row r="1902" customHeight="1" spans="3:6">
+      <c r="C1902" s="1"/>
+      <c r="E1902" s="1"/>
+      <c r="F1902" s="9"/>
+    </row>
+    <row r="1903" customHeight="1" spans="3:6">
+      <c r="C1903" s="9"/>
+      <c r="E1903" s="9"/>
+      <c r="F1903" s="1"/>
+    </row>
+    <row r="1904" customHeight="1" spans="3:6">
+      <c r="C1904" s="1"/>
+      <c r="E1904" s="1"/>
+      <c r="F1904" s="1"/>
+    </row>
+    <row r="1905" customHeight="1" spans="3:6">
+      <c r="C1905" s="1"/>
+      <c r="E1905" s="1"/>
+      <c r="F1905" s="1"/>
+    </row>
+    <row r="1906" customHeight="1" spans="3:6">
+      <c r="C1906" s="1"/>
+      <c r="E1906" s="1"/>
+      <c r="F1906" s="1"/>
+    </row>
+    <row r="1907" customHeight="1" spans="3:6">
+      <c r="C1907" s="1"/>
+      <c r="E1907" s="1"/>
+      <c r="F1907" s="1"/>
+    </row>
+    <row r="1908" customHeight="1" spans="3:6">
+      <c r="C1908" s="1"/>
+      <c r="E1908" s="1"/>
+      <c r="F1908" s="1"/>
+    </row>
+    <row r="1909" customHeight="1" spans="3:6">
+      <c r="C1909" s="1"/>
+      <c r="E1909" s="1"/>
+      <c r="F1909" s="1"/>
+    </row>
+    <row r="1910" customHeight="1" spans="3:6">
+      <c r="C1910" s="1"/>
+      <c r="E1910" s="1"/>
+      <c r="F1910" s="9"/>
+    </row>
+    <row r="1911" customHeight="1" spans="3:6">
+      <c r="C1911" s="9"/>
+      <c r="E1911" s="9"/>
+      <c r="F1911" s="1"/>
+    </row>
+    <row r="1912" customHeight="1" spans="3:6">
+      <c r="C1912" s="1"/>
+      <c r="E1912" s="1"/>
+      <c r="F1912" s="1"/>
+    </row>
+    <row r="1913" customHeight="1" spans="3:6">
+      <c r="C1913" s="1"/>
+      <c r="E1913" s="1"/>
+      <c r="F1913" s="1"/>
+    </row>
+    <row r="1914" customHeight="1" spans="3:6">
+      <c r="C1914" s="1"/>
+      <c r="E1914" s="1"/>
+      <c r="F1914" s="1"/>
+    </row>
+    <row r="1915" customHeight="1" spans="3:6">
+      <c r="C1915" s="1"/>
+      <c r="E1915" s="1"/>
+      <c r="F1915" s="1"/>
+    </row>
+    <row r="1916" customHeight="1" spans="3:6">
+      <c r="C1916" s="1"/>
+      <c r="E1916" s="1"/>
+      <c r="F1916" s="1"/>
+    </row>
+    <row r="1917" customHeight="1" spans="3:6">
+      <c r="C1917" s="1"/>
+      <c r="E1917" s="1"/>
+      <c r="F1917" s="1"/>
+    </row>
+    <row r="1918" customHeight="1" spans="3:6">
+      <c r="C1918" s="1"/>
+      <c r="E1918" s="1"/>
+      <c r="F1918" s="9"/>
+    </row>
+    <row r="1919" customHeight="1" spans="3:6">
+      <c r="C1919" s="9"/>
+      <c r="E1919" s="9"/>
+      <c r="F1919" s="1"/>
+    </row>
+    <row r="1920" customHeight="1" spans="3:6">
+      <c r="C1920" s="1"/>
+      <c r="E1920" s="1"/>
+      <c r="F1920" s="1"/>
+    </row>
+    <row r="1921" customHeight="1" spans="3:6">
+      <c r="C1921" s="1"/>
+      <c r="E1921" s="1"/>
+      <c r="F1921" s="1"/>
+    </row>
+    <row r="1922" customHeight="1" spans="3:6">
+      <c r="C1922" s="1"/>
+      <c r="E1922" s="1"/>
+      <c r="F1922" s="1"/>
+    </row>
+    <row r="1923" customHeight="1" spans="3:6">
+      <c r="C1923" s="1"/>
+      <c r="E1923" s="1"/>
+      <c r="F1923" s="1"/>
+    </row>
+    <row r="1924" customHeight="1" spans="3:6">
+      <c r="C1924" s="1"/>
+      <c r="E1924" s="1"/>
+      <c r="F1924" s="1"/>
+    </row>
+    <row r="1925" customHeight="1" spans="3:6">
+      <c r="C1925" s="1"/>
+      <c r="E1925" s="1"/>
+      <c r="F1925" s="1"/>
+    </row>
+    <row r="1926" customHeight="1" spans="3:6">
+      <c r="C1926" s="1"/>
+      <c r="E1926" s="1"/>
+      <c r="F1926" s="9"/>
+    </row>
+    <row r="1927" customHeight="1" spans="3:6">
+      <c r="C1927" s="9"/>
+      <c r="E1927" s="9"/>
+      <c r="F1927" s="1"/>
+    </row>
+    <row r="1928" customHeight="1" spans="3:6">
+      <c r="C1928" s="1"/>
+      <c r="E1928" s="1"/>
+      <c r="F1928" s="1"/>
+    </row>
+    <row r="1929" customHeight="1" spans="3:6">
+      <c r="C1929" s="1"/>
+      <c r="E1929" s="1"/>
+      <c r="F1929" s="1"/>
+    </row>
+    <row r="1930" customHeight="1" spans="3:6">
+      <c r="C1930" s="1"/>
+      <c r="E1930" s="1"/>
+      <c r="F1930" s="1"/>
+    </row>
+    <row r="1931" customHeight="1" spans="3:6">
+      <c r="C1931" s="1"/>
+      <c r="E1931" s="1"/>
+      <c r="F1931" s="1"/>
+    </row>
+    <row r="1932" customHeight="1" spans="3:6">
+      <c r="C1932" s="1"/>
+      <c r="E1932" s="1"/>
+      <c r="F1932" s="1"/>
+    </row>
+    <row r="1933" customHeight="1" spans="3:6">
+      <c r="C1933" s="1"/>
+      <c r="E1933" s="1"/>
+      <c r="F1933" s="1"/>
+    </row>
+    <row r="1934" customHeight="1" spans="3:6">
+      <c r="C1934" s="1"/>
+      <c r="E1934" s="1"/>
+      <c r="F1934" s="9"/>
+    </row>
+    <row r="1935" customHeight="1" spans="3:6">
+      <c r="C1935" s="9"/>
+      <c r="E1935" s="9"/>
+      <c r="F1935" s="1"/>
+    </row>
+    <row r="1936" customHeight="1" spans="3:6">
+      <c r="C1936" s="1"/>
+      <c r="E1936" s="1"/>
+      <c r="F1936" s="1"/>
+    </row>
+    <row r="1937" customHeight="1" spans="3:6">
+      <c r="C1937" s="1"/>
+      <c r="E1937" s="1"/>
+      <c r="F1937" s="1"/>
+    </row>
+    <row r="1938" customHeight="1" spans="3:6">
+      <c r="C1938" s="1"/>
+      <c r="E1938" s="1"/>
+      <c r="F1938" s="1"/>
+    </row>
+    <row r="1939" customHeight="1" spans="3:6">
+      <c r="C1939" s="1"/>
+      <c r="E1939" s="1"/>
+      <c r="F1939" s="1"/>
+    </row>
+    <row r="1940" customHeight="1" spans="3:6">
+      <c r="C1940" s="1"/>
+      <c r="E1940" s="1"/>
+      <c r="F1940" s="1"/>
+    </row>
+    <row r="1941" customHeight="1" spans="3:6">
+      <c r="C1941" s="1"/>
+      <c r="E1941" s="1"/>
+      <c r="F1941" s="1"/>
+    </row>
+    <row r="1942" customHeight="1" spans="3:6">
+      <c r="C1942" s="1"/>
+      <c r="E1942" s="1"/>
+      <c r="F1942" s="9"/>
+    </row>
+    <row r="1943" customHeight="1" spans="3:6">
+      <c r="C1943" s="9"/>
+      <c r="E1943" s="9"/>
+      <c r="F1943" s="1"/>
+    </row>
+    <row r="1944" customHeight="1" spans="3:6">
+      <c r="C1944" s="1"/>
+      <c r="E1944" s="1"/>
+      <c r="F1944" s="1"/>
+    </row>
+    <row r="1945" customHeight="1" spans="3:6">
+      <c r="C1945" s="1"/>
+      <c r="E1945" s="1"/>
+      <c r="F1945" s="1"/>
+    </row>
+    <row r="1946" customHeight="1" spans="3:6">
+      <c r="C1946" s="1"/>
+      <c r="E1946" s="1"/>
+      <c r="F1946" s="1"/>
+    </row>
+    <row r="1947" customHeight="1" spans="3:6">
+      <c r="C1947" s="1"/>
+      <c r="E1947" s="1"/>
+      <c r="F1947" s="1"/>
+    </row>
+    <row r="1948" customHeight="1" spans="3:6">
+      <c r="C1948" s="1"/>
+      <c r="E1948" s="1"/>
+      <c r="F1948" s="1"/>
+    </row>
+    <row r="1949" customHeight="1" spans="3:6">
+      <c r="C1949" s="1"/>
+      <c r="E1949" s="1"/>
+      <c r="F1949" s="1"/>
+    </row>
+    <row r="1950" customHeight="1" spans="3:6">
+      <c r="C1950" s="1"/>
+      <c r="E1950" s="1"/>
+      <c r="F1950" s="9"/>
+    </row>
+    <row r="1951" customHeight="1" spans="3:6">
+      <c r="C1951" s="9"/>
+      <c r="E1951" s="9"/>
+      <c r="F1951" s="1"/>
+    </row>
+    <row r="1952" customHeight="1" spans="3:6">
+      <c r="C1952" s="1"/>
+      <c r="E1952" s="1"/>
+      <c r="F1952" s="1"/>
+    </row>
+    <row r="1953" customHeight="1" spans="3:6">
+      <c r="C1953" s="1"/>
+      <c r="E1953" s="1"/>
+      <c r="F1953" s="1"/>
+    </row>
+    <row r="1954" customHeight="1" spans="3:6">
+      <c r="C1954" s="1"/>
+      <c r="E1954" s="1"/>
+      <c r="F1954" s="1"/>
+    </row>
+    <row r="1955" customHeight="1" spans="3:6">
+      <c r="C1955" s="1"/>
+      <c r="E1955" s="1"/>
+      <c r="F1955" s="1"/>
+    </row>
+    <row r="1956" customHeight="1" spans="3:6">
+      <c r="C1956" s="1"/>
+      <c r="E1956" s="1"/>
+      <c r="F1956" s="1"/>
+    </row>
+    <row r="1957" customHeight="1" spans="3:6">
+      <c r="C1957" s="1"/>
+      <c r="E1957" s="1"/>
+      <c r="F1957" s="1"/>
+    </row>
+    <row r="1958" customHeight="1" spans="3:6">
+      <c r="C1958" s="1"/>
+      <c r="E1958" s="1"/>
+      <c r="F1958" s="9"/>
+    </row>
+    <row r="1959" customHeight="1" spans="3:6">
+      <c r="C1959" s="9"/>
+      <c r="E1959" s="9"/>
+      <c r="F1959" s="1"/>
+    </row>
+    <row r="1960" customHeight="1" spans="3:6">
+      <c r="C1960" s="1"/>
+      <c r="E1960" s="1"/>
+      <c r="F1960" s="1"/>
+    </row>
+    <row r="1961" customHeight="1" spans="3:6">
+      <c r="C1961" s="1"/>
+      <c r="E1961" s="1"/>
+      <c r="F1961" s="1"/>
+    </row>
+    <row r="1962" customHeight="1" spans="3:6">
+      <c r="C1962" s="1"/>
+      <c r="E1962" s="1"/>
+      <c r="F1962" s="1"/>
+    </row>
+    <row r="1963" customHeight="1" spans="3:6">
+      <c r="C1963" s="1"/>
+      <c r="E1963" s="1"/>
+      <c r="F1963" s="1"/>
+    </row>
+    <row r="1964" customHeight="1" spans="3:6">
+      <c r="C1964" s="1"/>
+      <c r="E1964" s="1"/>
+      <c r="F1964" s="1"/>
+    </row>
+    <row r="1965" customHeight="1" spans="3:6">
+      <c r="C1965" s="1"/>
+      <c r="E1965" s="1"/>
+      <c r="F1965" s="1"/>
+    </row>
+    <row r="1966" customHeight="1" spans="3:6">
+      <c r="C1966" s="1"/>
+      <c r="E1966" s="1"/>
+      <c r="F1966" s="9"/>
+    </row>
+    <row r="1967" customHeight="1" spans="3:6">
+      <c r="C1967" s="9"/>
+      <c r="E1967" s="9"/>
+      <c r="F1967" s="1"/>
+    </row>
+    <row r="1968" customHeight="1" spans="3:6">
+      <c r="C1968" s="1"/>
+      <c r="E1968" s="1"/>
+      <c r="F1968" s="1"/>
+    </row>
+    <row r="1969" customHeight="1" spans="3:6">
+      <c r="C1969" s="1"/>
+      <c r="E1969" s="1"/>
+      <c r="F1969" s="1"/>
+    </row>
+    <row r="1970" customHeight="1" spans="3:6">
+      <c r="C1970" s="1"/>
+      <c r="E1970" s="1"/>
+      <c r="F1970" s="1"/>
+    </row>
+    <row r="1971" customHeight="1" spans="3:6">
+      <c r="C1971" s="1"/>
+      <c r="E1971" s="1"/>
+      <c r="F1971" s="1"/>
+    </row>
+    <row r="1972" customHeight="1" spans="3:6">
+      <c r="C1972" s="1"/>
+      <c r="E1972" s="1"/>
+      <c r="F1972" s="1"/>
+    </row>
+    <row r="1973" customHeight="1" spans="3:6">
+      <c r="C1973" s="1"/>
+      <c r="E1973" s="1"/>
+      <c r="F1973" s="1"/>
+    </row>
+    <row r="1974" customHeight="1" spans="3:6">
+      <c r="C1974" s="1"/>
+      <c r="E1974" s="1"/>
+      <c r="F1974" s="9"/>
+    </row>
+    <row r="1975" customHeight="1" spans="3:6">
+      <c r="C1975" s="9"/>
+      <c r="E1975" s="9"/>
+      <c r="F1975" s="1"/>
+    </row>
+    <row r="1976" customHeight="1" spans="3:6">
+      <c r="C1976" s="1"/>
+      <c r="E1976" s="1"/>
+      <c r="F1976" s="1"/>
+    </row>
+    <row r="1977" customHeight="1" spans="3:6">
+      <c r="C1977" s="1"/>
+      <c r="E1977" s="1"/>
+      <c r="F1977" s="1"/>
+    </row>
+    <row r="1978" customHeight="1" spans="3:6">
+      <c r="C1978" s="1"/>
+      <c r="E1978" s="1"/>
+      <c r="F1978" s="1"/>
+    </row>
+    <row r="1979" customHeight="1" spans="3:6">
+      <c r="C1979" s="1"/>
+      <c r="E1979" s="1"/>
+      <c r="F1979" s="1"/>
+    </row>
+    <row r="1980" customHeight="1" spans="3:6">
+      <c r="C1980" s="1"/>
+      <c r="E1980" s="1"/>
+      <c r="F1980" s="1"/>
+    </row>
+    <row r="1981" customHeight="1" spans="3:6">
+      <c r="C1981" s="1"/>
+      <c r="E1981" s="1"/>
+      <c r="F1981" s="1"/>
+    </row>
+    <row r="1982" customHeight="1" spans="3:6">
+      <c r="C1982" s="1"/>
+      <c r="E1982" s="1"/>
+      <c r="F1982" s="9"/>
+    </row>
+    <row r="1983" customHeight="1" spans="3:6">
+      <c r="C1983" s="9"/>
+      <c r="E1983" s="9"/>
+      <c r="F1983" s="1"/>
+    </row>
+    <row r="1984" customHeight="1" spans="3:6">
+      <c r="C1984" s="1"/>
+      <c r="E1984" s="1"/>
+      <c r="F1984" s="1"/>
+    </row>
+    <row r="1985" customHeight="1" spans="3:6">
+      <c r="C1985" s="1"/>
+      <c r="E1985" s="1"/>
+      <c r="F1985" s="1"/>
+    </row>
+    <row r="1986" customHeight="1" spans="3:6">
+      <c r="C1986" s="1"/>
+      <c r="E1986" s="1"/>
+      <c r="F1986" s="1"/>
+    </row>
+    <row r="1987" customHeight="1" spans="3:6">
+      <c r="C1987" s="1"/>
+      <c r="E1987" s="1"/>
+      <c r="F1987" s="1"/>
+    </row>
+    <row r="1988" customHeight="1" spans="3:6">
+      <c r="C1988" s="1"/>
+      <c r="E1988" s="1"/>
+      <c r="F1988" s="1"/>
+    </row>
+    <row r="1989" customHeight="1" spans="3:6">
+      <c r="C1989" s="1"/>
+      <c r="E1989" s="1"/>
+      <c r="F1989" s="1"/>
+    </row>
+    <row r="1990" customHeight="1" spans="3:6">
+      <c r="C1990" s="1"/>
+      <c r="E1990" s="1"/>
+      <c r="F1990" s="9"/>
+    </row>
+    <row r="1991" customHeight="1" spans="3:6">
+      <c r="C1991" s="9"/>
+      <c r="E1991" s="9"/>
+      <c r="F1991" s="1"/>
+    </row>
+    <row r="1992" customHeight="1" spans="3:6">
+      <c r="C1992" s="1"/>
+      <c r="E1992" s="1"/>
+      <c r="F1992" s="1"/>
+    </row>
+    <row r="1993" customHeight="1" spans="3:6">
+      <c r="C1993" s="1"/>
+      <c r="E1993" s="1"/>
+      <c r="F1993" s="1"/>
+    </row>
+    <row r="1994" customHeight="1" spans="3:6">
+      <c r="C1994" s="1"/>
+      <c r="E1994" s="1"/>
+      <c r="F1994" s="1"/>
+    </row>
+    <row r="1995" customHeight="1" spans="3:6">
+      <c r="C1995" s="1"/>
+      <c r="E1995" s="1"/>
+      <c r="F1995" s="1"/>
+    </row>
+    <row r="1996" customHeight="1" spans="3:6">
+      <c r="C1996" s="1"/>
+      <c r="E1996" s="1"/>
+      <c r="F1996" s="1"/>
+    </row>
+    <row r="1997" customHeight="1" spans="3:6">
+      <c r="C1997" s="1"/>
+      <c r="E1997" s="1"/>
+      <c r="F1997" s="1"/>
+    </row>
+    <row r="1998" customHeight="1" spans="3:6">
+      <c r="C1998" s="1"/>
+      <c r="E1998" s="1"/>
+      <c r="F1998" s="9"/>
+    </row>
+    <row r="1999" customHeight="1" spans="3:6">
+      <c r="C1999" s="9"/>
+      <c r="E1999" s="9"/>
+      <c r="F1999" s="1"/>
+    </row>
+    <row r="2000" customHeight="1" spans="3:6">
+      <c r="C2000" s="1"/>
+      <c r="E2000" s="1"/>
+      <c r="F2000" s="1"/>
+    </row>
+    <row r="2001" customHeight="1" spans="3:6">
+      <c r="C2001" s="1"/>
+      <c r="E2001" s="1"/>
+      <c r="F2001" s="1"/>
+    </row>
+    <row r="2002" customHeight="1" spans="3:6">
+      <c r="C2002" s="1"/>
+      <c r="E2002" s="1"/>
+      <c r="F2002" s="1"/>
+    </row>
+    <row r="2003" customHeight="1" spans="3:6">
+      <c r="C2003" s="1"/>
+      <c r="E2003" s="1"/>
+      <c r="F2003" s="1"/>
+    </row>
+    <row r="2004" customHeight="1" spans="3:6">
+      <c r="C2004" s="1"/>
+      <c r="E2004" s="1"/>
+      <c r="F2004" s="1"/>
+    </row>
+    <row r="2005" customHeight="1" spans="3:6">
+      <c r="C2005" s="1"/>
+      <c r="E2005" s="1"/>
+      <c r="F2005" s="1"/>
+    </row>
+    <row r="2006" customHeight="1" spans="3:6">
+      <c r="C2006" s="1"/>
+      <c r="E2006" s="1"/>
+      <c r="F2006" s="9"/>
+    </row>
+    <row r="2007" customHeight="1" spans="3:6">
+      <c r="C2007" s="9"/>
+      <c r="E2007" s="9"/>
+      <c r="F2007" s="1"/>
+    </row>
+    <row r="2008" customHeight="1" spans="3:6">
+      <c r="C2008" s="1"/>
+      <c r="E2008" s="1"/>
+      <c r="F2008" s="1"/>
+    </row>
+    <row r="2009" customHeight="1" spans="3:6">
+      <c r="C2009" s="1"/>
+      <c r="E2009" s="1"/>
+      <c r="F2009" s="1"/>
+    </row>
+    <row r="2010" customHeight="1" spans="3:6">
+      <c r="C2010" s="1"/>
+      <c r="E2010" s="1"/>
+      <c r="F2010" s="1"/>
+    </row>
+    <row r="2011" customHeight="1" spans="3:6">
+      <c r="C2011" s="1"/>
+      <c r="E2011" s="1"/>
+      <c r="F2011" s="1"/>
+    </row>
+    <row r="2012" customHeight="1" spans="3:6">
+      <c r="C2012" s="1"/>
+      <c r="E2012" s="1"/>
+      <c r="F2012" s="1"/>
+    </row>
+    <row r="2013" customHeight="1" spans="3:6">
+      <c r="C2013" s="1"/>
+      <c r="E2013" s="1"/>
+      <c r="F2013" s="1"/>
+    </row>
+    <row r="2014" customHeight="1" spans="3:6">
+      <c r="C2014" s="1"/>
+      <c r="E2014" s="1"/>
+      <c r="F2014" s="9"/>
+    </row>
+    <row r="2015" customHeight="1" spans="3:6">
+      <c r="C2015" s="9"/>
+      <c r="E2015" s="9"/>
+      <c r="F2015" s="1"/>
+    </row>
+    <row r="2016" customHeight="1" spans="3:6">
+      <c r="C2016" s="1"/>
+      <c r="E2016" s="1"/>
+      <c r="F2016" s="1"/>
+    </row>
+    <row r="2017" customHeight="1" spans="3:6">
+      <c r="C2017" s="1"/>
+      <c r="E2017" s="1"/>
+      <c r="F2017" s="1"/>
+    </row>
+    <row r="2018" customHeight="1" spans="3:6">
+      <c r="C2018" s="1"/>
+      <c r="E2018" s="1"/>
+      <c r="F2018" s="1"/>
+    </row>
+    <row r="2019" customHeight="1" spans="3:6">
+      <c r="C2019" s="1"/>
+      <c r="E2019" s="1"/>
+      <c r="F2019" s="1"/>
+    </row>
+    <row r="2020" customHeight="1" spans="3:6">
+      <c r="C2020" s="1"/>
+      <c r="E2020" s="1"/>
+      <c r="F2020" s="1"/>
+    </row>
+    <row r="2021" customHeight="1" spans="3:6">
+      <c r="C2021" s="1"/>
+      <c r="E2021" s="1"/>
+      <c r="F2021" s="1"/>
+    </row>
+    <row r="2022" customHeight="1" spans="3:6">
+      <c r="C2022" s="1"/>
+      <c r="E2022" s="1"/>
+      <c r="F2022" s="9"/>
+    </row>
+    <row r="2023" customHeight="1" spans="3:6">
+      <c r="C2023" s="9"/>
+      <c r="E2023" s="9"/>
+      <c r="F2023" s="1"/>
+    </row>
+    <row r="2024" customHeight="1" spans="3:6">
+      <c r="C2024" s="1"/>
+      <c r="E2024" s="1"/>
+      <c r="F2024" s="1"/>
+    </row>
+    <row r="2025" customHeight="1" spans="3:6">
+      <c r="C2025" s="1"/>
+      <c r="E2025" s="1"/>
+      <c r="F2025" s="1"/>
+    </row>
+    <row r="2026" customHeight="1" spans="3:6">
+      <c r="C2026" s="1"/>
+      <c r="E2026" s="1"/>
+      <c r="F2026" s="1"/>
+    </row>
+    <row r="2027" customHeight="1" spans="3:6">
+      <c r="C2027" s="1"/>
+      <c r="E2027" s="1"/>
+      <c r="F2027" s="1"/>
+    </row>
+    <row r="2028" customHeight="1" spans="3:6">
+      <c r="C2028" s="1"/>
+      <c r="E2028" s="1"/>
+      <c r="F2028" s="1"/>
+    </row>
+    <row r="2029" customHeight="1" spans="3:6">
+      <c r="C2029" s="1"/>
+      <c r="E2029" s="1"/>
+      <c r="F2029" s="1"/>
+    </row>
+    <row r="2030" customHeight="1" spans="3:6">
+      <c r="C2030" s="1"/>
+      <c r="E2030" s="1"/>
+      <c r="F2030" s="9"/>
+    </row>
+    <row r="2031" customHeight="1" spans="3:6">
+      <c r="C2031" s="9"/>
+      <c r="E2031" s="9"/>
+      <c r="F2031" s="1"/>
+    </row>
+    <row r="2032" customHeight="1" spans="3:6">
+      <c r="C2032" s="1"/>
+      <c r="E2032" s="1"/>
+      <c r="F2032" s="1"/>
+    </row>
+    <row r="2033" customHeight="1" spans="3:6">
+      <c r="C2033" s="1"/>
+      <c r="E2033" s="1"/>
+      <c r="F2033" s="1"/>
+    </row>
+    <row r="2034" customHeight="1" spans="3:6">
+      <c r="C2034" s="1"/>
+      <c r="E2034" s="1"/>
+      <c r="F2034" s="1"/>
+    </row>
+    <row r="2035" customHeight="1" spans="3:6">
+      <c r="C2035" s="1"/>
+      <c r="E2035" s="1"/>
+      <c r="F2035" s="1"/>
+    </row>
+    <row r="2036" customHeight="1" spans="3:6">
+      <c r="C2036" s="1"/>
+      <c r="E2036" s="1"/>
+      <c r="F2036" s="1"/>
+    </row>
+    <row r="2037" customHeight="1" spans="3:6">
+      <c r="C2037" s="1"/>
+      <c r="E2037" s="1"/>
+      <c r="F2037" s="1"/>
+    </row>
+    <row r="2038" customHeight="1" spans="3:6">
+      <c r="C2038" s="1"/>
+      <c r="E2038" s="1"/>
+      <c r="F2038" s="9"/>
+    </row>
+    <row r="2039" customHeight="1" spans="3:6">
+      <c r="C2039" s="9"/>
+      <c r="E2039" s="9"/>
+      <c r="F2039" s="1"/>
+    </row>
+    <row r="2040" customHeight="1" spans="3:6">
+      <c r="C2040" s="1"/>
+      <c r="E2040" s="1"/>
+      <c r="F2040" s="1"/>
+    </row>
+    <row r="2041" customHeight="1" spans="3:6">
+      <c r="C2041" s="1"/>
+      <c r="E2041" s="1"/>
+      <c r="F2041" s="1"/>
+    </row>
+    <row r="2042" customHeight="1" spans="3:6">
+      <c r="C2042" s="1"/>
+      <c r="E2042" s="1"/>
+      <c r="F2042" s="1"/>
+    </row>
+    <row r="2043" customHeight="1" spans="3:6">
+      <c r="C2043" s="1"/>
+      <c r="E2043" s="1"/>
+      <c r="F2043" s="1"/>
+    </row>
+    <row r="2044" customHeight="1" spans="3:6">
+      <c r="C2044" s="1"/>
+      <c r="E2044" s="1"/>
+      <c r="F2044" s="1"/>
+    </row>
+    <row r="2045" customHeight="1" spans="3:6">
+      <c r="C2045" s="1"/>
+      <c r="E2045" s="1"/>
+      <c r="F2045" s="1"/>
+    </row>
+    <row r="2046" customHeight="1" spans="3:6">
+      <c r="C2046" s="1"/>
+      <c r="E2046" s="1"/>
+      <c r="F2046" s="9"/>
+    </row>
+    <row r="2047" customHeight="1" spans="3:6">
+      <c r="C2047" s="9"/>
+      <c r="E2047" s="9"/>
+      <c r="F2047" s="1"/>
+    </row>
+    <row r="2048" customHeight="1" spans="3:6">
+      <c r="C2048" s="1"/>
+      <c r="E2048" s="1"/>
+      <c r="F2048" s="1"/>
+    </row>
+    <row r="2049" customHeight="1" spans="3:6">
+      <c r="C2049" s="1"/>
+      <c r="E2049" s="1"/>
+      <c r="F2049" s="1"/>
+    </row>
+    <row r="2050" customHeight="1" spans="3:6">
+      <c r="C2050" s="1"/>
+      <c r="E2050" s="1"/>
+      <c r="F2050" s="1"/>
+    </row>
+    <row r="2051" customHeight="1" spans="3:6">
+      <c r="C2051" s="1"/>
+      <c r="E2051" s="1"/>
+      <c r="F2051" s="1"/>
+    </row>
+    <row r="2052" customHeight="1" spans="3:6">
+      <c r="C2052" s="1"/>
+      <c r="E2052" s="1"/>
+      <c r="F2052" s="1"/>
+    </row>
+    <row r="2053" customHeight="1" spans="3:6">
+      <c r="C2053" s="1"/>
+      <c r="E2053" s="1"/>
+      <c r="F2053" s="1"/>
+    </row>
+    <row r="2054" customHeight="1" spans="3:6">
+      <c r="C2054" s="1"/>
+      <c r="E2054" s="1"/>
+      <c r="F2054" s="9"/>
+    </row>
+    <row r="2055" customHeight="1" spans="3:6">
+      <c r="C2055" s="9"/>
+      <c r="E2055" s="9"/>
+      <c r="F2055" s="1"/>
+    </row>
+    <row r="2056" customHeight="1" spans="3:6">
+      <c r="C2056" s="1"/>
+      <c r="E2056" s="1"/>
+      <c r="F2056" s="1"/>
+    </row>
+    <row r="2057" customHeight="1" spans="3:6">
+      <c r="C2057" s="1"/>
+      <c r="E2057" s="1"/>
+      <c r="F2057" s="1"/>
+    </row>
+    <row r="2058" customHeight="1" spans="3:6">
+      <c r="C2058" s="1"/>
+      <c r="E2058" s="1"/>
+      <c r="F2058" s="1"/>
+    </row>
+    <row r="2059" customHeight="1" spans="3:6">
+      <c r="C2059" s="1"/>
+      <c r="E2059" s="1"/>
+      <c r="F2059" s="1"/>
+    </row>
+    <row r="2060" customHeight="1" spans="3:6">
+      <c r="C2060" s="1"/>
+      <c r="E2060" s="1"/>
+      <c r="F2060" s="1"/>
+    </row>
+    <row r="2061" customHeight="1" spans="3:6">
+      <c r="C2061" s="1"/>
+      <c r="E2061" s="1"/>
+      <c r="F2061" s="1"/>
+    </row>
+    <row r="2062" customHeight="1" spans="3:6">
+      <c r="C2062" s="1"/>
+      <c r="E2062" s="1"/>
+      <c r="F2062" s="9"/>
+    </row>
+    <row r="2063" customHeight="1" spans="3:6">
+      <c r="C2063" s="9"/>
+      <c r="E2063" s="9"/>
+      <c r="F2063" s="1"/>
+    </row>
+    <row r="2064" customHeight="1" spans="3:6">
+      <c r="C2064" s="1"/>
+      <c r="E2064" s="1"/>
+      <c r="F2064" s="1"/>
+    </row>
+    <row r="2065" customHeight="1" spans="3:6">
+      <c r="C2065" s="1"/>
+      <c r="E2065" s="1"/>
+      <c r="F2065" s="1"/>
+    </row>
+    <row r="2066" customHeight="1" spans="3:6">
+      <c r="C2066" s="1"/>
+      <c r="E2066" s="1"/>
+      <c r="F2066" s="1"/>
+    </row>
+    <row r="2067" customHeight="1" spans="3:6">
+      <c r="C2067" s="1"/>
+      <c r="E2067" s="1"/>
+      <c r="F2067" s="1"/>
+    </row>
+    <row r="2068" customHeight="1" spans="3:6">
+      <c r="C2068" s="1"/>
+      <c r="E2068" s="1"/>
+      <c r="F2068" s="1"/>
+    </row>
+    <row r="2069" customHeight="1" spans="3:6">
+      <c r="C2069" s="1"/>
+      <c r="E2069" s="1"/>
+      <c r="F2069" s="1"/>
+    </row>
+    <row r="2070" customHeight="1" spans="3:6">
+      <c r="C2070" s="1"/>
+      <c r="E2070" s="1"/>
+      <c r="F2070" s="9"/>
+    </row>
+    <row r="2071" customHeight="1" spans="3:6">
+      <c r="C2071" s="9"/>
+      <c r="E2071" s="9"/>
+      <c r="F2071" s="1"/>
+    </row>
+    <row r="2072" customHeight="1" spans="3:6">
+      <c r="C2072" s="1"/>
+      <c r="E2072" s="1"/>
+      <c r="F2072" s="1"/>
+    </row>
+    <row r="2073" customHeight="1" spans="3:6">
+      <c r="C2073" s="1"/>
+      <c r="E2073" s="1"/>
+      <c r="F2073" s="1"/>
+    </row>
+    <row r="2074" customHeight="1" spans="3:6">
+      <c r="C2074" s="1"/>
+      <c r="E2074" s="1"/>
+      <c r="F2074" s="1"/>
+    </row>
+    <row r="2075" customHeight="1" spans="3:6">
+      <c r="C2075" s="1"/>
+      <c r="E2075" s="1"/>
+      <c r="F2075" s="1"/>
+    </row>
+    <row r="2076" customHeight="1" spans="3:6">
+      <c r="C2076" s="1"/>
+      <c r="E2076" s="1"/>
+      <c r="F2076" s="1"/>
+    </row>
+    <row r="2077" customHeight="1" spans="3:6">
+      <c r="C2077" s="1"/>
+      <c r="E2077" s="1"/>
+      <c r="F2077" s="1"/>
+    </row>
+    <row r="2078" customHeight="1" spans="3:6">
+      <c r="C2078" s="1"/>
+      <c r="E2078" s="1"/>
+      <c r="F2078" s="9"/>
+    </row>
+    <row r="2079" customHeight="1" spans="3:6">
+      <c r="C2079" s="9"/>
+      <c r="E2079" s="9"/>
+      <c r="F2079" s="1"/>
+    </row>
+    <row r="2080" customHeight="1" spans="3:6">
+      <c r="C2080" s="1"/>
+      <c r="E2080" s="1"/>
+      <c r="F2080" s="1"/>
+    </row>
+    <row r="2081" customHeight="1" spans="3:6">
+      <c r="C2081" s="1"/>
+      <c r="E2081" s="1"/>
+      <c r="F2081" s="1"/>
+    </row>
+    <row r="2082" customHeight="1" spans="3:6">
+      <c r="C2082" s="1"/>
+      <c r="E2082" s="1"/>
+      <c r="F2082" s="1"/>
+    </row>
+    <row r="2083" customHeight="1" spans="3:6">
+      <c r="C2083" s="1"/>
+      <c r="E2083" s="1"/>
+      <c r="F2083" s="1"/>
+    </row>
+    <row r="2084" customHeight="1" spans="3:6">
+      <c r="C2084" s="1"/>
+      <c r="E2084" s="1"/>
+      <c r="F2084" s="1"/>
+    </row>
+    <row r="2085" customHeight="1" spans="3:6">
+      <c r="C2085" s="1"/>
+      <c r="E2085" s="1"/>
+      <c r="F2085" s="1"/>
+    </row>
+    <row r="2086" customHeight="1" spans="3:6">
+      <c r="C2086" s="1"/>
+      <c r="E2086" s="1"/>
+      <c r="F2086" s="9"/>
+    </row>
+    <row r="2087" customHeight="1" spans="3:6">
+      <c r="C2087" s="9"/>
+      <c r="E2087" s="9"/>
+      <c r="F2087" s="1"/>
+    </row>
+    <row r="2088" customHeight="1" spans="3:6">
+      <c r="C2088" s="1"/>
+      <c r="E2088" s="1"/>
+      <c r="F2088" s="1"/>
+    </row>
+    <row r="2089" customHeight="1" spans="3:6">
+      <c r="C2089" s="1"/>
+      <c r="E2089" s="1"/>
+      <c r="F2089" s="1"/>
+    </row>
+    <row r="2090" customHeight="1" spans="3:6">
+      <c r="C2090" s="1"/>
+      <c r="E2090" s="1"/>
+      <c r="F2090" s="1"/>
+    </row>
+    <row r="2091" customHeight="1" spans="3:6">
+      <c r="C2091" s="1"/>
+      <c r="E2091" s="1"/>
+      <c r="F2091" s="1"/>
+    </row>
+    <row r="2092" customHeight="1" spans="3:6">
+      <c r="C2092" s="1"/>
+      <c r="E2092" s="1"/>
+      <c r="F2092" s="1"/>
+    </row>
+    <row r="2093" customHeight="1" spans="3:6">
+      <c r="C2093" s="1"/>
+      <c r="E2093" s="1"/>
+      <c r="F2093" s="1"/>
+    </row>
+    <row r="2094" customHeight="1" spans="3:6">
+      <c r="C2094" s="1"/>
+      <c r="E2094" s="1"/>
+      <c r="F2094" s="9"/>
+    </row>
+    <row r="2095" customHeight="1" spans="3:6">
+      <c r="C2095" s="9"/>
+      <c r="E2095" s="9"/>
+      <c r="F2095" s="1"/>
+    </row>
+    <row r="2096" customHeight="1" spans="3:6">
+      <c r="C2096" s="1"/>
+      <c r="E2096" s="1"/>
+      <c r="F2096" s="1"/>
+    </row>
+    <row r="2097" customHeight="1" spans="3:6">
+      <c r="C2097" s="1"/>
+      <c r="E2097" s="1"/>
+      <c r="F2097" s="1"/>
+    </row>
+    <row r="2098" customHeight="1" spans="3:6">
+      <c r="C2098" s="1"/>
+      <c r="E2098" s="1"/>
+      <c r="F2098" s="1"/>
+    </row>
+    <row r="2099" customHeight="1" spans="3:6">
+      <c r="C2099" s="1"/>
+      <c r="E2099" s="1"/>
+      <c r="F2099" s="1"/>
+    </row>
+    <row r="2100" customHeight="1" spans="3:6">
+      <c r="C2100" s="1"/>
+      <c r="E2100" s="1"/>
+      <c r="F2100" s="1"/>
+    </row>
+    <row r="2101" customHeight="1" spans="3:6">
+      <c r="C2101" s="1"/>
+      <c r="E2101" s="1"/>
+      <c r="F2101" s="1"/>
+    </row>
+    <row r="2102" customHeight="1" spans="3:6">
+      <c r="C2102" s="1"/>
+      <c r="E2102" s="1"/>
+      <c r="F2102" s="9"/>
+    </row>
+    <row r="2103" customHeight="1" spans="3:6">
+      <c r="C2103" s="9"/>
+      <c r="E2103" s="9"/>
+      <c r="F2103" s="1"/>
+    </row>
+    <row r="2104" customHeight="1" spans="3:6">
+      <c r="C2104" s="1"/>
+      <c r="E2104" s="1"/>
+      <c r="F2104" s="1"/>
+    </row>
+    <row r="2105" customHeight="1" spans="3:6">
+      <c r="C2105" s="1"/>
+      <c r="E2105" s="1"/>
+      <c r="F2105" s="1"/>
+    </row>
+    <row r="2106" customHeight="1" spans="3:6">
+      <c r="C2106" s="1"/>
+      <c r="E2106" s="1"/>
+      <c r="F2106" s="1"/>
+    </row>
+    <row r="2107" customHeight="1" spans="3:6">
+      <c r="C2107" s="1"/>
+      <c r="E2107" s="1"/>
+      <c r="F2107" s="1"/>
+    </row>
+    <row r="2108" customHeight="1" spans="3:6">
+      <c r="C2108" s="1"/>
+      <c r="E2108" s="1"/>
+      <c r="F2108" s="1"/>
+    </row>
+    <row r="2109" customHeight="1" spans="3:6">
+      <c r="C2109" s="1"/>
+      <c r="E2109" s="1"/>
+      <c r="F2109" s="1"/>
+    </row>
+    <row r="2110" customHeight="1" spans="3:6">
+      <c r="C2110" s="1"/>
+      <c r="E2110" s="1"/>
+      <c r="F2110" s="9"/>
+    </row>
+    <row r="2111" customHeight="1" spans="3:6">
+      <c r="C2111" s="9"/>
+      <c r="E2111" s="9"/>
+      <c r="F2111" s="1"/>
+    </row>
+    <row r="2112" customHeight="1" spans="3:6">
+      <c r="C2112" s="1"/>
+      <c r="E2112" s="1"/>
+      <c r="F2112" s="1"/>
+    </row>
+    <row r="2113" customHeight="1" spans="3:6">
+      <c r="C2113" s="1"/>
+      <c r="E2113" s="1"/>
+      <c r="F2113" s="1"/>
+    </row>
+    <row r="2114" customHeight="1" spans="3:6">
+      <c r="C2114" s="1"/>
+      <c r="E2114" s="1"/>
+      <c r="F2114" s="1"/>
+    </row>
+    <row r="2115" customHeight="1" spans="3:6">
+      <c r="C2115" s="1"/>
+      <c r="E2115" s="1"/>
+      <c r="F2115" s="1"/>
+    </row>
+    <row r="2116" customHeight="1" spans="3:6">
+      <c r="C2116" s="1"/>
+      <c r="E2116" s="1"/>
+      <c r="F2116" s="1"/>
+    </row>
+    <row r="2117" customHeight="1" spans="3:6">
+      <c r="C2117" s="1"/>
+      <c r="E2117" s="1"/>
+      <c r="F2117" s="1"/>
+    </row>
+    <row r="2118" customHeight="1" spans="3:6">
+      <c r="C2118" s="1"/>
+      <c r="E2118" s="1"/>
+      <c r="F2118" s="9"/>
+    </row>
+    <row r="2119" customHeight="1" spans="3:6">
+      <c r="C2119" s="9"/>
+      <c r="E2119" s="9"/>
+      <c r="F2119" s="1"/>
+    </row>
+    <row r="2120" customHeight="1" spans="3:6">
+      <c r="C2120" s="1"/>
+      <c r="E2120" s="1"/>
+      <c r="F2120" s="1"/>
+    </row>
+    <row r="2121" customHeight="1" spans="3:6">
+      <c r="C2121" s="1"/>
+      <c r="E2121" s="1"/>
+      <c r="F2121" s="1"/>
+    </row>
+    <row r="2122" customHeight="1" spans="3:6">
+      <c r="C2122" s="1"/>
+      <c r="E2122" s="1"/>
+      <c r="F2122" s="1"/>
+    </row>
+    <row r="2123" customHeight="1" spans="3:6">
+      <c r="C2123" s="1"/>
+      <c r="E2123" s="1"/>
+      <c r="F2123" s="1"/>
+    </row>
+    <row r="2124" customHeight="1" spans="3:6">
+      <c r="C2124" s="1"/>
+      <c r="E2124" s="1"/>
+      <c r="F2124" s="1"/>
+    </row>
+    <row r="2125" customHeight="1" spans="3:6">
+      <c r="C2125" s="1"/>
+      <c r="E2125" s="1"/>
+      <c r="F2125" s="1"/>
+    </row>
+    <row r="2126" customHeight="1" spans="3:6">
+      <c r="C2126" s="1"/>
+      <c r="E2126" s="1"/>
+      <c r="F2126" s="9"/>
+    </row>
+    <row r="2127" customHeight="1" spans="3:6">
+      <c r="C2127" s="9"/>
+      <c r="E2127" s="9"/>
+      <c r="F2127" s="1"/>
+    </row>
+    <row r="2128" customHeight="1" spans="3:6">
+      <c r="C2128" s="1"/>
+      <c r="E2128" s="1"/>
+      <c r="F2128" s="1"/>
+    </row>
+    <row r="2129" customHeight="1" spans="3:6">
+      <c r="C2129" s="1"/>
+      <c r="E2129" s="1"/>
+      <c r="F2129" s="1"/>
+    </row>
+    <row r="2130" customHeight="1" spans="3:6">
+      <c r="C2130" s="1"/>
+      <c r="E2130" s="1"/>
+      <c r="F2130" s="1"/>
+    </row>
+    <row r="2131" customHeight="1" spans="3:6">
+      <c r="C2131" s="1"/>
+      <c r="E2131" s="1"/>
+      <c r="F2131" s="1"/>
+    </row>
+    <row r="2132" customHeight="1" spans="3:6">
+      <c r="C2132" s="1"/>
+      <c r="E2132" s="1"/>
+      <c r="F2132" s="1"/>
+    </row>
+    <row r="2133" customHeight="1" spans="3:6">
+      <c r="C2133" s="1"/>
+      <c r="E2133" s="1"/>
+      <c r="F2133" s="1"/>
+    </row>
+    <row r="2134" customHeight="1" spans="3:6">
+      <c r="C2134" s="1"/>
+      <c r="E2134" s="1"/>
+      <c r="F2134" s="9"/>
+    </row>
+    <row r="2135" customHeight="1" spans="3:6">
+      <c r="C2135" s="9"/>
+      <c r="E2135" s="9"/>
+      <c r="F2135" s="1"/>
+    </row>
+    <row r="2136" customHeight="1" spans="3:6">
+      <c r="C2136" s="1"/>
+      <c r="E2136" s="1"/>
+      <c r="F2136" s="1"/>
+    </row>
+    <row r="2137" customHeight="1" spans="3:6">
+      <c r="C2137" s="1"/>
+      <c r="E2137" s="1"/>
+      <c r="F2137" s="1"/>
+    </row>
+    <row r="2138" customHeight="1" spans="3:6">
+      <c r="C2138" s="1"/>
+      <c r="E2138" s="1"/>
+      <c r="F2138" s="1"/>
+    </row>
+    <row r="2139" customHeight="1" spans="3:6">
+      <c r="C2139" s="1"/>
+      <c r="E2139" s="1"/>
+      <c r="F2139" s="1"/>
+    </row>
+    <row r="2140" customHeight="1" spans="3:6">
+      <c r="C2140" s="1"/>
+      <c r="E2140" s="1"/>
+      <c r="F2140" s="1"/>
+    </row>
+    <row r="2141" customHeight="1" spans="3:6">
+      <c r="C2141" s="1"/>
+      <c r="E2141" s="1"/>
+      <c r="F2141" s="1"/>
+    </row>
+    <row r="2142" customHeight="1" spans="3:6">
+      <c r="C2142" s="1"/>
+      <c r="E2142" s="1"/>
+      <c r="F2142" s="9"/>
+    </row>
+    <row r="2143" customHeight="1" spans="3:6">
+      <c r="C2143" s="9"/>
+      <c r="E2143" s="9"/>
+      <c r="F2143" s="1"/>
+    </row>
+    <row r="2144" customHeight="1" spans="3:6">
+      <c r="C2144" s="1"/>
+      <c r="E2144" s="1"/>
+      <c r="F2144" s="1"/>
+    </row>
+    <row r="2145" customHeight="1" spans="3:6">
+      <c r="C2145" s="1"/>
+      <c r="E2145" s="1"/>
+      <c r="F2145" s="1"/>
+    </row>
+    <row r="2146" customHeight="1" spans="3:6">
+      <c r="C2146" s="1"/>
+      <c r="E2146" s="1"/>
+      <c r="F2146" s="1"/>
+    </row>
+    <row r="2147" customHeight="1" spans="3:6">
+      <c r="C2147" s="1"/>
+      <c r="E2147" s="1"/>
+      <c r="F2147" s="1"/>
+    </row>
+    <row r="2148" customHeight="1" spans="3:6">
+      <c r="C2148" s="1"/>
+      <c r="E2148" s="1"/>
+      <c r="F2148" s="1"/>
+    </row>
+    <row r="2149" customHeight="1" spans="3:6">
+      <c r="C2149" s="1"/>
+      <c r="E2149" s="1"/>
+      <c r="F2149" s="1"/>
+    </row>
+    <row r="2150" customHeight="1" spans="3:6">
+      <c r="C2150" s="1"/>
+      <c r="E2150" s="1"/>
+      <c r="F2150" s="9"/>
+    </row>
+    <row r="2151" customHeight="1" spans="3:6">
+      <c r="C2151" s="9"/>
+      <c r="E2151" s="9"/>
+      <c r="F2151" s="1"/>
+    </row>
+    <row r="2152" customHeight="1" spans="3:6">
+      <c r="C2152" s="1"/>
+      <c r="E2152" s="1"/>
+      <c r="F2152" s="1"/>
+    </row>
+    <row r="2153" customHeight="1" spans="3:6">
+      <c r="C2153" s="1"/>
+      <c r="E2153" s="1"/>
+      <c r="F2153" s="1"/>
+    </row>
+    <row r="2154" customHeight="1" spans="3:6">
+      <c r="C2154" s="1"/>
+      <c r="E2154" s="1"/>
+      <c r="F2154" s="1"/>
+    </row>
+    <row r="2155" customHeight="1" spans="3:6">
+      <c r="C2155" s="1"/>
+      <c r="E2155" s="1"/>
+      <c r="F2155" s="1"/>
+    </row>
+    <row r="2156" customHeight="1" spans="3:6">
+      <c r="C2156" s="1"/>
+      <c r="E2156" s="1"/>
+      <c r="F2156" s="1"/>
+    </row>
+    <row r="2157" customHeight="1" spans="3:6">
+      <c r="C2157" s="1"/>
+      <c r="E2157" s="1"/>
+      <c r="F2157" s="1"/>
+    </row>
+    <row r="2158" customHeight="1" spans="3:6">
+      <c r="C2158" s="1"/>
+      <c r="E2158" s="1"/>
+      <c r="F2158" s="9"/>
+    </row>
+    <row r="2159" customHeight="1" spans="3:6">
+      <c r="C2159" s="9"/>
+      <c r="E2159" s="9"/>
+      <c r="F2159" s="1"/>
+    </row>
+    <row r="2160" customHeight="1" spans="3:6">
+      <c r="C2160" s="1"/>
+      <c r="E2160" s="1"/>
+      <c r="F2160" s="1"/>
+    </row>
+    <row r="2161" customHeight="1" spans="3:6">
+      <c r="C2161" s="1"/>
+      <c r="E2161" s="1"/>
+      <c r="F2161" s="1"/>
+    </row>
+    <row r="2162" customHeight="1" spans="3:6">
+      <c r="C2162" s="1"/>
+      <c r="E2162" s="1"/>
+      <c r="F2162" s="1"/>
+    </row>
+    <row r="2163" customHeight="1" spans="3:6">
+      <c r="C2163" s="1"/>
+      <c r="E2163" s="1"/>
+      <c r="F2163" s="1"/>
+    </row>
+    <row r="2164" customHeight="1" spans="3:6">
+      <c r="C2164" s="1"/>
+      <c r="E2164" s="1"/>
+      <c r="F2164" s="1"/>
+    </row>
+    <row r="2165" customHeight="1" spans="3:6">
+      <c r="C2165" s="1"/>
+      <c r="E2165" s="1"/>
+      <c r="F2165" s="1"/>
+    </row>
+    <row r="2166" customHeight="1" spans="3:6">
+      <c r="C2166" s="1"/>
+      <c r="E2166" s="1"/>
+      <c r="F2166" s="9"/>
+    </row>
+    <row r="2167" customHeight="1" spans="3:6">
+      <c r="C2167" s="9"/>
+      <c r="E2167" s="9"/>
+      <c r="F2167" s="1"/>
+    </row>
+    <row r="2168" customHeight="1" spans="3:6">
+      <c r="C2168" s="1"/>
+      <c r="E2168" s="1"/>
+      <c r="F2168" s="1"/>
+    </row>
+    <row r="2169" customHeight="1" spans="3:6">
+      <c r="C2169" s="1"/>
+      <c r="E2169" s="1"/>
+      <c r="F2169" s="1"/>
+    </row>
+    <row r="2170" customHeight="1" spans="3:6">
+      <c r="C2170" s="1"/>
+      <c r="E2170" s="1"/>
+      <c r="F2170" s="1"/>
+    </row>
+    <row r="2171" customHeight="1" spans="3:6">
+      <c r="C2171" s="1"/>
+      <c r="E2171" s="1"/>
+      <c r="F2171" s="1"/>
+    </row>
+    <row r="2172" customHeight="1" spans="3:6">
+      <c r="C2172" s="1"/>
+      <c r="E2172" s="1"/>
+      <c r="F2172" s="1"/>
+    </row>
+    <row r="2173" customHeight="1" spans="3:6">
+      <c r="C2173" s="1"/>
+      <c r="E2173" s="1"/>
+      <c r="F2173" s="1"/>
+    </row>
+    <row r="2174" customHeight="1" spans="3:6">
+      <c r="C2174" s="1"/>
+      <c r="E2174" s="1"/>
+      <c r="F2174" s="9"/>
+    </row>
+    <row r="2175" customHeight="1" spans="3:6">
+      <c r="C2175" s="9"/>
+      <c r="E2175" s="9"/>
+      <c r="F2175" s="1"/>
+    </row>
+    <row r="2176" customHeight="1" spans="3:6">
+      <c r="C2176" s="1"/>
+      <c r="E2176" s="1"/>
+      <c r="F2176" s="1"/>
+    </row>
+    <row r="2177" customHeight="1" spans="3:6">
+      <c r="C2177" s="1"/>
+      <c r="E2177" s="1"/>
+      <c r="F2177" s="1"/>
+    </row>
+    <row r="2178" customHeight="1" spans="3:6">
+      <c r="C2178" s="1"/>
+      <c r="E2178" s="1"/>
+      <c r="F2178" s="1"/>
+    </row>
+    <row r="2179" customHeight="1" spans="3:6">
+      <c r="C2179" s="1"/>
+      <c r="E2179" s="1"/>
+      <c r="F2179" s="1"/>
+    </row>
+    <row r="2180" customHeight="1" spans="3:6">
+      <c r="C2180" s="1"/>
+      <c r="E2180" s="1"/>
+      <c r="F2180" s="1"/>
+    </row>
+    <row r="2181" customHeight="1" spans="3:6">
+      <c r="C2181" s="1"/>
+      <c r="E2181" s="1"/>
+      <c r="F2181" s="1"/>
+    </row>
+    <row r="2182" customHeight="1" spans="3:6">
+      <c r="C2182" s="1"/>
+      <c r="E2182" s="1"/>
+      <c r="F2182" s="9"/>
+    </row>
+    <row r="2183" customHeight="1" spans="3:6">
+      <c r="C2183" s="9"/>
+      <c r="E2183" s="9"/>
+      <c r="F2183" s="1"/>
+    </row>
+    <row r="2184" customHeight="1" spans="3:6">
+      <c r="C2184" s="1"/>
+      <c r="E2184" s="1"/>
+      <c r="F2184" s="1"/>
+    </row>
+    <row r="2185" customHeight="1" spans="3:6">
+      <c r="C2185" s="1"/>
+      <c r="E2185" s="1"/>
+      <c r="F2185" s="1"/>
+    </row>
+    <row r="2186" customHeight="1" spans="3:6">
+      <c r="C2186" s="1"/>
+      <c r="E2186" s="1"/>
+      <c r="F2186" s="1"/>
+    </row>
+    <row r="2187" customHeight="1" spans="3:6">
+      <c r="C2187" s="1"/>
+      <c r="E2187" s="1"/>
+      <c r="F2187" s="1"/>
+    </row>
+    <row r="2188" customHeight="1" spans="3:6">
+      <c r="C2188" s="1"/>
+      <c r="E2188" s="1"/>
+      <c r="F2188" s="1"/>
+    </row>
+    <row r="2189" customHeight="1" spans="3:6">
+      <c r="C2189" s="1"/>
+      <c r="E2189" s="1"/>
+      <c r="F2189" s="1"/>
+    </row>
+    <row r="2190" customHeight="1" spans="3:6">
+      <c r="C2190" s="1"/>
+      <c r="E2190" s="1"/>
+      <c r="F2190" s="9"/>
+    </row>
+    <row r="2191" customHeight="1" spans="3:6">
+      <c r="C2191" s="9"/>
+      <c r="E2191" s="9"/>
+      <c r="F2191" s="1"/>
+    </row>
+    <row r="2192" customHeight="1" spans="3:6">
+      <c r="C2192" s="1"/>
+      <c r="E2192" s="1"/>
+      <c r="F2192" s="1"/>
+    </row>
+    <row r="2193" customHeight="1" spans="3:6">
+      <c r="C2193" s="1"/>
+      <c r="E2193" s="1"/>
+      <c r="F2193" s="1"/>
+    </row>
+    <row r="2194" customHeight="1" spans="3:6">
+      <c r="C2194" s="1"/>
+      <c r="E2194" s="1"/>
+      <c r="F2194" s="1"/>
+    </row>
+    <row r="2195" customHeight="1" spans="3:6">
+      <c r="C2195" s="1"/>
+      <c r="E2195" s="1"/>
+      <c r="F2195" s="1"/>
+    </row>
+    <row r="2196" customHeight="1" spans="3:6">
+      <c r="C2196" s="1"/>
+      <c r="E2196" s="1"/>
+      <c r="F2196" s="1"/>
+    </row>
+    <row r="2197" customHeight="1" spans="3:6">
+      <c r="C2197" s="1"/>
+      <c r="E2197" s="1"/>
+      <c r="F2197" s="1"/>
+    </row>
+    <row r="2198" customHeight="1" spans="3:6">
+      <c r="C2198" s="1"/>
+      <c r="E2198" s="1"/>
+      <c r="F2198" s="9"/>
+    </row>
+    <row r="2199" customHeight="1" spans="3:6">
+      <c r="C2199" s="9"/>
+      <c r="E2199" s="9"/>
+      <c r="F2199" s="1"/>
+    </row>
+    <row r="2200" customHeight="1" spans="3:6">
+      <c r="C2200" s="1"/>
+      <c r="E2200" s="1"/>
+      <c r="F2200" s="1"/>
+    </row>
+    <row r="2201" customHeight="1" spans="3:6">
+      <c r="C2201" s="1"/>
+      <c r="E2201" s="1"/>
+      <c r="F2201" s="1"/>
+    </row>
+    <row r="2202" customHeight="1" spans="3:6">
+      <c r="C2202" s="1"/>
+      <c r="E2202" s="1"/>
+      <c r="F2202" s="1"/>
+    </row>
+    <row r="2203" customHeight="1" spans="3:6">
+      <c r="C2203" s="1"/>
+      <c r="E2203" s="1"/>
+      <c r="F2203" s="1"/>
+    </row>
+    <row r="2204" customHeight="1" spans="3:6">
+      <c r="C2204" s="1"/>
+      <c r="E2204" s="1"/>
+      <c r="F2204" s="1"/>
+    </row>
+    <row r="2205" customHeight="1" spans="3:6">
+      <c r="C2205" s="1"/>
+      <c r="E2205" s="1"/>
+      <c r="F2205" s="1"/>
+    </row>
+    <row r="2206" customHeight="1" spans="3:6">
+      <c r="C2206" s="1"/>
+      <c r="E2206" s="1"/>
+      <c r="F2206" s="9"/>
+    </row>
+    <row r="2207" customHeight="1" spans="3:6">
+      <c r="C2207" s="9"/>
+      <c r="E2207" s="9"/>
+      <c r="F2207" s="1"/>
+    </row>
+    <row r="2208" customHeight="1" spans="3:6">
+      <c r="C2208" s="1"/>
+      <c r="E2208" s="1"/>
+      <c r="F2208" s="1"/>
+    </row>
+    <row r="2209" customHeight="1" spans="3:6">
+      <c r="C2209" s="1"/>
+      <c r="E2209" s="1"/>
+      <c r="F2209" s="1"/>
+    </row>
+    <row r="2210" customHeight="1" spans="3:6">
+      <c r="C2210" s="1"/>
+      <c r="E2210" s="1"/>
+      <c r="F2210" s="1"/>
+    </row>
+    <row r="2211" customHeight="1" spans="3:6">
+      <c r="C2211" s="1"/>
+      <c r="E2211" s="1"/>
+      <c r="F2211" s="1"/>
+    </row>
+    <row r="2212" customHeight="1" spans="3:6">
+      <c r="C2212" s="1"/>
+      <c r="E2212" s="1"/>
+      <c r="F2212" s="1"/>
+    </row>
+    <row r="2213" customHeight="1" spans="3:6">
+      <c r="C2213" s="1"/>
+      <c r="E2213" s="1"/>
+      <c r="F2213" s="1"/>
+    </row>
+    <row r="2214" customHeight="1" spans="3:6">
+      <c r="C2214" s="1"/>
+      <c r="E2214" s="1"/>
+      <c r="F2214" s="9"/>
+    </row>
+    <row r="2215" customHeight="1" spans="3:6">
+      <c r="C2215" s="9"/>
+      <c r="E2215" s="9"/>
+      <c r="F2215" s="1"/>
+    </row>
+    <row r="2216" customHeight="1" spans="3:6">
+      <c r="C2216" s="1"/>
+      <c r="E2216" s="1"/>
+      <c r="F2216" s="1"/>
+    </row>
+    <row r="2217" customHeight="1" spans="3:6">
+      <c r="C2217" s="1"/>
+      <c r="E2217" s="1"/>
+      <c r="F2217" s="1"/>
+    </row>
+    <row r="2218" customHeight="1" spans="3:6">
+      <c r="C2218" s="1"/>
+      <c r="E2218" s="1"/>
+      <c r="F2218" s="1"/>
+    </row>
+    <row r="2219" customHeight="1" spans="3:6">
+      <c r="C2219" s="1"/>
+      <c r="E2219" s="1"/>
+      <c r="F2219" s="1"/>
+    </row>
+    <row r="2220" customHeight="1" spans="3:6">
+      <c r="C2220" s="1"/>
+      <c r="E2220" s="1"/>
+      <c r="F2220" s="1"/>
+    </row>
+    <row r="2221" customHeight="1" spans="3:6">
+      <c r="C2221" s="1"/>
+      <c r="E2221" s="1"/>
+      <c r="F2221" s="1"/>
+    </row>
+    <row r="2222" customHeight="1" spans="3:6">
+      <c r="C2222" s="1"/>
+      <c r="E2222" s="1"/>
+      <c r="F2222" s="9"/>
+    </row>
+    <row r="2223" customHeight="1" spans="3:6">
+      <c r="C2223" s="9"/>
+      <c r="E2223" s="9"/>
+      <c r="F2223" s="1"/>
+    </row>
+    <row r="2224" customHeight="1" spans="3:6">
+      <c r="C2224" s="1"/>
+      <c r="E2224" s="1"/>
+      <c r="F2224" s="1"/>
+    </row>
+    <row r="2225" customHeight="1" spans="3:6">
+      <c r="C2225" s="1"/>
+      <c r="E2225" s="1"/>
+      <c r="F2225" s="1"/>
+    </row>
+    <row r="2226" customHeight="1" spans="3:6">
+      <c r="C2226" s="1"/>
+      <c r="E2226" s="1"/>
+      <c r="F2226" s="1"/>
+    </row>
+    <row r="2227" customHeight="1" spans="3:6">
+      <c r="C2227" s="1"/>
+      <c r="E2227" s="1"/>
+      <c r="F2227" s="1"/>
+    </row>
+    <row r="2228" customHeight="1" spans="3:6">
+      <c r="C2228" s="1"/>
+      <c r="E2228" s="1"/>
+      <c r="F2228" s="1"/>
+    </row>
+    <row r="2229" customHeight="1" spans="3:6">
+      <c r="C2229" s="1"/>
+      <c r="E2229" s="1"/>
+      <c r="F2229" s="1"/>
+    </row>
+    <row r="2230" customHeight="1" spans="3:6">
+      <c r="C2230" s="1"/>
+      <c r="E2230" s="1"/>
+      <c r="F2230" s="9"/>
+    </row>
+    <row r="2231" customHeight="1" spans="3:6">
+      <c r="C2231" s="9"/>
+      <c r="E2231" s="9"/>
+      <c r="F2231" s="1"/>
+    </row>
+    <row r="2232" customHeight="1" spans="3:6">
+      <c r="C2232" s="1"/>
+      <c r="E2232" s="1"/>
+      <c r="F2232" s="1"/>
+    </row>
+    <row r="2233" customHeight="1" spans="3:6">
+      <c r="C2233" s="1"/>
+      <c r="E2233" s="1"/>
+      <c r="F2233" s="1"/>
+    </row>
+    <row r="2234" customHeight="1" spans="3:6">
+      <c r="C2234" s="1"/>
+      <c r="E2234" s="1"/>
+      <c r="F2234" s="1"/>
+    </row>
+    <row r="2235" customHeight="1" spans="3:6">
+      <c r="C2235" s="1"/>
+      <c r="E2235" s="1"/>
+      <c r="F2235" s="1"/>
+    </row>
+    <row r="2236" customHeight="1" spans="3:6">
+      <c r="C2236" s="1"/>
+      <c r="E2236" s="1"/>
+      <c r="F2236" s="1"/>
+    </row>
+    <row r="2237" customHeight="1" spans="3:6">
+      <c r="C2237" s="1"/>
+      <c r="E2237" s="1"/>
+      <c r="F2237" s="1"/>
+    </row>
+    <row r="2238" customHeight="1" spans="3:6">
+      <c r="C2238" s="1"/>
+      <c r="E2238" s="1"/>
+      <c r="F2238" s="9"/>
+    </row>
+    <row r="2239" customHeight="1" spans="3:6">
+      <c r="C2239" s="9"/>
+      <c r="E2239" s="9"/>
+      <c r="F2239" s="1"/>
+    </row>
+    <row r="2240" customHeight="1" spans="3:6">
+      <c r="C2240" s="1"/>
+      <c r="E2240" s="1"/>
+      <c r="F2240" s="1"/>
+    </row>
+    <row r="2241" customHeight="1" spans="3:6">
+      <c r="C2241" s="1"/>
+      <c r="E2241" s="1"/>
+      <c r="F2241" s="1"/>
+    </row>
+    <row r="2242" customHeight="1" spans="3:6">
+      <c r="C2242" s="1"/>
+      <c r="E2242" s="1"/>
+      <c r="F2242" s="1"/>
+    </row>
+    <row r="2243" customHeight="1" spans="3:6">
+      <c r="C2243" s="1"/>
+      <c r="E2243" s="1"/>
+      <c r="F2243" s="1"/>
+    </row>
+    <row r="2244" customHeight="1" spans="3:6">
+      <c r="C2244" s="1"/>
+      <c r="E2244" s="1"/>
+      <c r="F2244" s="1"/>
+    </row>
+    <row r="2245" customHeight="1" spans="3:6">
+      <c r="C2245" s="1"/>
+      <c r="E2245" s="1"/>
+      <c r="F2245" s="1"/>
+    </row>
+    <row r="2246" customHeight="1" spans="3:6">
+      <c r="C2246" s="1"/>
+      <c r="E2246" s="1"/>
+      <c r="F2246" s="9"/>
+    </row>
+    <row r="2247" customHeight="1" spans="3:6">
+      <c r="C2247" s="9"/>
+      <c r="E2247" s="9"/>
+      <c r="F2247" s="1"/>
+    </row>
+    <row r="2248" customHeight="1" spans="3:6">
+      <c r="C2248" s="1"/>
+      <c r="E2248" s="1"/>
+      <c r="F2248" s="1"/>
+    </row>
+    <row r="2249" customHeight="1" spans="3:6">
+      <c r="C2249" s="1"/>
+      <c r="E2249" s="1"/>
+      <c r="F2249" s="1"/>
+    </row>
+    <row r="2250" customHeight="1" spans="3:6">
+      <c r="C2250" s="1"/>
+      <c r="E2250" s="1"/>
+      <c r="F2250" s="1"/>
+    </row>
+    <row r="2251" customHeight="1" spans="3:6">
+      <c r="C2251" s="1"/>
+      <c r="E2251" s="1"/>
+      <c r="F2251" s="1"/>
+    </row>
+    <row r="2252" customHeight="1" spans="3:6">
+      <c r="C2252" s="1"/>
+      <c r="E2252" s="1"/>
+      <c r="F2252" s="1"/>
+    </row>
+    <row r="2253" customHeight="1" spans="3:6">
+      <c r="C2253" s="1"/>
+      <c r="E2253" s="1"/>
+      <c r="F2253" s="1"/>
+    </row>
+    <row r="2254" customHeight="1" spans="3:6">
+      <c r="C2254" s="1"/>
+      <c r="E2254" s="1"/>
+      <c r="F2254" s="9"/>
+    </row>
+    <row r="2255" customHeight="1" spans="3:6">
+      <c r="C2255" s="9"/>
+      <c r="E2255" s="9"/>
+      <c r="F2255" s="1"/>
+    </row>
+    <row r="2256" customHeight="1" spans="3:6">
+      <c r="C2256" s="1"/>
+      <c r="E2256" s="1"/>
+      <c r="F2256" s="1"/>
+    </row>
+    <row r="2257" customHeight="1" spans="3:6">
+      <c r="C2257" s="1"/>
+      <c r="E2257" s="1"/>
+      <c r="F2257" s="1"/>
+    </row>
+    <row r="2258" customHeight="1" spans="3:6">
+      <c r="C2258" s="1"/>
+      <c r="E2258" s="1"/>
+      <c r="F2258" s="1"/>
+    </row>
+    <row r="2259" customHeight="1" spans="3:6">
+      <c r="C2259" s="1"/>
+      <c r="E2259" s="1"/>
+      <c r="F2259" s="1"/>
+    </row>
+    <row r="2260" customHeight="1" spans="3:6">
+      <c r="C2260" s="1"/>
+      <c r="E2260" s="1"/>
+      <c r="F2260" s="1"/>
+    </row>
+    <row r="2261" customHeight="1" spans="3:6">
+      <c r="C2261" s="1"/>
+      <c r="E2261" s="1"/>
+      <c r="F2261" s="1"/>
+    </row>
+    <row r="2262" customHeight="1" spans="3:6">
+      <c r="C2262" s="1"/>
+      <c r="E2262" s="1"/>
+      <c r="F2262" s="9"/>
+    </row>
+    <row r="2263" customHeight="1" spans="3:6">
+      <c r="C2263" s="9"/>
+      <c r="E2263" s="9"/>
+      <c r="F2263" s="1"/>
+    </row>
+    <row r="2264" customHeight="1" spans="3:6">
+      <c r="C2264" s="1"/>
+      <c r="E2264" s="1"/>
+      <c r="F2264" s="1"/>
+    </row>
+    <row r="2265" customHeight="1" spans="3:6">
+      <c r="C2265" s="1"/>
+      <c r="E2265" s="1"/>
+      <c r="F2265" s="1"/>
+    </row>
+    <row r="2266" customHeight="1" spans="3:6">
+      <c r="C2266" s="1"/>
+      <c r="E2266" s="1"/>
+      <c r="F2266" s="1"/>
+    </row>
+    <row r="2267" customHeight="1" spans="3:6">
+      <c r="C2267" s="1"/>
+      <c r="E2267" s="1"/>
+      <c r="F2267" s="1"/>
+    </row>
+    <row r="2268" customHeight="1" spans="3:6">
+      <c r="C2268" s="1"/>
+      <c r="E2268" s="1"/>
+      <c r="F2268" s="1"/>
+    </row>
+    <row r="2269" customHeight="1" spans="3:6">
+      <c r="C2269" s="1"/>
+      <c r="E2269" s="1"/>
+      <c r="F2269" s="1"/>
+    </row>
+    <row r="2270" customHeight="1" spans="3:6">
+      <c r="C2270" s="1"/>
+      <c r="E2270" s="1"/>
+      <c r="F2270" s="9"/>
+    </row>
+    <row r="2271" customHeight="1" spans="3:6">
+      <c r="C2271" s="9"/>
+      <c r="E2271" s="9"/>
+      <c r="F2271" s="1"/>
+    </row>
+    <row r="2272" customHeight="1" spans="3:6">
+      <c r="C2272" s="1"/>
+      <c r="E2272" s="1"/>
+      <c r="F2272" s="1"/>
+    </row>
+    <row r="2273" customHeight="1" spans="3:6">
+      <c r="C2273" s="1"/>
+      <c r="E2273" s="1"/>
+      <c r="F2273" s="1"/>
+    </row>
+    <row r="2274" customHeight="1" spans="3:6">
+      <c r="C2274" s="1"/>
+      <c r="E2274" s="1"/>
+      <c r="F2274" s="1"/>
+    </row>
+    <row r="2275" customHeight="1" spans="3:6">
+      <c r="C2275" s="1"/>
+      <c r="E2275" s="1"/>
+      <c r="F2275" s="1"/>
+    </row>
+    <row r="2276" customHeight="1" spans="3:6">
+      <c r="C2276" s="1"/>
+      <c r="E2276" s="1"/>
+      <c r="F2276" s="1"/>
+    </row>
+    <row r="2277" customHeight="1" spans="3:6">
+      <c r="C2277" s="1"/>
+      <c r="E2277" s="1"/>
+      <c r="F2277" s="1"/>
+    </row>
+    <row r="2278" customHeight="1" spans="3:6">
+      <c r="C2278" s="1"/>
+      <c r="E2278" s="1"/>
+      <c r="F2278" s="9"/>
+    </row>
+    <row r="2279" customHeight="1" spans="3:6">
+      <c r="C2279" s="9"/>
+      <c r="E2279" s="9"/>
+      <c r="F2279" s="1"/>
+    </row>
+    <row r="2280" customHeight="1" spans="3:6">
+      <c r="C2280" s="1"/>
+      <c r="E2280" s="1"/>
+      <c r="F2280" s="1"/>
+    </row>
+    <row r="2281" customHeight="1" spans="3:6">
+      <c r="C2281" s="1"/>
+      <c r="E2281" s="1"/>
+      <c r="F2281" s="1"/>
+    </row>
+    <row r="2282" customHeight="1" spans="3:6">
+      <c r="C2282" s="1"/>
+      <c r="E2282" s="1"/>
+      <c r="F2282" s="1"/>
+    </row>
+    <row r="2283" customHeight="1" spans="3:6">
+      <c r="C2283" s="1"/>
+      <c r="E2283" s="1"/>
+      <c r="F2283" s="1"/>
+    </row>
+    <row r="2284" customHeight="1" spans="3:6">
+      <c r="C2284" s="1"/>
+      <c r="E2284" s="1"/>
+      <c r="F2284" s="1"/>
+    </row>
+    <row r="2285" customHeight="1" spans="3:6">
+      <c r="C2285" s="1"/>
+      <c r="E2285" s="1"/>
+      <c r="F2285" s="1"/>
+    </row>
+    <row r="2286" customHeight="1" spans="3:6">
+      <c r="C2286" s="1"/>
+      <c r="E2286" s="1"/>
+      <c r="F2286" s="9"/>
+    </row>
+    <row r="2287" customHeight="1" spans="3:6">
+      <c r="C2287" s="9"/>
+      <c r="E2287" s="9"/>
+      <c r="F2287" s="1"/>
+    </row>
+    <row r="2288" customHeight="1" spans="3:6">
+      <c r="C2288" s="1"/>
+      <c r="E2288" s="1"/>
+      <c r="F2288" s="1"/>
+    </row>
+    <row r="2289" customHeight="1" spans="3:6">
+      <c r="C2289" s="1"/>
+      <c r="E2289" s="1"/>
+      <c r="F2289" s="1"/>
+    </row>
+    <row r="2290" customHeight="1" spans="3:6">
+      <c r="C2290" s="1"/>
+      <c r="E2290" s="1"/>
+      <c r="F2290" s="1"/>
+    </row>
+    <row r="2291" customHeight="1" spans="3:6">
+      <c r="C2291" s="1"/>
+      <c r="E2291" s="1"/>
+      <c r="F2291" s="1"/>
+    </row>
+    <row r="2292" customHeight="1" spans="3:6">
+      <c r="C2292" s="1"/>
+      <c r="E2292" s="1"/>
+      <c r="F2292" s="1"/>
+    </row>
+    <row r="2293" customHeight="1" spans="3:6">
+      <c r="C2293" s="1"/>
+      <c r="E2293" s="1"/>
+      <c r="F2293" s="1"/>
+    </row>
+    <row r="2294" customHeight="1" spans="3:6">
+      <c r="C2294" s="1"/>
+      <c r="E2294" s="1"/>
+      <c r="F2294" s="9"/>
+    </row>
+    <row r="2295" customHeight="1" spans="3:6">
+      <c r="C2295" s="9"/>
+      <c r="E2295" s="9"/>
+      <c r="F2295" s="1"/>
+    </row>
+    <row r="2296" customHeight="1" spans="3:6">
+      <c r="C2296" s="1"/>
+      <c r="E2296" s="1"/>
+      <c r="F2296" s="1"/>
+    </row>
+    <row r="2297" customHeight="1" spans="3:6">
+      <c r="C2297" s="1"/>
+      <c r="E2297" s="1"/>
+      <c r="F2297" s="1"/>
+    </row>
+    <row r="2298" customHeight="1" spans="3:6">
+      <c r="C2298" s="1"/>
+      <c r="E2298" s="1"/>
+      <c r="F2298" s="1"/>
+    </row>
+    <row r="2299" customHeight="1" spans="3:6">
+      <c r="C2299" s="1"/>
+      <c r="E2299" s="1"/>
+      <c r="F2299" s="1"/>
+    </row>
+    <row r="2300" customHeight="1" spans="3:6">
+      <c r="C2300" s="1"/>
+      <c r="E2300" s="1"/>
+      <c r="F2300" s="1"/>
+    </row>
+    <row r="2301" customHeight="1" spans="3:6">
+      <c r="C2301" s="1"/>
+      <c r="E2301" s="1"/>
+      <c r="F2301" s="1"/>
+    </row>
+    <row r="2302" customHeight="1" spans="3:6">
+      <c r="C2302" s="1"/>
+      <c r="E2302" s="1"/>
+      <c r="F2302" s="9"/>
+    </row>
+    <row r="2303" customHeight="1" spans="3:6">
+      <c r="C2303" s="9"/>
+      <c r="E2303" s="9"/>
+      <c r="F2303" s="1"/>
+    </row>
+    <row r="2304" customHeight="1" spans="3:6">
+      <c r="C2304" s="1"/>
+      <c r="E2304" s="1"/>
+      <c r="F2304" s="1"/>
+    </row>
+    <row r="2305" customHeight="1" spans="3:6">
+      <c r="C2305" s="1"/>
+      <c r="E2305" s="1"/>
+      <c r="F2305" s="1"/>
+    </row>
+    <row r="2306" customHeight="1" spans="3:6">
+      <c r="C2306" s="1"/>
+      <c r="E2306" s="1"/>
+      <c r="F2306" s="1"/>
+    </row>
+    <row r="2307" customHeight="1" spans="3:6">
+      <c r="C2307" s="1"/>
+      <c r="E2307" s="1"/>
+      <c r="F2307" s="1"/>
+    </row>
+    <row r="2308" customHeight="1" spans="3:6">
+      <c r="C2308" s="1"/>
+      <c r="E2308" s="1"/>
+      <c r="F2308" s="1"/>
+    </row>
+    <row r="2309" customHeight="1" spans="3:6">
+      <c r="C2309" s="1"/>
+      <c r="E2309" s="1"/>
+      <c r="F2309" s="1"/>
+    </row>
+    <row r="2310" customHeight="1" spans="3:6">
+      <c r="C2310" s="1"/>
+      <c r="E2310" s="1"/>
+      <c r="F2310" s="9"/>
+    </row>
+    <row r="2311" customHeight="1" spans="3:6">
+      <c r="C2311" s="9"/>
+      <c r="E2311" s="9"/>
+      <c r="F2311" s="1"/>
+    </row>
+    <row r="2312" customHeight="1" spans="3:6">
+      <c r="C2312" s="1"/>
+      <c r="E2312" s="1"/>
+      <c r="F2312" s="1"/>
+    </row>
+    <row r="2313" customHeight="1" spans="3:6">
+      <c r="C2313" s="1"/>
+      <c r="E2313" s="1"/>
+      <c r="F2313" s="1"/>
+    </row>
+    <row r="2314" customHeight="1" spans="3:6">
+      <c r="C2314" s="1"/>
+      <c r="E2314" s="1"/>
+      <c r="F2314" s="1"/>
+    </row>
+    <row r="2315" customHeight="1" spans="3:6">
+      <c r="C2315" s="1"/>
+      <c r="E2315" s="1"/>
+      <c r="F2315" s="1"/>
+    </row>
+    <row r="2316" customHeight="1" spans="3:6">
+      <c r="C2316" s="1"/>
+      <c r="E2316" s="1"/>
+      <c r="F2316" s="1"/>
+    </row>
+    <row r="2317" customHeight="1" spans="3:6">
+      <c r="C2317" s="1"/>
+      <c r="E2317" s="1"/>
+      <c r="F2317" s="1"/>
+    </row>
+    <row r="2318" customHeight="1" spans="3:6">
+      <c r="C2318" s="1"/>
+      <c r="E2318" s="1"/>
+      <c r="F2318" s="9"/>
+    </row>
+    <row r="2319" customHeight="1" spans="3:6">
+      <c r="C2319" s="9"/>
+      <c r="E2319" s="9"/>
+      <c r="F2319" s="1"/>
+    </row>
+    <row r="2320" customHeight="1" spans="3:6">
+      <c r="C2320" s="1"/>
+      <c r="E2320" s="1"/>
+      <c r="F2320" s="1"/>
+    </row>
+    <row r="2321" customHeight="1" spans="3:6">
+      <c r="C2321" s="1"/>
+      <c r="E2321" s="1"/>
+      <c r="F2321" s="1"/>
+    </row>
+    <row r="2322" customHeight="1" spans="3:6">
+      <c r="C2322" s="1"/>
+      <c r="E2322" s="1"/>
+      <c r="F2322" s="1"/>
+    </row>
+    <row r="2323" customHeight="1" spans="3:6">
+      <c r="C2323" s="1"/>
+      <c r="E2323" s="1"/>
+      <c r="F2323" s="1"/>
+    </row>
+    <row r="2324" customHeight="1" spans="3:6">
+      <c r="C2324" s="1"/>
+      <c r="E2324" s="1"/>
+      <c r="F2324" s="1"/>
+    </row>
+    <row r="2325" customHeight="1" spans="3:6">
+      <c r="C2325" s="1"/>
+      <c r="E2325" s="1"/>
+      <c r="F2325" s="1"/>
+    </row>
+    <row r="2326" customHeight="1" spans="3:6">
+      <c r="C2326" s="1"/>
+      <c r="E2326" s="1"/>
+      <c r="F2326" s="9"/>
+    </row>
+    <row r="2327" customHeight="1" spans="3:6">
+      <c r="C2327" s="9"/>
+      <c r="E2327" s="9"/>
+      <c r="F2327" s="1"/>
+    </row>
+    <row r="2328" customHeight="1" spans="3:6">
+      <c r="C2328" s="1"/>
+      <c r="E2328" s="1"/>
+      <c r="F2328" s="1"/>
+    </row>
+    <row r="2329" customHeight="1" spans="3:6">
+      <c r="C2329" s="1"/>
+      <c r="E2329" s="1"/>
+      <c r="F2329" s="1"/>
+    </row>
+    <row r="2330" customHeight="1" spans="3:6">
+      <c r="C2330" s="1"/>
+      <c r="E2330" s="1"/>
+      <c r="F2330" s="1"/>
+    </row>
+    <row r="2331" customHeight="1" spans="3:6">
+      <c r="C2331" s="1"/>
+      <c r="E2331" s="1"/>
+      <c r="F2331" s="1"/>
+    </row>
+    <row r="2332" customHeight="1" spans="3:6">
+      <c r="C2332" s="1"/>
+      <c r="E2332" s="1"/>
+      <c r="F2332" s="1"/>
+    </row>
+    <row r="2333" customHeight="1" spans="3:6">
+      <c r="C2333" s="1"/>
+      <c r="E2333" s="1"/>
+      <c r="F2333" s="1"/>
+    </row>
+    <row r="2334" customHeight="1" spans="3:6">
+      <c r="C2334" s="1"/>
+      <c r="E2334" s="1"/>
+      <c r="F2334" s="9"/>
+    </row>
+    <row r="2335" customHeight="1" spans="3:6">
+      <c r="C2335" s="9"/>
+      <c r="E2335" s="9"/>
+      <c r="F2335" s="1"/>
+    </row>
+    <row r="2336" customHeight="1" spans="3:6">
+      <c r="C2336" s="1"/>
+      <c r="E2336" s="1"/>
+      <c r="F2336" s="1"/>
+    </row>
+    <row r="2337" customHeight="1" spans="3:6">
+      <c r="C2337" s="1"/>
+      <c r="E2337" s="1"/>
+      <c r="F2337" s="1"/>
+    </row>
+    <row r="2338" customHeight="1" spans="3:6">
+      <c r="C2338" s="1"/>
+      <c r="E2338" s="1"/>
+      <c r="F2338" s="1"/>
+    </row>
+    <row r="2339" customHeight="1" spans="3:6">
+      <c r="C2339" s="1"/>
+      <c r="E2339" s="1"/>
+      <c r="F2339" s="1"/>
+    </row>
+    <row r="2340" customHeight="1" spans="3:6">
+      <c r="C2340" s="1"/>
+      <c r="E2340" s="1"/>
+      <c r="F2340" s="1"/>
+    </row>
+    <row r="2341" customHeight="1" spans="3:6">
+      <c r="C2341" s="1"/>
+      <c r="E2341" s="1"/>
+      <c r="F2341" s="1"/>
+    </row>
+    <row r="2342" customHeight="1" spans="3:6">
+      <c r="C2342" s="1"/>
+      <c r="E2342" s="1"/>
+      <c r="F2342" s="9"/>
+    </row>
+    <row r="2343" customHeight="1" spans="3:6">
+      <c r="C2343" s="9"/>
+      <c r="E2343" s="9"/>
+      <c r="F2343" s="1"/>
+    </row>
+    <row r="2344" customHeight="1" spans="3:6">
+      <c r="C2344" s="1"/>
+      <c r="E2344" s="1"/>
+      <c r="F2344" s="1"/>
+    </row>
+    <row r="2345" customHeight="1" spans="3:6">
+      <c r="C2345" s="1"/>
+      <c r="E2345" s="1"/>
+      <c r="F2345" s="1"/>
+    </row>
+    <row r="2346" customHeight="1" spans="3:6">
+      <c r="C2346" s="1"/>
+      <c r="E2346" s="1"/>
+      <c r="F2346" s="1"/>
+    </row>
+    <row r="2347" customHeight="1" spans="3:6">
+      <c r="C2347" s="1"/>
+      <c r="E2347" s="1"/>
+      <c r="F2347" s="1"/>
+    </row>
+    <row r="2348" customHeight="1" spans="3:6">
+      <c r="C2348" s="1"/>
+      <c r="E2348" s="1"/>
+      <c r="F2348" s="1"/>
+    </row>
+    <row r="2349" customHeight="1" spans="3:6">
+      <c r="C2349" s="1"/>
+      <c r="E2349" s="1"/>
+      <c r="F2349" s="1"/>
+    </row>
+    <row r="2350" customHeight="1" spans="3:6">
+      <c r="C2350" s="1"/>
+      <c r="E2350" s="1"/>
+      <c r="F2350" s="9"/>
+    </row>
+    <row r="2351" customHeight="1" spans="3:6">
+      <c r="C2351" s="9"/>
+      <c r="E2351" s="9"/>
+      <c r="F2351" s="1"/>
+    </row>
+    <row r="2352" customHeight="1" spans="3:6">
+      <c r="C2352" s="1"/>
+      <c r="E2352" s="1"/>
+      <c r="F2352" s="1"/>
+    </row>
+    <row r="2353" customHeight="1" spans="3:6">
+      <c r="C2353" s="1"/>
+      <c r="E2353" s="1"/>
+      <c r="F2353" s="1"/>
+    </row>
+    <row r="2354" customHeight="1" spans="3:6">
+      <c r="C2354" s="1"/>
+      <c r="E2354" s="1"/>
+      <c r="F2354" s="1"/>
+    </row>
+    <row r="2355" customHeight="1" spans="3:6">
+      <c r="C2355" s="1"/>
+      <c r="E2355" s="1"/>
+      <c r="F2355" s="1"/>
+    </row>
+    <row r="2356" customHeight="1" spans="3:6">
+      <c r="C2356" s="1"/>
+      <c r="E2356" s="1"/>
+      <c r="F2356" s="1"/>
+    </row>
+    <row r="2357" customHeight="1" spans="3:6">
+      <c r="C2357" s="1"/>
+      <c r="E2357" s="1"/>
+      <c r="F2357" s="1"/>
+    </row>
+    <row r="2358" customHeight="1" spans="3:6">
+      <c r="C2358" s="1"/>
+      <c r="E2358" s="1"/>
+      <c r="F2358" s="9"/>
+    </row>
+    <row r="2359" customHeight="1" spans="3:6">
+      <c r="C2359" s="9"/>
+      <c r="E2359" s="9"/>
+      <c r="F2359" s="1"/>
+    </row>
+    <row r="2360" customHeight="1" spans="3:6">
+      <c r="C2360" s="1"/>
+      <c r="E2360" s="1"/>
+      <c r="F2360" s="1"/>
+    </row>
+    <row r="2361" customHeight="1" spans="3:6">
+      <c r="C2361" s="1"/>
+      <c r="E2361" s="1"/>
+      <c r="F2361" s="1"/>
+    </row>
+    <row r="2362" customHeight="1" spans="3:6">
+      <c r="C2362" s="1"/>
+      <c r="E2362" s="1"/>
+      <c r="F2362" s="1"/>
+    </row>
+    <row r="2363" customHeight="1" spans="3:6">
+      <c r="C2363" s="1"/>
+      <c r="E2363" s="1"/>
+      <c r="F2363" s="1"/>
+    </row>
+    <row r="2364" customHeight="1" spans="3:6">
+      <c r="C2364" s="1"/>
+      <c r="E2364" s="1"/>
+      <c r="F2364" s="1"/>
+    </row>
+    <row r="2365" customHeight="1" spans="3:6">
+      <c r="C2365" s="1"/>
+      <c r="E2365" s="1"/>
+      <c r="F2365" s="1"/>
+    </row>
+    <row r="2366" customHeight="1" spans="3:6">
+      <c r="C2366" s="1"/>
+      <c r="E2366" s="1"/>
+      <c r="F2366" s="9"/>
+    </row>
+    <row r="2367" customHeight="1" spans="3:6">
+      <c r="C2367" s="9"/>
+      <c r="E2367" s="9"/>
+      <c r="F2367" s="1"/>
+    </row>
+    <row r="2368" customHeight="1" spans="3:6">
+      <c r="C2368" s="1"/>
+      <c r="E2368" s="1"/>
+      <c r="F2368" s="1"/>
+    </row>
+    <row r="2369" customHeight="1" spans="3:6">
+      <c r="C2369" s="1"/>
+      <c r="E2369" s="1"/>
+      <c r="F2369" s="1"/>
+    </row>
+    <row r="2370" customHeight="1" spans="3:6">
+      <c r="C2370" s="1"/>
+      <c r="E2370" s="1"/>
+      <c r="F2370" s="1"/>
+    </row>
+    <row r="2371" customHeight="1" spans="3:6">
+      <c r="C2371" s="1"/>
+      <c r="E2371" s="1"/>
+      <c r="F2371" s="1"/>
+    </row>
+    <row r="2372" customHeight="1" spans="3:6">
+      <c r="C2372" s="1"/>
+      <c r="E2372" s="1"/>
+      <c r="F2372" s="1"/>
+    </row>
+    <row r="2373" customHeight="1" spans="3:6">
+      <c r="C2373" s="1"/>
+      <c r="E2373" s="1"/>
+      <c r="F2373" s="1"/>
+    </row>
+    <row r="2374" customHeight="1" spans="3:6">
+      <c r="C2374" s="1"/>
+      <c r="E2374" s="1"/>
+      <c r="F2374" s="9"/>
+    </row>
+    <row r="2375" customHeight="1" spans="3:6">
+      <c r="C2375" s="9"/>
+      <c r="E2375" s="9"/>
+      <c r="F2375" s="1"/>
+    </row>
+    <row r="2376" customHeight="1" spans="3:6">
+      <c r="C2376" s="1"/>
+      <c r="E2376" s="1"/>
+      <c r="F2376" s="1"/>
+    </row>
+    <row r="2377" customHeight="1" spans="3:6">
+      <c r="C2377" s="1"/>
+      <c r="E2377" s="1"/>
+      <c r="F2377" s="1"/>
+    </row>
+    <row r="2378" customHeight="1" spans="3:6">
+      <c r="C2378" s="1"/>
+      <c r="E2378" s="1"/>
+      <c r="F2378" s="1"/>
+    </row>
+    <row r="2379" customHeight="1" spans="3:6">
+      <c r="C2379" s="1"/>
+      <c r="E2379" s="1"/>
+      <c r="F2379" s="1"/>
+    </row>
+    <row r="2380" customHeight="1" spans="3:6">
+      <c r="C2380" s="1"/>
+      <c r="E2380" s="1"/>
+      <c r="F2380" s="1"/>
+    </row>
+    <row r="2381" customHeight="1" spans="3:6">
+      <c r="C2381" s="1"/>
+      <c r="E2381" s="1"/>
+      <c r="F2381" s="1"/>
+    </row>
+    <row r="2382" customHeight="1" spans="3:6">
+      <c r="C2382" s="1"/>
+      <c r="E2382" s="1"/>
+      <c r="F2382" s="9"/>
+    </row>
+    <row r="2383" customHeight="1" spans="3:6">
+      <c r="C2383" s="9"/>
+      <c r="E2383" s="9"/>
+      <c r="F2383" s="1"/>
+    </row>
+    <row r="2384" customHeight="1" spans="3:6">
+      <c r="C2384" s="1"/>
+      <c r="E2384" s="1"/>
+      <c r="F2384" s="1"/>
+    </row>
+    <row r="2385" customHeight="1" spans="3:6">
+      <c r="C2385" s="1"/>
+      <c r="E2385" s="1"/>
+      <c r="F2385" s="1"/>
+    </row>
+    <row r="2386" customHeight="1" spans="3:6">
+      <c r="C2386" s="1"/>
+      <c r="E2386" s="1"/>
+      <c r="F2386" s="1"/>
+    </row>
+    <row r="2387" customHeight="1" spans="3:6">
+      <c r="C2387" s="1"/>
+      <c r="E2387" s="1"/>
+      <c r="F2387" s="1"/>
+    </row>
+    <row r="2388" customHeight="1" spans="3:6">
+      <c r="C2388" s="1"/>
+      <c r="E2388" s="1"/>
+      <c r="F2388" s="1"/>
+    </row>
+    <row r="2389" customHeight="1" spans="3:6">
+      <c r="C2389" s="1"/>
+      <c r="E2389" s="1"/>
+      <c r="F2389" s="1"/>
+    </row>
+    <row r="2390" customHeight="1" spans="3:6">
+      <c r="C2390" s="1"/>
+      <c r="E2390" s="1"/>
+      <c r="F2390" s="9"/>
+    </row>
+    <row r="2391" customHeight="1" spans="3:6">
+      <c r="C2391" s="9"/>
+      <c r="E2391" s="9"/>
+      <c r="F2391" s="1"/>
+    </row>
+    <row r="2392" customHeight="1" spans="3:6">
+      <c r="C2392" s="1"/>
+      <c r="E2392" s="1"/>
+      <c r="F2392" s="1"/>
+    </row>
+    <row r="2393" customHeight="1" spans="3:6">
+      <c r="C2393" s="1"/>
+      <c r="E2393" s="1"/>
+      <c r="F2393" s="1"/>
+    </row>
+    <row r="2394" customHeight="1" spans="3:6">
+      <c r="C2394" s="1"/>
+      <c r="E2394" s="1"/>
+      <c r="F2394" s="1"/>
+    </row>
+    <row r="2395" customHeight="1" spans="3:6">
+      <c r="C2395" s="1"/>
+      <c r="E2395" s="1"/>
+      <c r="F2395" s="1"/>
+    </row>
+    <row r="2396" customHeight="1" spans="3:6">
+      <c r="C2396" s="1"/>
+      <c r="E2396" s="1"/>
+      <c r="F2396" s="1"/>
+    </row>
+    <row r="2397" customHeight="1" spans="3:6">
+      <c r="C2397" s="1"/>
+      <c r="E2397" s="1"/>
+      <c r="F2397" s="1"/>
+    </row>
+    <row r="2398" customHeight="1" spans="3:6">
+      <c r="C2398" s="1"/>
+      <c r="E2398" s="1"/>
+      <c r="F2398" s="9"/>
+    </row>
+    <row r="2399" customHeight="1" spans="3:6">
+      <c r="C2399" s="9"/>
+      <c r="E2399" s="9"/>
+      <c r="F2399" s="1"/>
+    </row>
+    <row r="2400" customHeight="1" spans="3:6">
+      <c r="C2400" s="1"/>
+      <c r="E2400" s="1"/>
+      <c r="F2400" s="1"/>
+    </row>
+    <row r="2401" customHeight="1" spans="3:6">
+      <c r="C2401" s="1"/>
+      <c r="E2401" s="1"/>
+      <c r="F2401" s="1"/>
+    </row>
+    <row r="2402" customHeight="1" spans="3:6">
+      <c r="C2402" s="1"/>
+      <c r="E2402" s="1"/>
+      <c r="F2402" s="1"/>
+    </row>
+    <row r="2403" customHeight="1" spans="3:6">
+      <c r="C2403" s="1"/>
+      <c r="E2403" s="1"/>
+      <c r="F2403" s="1"/>
+    </row>
+    <row r="2404" customHeight="1" spans="3:6">
+      <c r="C2404" s="1"/>
+      <c r="E2404" s="1"/>
+      <c r="F2404" s="1"/>
+    </row>
+    <row r="2405" customHeight="1" spans="3:6">
+      <c r="C2405" s="1"/>
+      <c r="E2405" s="1"/>
+      <c r="F2405" s="1"/>
+    </row>
+    <row r="2406" customHeight="1" spans="3:6">
+      <c r="C2406" s="1"/>
+      <c r="E2406" s="1"/>
+      <c r="F2406" s="9"/>
+    </row>
+    <row r="2407" customHeight="1" spans="3:6">
+      <c r="C2407" s="9"/>
+      <c r="E2407" s="9"/>
+      <c r="F2407" s="1"/>
+    </row>
+    <row r="2408" customHeight="1" spans="3:6">
+      <c r="C2408" s="1"/>
+      <c r="E2408" s="1"/>
+      <c r="F2408" s="1"/>
+    </row>
+    <row r="2409" customHeight="1" spans="3:6">
+      <c r="C2409" s="1"/>
+      <c r="E2409" s="1"/>
+      <c r="F2409" s="1"/>
+    </row>
+    <row r="2410" customHeight="1" spans="3:6">
+      <c r="C2410" s="1"/>
+      <c r="E2410" s="1"/>
+      <c r="F2410" s="1"/>
+    </row>
+    <row r="2411" customHeight="1" spans="3:6">
+      <c r="C2411" s="1"/>
+      <c r="E2411" s="1"/>
+      <c r="F2411" s="1"/>
+    </row>
+    <row r="2412" customHeight="1" spans="3:6">
+      <c r="C2412" s="1"/>
+      <c r="E2412" s="1"/>
+      <c r="F2412" s="1"/>
+    </row>
+    <row r="2413" customHeight="1" spans="3:6">
+      <c r="C2413" s="1"/>
+      <c r="E2413" s="1"/>
+      <c r="F2413" s="1"/>
+    </row>
+    <row r="2414" customHeight="1" spans="3:6">
+      <c r="C2414" s="1"/>
+      <c r="E2414" s="1"/>
+      <c r="F2414" s="9"/>
+    </row>
+    <row r="2415" customHeight="1" spans="3:6">
+      <c r="C2415" s="9"/>
+      <c r="E2415" s="9"/>
+      <c r="F2415" s="1"/>
+    </row>
+    <row r="2416" customHeight="1" spans="3:6">
+      <c r="C2416" s="1"/>
+      <c r="E2416" s="1"/>
+      <c r="F2416" s="1"/>
+    </row>
+    <row r="2417" customHeight="1" spans="3:6">
+      <c r="C2417" s="1"/>
+      <c r="E2417" s="1"/>
+      <c r="F2417" s="1"/>
+    </row>
+    <row r="2418" customHeight="1" spans="3:6">
+      <c r="C2418" s="1"/>
+      <c r="E2418" s="1"/>
+      <c r="F2418" s="1"/>
+    </row>
+    <row r="2419" customHeight="1" spans="3:6">
+      <c r="C2419" s="1"/>
+      <c r="E2419" s="1"/>
+      <c r="F2419" s="1"/>
+    </row>
+    <row r="2420" customHeight="1" spans="3:6">
+      <c r="C2420" s="1"/>
+      <c r="E2420" s="1"/>
+      <c r="F2420" s="1"/>
+    </row>
+    <row r="2421" customHeight="1" spans="3:6">
+      <c r="C2421" s="1"/>
+      <c r="E2421" s="1"/>
+      <c r="F2421" s="1"/>
+    </row>
+    <row r="2422" customHeight="1" spans="3:6">
+      <c r="C2422" s="1"/>
+      <c r="E2422" s="1"/>
+      <c r="F2422" s="9"/>
+    </row>
+    <row r="2423" customHeight="1" spans="3:6">
+      <c r="C2423" s="9"/>
+      <c r="E2423" s="9"/>
+      <c r="F2423" s="1"/>
+    </row>
+    <row r="2424" customHeight="1" spans="3:6">
+      <c r="C2424" s="1"/>
+      <c r="E2424" s="1"/>
+      <c r="F2424" s="1"/>
+    </row>
+    <row r="2425" customHeight="1" spans="3:6">
+      <c r="C2425" s="1"/>
+      <c r="E2425" s="1"/>
+      <c r="F2425" s="1"/>
+    </row>
+    <row r="2426" customHeight="1" spans="3:6">
+      <c r="C2426" s="1"/>
+      <c r="E2426" s="1"/>
+      <c r="F2426" s="1"/>
+    </row>
+    <row r="2427" customHeight="1" spans="3:6">
+      <c r="C2427" s="1"/>
+      <c r="E2427" s="1"/>
+      <c r="F2427" s="1"/>
+    </row>
+    <row r="2428" customHeight="1" spans="3:6">
+      <c r="C2428" s="1"/>
+      <c r="E2428" s="1"/>
+      <c r="F2428" s="1"/>
+    </row>
+    <row r="2429" customHeight="1" spans="3:6">
+      <c r="C2429" s="1"/>
+      <c r="E2429" s="1"/>
+      <c r="F2429" s="1"/>
+    </row>
+    <row r="2430" customHeight="1" spans="3:6">
+      <c r="C2430" s="1"/>
+      <c r="E2430" s="1"/>
+      <c r="F2430" s="9"/>
+    </row>
+    <row r="2431" customHeight="1" spans="3:6">
+      <c r="C2431" s="9"/>
+      <c r="E2431" s="9"/>
+      <c r="F2431" s="1"/>
+    </row>
+    <row r="2432" customHeight="1" spans="3:6">
+      <c r="C2432" s="1"/>
+      <c r="E2432" s="1"/>
+      <c r="F2432" s="1"/>
+    </row>
+    <row r="2433" customHeight="1" spans="3:6">
+      <c r="C2433" s="1"/>
+      <c r="E2433" s="1"/>
+      <c r="F2433" s="1"/>
+    </row>
+    <row r="2434" customHeight="1" spans="3:6">
+      <c r="C2434" s="1"/>
+      <c r="E2434" s="1"/>
+      <c r="F2434" s="1"/>
+    </row>
+    <row r="2435" customHeight="1" spans="3:6">
+      <c r="C2435" s="1"/>
+      <c r="E2435" s="1"/>
+      <c r="F2435" s="1"/>
+    </row>
+    <row r="2436" customHeight="1" spans="3:6">
+      <c r="C2436" s="1"/>
+      <c r="E2436" s="1"/>
+      <c r="F2436" s="1"/>
+    </row>
+    <row r="2437" customHeight="1" spans="3:6">
+      <c r="C2437" s="1"/>
+      <c r="E2437" s="1"/>
+      <c r="F2437" s="1"/>
+    </row>
+    <row r="2438" customHeight="1" spans="3:6">
+      <c r="C2438" s="1"/>
+      <c r="E2438" s="1"/>
+      <c r="F2438" s="9"/>
+    </row>
+    <row r="2439" customHeight="1" spans="3:6">
+      <c r="C2439" s="9"/>
+      <c r="E2439" s="9"/>
+      <c r="F2439" s="1"/>
+    </row>
+    <row r="2440" customHeight="1" spans="3:6">
+      <c r="C2440" s="1"/>
+      <c r="E2440" s="1"/>
+      <c r="F2440" s="1"/>
+    </row>
+    <row r="2441" customHeight="1" spans="3:6">
+      <c r="C2441" s="1"/>
+      <c r="E2441" s="1"/>
+      <c r="F2441" s="1"/>
+    </row>
+    <row r="2442" customHeight="1" spans="3:6">
+      <c r="C2442" s="1"/>
+      <c r="E2442" s="1"/>
+      <c r="F2442" s="1"/>
+    </row>
+    <row r="2443" customHeight="1" spans="3:6">
+      <c r="C2443" s="1"/>
+      <c r="E2443" s="1"/>
+      <c r="F2443" s="1"/>
+    </row>
+    <row r="2444" customHeight="1" spans="3:6">
+      <c r="C2444" s="1"/>
+      <c r="E2444" s="1"/>
+      <c r="F2444" s="1"/>
+    </row>
+    <row r="2445" customHeight="1" spans="3:6">
+      <c r="C2445" s="1"/>
+      <c r="E2445" s="1"/>
+      <c r="F2445" s="1"/>
+    </row>
+    <row r="2446" customHeight="1" spans="3:6">
+      <c r="C2446" s="1"/>
+      <c r="E2446" s="1"/>
+      <c r="F2446" s="9"/>
+    </row>
+    <row r="2447" customHeight="1" spans="3:6">
+      <c r="C2447" s="9"/>
+      <c r="E2447" s="9"/>
+      <c r="F2447" s="1"/>
+    </row>
+    <row r="2448" customHeight="1" spans="3:6">
+      <c r="C2448" s="1"/>
+      <c r="E2448" s="1"/>
+      <c r="F2448" s="1"/>
+    </row>
+    <row r="2449" customHeight="1" spans="3:6">
+      <c r="C2449" s="1"/>
+      <c r="E2449" s="1"/>
+      <c r="F2449" s="1"/>
+    </row>
+    <row r="2450" customHeight="1" spans="3:6">
+      <c r="C2450" s="1"/>
+      <c r="E2450" s="1"/>
+      <c r="F2450" s="1"/>
+    </row>
+    <row r="2451" customHeight="1" spans="3:6">
+      <c r="C2451" s="1"/>
+      <c r="E2451" s="1"/>
+      <c r="F2451" s="1"/>
+    </row>
+    <row r="2452" customHeight="1" spans="3:6">
+      <c r="C2452" s="1"/>
+      <c r="E2452" s="1"/>
+      <c r="F2452" s="1"/>
+    </row>
+    <row r="2453" customHeight="1" spans="3:6">
+      <c r="C2453" s="1"/>
+      <c r="E2453" s="1"/>
+      <c r="F2453" s="1"/>
+    </row>
+    <row r="2454" customHeight="1" spans="3:6">
+      <c r="C2454" s="1"/>
+      <c r="E2454" s="1"/>
+      <c r="F2454" s="9"/>
+    </row>
+    <row r="2455" customHeight="1" spans="3:6">
+      <c r="C2455" s="9"/>
+      <c r="E2455" s="9"/>
+      <c r="F2455" s="1"/>
+    </row>
+    <row r="2456" customHeight="1" spans="3:6">
+      <c r="C2456" s="1"/>
+      <c r="E2456" s="1"/>
+      <c r="F2456" s="1"/>
+    </row>
+    <row r="2457" customHeight="1" spans="3:6">
+      <c r="C2457" s="1"/>
+      <c r="E2457" s="1"/>
+      <c r="F2457" s="1"/>
+    </row>
+    <row r="2458" customHeight="1" spans="3:6">
+      <c r="C2458" s="1"/>
+      <c r="E2458" s="1"/>
+      <c r="F2458" s="1"/>
+    </row>
+    <row r="2459" customHeight="1" spans="3:6">
+      <c r="C2459" s="1"/>
+      <c r="E2459" s="1"/>
+      <c r="F2459" s="1"/>
+    </row>
+    <row r="2460" customHeight="1" spans="3:6">
+      <c r="C2460" s="1"/>
+      <c r="E2460" s="1"/>
+      <c r="F2460" s="1"/>
+    </row>
+    <row r="2461" customHeight="1" spans="3:6">
+      <c r="C2461" s="1"/>
+      <c r="E2461" s="1"/>
+      <c r="F2461" s="1"/>
+    </row>
+    <row r="2462" customHeight="1" spans="3:6">
+      <c r="C2462" s="1"/>
+      <c r="E2462" s="1"/>
+      <c r="F2462" s="9"/>
+    </row>
+    <row r="2463" customHeight="1" spans="3:6">
+      <c r="C2463" s="9"/>
+      <c r="E2463" s="9"/>
+      <c r="F2463" s="1"/>
+    </row>
+    <row r="2464" customHeight="1" spans="3:6">
+      <c r="C2464" s="1"/>
+      <c r="E2464" s="1"/>
+      <c r="F2464" s="1"/>
+    </row>
+    <row r="2465" customHeight="1" spans="3:6">
+      <c r="C2465" s="1"/>
+      <c r="E2465" s="1"/>
+      <c r="F2465" s="1"/>
+    </row>
+    <row r="2466" customHeight="1" spans="3:6">
+      <c r="C2466" s="1"/>
+      <c r="E2466" s="1"/>
+      <c r="F2466" s="1"/>
+    </row>
+    <row r="2467" customHeight="1" spans="3:6">
+      <c r="C2467" s="1"/>
+      <c r="E2467" s="1"/>
+      <c r="F2467" s="1"/>
+    </row>
+    <row r="2468" customHeight="1" spans="3:6">
+      <c r="C2468" s="1"/>
+      <c r="E2468" s="1"/>
+      <c r="F2468" s="1"/>
+    </row>
+    <row r="2469" customHeight="1" spans="3:6">
+      <c r="C2469" s="1"/>
+      <c r="E2469" s="1"/>
+      <c r="F2469" s="1"/>
+    </row>
+    <row r="2470" customHeight="1" spans="3:6">
+      <c r="C2470" s="1"/>
+      <c r="E2470" s="1"/>
+      <c r="F2470" s="9"/>
+    </row>
+    <row r="2471" customHeight="1" spans="3:6">
+      <c r="C2471" s="9"/>
+      <c r="E2471" s="9"/>
+      <c r="F2471" s="1"/>
+    </row>
+    <row r="2472" customHeight="1" spans="3:6">
+      <c r="C2472" s="1"/>
+      <c r="E2472" s="1"/>
+      <c r="F2472" s="1"/>
+    </row>
+    <row r="2473" customHeight="1" spans="3:6">
+      <c r="C2473" s="1"/>
+      <c r="E2473" s="1"/>
+      <c r="F2473" s="1"/>
+    </row>
+    <row r="2474" customHeight="1" spans="3:6">
+      <c r="C2474" s="1"/>
+      <c r="E2474" s="1"/>
+      <c r="F2474" s="1"/>
+    </row>
+    <row r="2475" customHeight="1" spans="3:6">
+      <c r="C2475" s="1"/>
+      <c r="E2475" s="1"/>
+      <c r="F2475" s="1"/>
+    </row>
+    <row r="2476" customHeight="1" spans="3:6">
+      <c r="C2476" s="1"/>
+      <c r="E2476" s="1"/>
+      <c r="F2476" s="1"/>
+    </row>
+    <row r="2477" customHeight="1" spans="3:6">
+      <c r="C2477" s="1"/>
+      <c r="E2477" s="1"/>
+      <c r="F2477" s="1"/>
+    </row>
+    <row r="2478" customHeight="1" spans="3:6">
+      <c r="C2478" s="1"/>
+      <c r="E2478" s="1"/>
+      <c r="F2478" s="9"/>
+    </row>
+    <row r="2479" customHeight="1" spans="3:6">
+      <c r="C2479" s="9"/>
+      <c r="E2479" s="9"/>
+      <c r="F2479" s="1"/>
+    </row>
+    <row r="2480" customHeight="1" spans="3:6">
+      <c r="C2480" s="1"/>
+      <c r="E2480" s="1"/>
+      <c r="F2480" s="1"/>
+    </row>
+    <row r="2481" customHeight="1" spans="3:6">
+      <c r="C2481" s="1"/>
+      <c r="E2481" s="1"/>
+      <c r="F2481" s="1"/>
+    </row>
+    <row r="2482" customHeight="1" spans="3:6">
+      <c r="C2482" s="1"/>
+      <c r="E2482" s="1"/>
+      <c r="F2482" s="1"/>
+    </row>
+    <row r="2483" customHeight="1" spans="3:6">
+      <c r="C2483" s="1"/>
+      <c r="E2483" s="1"/>
+      <c r="F2483" s="1"/>
+    </row>
+    <row r="2484" customHeight="1" spans="3:6">
+      <c r="C2484" s="1"/>
+      <c r="E2484" s="1"/>
+      <c r="F2484" s="1"/>
+    </row>
+    <row r="2485" customHeight="1" spans="3:6">
+      <c r="C2485" s="1"/>
+      <c r="E2485" s="1"/>
+      <c r="F2485" s="1"/>
+    </row>
+    <row r="2486" customHeight="1" spans="3:6">
+      <c r="C2486" s="1"/>
+      <c r="E2486" s="1"/>
+      <c r="F2486" s="9"/>
+    </row>
+    <row r="2487" customHeight="1" spans="3:6">
+      <c r="C2487" s="9"/>
+      <c r="E2487" s="9"/>
+      <c r="F2487" s="1"/>
+    </row>
+    <row r="2488" customHeight="1" spans="3:6">
+      <c r="C2488" s="1"/>
+      <c r="E2488" s="1"/>
+      <c r="F2488" s="1"/>
+    </row>
+    <row r="2489" customHeight="1" spans="3:6">
+      <c r="C2489" s="1"/>
+      <c r="E2489" s="1"/>
+      <c r="F2489" s="1"/>
+    </row>
+    <row r="2490" customHeight="1" spans="3:6">
+      <c r="C2490" s="1"/>
+      <c r="E2490" s="1"/>
+      <c r="F2490" s="1"/>
+    </row>
+    <row r="2491" customHeight="1" spans="3:6">
+      <c r="C2491" s="1"/>
+      <c r="E2491" s="1"/>
+      <c r="F2491" s="1"/>
+    </row>
+    <row r="2492" customHeight="1" spans="3:6">
+      <c r="C2492" s="1"/>
+      <c r="E2492" s="1"/>
+      <c r="F2492" s="1"/>
+    </row>
+    <row r="2493" customHeight="1" spans="3:6">
+      <c r="C2493" s="1"/>
+      <c r="E2493" s="1"/>
+      <c r="F2493" s="1"/>
+    </row>
+    <row r="2494" customHeight="1" spans="3:6">
+      <c r="C2494" s="1"/>
+      <c r="E2494" s="1"/>
+      <c r="F2494" s="9"/>
+    </row>
+    <row r="2495" customHeight="1" spans="3:6">
+      <c r="C2495" s="9"/>
+      <c r="E2495" s="9"/>
+      <c r="F2495" s="1"/>
+    </row>
+    <row r="2496" customHeight="1" spans="3:6">
+      <c r="C2496" s="1"/>
+      <c r="E2496" s="1"/>
+      <c r="F2496" s="1"/>
+    </row>
+    <row r="2497" customHeight="1" spans="3:6">
+      <c r="C2497" s="1"/>
+      <c r="E2497" s="1"/>
+      <c r="F2497" s="1"/>
+    </row>
+    <row r="2498" customHeight="1" spans="3:6">
+      <c r="C2498" s="1"/>
+      <c r="E2498" s="1"/>
+      <c r="F2498" s="1"/>
+    </row>
+    <row r="2499" customHeight="1" spans="3:6">
+      <c r="C2499" s="1"/>
+      <c r="E2499" s="1"/>
+      <c r="F2499" s="1"/>
+    </row>
+    <row r="2500" customHeight="1" spans="3:6">
+      <c r="C2500" s="1"/>
+      <c r="E2500" s="1"/>
+      <c r="F2500" s="1"/>
+    </row>
+    <row r="2501" customHeight="1" spans="3:6">
+      <c r="C2501" s="1"/>
+      <c r="E2501" s="1"/>
+      <c r="F2501" s="1"/>
+    </row>
+    <row r="2502" customHeight="1" spans="3:6">
+      <c r="C2502" s="1"/>
+      <c r="E2502" s="1"/>
+      <c r="F2502" s="9"/>
+    </row>
+    <row r="2503" customHeight="1" spans="3:6">
+      <c r="C2503" s="9"/>
+      <c r="E2503" s="9"/>
+      <c r="F2503" s="1"/>
+    </row>
+    <row r="2504" customHeight="1" spans="3:6">
+      <c r="C2504" s="1"/>
+      <c r="E2504" s="1"/>
+      <c r="F2504" s="1"/>
+    </row>
+    <row r="2505" customHeight="1" spans="3:6">
+      <c r="C2505" s="1"/>
+      <c r="E2505" s="1"/>
+      <c r="F2505" s="1"/>
+    </row>
+    <row r="2506" customHeight="1" spans="3:6">
+      <c r="C2506" s="1"/>
+      <c r="E2506" s="1"/>
+      <c r="F2506" s="1"/>
+    </row>
+    <row r="2507" customHeight="1" spans="3:6">
+      <c r="C2507" s="1"/>
+      <c r="E2507" s="1"/>
+      <c r="F2507" s="1"/>
+    </row>
+    <row r="2508" customHeight="1" spans="3:6">
+      <c r="C2508" s="1"/>
+      <c r="E2508" s="1"/>
+      <c r="F2508" s="1"/>
+    </row>
+    <row r="2509" customHeight="1" spans="3:6">
+      <c r="C2509" s="1"/>
+      <c r="E2509" s="1"/>
+      <c r="F2509" s="1"/>
+    </row>
+    <row r="2510" customHeight="1" spans="3:6">
+      <c r="C2510" s="1"/>
+      <c r="E2510" s="1"/>
+      <c r="F2510" s="9"/>
+    </row>
+    <row r="2511" customHeight="1" spans="3:6">
+      <c r="C2511" s="9"/>
+      <c r="E2511" s="9"/>
+      <c r="F2511" s="1"/>
+    </row>
+    <row r="2512" customHeight="1" spans="3:6">
+      <c r="C2512" s="1"/>
+      <c r="E2512" s="1"/>
+      <c r="F2512" s="1"/>
+    </row>
+    <row r="2513" customHeight="1" spans="3:6">
+      <c r="C2513" s="1"/>
+      <c r="E2513" s="1"/>
+      <c r="F2513" s="1"/>
+    </row>
+    <row r="2514" customHeight="1" spans="3:6">
+      <c r="C2514" s="1"/>
+      <c r="E2514" s="1"/>
+      <c r="F2514" s="1"/>
+    </row>
+    <row r="2515" customHeight="1" spans="3:6">
+      <c r="C2515" s="1"/>
+      <c r="E2515" s="1"/>
+      <c r="F2515" s="1"/>
+    </row>
+    <row r="2516" customHeight="1" spans="3:6">
+      <c r="C2516" s="1"/>
+      <c r="E2516" s="1"/>
+      <c r="F2516" s="1"/>
+    </row>
+    <row r="2517" customHeight="1" spans="3:6">
+      <c r="C2517" s="1"/>
+      <c r="E2517" s="1"/>
+      <c r="F2517" s="1"/>
+    </row>
+    <row r="2518" customHeight="1" spans="3:6">
+      <c r="C2518" s="1"/>
+      <c r="E2518" s="1"/>
+      <c r="F2518" s="9"/>
+    </row>
+    <row r="2519" customHeight="1" spans="3:6">
+      <c r="C2519" s="9"/>
+      <c r="E2519" s="9"/>
+      <c r="F2519" s="1"/>
+    </row>
+    <row r="2520" customHeight="1" spans="3:6">
+      <c r="C2520" s="1"/>
+      <c r="E2520" s="1"/>
+      <c r="F2520" s="1"/>
+    </row>
+    <row r="2521" customHeight="1" spans="3:6">
+      <c r="C2521" s="1"/>
+      <c r="E2521" s="1"/>
+      <c r="F2521" s="1"/>
+    </row>
+    <row r="2522" customHeight="1" spans="3:6">
+      <c r="C2522" s="1"/>
+      <c r="E2522" s="1"/>
+      <c r="F2522" s="1"/>
+    </row>
+    <row r="2523" customHeight="1" spans="3:6">
+      <c r="C2523" s="1"/>
+      <c r="E2523" s="1"/>
+      <c r="F2523" s="1"/>
+    </row>
+    <row r="2524" customHeight="1" spans="3:6">
+      <c r="C2524" s="1"/>
+      <c r="E2524" s="1"/>
+      <c r="F2524" s="1"/>
+    </row>
+    <row r="2525" customHeight="1" spans="3:6">
+      <c r="C2525" s="1"/>
+      <c r="E2525" s="1"/>
+      <c r="F2525" s="1"/>
+    </row>
+    <row r="2526" customHeight="1" spans="3:6">
+      <c r="C2526" s="1"/>
+      <c r="E2526" s="1"/>
+      <c r="F2526" s="9"/>
+    </row>
+    <row r="2527" customHeight="1" spans="3:6">
+      <c r="C2527" s="9"/>
+      <c r="E2527" s="9"/>
+      <c r="F2527" s="1"/>
+    </row>
+    <row r="2528" customHeight="1" spans="3:6">
+      <c r="C2528" s="1"/>
+      <c r="E2528" s="1"/>
+      <c r="F2528" s="1"/>
+    </row>
+    <row r="2529" customHeight="1" spans="3:6">
+      <c r="C2529" s="1"/>
+      <c r="E2529" s="1"/>
+      <c r="F2529" s="1"/>
+    </row>
+    <row r="2530" customHeight="1" spans="3:6">
+      <c r="C2530" s="1"/>
+      <c r="E2530" s="1"/>
+      <c r="F2530" s="1"/>
+    </row>
+    <row r="2531" customHeight="1" spans="3:6">
+      <c r="C2531" s="1"/>
+      <c r="E2531" s="1"/>
+      <c r="F2531" s="1"/>
+    </row>
+    <row r="2532" customHeight="1" spans="3:6">
+      <c r="C2532" s="1"/>
+      <c r="E2532" s="1"/>
+      <c r="F2532" s="1"/>
+    </row>
+    <row r="2533" customHeight="1" spans="3:6">
+      <c r="C2533" s="1"/>
+      <c r="E2533" s="1"/>
+      <c r="F2533" s="1"/>
+    </row>
+    <row r="2534" customHeight="1" spans="3:6">
+      <c r="C2534" s="1"/>
+      <c r="E2534" s="1"/>
+      <c r="F2534" s="9"/>
+    </row>
+    <row r="2535" customHeight="1" spans="3:6">
+      <c r="C2535" s="9"/>
+      <c r="E2535" s="9"/>
+      <c r="F2535" s="1"/>
+    </row>
+    <row r="2536" customHeight="1" spans="3:6">
+      <c r="C2536" s="1"/>
+      <c r="E2536" s="1"/>
+      <c r="F2536" s="1"/>
+    </row>
+    <row r="2537" customHeight="1" spans="3:6">
+      <c r="C2537" s="1"/>
+      <c r="E2537" s="1"/>
+      <c r="F2537" s="1"/>
+    </row>
+    <row r="2538" customHeight="1" spans="3:6">
+      <c r="C2538" s="1"/>
+      <c r="E2538" s="1"/>
+      <c r="F2538" s="1"/>
+    </row>
+    <row r="2539" customHeight="1" spans="3:6">
+      <c r="C2539" s="1"/>
+      <c r="E2539" s="1"/>
+      <c r="F2539" s="1"/>
+    </row>
+    <row r="2540" customHeight="1" spans="3:6">
+      <c r="C2540" s="1"/>
+      <c r="E2540" s="1"/>
+      <c r="F2540" s="1"/>
+    </row>
+    <row r="2541" customHeight="1" spans="3:6">
+      <c r="C2541" s="1"/>
+      <c r="E2541" s="1"/>
+      <c r="F2541" s="1"/>
+    </row>
+    <row r="2542" customHeight="1" spans="3:6">
+      <c r="C2542" s="1"/>
+      <c r="E2542" s="1"/>
+      <c r="F2542" s="9"/>
+    </row>
+    <row r="2543" customHeight="1" spans="3:6">
+      <c r="C2543" s="9"/>
+      <c r="E2543" s="9"/>
+      <c r="F2543" s="1"/>
+    </row>
+    <row r="2544" customHeight="1" spans="3:6">
+      <c r="C2544" s="1"/>
+      <c r="E2544" s="1"/>
+      <c r="F2544" s="1"/>
+    </row>
+    <row r="2545" customHeight="1" spans="3:6">
+      <c r="C2545" s="1"/>
+      <c r="E2545" s="1"/>
+      <c r="F2545" s="1"/>
+    </row>
+    <row r="2546" customHeight="1" spans="3:6">
+      <c r="C2546" s="1"/>
+      <c r="E2546" s="1"/>
+      <c r="F2546" s="1"/>
+    </row>
+    <row r="2547" customHeight="1" spans="3:6">
+      <c r="C2547" s="1"/>
+      <c r="E2547" s="1"/>
+      <c r="F2547" s="1"/>
+    </row>
+    <row r="2548" customHeight="1" spans="3:6">
+      <c r="C2548" s="1"/>
+      <c r="E2548" s="1"/>
+      <c r="F2548" s="1"/>
+    </row>
+    <row r="2549" customHeight="1" spans="3:6">
+      <c r="C2549" s="1"/>
+      <c r="E2549" s="1"/>
+      <c r="F2549" s="1"/>
+    </row>
+    <row r="2550" customHeight="1" spans="3:6">
+      <c r="C2550" s="1"/>
+      <c r="E2550" s="1"/>
+      <c r="F2550" s="9"/>
+    </row>
+    <row r="2551" customHeight="1" spans="3:6">
+      <c r="C2551" s="9"/>
+      <c r="E2551" s="9"/>
+      <c r="F2551" s="1"/>
+    </row>
+    <row r="2552" customHeight="1" spans="3:6">
+      <c r="C2552" s="1"/>
+      <c r="E2552" s="1"/>
+      <c r="F2552" s="1"/>
+    </row>
+    <row r="2553" customHeight="1" spans="3:6">
+      <c r="C2553" s="1"/>
+      <c r="E2553" s="1"/>
+      <c r="F2553" s="1"/>
+    </row>
+    <row r="2554" customHeight="1" spans="3:6">
+      <c r="C2554" s="1"/>
+      <c r="E2554" s="1"/>
+      <c r="F2554" s="1"/>
+    </row>
+    <row r="2555" customHeight="1" spans="3:6">
+      <c r="C2555" s="1"/>
+      <c r="E2555" s="1"/>
+      <c r="F2555" s="1"/>
+    </row>
+    <row r="2556" customHeight="1" spans="3:6">
+      <c r="C2556" s="1"/>
+      <c r="E2556" s="1"/>
+      <c r="F2556" s="1"/>
+    </row>
+    <row r="2557" customHeight="1" spans="3:6">
+      <c r="C2557" s="1"/>
+      <c r="E2557" s="1"/>
+      <c r="F2557" s="1"/>
+    </row>
+    <row r="2558" customHeight="1" spans="3:6">
+      <c r="C2558" s="1"/>
+      <c r="E2558" s="1"/>
+      <c r="F2558" s="9"/>
+    </row>
+    <row r="2559" customHeight="1" spans="3:6">
+      <c r="C2559" s="9"/>
+      <c r="E2559" s="9"/>
+      <c r="F2559" s="1"/>
+    </row>
+    <row r="2560" customHeight="1" spans="3:6">
+      <c r="C2560" s="1"/>
+      <c r="E2560" s="1"/>
+      <c r="F2560" s="1"/>
+    </row>
+    <row r="2561" customHeight="1" spans="3:6">
+      <c r="C2561" s="1"/>
+      <c r="E2561" s="1"/>
+      <c r="F2561" s="1"/>
+    </row>
+    <row r="2562" customHeight="1" spans="3:6">
+      <c r="C2562" s="1"/>
+      <c r="E2562" s="1"/>
+      <c r="F2562" s="1"/>
+    </row>
+    <row r="2563" customHeight="1" spans="3:6">
+      <c r="C2563" s="1"/>
+      <c r="E2563" s="1"/>
+      <c r="F2563" s="1"/>
+    </row>
+    <row r="2564" customHeight="1" spans="3:6">
+      <c r="C2564" s="1"/>
+      <c r="E2564" s="1"/>
+      <c r="F2564" s="1"/>
+    </row>
+    <row r="2565" customHeight="1" spans="3:6">
+      <c r="C2565" s="1"/>
+      <c r="E2565" s="1"/>
+      <c r="F2565" s="1"/>
+    </row>
+    <row r="2566" customHeight="1" spans="3:6">
+      <c r="C2566" s="1"/>
+      <c r="E2566" s="1"/>
+      <c r="F2566" s="9"/>
+    </row>
+    <row r="2567" customHeight="1" spans="3:6">
+      <c r="C2567" s="9"/>
+      <c r="E2567" s="9"/>
+      <c r="F2567" s="1"/>
+    </row>
+    <row r="2568" customHeight="1" spans="3:6">
+      <c r="C2568" s="1"/>
+      <c r="E2568" s="1"/>
+      <c r="F2568" s="1"/>
+    </row>
+    <row r="2569" customHeight="1" spans="3:6">
+      <c r="C2569" s="1"/>
+      <c r="E2569" s="1"/>
+      <c r="F2569" s="1"/>
+    </row>
+    <row r="2570" customHeight="1" spans="3:6">
+      <c r="C2570" s="1"/>
+      <c r="E2570" s="1"/>
+      <c r="F2570" s="1"/>
+    </row>
+    <row r="2571" customHeight="1" spans="3:6">
+      <c r="C2571" s="1"/>
+      <c r="E2571" s="1"/>
+      <c r="F2571" s="1"/>
+    </row>
+    <row r="2572" customHeight="1" spans="3:6">
+      <c r="C2572" s="1"/>
+      <c r="E2572" s="1"/>
+      <c r="F2572" s="1"/>
+    </row>
+    <row r="2573" customHeight="1" spans="3:6">
+      <c r="C2573" s="1"/>
+      <c r="E2573" s="1"/>
+      <c r="F2573" s="1"/>
+    </row>
+    <row r="2574" customHeight="1" spans="3:6">
+      <c r="C2574" s="1"/>
+      <c r="E2574" s="1"/>
+      <c r="F2574" s="9"/>
+    </row>
+    <row r="2575" customHeight="1" spans="3:6">
+      <c r="C2575" s="9"/>
+      <c r="E2575" s="9"/>
+      <c r="F2575" s="1"/>
+    </row>
+    <row r="2576" customHeight="1" spans="3:6">
+      <c r="C2576" s="1"/>
+      <c r="E2576" s="1"/>
+      <c r="F2576" s="1"/>
+    </row>
+    <row r="2577" customHeight="1" spans="3:6">
+      <c r="C2577" s="1"/>
+      <c r="E2577" s="1"/>
+      <c r="F2577" s="1"/>
+    </row>
+    <row r="2578" customHeight="1" spans="3:6">
+      <c r="C2578" s="1"/>
+      <c r="E2578" s="1"/>
+      <c r="F2578" s="1"/>
+    </row>
+    <row r="2579" customHeight="1" spans="3:6">
+      <c r="C2579" s="1"/>
+      <c r="E2579" s="1"/>
+      <c r="F2579" s="1"/>
+    </row>
+    <row r="2580" customHeight="1" spans="3:6">
+      <c r="C2580" s="1"/>
+      <c r="E2580" s="1"/>
+      <c r="F2580" s="1"/>
+    </row>
+    <row r="2581" customHeight="1" spans="3:6">
+      <c r="C2581" s="1"/>
+      <c r="E2581" s="1"/>
+      <c r="F2581" s="1"/>
+    </row>
+    <row r="2582" customHeight="1" spans="3:6">
+      <c r="C2582" s="1"/>
+      <c r="E2582" s="1"/>
+      <c r="F2582" s="9"/>
+    </row>
+    <row r="2583" customHeight="1" spans="3:6">
+      <c r="C2583" s="9"/>
+      <c r="E2583" s="9"/>
+      <c r="F2583" s="1"/>
+    </row>
+    <row r="2584" customHeight="1" spans="3:6">
+      <c r="C2584" s="1"/>
+      <c r="E2584" s="1"/>
+      <c r="F2584" s="1"/>
+    </row>
+    <row r="2585" customHeight="1" spans="3:6">
+      <c r="C2585" s="1"/>
+      <c r="E2585" s="1"/>
+      <c r="F2585" s="1"/>
+    </row>
+    <row r="2586" customHeight="1" spans="3:6">
+      <c r="C2586" s="1"/>
+      <c r="E2586" s="1"/>
+      <c r="F2586" s="1"/>
+    </row>
+    <row r="2587" customHeight="1" spans="3:6">
+      <c r="C2587" s="1"/>
+      <c r="E2587" s="1"/>
+      <c r="F2587" s="1"/>
+    </row>
+    <row r="2588" customHeight="1" spans="3:6">
+      <c r="C2588" s="1"/>
+      <c r="E2588" s="1"/>
+      <c r="F2588" s="1"/>
+    </row>
+    <row r="2589" customHeight="1" spans="3:6">
+      <c r="C2589" s="1"/>
+      <c r="E2589" s="1"/>
+      <c r="F2589" s="1"/>
+    </row>
+    <row r="2590" customHeight="1" spans="3:6">
+      <c r="C2590" s="1"/>
+      <c r="E2590" s="1"/>
+      <c r="F2590" s="9"/>
+    </row>
+    <row r="2591" customHeight="1" spans="3:6">
+      <c r="C2591" s="9"/>
+      <c r="E2591" s="9"/>
+      <c r="F2591" s="1"/>
+    </row>
+    <row r="2592" customHeight="1" spans="3:6">
+      <c r="C2592" s="1"/>
+      <c r="E2592" s="1"/>
+      <c r="F2592" s="1"/>
+    </row>
+    <row r="2593" customHeight="1" spans="3:6">
+      <c r="C2593" s="1"/>
+      <c r="E2593" s="1"/>
+      <c r="F2593" s="1"/>
+    </row>
+    <row r="2594" customHeight="1" spans="3:6">
+      <c r="C2594" s="1"/>
+      <c r="E2594" s="1"/>
+      <c r="F2594" s="1"/>
+    </row>
+    <row r="2595" customHeight="1" spans="3:6">
+      <c r="C2595" s="1"/>
+      <c r="E2595" s="1"/>
+      <c r="F2595" s="1"/>
+    </row>
+    <row r="2596" customHeight="1" spans="3:6">
+      <c r="C2596" s="1"/>
+      <c r="E2596" s="1"/>
+      <c r="F2596" s="1"/>
+    </row>
+    <row r="2597" customHeight="1" spans="3:6">
+      <c r="C2597" s="1"/>
+      <c r="E2597" s="1"/>
+      <c r="F2597" s="1"/>
+    </row>
+    <row r="2598" customHeight="1" spans="3:6">
+      <c r="C2598" s="1"/>
+      <c r="E2598" s="1"/>
+      <c r="F2598" s="9"/>
+    </row>
+    <row r="2599" customHeight="1" spans="3:6">
+      <c r="C2599" s="9"/>
+      <c r="E2599" s="9"/>
+      <c r="F2599" s="1"/>
+    </row>
+    <row r="2600" customHeight="1" spans="3:6">
+      <c r="C2600" s="1"/>
+      <c r="E2600" s="1"/>
+      <c r="F2600" s="1"/>
+    </row>
+    <row r="2601" customHeight="1" spans="3:6">
+      <c r="C2601" s="1"/>
+      <c r="E2601" s="1"/>
+      <c r="F2601" s="1"/>
+    </row>
+    <row r="2602" customHeight="1" spans="3:6">
+      <c r="C2602" s="1"/>
+      <c r="E2602" s="1"/>
+      <c r="F2602" s="1"/>
+    </row>
+    <row r="2603" customHeight="1" spans="3:6">
+      <c r="C2603" s="1"/>
+      <c r="E2603" s="1"/>
+      <c r="F2603" s="1"/>
+    </row>
+    <row r="2604" customHeight="1" spans="3:6">
+      <c r="C2604" s="1"/>
+      <c r="E2604" s="1"/>
+      <c r="F2604" s="1"/>
+    </row>
+    <row r="2605" customHeight="1" spans="3:6">
+      <c r="C2605" s="1"/>
+      <c r="E2605" s="1"/>
+      <c r="F2605" s="1"/>
+    </row>
+    <row r="2606" customHeight="1" spans="3:6">
+      <c r="C2606" s="1"/>
+      <c r="E2606" s="1"/>
+      <c r="F2606" s="9"/>
+    </row>
+    <row r="2607" customHeight="1" spans="3:6">
+      <c r="C2607" s="9"/>
+      <c r="E2607" s="9"/>
+      <c r="F2607" s="1"/>
+    </row>
+    <row r="2608" customHeight="1" spans="3:6">
+      <c r="C2608" s="1"/>
+      <c r="E2608" s="1"/>
+      <c r="F2608" s="1"/>
+    </row>
+    <row r="2609" customHeight="1" spans="3:6">
+      <c r="C2609" s="1"/>
+      <c r="E2609" s="1"/>
+      <c r="F2609" s="1"/>
+    </row>
+    <row r="2610" customHeight="1" spans="3:6">
+      <c r="C2610" s="1"/>
+      <c r="E2610" s="1"/>
+      <c r="F2610" s="1"/>
+    </row>
+    <row r="2611" customHeight="1" spans="3:6">
+      <c r="C2611" s="1"/>
+      <c r="E2611" s="1"/>
+      <c r="F2611" s="1"/>
+    </row>
+    <row r="2612" customHeight="1" spans="3:6">
+      <c r="C2612" s="1"/>
+      <c r="E2612" s="1"/>
+      <c r="F2612" s="1"/>
+    </row>
+    <row r="2613" customHeight="1" spans="3:6">
+      <c r="C2613" s="1"/>
+      <c r="E2613" s="1"/>
+      <c r="F2613" s="1"/>
+    </row>
+    <row r="2614" customHeight="1" spans="3:6">
+      <c r="C2614" s="1"/>
+      <c r="E2614" s="1"/>
+      <c r="F2614" s="9"/>
+    </row>
+    <row r="2615" customHeight="1" spans="3:6">
+      <c r="C2615" s="9"/>
+      <c r="E2615" s="9"/>
+      <c r="F2615" s="1"/>
+    </row>
+    <row r="2616" customHeight="1" spans="3:6">
+      <c r="C2616" s="1"/>
+      <c r="E2616" s="1"/>
+      <c r="F2616" s="1"/>
+    </row>
+    <row r="2617" customHeight="1" spans="3:6">
+      <c r="C2617" s="1"/>
+      <c r="E2617" s="1"/>
+      <c r="F2617" s="1"/>
+    </row>
+    <row r="2618" customHeight="1" spans="3:6">
+      <c r="C2618" s="1"/>
+      <c r="E2618" s="1"/>
+      <c r="F2618" s="1"/>
+    </row>
+    <row r="2619" customHeight="1" spans="3:6">
+      <c r="C2619" s="1"/>
+      <c r="E2619" s="1"/>
+      <c r="F2619" s="1"/>
+    </row>
+    <row r="2620" customHeight="1" spans="3:6">
+      <c r="C2620" s="1"/>
+      <c r="E2620" s="1"/>
+      <c r="F2620" s="1"/>
+    </row>
+    <row r="2621" customHeight="1" spans="3:6">
+      <c r="C2621" s="1"/>
+      <c r="E2621" s="1"/>
+      <c r="F2621" s="1"/>
+    </row>
+    <row r="2622" customHeight="1" spans="3:6">
+      <c r="C2622" s="1"/>
+      <c r="E2622" s="1"/>
+      <c r="F2622" s="9"/>
+    </row>
+    <row r="2623" customHeight="1" spans="3:6">
+      <c r="C2623" s="9"/>
+      <c r="E2623" s="9"/>
+      <c r="F2623" s="1"/>
+    </row>
+    <row r="2624" customHeight="1" spans="3:6">
+      <c r="C2624" s="1"/>
+      <c r="E2624" s="1"/>
+      <c r="F2624" s="1"/>
+    </row>
+    <row r="2625" customHeight="1" spans="3:6">
+      <c r="C2625" s="1"/>
+      <c r="E2625" s="1"/>
+      <c r="F2625" s="1"/>
+    </row>
+    <row r="2626" customHeight="1" spans="3:6">
+      <c r="C2626" s="1"/>
+      <c r="E2626" s="1"/>
+      <c r="F2626" s="1"/>
+    </row>
+    <row r="2627" customHeight="1" spans="3:6">
+      <c r="C2627" s="1"/>
+      <c r="E2627" s="1"/>
+      <c r="F2627" s="1"/>
+    </row>
+    <row r="2628" customHeight="1" spans="3:6">
+      <c r="C2628" s="1"/>
+      <c r="E2628" s="1"/>
+      <c r="F2628" s="1"/>
+    </row>
+    <row r="2629" customHeight="1" spans="3:6">
+      <c r="C2629" s="1"/>
+      <c r="E2629" s="1"/>
+      <c r="F2629" s="1"/>
+    </row>
+    <row r="2630" customHeight="1" spans="3:6">
+      <c r="C2630" s="1"/>
+      <c r="E2630" s="1"/>
+      <c r="F2630" s="9"/>
+    </row>
+    <row r="2631" customHeight="1" spans="3:6">
+      <c r="C2631" s="9"/>
+      <c r="E2631" s="9"/>
+      <c r="F2631" s="1"/>
+    </row>
+    <row r="2632" customHeight="1" spans="3:6">
+      <c r="C2632" s="1"/>
+      <c r="E2632" s="1"/>
+      <c r="F2632" s="1"/>
+    </row>
+    <row r="2633" customHeight="1" spans="3:6">
+      <c r="C2633" s="1"/>
+      <c r="E2633" s="1"/>
+      <c r="F2633" s="1"/>
+    </row>
+    <row r="2634" customHeight="1" spans="3:6">
+      <c r="C2634" s="1"/>
+      <c r="E2634" s="1"/>
+      <c r="F2634" s="1"/>
+    </row>
+    <row r="2635" customHeight="1" spans="3:6">
+      <c r="C2635" s="1"/>
+      <c r="E2635" s="1"/>
+      <c r="F2635" s="1"/>
+    </row>
+    <row r="2636" customHeight="1" spans="3:6">
+      <c r="C2636" s="1"/>
+      <c r="E2636" s="1"/>
+      <c r="F2636" s="1"/>
+    </row>
+    <row r="2637" customHeight="1" spans="3:6">
+      <c r="C2637" s="1"/>
+      <c r="E2637" s="1"/>
+      <c r="F2637" s="1"/>
+    </row>
+    <row r="2638" customHeight="1" spans="3:6">
+      <c r="C2638" s="1"/>
+      <c r="E2638" s="1"/>
+      <c r="F2638" s="9"/>
+    </row>
+    <row r="2639" customHeight="1" spans="3:6">
+      <c r="C2639" s="9"/>
+      <c r="E2639" s="9"/>
+      <c r="F2639" s="1"/>
+    </row>
+    <row r="2640" customHeight="1" spans="3:6">
+      <c r="C2640" s="1"/>
+      <c r="E2640" s="1"/>
+      <c r="F2640" s="1"/>
+    </row>
+    <row r="2641" customHeight="1" spans="3:6">
+      <c r="C2641" s="1"/>
+      <c r="E2641" s="1"/>
+      <c r="F2641" s="1"/>
+    </row>
+    <row r="2642" customHeight="1" spans="3:6">
+      <c r="C2642" s="1"/>
+      <c r="E2642" s="1"/>
+      <c r="F2642" s="1"/>
+    </row>
+    <row r="2643" customHeight="1" spans="3:6">
+      <c r="C2643" s="1"/>
+      <c r="E2643" s="1"/>
+      <c r="F2643" s="1"/>
+    </row>
+    <row r="2644" customHeight="1" spans="3:6">
+      <c r="C2644" s="1"/>
+      <c r="E2644" s="1"/>
+      <c r="F2644" s="1"/>
+    </row>
+    <row r="2645" customHeight="1" spans="3:6">
+      <c r="C2645" s="1"/>
+      <c r="E2645" s="1"/>
+      <c r="F2645" s="1"/>
+    </row>
+    <row r="2646" customHeight="1" spans="3:6">
+      <c r="C2646" s="1"/>
+      <c r="E2646" s="1"/>
+      <c r="F2646" s="9"/>
+    </row>
+    <row r="2647" customHeight="1" spans="3:6">
+      <c r="C2647" s="9"/>
+      <c r="E2647" s="9"/>
+      <c r="F2647" s="1"/>
+    </row>
+    <row r="2648" customHeight="1" spans="3:6">
+      <c r="C2648" s="1"/>
+      <c r="E2648" s="1"/>
+      <c r="F2648" s="1"/>
+    </row>
+    <row r="2649" customHeight="1" spans="3:6">
+      <c r="C2649" s="1"/>
+      <c r="E2649" s="1"/>
+      <c r="F2649" s="1"/>
+    </row>
+    <row r="2650" customHeight="1" spans="3:6">
+      <c r="C2650" s="1"/>
+      <c r="E2650" s="1"/>
+      <c r="F2650" s="1"/>
+    </row>
+    <row r="2651" customHeight="1" spans="3:6">
+      <c r="C2651" s="1"/>
+      <c r="E2651" s="1"/>
+      <c r="F2651" s="1"/>
+    </row>
+    <row r="2652" customHeight="1" spans="3:6">
+      <c r="C2652" s="1"/>
+      <c r="E2652" s="1"/>
+      <c r="F2652" s="1"/>
+    </row>
+    <row r="2653" customHeight="1" spans="3:6">
+      <c r="C2653" s="1"/>
+      <c r="E2653" s="1"/>
+      <c r="F2653" s="1"/>
+    </row>
+    <row r="2654" customHeight="1" spans="3:6">
+      <c r="C2654" s="1"/>
+      <c r="E2654" s="1"/>
+      <c r="F2654" s="9"/>
+    </row>
+    <row r="2655" customHeight="1" spans="3:6">
+      <c r="C2655" s="9"/>
+      <c r="E2655" s="9"/>
+      <c r="F2655" s="1"/>
+    </row>
+    <row r="2656" customHeight="1" spans="3:6">
+      <c r="C2656" s="1"/>
+      <c r="E2656" s="1"/>
+      <c r="F2656" s="1"/>
+    </row>
+    <row r="2657" customHeight="1" spans="3:6">
+      <c r="C2657" s="1"/>
+      <c r="E2657" s="1"/>
+      <c r="F2657" s="1"/>
+    </row>
+    <row r="2658" customHeight="1" spans="3:6">
+      <c r="C2658" s="1"/>
+      <c r="E2658" s="1"/>
+      <c r="F2658" s="1"/>
+    </row>
+    <row r="2659" customHeight="1" spans="3:6">
+      <c r="C2659" s="1"/>
+      <c r="E2659" s="1"/>
+      <c r="F2659" s="1"/>
+    </row>
+    <row r="2660" customHeight="1" spans="3:6">
+      <c r="C2660" s="1"/>
+      <c r="E2660" s="1"/>
+      <c r="F2660" s="1"/>
+    </row>
+    <row r="2661" customHeight="1" spans="3:6">
+      <c r="C2661" s="1"/>
+      <c r="E2661" s="1"/>
+      <c r="F2661" s="1"/>
+    </row>
+    <row r="2662" customHeight="1" spans="3:6">
+      <c r="C2662" s="1"/>
+      <c r="E2662" s="1"/>
+      <c r="F2662" s="9"/>
+    </row>
+    <row r="2663" customHeight="1" spans="3:6">
+      <c r="C2663" s="9"/>
+      <c r="E2663" s="9"/>
+      <c r="F2663" s="1"/>
+    </row>
+    <row r="2664" customHeight="1" spans="3:6">
+      <c r="C2664" s="1"/>
+      <c r="E2664" s="1"/>
+      <c r="F2664" s="1"/>
+    </row>
+    <row r="2665" customHeight="1" spans="3:6">
+      <c r="C2665" s="1"/>
+      <c r="E2665" s="1"/>
+      <c r="F2665" s="1"/>
+    </row>
+    <row r="2666" customHeight="1" spans="3:6">
+      <c r="C2666" s="1"/>
+      <c r="E2666" s="1"/>
+      <c r="F2666" s="1"/>
+    </row>
+    <row r="2667" customHeight="1" spans="3:6">
+      <c r="C2667" s="1"/>
+      <c r="E2667" s="1"/>
+      <c r="F2667" s="1"/>
+    </row>
+    <row r="2668" customHeight="1" spans="3:6">
+      <c r="C2668" s="1"/>
+      <c r="E2668" s="1"/>
+      <c r="F2668" s="1"/>
+    </row>
+    <row r="2669" customHeight="1" spans="3:6">
+      <c r="C2669" s="1"/>
+      <c r="E2669" s="1"/>
+      <c r="F2669" s="1"/>
+    </row>
+    <row r="2670" customHeight="1" spans="3:6">
+      <c r="C2670" s="1"/>
+      <c r="E2670" s="1"/>
+      <c r="F2670" s="9"/>
+    </row>
+    <row r="2671" customHeight="1" spans="3:6">
+      <c r="C2671" s="9"/>
+      <c r="E2671" s="9"/>
+      <c r="F2671" s="1"/>
+    </row>
+    <row r="2672" customHeight="1" spans="3:6">
+      <c r="C2672" s="1"/>
+      <c r="E2672" s="1"/>
+      <c r="F2672" s="1"/>
+    </row>
+    <row r="2673" customHeight="1" spans="3:6">
+      <c r="C2673" s="1"/>
+      <c r="E2673" s="1"/>
+      <c r="F2673" s="1"/>
+    </row>
+    <row r="2674" customHeight="1" spans="3:6">
+      <c r="C2674" s="1"/>
+      <c r="E2674" s="1"/>
+      <c r="F2674" s="1"/>
+    </row>
+    <row r="2675" customHeight="1" spans="3:6">
+      <c r="C2675" s="1"/>
+      <c r="E2675" s="1"/>
+      <c r="F2675" s="1"/>
+    </row>
+    <row r="2676" customHeight="1" spans="3:6">
+      <c r="C2676" s="1"/>
+      <c r="E2676" s="1"/>
+      <c r="F2676" s="1"/>
+    </row>
+    <row r="2677" customHeight="1" spans="3:6">
+      <c r="C2677" s="1"/>
+      <c r="E2677" s="1"/>
+      <c r="F2677" s="1"/>
+    </row>
+    <row r="2678" customHeight="1" spans="3:6">
+      <c r="C2678" s="1"/>
+      <c r="E2678" s="1"/>
+      <c r="F2678" s="9"/>
+    </row>
+    <row r="2679" customHeight="1" spans="3:6">
+      <c r="C2679" s="9"/>
+      <c r="E2679" s="9"/>
+      <c r="F2679" s="1"/>
+    </row>
+    <row r="2680" customHeight="1" spans="3:6">
+      <c r="C2680" s="1"/>
+      <c r="E2680" s="1"/>
+      <c r="F2680" s="1"/>
+    </row>
+    <row r="2681" customHeight="1" spans="3:6">
+      <c r="C2681" s="1"/>
+      <c r="E2681" s="1"/>
+      <c r="F2681" s="1"/>
+    </row>
+    <row r="2682" customHeight="1" spans="3:6">
+      <c r="C2682" s="1"/>
+      <c r="E2682" s="1"/>
+      <c r="F2682" s="1"/>
+    </row>
+    <row r="2683" customHeight="1" spans="3:6">
+      <c r="C2683" s="1"/>
+      <c r="E2683" s="1"/>
+      <c r="F2683" s="1"/>
+    </row>
+    <row r="2684" customHeight="1" spans="3:6">
+      <c r="C2684" s="1"/>
+      <c r="E2684" s="1"/>
+      <c r="F2684" s="1"/>
+    </row>
+    <row r="2685" customHeight="1" spans="3:6">
+      <c r="C2685" s="1"/>
+      <c r="E2685" s="1"/>
+      <c r="F2685" s="1"/>
+    </row>
+    <row r="2686" customHeight="1" spans="3:6">
+      <c r="C2686" s="1"/>
+      <c r="E2686" s="1"/>
+      <c r="F2686" s="9"/>
+    </row>
+    <row r="2687" customHeight="1" spans="3:6">
+      <c r="C2687" s="9"/>
+      <c r="E2687" s="9"/>
+      <c r="F2687" s="1"/>
+    </row>
+    <row r="2688" customHeight="1" spans="3:6">
+      <c r="C2688" s="1"/>
+      <c r="E2688" s="1"/>
+      <c r="F2688" s="1"/>
+    </row>
+    <row r="2689" customHeight="1" spans="3:6">
+      <c r="C2689" s="1"/>
+      <c r="E2689" s="1"/>
+      <c r="F2689" s="1"/>
+    </row>
+    <row r="2690" customHeight="1" spans="3:6">
+      <c r="C2690" s="1"/>
+      <c r="E2690" s="1"/>
+      <c r="F2690" s="1"/>
+    </row>
+    <row r="2691" customHeight="1" spans="3:6">
+      <c r="C2691" s="1"/>
+      <c r="E2691" s="1"/>
+      <c r="F2691" s="1"/>
+    </row>
+    <row r="2692" customHeight="1" spans="3:6">
+      <c r="C2692" s="1"/>
+      <c r="E2692" s="1"/>
+      <c r="F2692" s="1"/>
+    </row>
+    <row r="2693" customHeight="1" spans="3:6">
+      <c r="C2693" s="1"/>
+      <c r="E2693" s="1"/>
+      <c r="F2693" s="1"/>
+    </row>
+    <row r="2694" customHeight="1" spans="3:6">
+      <c r="C2694" s="1"/>
+      <c r="E2694" s="1"/>
+      <c r="F2694" s="9"/>
+    </row>
+    <row r="2695" customHeight="1" spans="3:6">
+      <c r="C2695" s="9"/>
+      <c r="E2695" s="9"/>
+      <c r="F2695" s="1"/>
+    </row>
+    <row r="2696" customHeight="1" spans="3:6">
+      <c r="C2696" s="1"/>
+      <c r="E2696" s="1"/>
+      <c r="F2696" s="1"/>
+    </row>
+    <row r="2697" customHeight="1" spans="3:6">
+      <c r="C2697" s="1"/>
+      <c r="E2697" s="1"/>
+      <c r="F2697" s="1"/>
+    </row>
+    <row r="2698" customHeight="1" spans="3:6">
+      <c r="C2698" s="1"/>
+      <c r="E2698" s="1"/>
+      <c r="F2698" s="1"/>
+    </row>
+    <row r="2699" customHeight="1" spans="3:6">
+      <c r="C2699" s="1"/>
+      <c r="E2699" s="1"/>
+      <c r="F2699" s="1"/>
+    </row>
+    <row r="2700" customHeight="1" spans="3:6">
+      <c r="C2700" s="1"/>
+      <c r="E2700" s="1"/>
+      <c r="F2700" s="1"/>
+    </row>
+    <row r="2701" customHeight="1" spans="3:6">
+      <c r="C2701" s="1"/>
+      <c r="E2701" s="1"/>
+      <c r="F2701" s="1"/>
+    </row>
+    <row r="2702" customHeight="1" spans="3:6">
+      <c r="C2702" s="1"/>
+      <c r="E2702" s="1"/>
+      <c r="F2702" s="9"/>
+    </row>
+    <row r="2703" customHeight="1" spans="3:6">
+      <c r="C2703" s="9"/>
+      <c r="E2703" s="9"/>
+      <c r="F2703" s="1"/>
+    </row>
+    <row r="2704" customHeight="1" spans="3:6">
+      <c r="C2704" s="1"/>
+      <c r="E2704" s="1"/>
+      <c r="F2704" s="1"/>
+    </row>
+    <row r="2705" customHeight="1" spans="3:6">
+      <c r="C2705" s="1"/>
+      <c r="E2705" s="1"/>
+      <c r="F2705" s="1"/>
+    </row>
+    <row r="2706" customHeight="1" spans="3:6">
+      <c r="C2706" s="1"/>
+      <c r="E2706" s="1"/>
+      <c r="F2706" s="1"/>
+    </row>
+    <row r="2707" customHeight="1" spans="3:6">
+      <c r="C2707" s="1"/>
+      <c r="E2707" s="1"/>
+      <c r="F2707" s="1"/>
+    </row>
+    <row r="2708" customHeight="1" spans="3:6">
+      <c r="C2708" s="1"/>
+      <c r="E2708" s="1"/>
+      <c r="F2708" s="1"/>
+    </row>
+    <row r="2709" customHeight="1" spans="3:6">
+      <c r="C2709" s="1"/>
+      <c r="E2709" s="1"/>
+      <c r="F2709" s="1"/>
+    </row>
+    <row r="2710" customHeight="1" spans="3:6">
+      <c r="C2710" s="1"/>
+      <c r="E2710" s="1"/>
+      <c r="F2710" s="9"/>
+    </row>
+    <row r="2711" customHeight="1" spans="3:6">
+      <c r="C2711" s="9"/>
+      <c r="E2711" s="9"/>
+      <c r="F2711" s="1"/>
+    </row>
+    <row r="2712" customHeight="1" spans="3:6">
+      <c r="C2712" s="1"/>
+      <c r="E2712" s="1"/>
+      <c r="F2712" s="1"/>
+    </row>
+    <row r="2713" customHeight="1" spans="3:6">
+      <c r="C2713" s="1"/>
+      <c r="E2713" s="1"/>
+      <c r="F2713" s="1"/>
+    </row>
+    <row r="2714" customHeight="1" spans="3:6">
+      <c r="C2714" s="1"/>
+      <c r="E2714" s="1"/>
+      <c r="F2714" s="1"/>
+    </row>
+    <row r="2715" customHeight="1" spans="3:6">
+      <c r="C2715" s="1"/>
+      <c r="E2715" s="1"/>
+      <c r="F2715" s="1"/>
+    </row>
+    <row r="2716" customHeight="1" spans="3:6">
+      <c r="C2716" s="1"/>
+      <c r="E2716" s="1"/>
+      <c r="F2716" s="1"/>
+    </row>
+    <row r="2717" customHeight="1" spans="3:6">
+      <c r="C2717" s="1"/>
+      <c r="E2717" s="1"/>
+      <c r="F2717" s="1"/>
+    </row>
+    <row r="2718" customHeight="1" spans="3:6">
+      <c r="C2718" s="1"/>
+      <c r="E2718" s="1"/>
+      <c r="F2718" s="9"/>
+    </row>
+    <row r="2719" customHeight="1" spans="3:6">
+      <c r="C2719" s="9"/>
+      <c r="E2719" s="9"/>
+      <c r="F2719" s="1"/>
+    </row>
+    <row r="2720" customHeight="1" spans="3:6">
+      <c r="C2720" s="1"/>
+      <c r="E2720" s="1"/>
+      <c r="F2720" s="1"/>
+    </row>
+    <row r="2721" customHeight="1" spans="3:6">
+      <c r="C2721" s="1"/>
+      <c r="E2721" s="1"/>
+      <c r="F2721" s="1"/>
+    </row>
+    <row r="2722" customHeight="1" spans="3:6">
+      <c r="C2722" s="1"/>
+      <c r="E2722" s="1"/>
+      <c r="F2722" s="1"/>
+    </row>
+    <row r="2723" customHeight="1" spans="3:6">
+      <c r="C2723" s="1"/>
+      <c r="E2723" s="1"/>
+      <c r="F2723" s="1"/>
+    </row>
+    <row r="2724" customHeight="1" spans="3:6">
+      <c r="C2724" s="1"/>
+      <c r="E2724" s="1"/>
+      <c r="F2724" s="1"/>
+    </row>
+    <row r="2725" customHeight="1" spans="3:6">
+      <c r="C2725" s="1"/>
+      <c r="E2725" s="1"/>
+      <c r="F2725" s="1"/>
+    </row>
+    <row r="2726" customHeight="1" spans="3:6">
+      <c r="C2726" s="1"/>
+      <c r="E2726" s="1"/>
+      <c r="F2726" s="9"/>
+    </row>
+    <row r="2727" customHeight="1" spans="3:6">
+      <c r="C2727" s="9"/>
+      <c r="E2727" s="9"/>
+      <c r="F2727" s="1"/>
+    </row>
+    <row r="2728" customHeight="1" spans="3:6">
+      <c r="C2728" s="1"/>
+      <c r="E2728" s="1"/>
+      <c r="F2728" s="1"/>
+    </row>
+    <row r="2729" customHeight="1" spans="3:6">
+      <c r="C2729" s="1"/>
+      <c r="E2729" s="1"/>
+      <c r="F2729" s="1"/>
+    </row>
+    <row r="2730" customHeight="1" spans="3:6">
+      <c r="C2730" s="1"/>
+      <c r="E2730" s="1"/>
+      <c r="F2730" s="1"/>
+    </row>
+    <row r="2731" customHeight="1" spans="3:6">
+      <c r="C2731" s="1"/>
+      <c r="E2731" s="1"/>
+      <c r="F2731" s="1"/>
+    </row>
+    <row r="2732" customHeight="1" spans="3:6">
+      <c r="C2732" s="1"/>
+      <c r="E2732" s="1"/>
+      <c r="F2732" s="1"/>
+    </row>
+    <row r="2733" customHeight="1" spans="3:6">
+      <c r="C2733" s="1"/>
+      <c r="E2733" s="1"/>
+      <c r="F2733" s="1"/>
+    </row>
+    <row r="2734" customHeight="1" spans="3:6">
+      <c r="C2734" s="1"/>
+      <c r="E2734" s="1"/>
+      <c r="F2734" s="9"/>
+    </row>
+    <row r="2735" customHeight="1" spans="3:6">
+      <c r="C2735" s="9"/>
+      <c r="E2735" s="9"/>
+      <c r="F2735" s="1"/>
+    </row>
+    <row r="2736" customHeight="1" spans="3:6">
+      <c r="C2736" s="1"/>
+      <c r="E2736" s="1"/>
+      <c r="F2736" s="1"/>
+    </row>
+    <row r="2737" customHeight="1" spans="3:6">
+      <c r="C2737" s="1"/>
+      <c r="E2737" s="1"/>
+      <c r="F2737" s="1"/>
+    </row>
+    <row r="2738" customHeight="1" spans="3:6">
+      <c r="C2738" s="1"/>
+      <c r="E2738" s="1"/>
+      <c r="F2738" s="1"/>
+    </row>
+    <row r="2739" customHeight="1" spans="3:6">
+      <c r="C2739" s="1"/>
+      <c r="E2739" s="1"/>
+      <c r="F2739" s="1"/>
+    </row>
+    <row r="2740" customHeight="1" spans="3:6">
+      <c r="C2740" s="1"/>
+      <c r="E2740" s="1"/>
+      <c r="F2740" s="1"/>
+    </row>
+    <row r="2741" customHeight="1" spans="3:6">
+      <c r="C2741" s="1"/>
+      <c r="E2741" s="1"/>
+      <c r="F2741" s="1"/>
+    </row>
+    <row r="2742" customHeight="1" spans="3:6">
+      <c r="C2742" s="1"/>
+      <c r="E2742" s="1"/>
+      <c r="F2742" s="9"/>
+    </row>
+    <row r="2743" customHeight="1" spans="3:6">
+      <c r="C2743" s="9"/>
+      <c r="E2743" s="9"/>
+      <c r="F2743" s="1"/>
+    </row>
+    <row r="2744" customHeight="1" spans="3:6">
+      <c r="C2744" s="1"/>
+      <c r="E2744" s="1"/>
+      <c r="F2744" s="1"/>
+    </row>
+    <row r="2745" customHeight="1" spans="3:6">
+      <c r="C2745" s="1"/>
+      <c r="E2745" s="1"/>
+      <c r="F2745" s="1"/>
+    </row>
+    <row r="2746" customHeight="1" spans="3:6">
+      <c r="C2746" s="1"/>
+      <c r="E2746" s="1"/>
+      <c r="F2746" s="1"/>
+    </row>
+    <row r="2747" customHeight="1" spans="3:6">
+      <c r="C2747" s="1"/>
+      <c r="E2747" s="1"/>
+      <c r="F2747" s="1"/>
+    </row>
+    <row r="2748" customHeight="1" spans="3:6">
+      <c r="C2748" s="1"/>
+      <c r="E2748" s="1"/>
+      <c r="F2748" s="1"/>
+    </row>
+    <row r="2749" customHeight="1" spans="3:6">
+      <c r="C2749" s="1"/>
+      <c r="E2749" s="1"/>
+      <c r="F2749" s="1"/>
+    </row>
+    <row r="2750" customHeight="1" spans="3:6">
+      <c r="C2750" s="1"/>
+      <c r="E2750" s="1"/>
+      <c r="F2750" s="9"/>
+    </row>
+    <row r="2751" customHeight="1" spans="3:6">
+      <c r="C2751" s="9"/>
+      <c r="E2751" s="9"/>
+      <c r="F2751" s="1"/>
+    </row>
+    <row r="2752" customHeight="1" spans="3:6">
+      <c r="C2752" s="1"/>
+      <c r="E2752" s="1"/>
+      <c r="F2752" s="1"/>
+    </row>
+    <row r="2753" customHeight="1" spans="3:6">
+      <c r="C2753" s="1"/>
+      <c r="E2753" s="1"/>
+      <c r="F2753" s="1"/>
+    </row>
+    <row r="2754" customHeight="1" spans="3:6">
+      <c r="C2754" s="1"/>
+      <c r="E2754" s="1"/>
+      <c r="F2754" s="1"/>
+    </row>
+    <row r="2755" customHeight="1" spans="3:6">
+      <c r="C2755" s="1"/>
+      <c r="E2755" s="1"/>
+      <c r="F2755" s="1"/>
+    </row>
+    <row r="2756" customHeight="1" spans="3:6">
+      <c r="C2756" s="1"/>
+      <c r="E2756" s="1"/>
+      <c r="F2756" s="1"/>
+    </row>
+    <row r="2757" customHeight="1" spans="3:6">
+      <c r="C2757" s="1"/>
+      <c r="E2757" s="1"/>
+      <c r="F2757" s="1"/>
+    </row>
+    <row r="2758" customHeight="1" spans="3:6">
+      <c r="C2758" s="1"/>
+      <c r="E2758" s="1"/>
+      <c r="F2758" s="9"/>
+    </row>
+    <row r="2759" customHeight="1" spans="3:6">
+      <c r="C2759" s="9"/>
+      <c r="E2759" s="9"/>
+      <c r="F2759" s="1"/>
+    </row>
+    <row r="2760" customHeight="1" spans="3:6">
+      <c r="C2760" s="1"/>
+      <c r="E2760" s="1"/>
+      <c r="F2760" s="1"/>
+    </row>
+    <row r="2761" customHeight="1" spans="3:6">
+      <c r="C2761" s="1"/>
+      <c r="E2761" s="1"/>
+      <c r="F2761" s="1"/>
+    </row>
+    <row r="2762" customHeight="1" spans="3:6">
+      <c r="C2762" s="1"/>
+      <c r="E2762" s="1"/>
+      <c r="F2762" s="1"/>
+    </row>
+    <row r="2763" customHeight="1" spans="3:6">
+      <c r="C2763" s="1"/>
+      <c r="E2763" s="1"/>
+      <c r="F2763" s="1"/>
+    </row>
+    <row r="2764" customHeight="1" spans="3:6">
+      <c r="C2764" s="1"/>
+      <c r="E2764" s="1"/>
+      <c r="F2764" s="1"/>
+    </row>
+    <row r="2765" customHeight="1" spans="3:6">
+      <c r="C2765" s="1"/>
+      <c r="E2765" s="1"/>
+      <c r="F2765" s="1"/>
+    </row>
+    <row r="2766" customHeight="1" spans="3:6">
+      <c r="C2766" s="1"/>
+      <c r="E2766" s="1"/>
+      <c r="F2766" s="9"/>
+    </row>
+    <row r="2767" customHeight="1" spans="3:6">
+      <c r="C2767" s="9"/>
+      <c r="E2767" s="9"/>
+      <c r="F2767" s="1"/>
+    </row>
+    <row r="2768" customHeight="1" spans="3:6">
+      <c r="C2768" s="1"/>
+      <c r="E2768" s="1"/>
+      <c r="F2768" s="1"/>
+    </row>
+    <row r="2769" customHeight="1" spans="3:6">
+      <c r="C2769" s="1"/>
+      <c r="E2769" s="1"/>
+      <c r="F2769" s="1"/>
+    </row>
+    <row r="2770" customHeight="1" spans="3:6">
+      <c r="C2770" s="1"/>
+      <c r="E2770" s="1"/>
+      <c r="F2770" s="1"/>
+    </row>
+    <row r="2771" customHeight="1" spans="3:6">
+      <c r="C2771" s="1"/>
+      <c r="E2771" s="1"/>
+      <c r="F2771" s="1"/>
+    </row>
+    <row r="2772" customHeight="1" spans="3:6">
+      <c r="C2772" s="1"/>
+      <c r="E2772" s="1"/>
+      <c r="F2772" s="1"/>
+    </row>
+    <row r="2773" customHeight="1" spans="3:6">
+      <c r="C2773" s="1"/>
+      <c r="E2773" s="1"/>
+      <c r="F2773" s="1"/>
+    </row>
+    <row r="2774" customHeight="1" spans="3:6">
+      <c r="C2774" s="1"/>
+      <c r="E2774" s="1"/>
+      <c r="F2774" s="9"/>
+    </row>
+    <row r="2775" customHeight="1" spans="3:6">
+      <c r="C2775" s="9"/>
+      <c r="E2775" s="9"/>
+      <c r="F2775" s="1"/>
+    </row>
+    <row r="2776" customHeight="1" spans="3:6">
+      <c r="C2776" s="1"/>
+      <c r="E2776" s="1"/>
+      <c r="F2776" s="1"/>
+    </row>
+    <row r="2777" customHeight="1" spans="3:6">
+      <c r="C2777" s="1"/>
+      <c r="E2777" s="1"/>
+      <c r="F2777" s="1"/>
+    </row>
+    <row r="2778" customHeight="1" spans="3:6">
+      <c r="C2778" s="1"/>
+      <c r="E2778" s="1"/>
+      <c r="F2778" s="1"/>
+    </row>
+    <row r="2779" customHeight="1" spans="3:6">
+      <c r="C2779" s="1"/>
+      <c r="E2779" s="1"/>
+      <c r="F2779" s="1"/>
+    </row>
+    <row r="2780" customHeight="1" spans="3:6">
+      <c r="C2780" s="1"/>
+      <c r="E2780" s="1"/>
+      <c r="F2780" s="1"/>
+    </row>
+    <row r="2781" customHeight="1" spans="3:6">
+      <c r="C2781" s="1"/>
+      <c r="E2781" s="1"/>
+      <c r="F2781" s="1"/>
+    </row>
+    <row r="2782" customHeight="1" spans="3:6">
+      <c r="C2782" s="1"/>
+      <c r="E2782" s="1"/>
+      <c r="F2782" s="9"/>
+    </row>
+    <row r="2783" customHeight="1" spans="3:6">
+      <c r="C2783" s="9"/>
+      <c r="E2783" s="9"/>
+      <c r="F2783" s="1"/>
+    </row>
+    <row r="2784" customHeight="1" spans="3:6">
+      <c r="C2784" s="1"/>
+      <c r="E2784" s="1"/>
+      <c r="F2784" s="1"/>
+    </row>
+    <row r="2785" customHeight="1" spans="3:6">
+      <c r="C2785" s="1"/>
+      <c r="E2785" s="1"/>
+      <c r="F2785" s="1"/>
+    </row>
+    <row r="2786" customHeight="1" spans="3:6">
+      <c r="C2786" s="1"/>
+      <c r="E2786" s="1"/>
+      <c r="F2786" s="1"/>
+    </row>
+    <row r="2787" customHeight="1" spans="3:6">
+      <c r="C2787" s="1"/>
+      <c r="E2787" s="1"/>
+      <c r="F2787" s="1"/>
+    </row>
+    <row r="2788" customHeight="1" spans="3:6">
+      <c r="C2788" s="1"/>
+      <c r="E2788" s="1"/>
+      <c r="F2788" s="1"/>
+    </row>
+    <row r="2789" customHeight="1" spans="3:6">
+      <c r="C2789" s="1"/>
+      <c r="E2789" s="1"/>
+      <c r="F2789" s="1"/>
+    </row>
+    <row r="2790" customHeight="1" spans="3:6">
+      <c r="C2790" s="1"/>
+      <c r="E2790" s="1"/>
+      <c r="F2790" s="9"/>
+    </row>
+    <row r="2791" customHeight="1" spans="3:6">
+      <c r="C2791" s="9"/>
+      <c r="E2791" s="9"/>
+      <c r="F2791" s="1"/>
+    </row>
+    <row r="2792" customHeight="1" spans="3:6">
+      <c r="C2792" s="1"/>
+      <c r="E2792" s="1"/>
+      <c r="F2792" s="1"/>
+    </row>
+    <row r="2793" customHeight="1" spans="3:6">
+      <c r="C2793" s="1"/>
+      <c r="E2793" s="1"/>
+      <c r="F2793" s="1"/>
+    </row>
+    <row r="2794" customHeight="1" spans="3:6">
+      <c r="C2794" s="1"/>
+      <c r="E2794" s="1"/>
+      <c r="F2794" s="1"/>
+    </row>
+    <row r="2795" customHeight="1" spans="3:6">
+      <c r="C2795" s="1"/>
+      <c r="E2795" s="1"/>
+      <c r="F2795" s="1"/>
+    </row>
+    <row r="2796" customHeight="1" spans="3:6">
+      <c r="C2796" s="1"/>
+      <c r="E2796" s="1"/>
+      <c r="F2796" s="1"/>
+    </row>
+    <row r="2797" customHeight="1" spans="3:6">
+      <c r="C2797" s="1"/>
+      <c r="E2797" s="1"/>
+      <c r="F2797" s="1"/>
+    </row>
+    <row r="2798" customHeight="1" spans="3:6">
+      <c r="C2798" s="1"/>
+      <c r="E2798" s="1"/>
+      <c r="F2798" s="9"/>
+    </row>
+    <row r="2799" customHeight="1" spans="3:6">
+      <c r="C2799" s="9"/>
+      <c r="E2799" s="9"/>
+      <c r="F2799" s="1"/>
+    </row>
+    <row r="2800" customHeight="1" spans="3:6">
+      <c r="C2800" s="1"/>
+      <c r="E2800" s="1"/>
+      <c r="F2800" s="1"/>
+    </row>
+    <row r="2801" customHeight="1" spans="3:6">
+      <c r="C2801" s="1"/>
+      <c r="E2801" s="1"/>
+      <c r="F2801" s="1"/>
+    </row>
+    <row r="2802" customHeight="1" spans="3:6">
+      <c r="C2802" s="1"/>
+      <c r="E2802" s="1"/>
+      <c r="F2802" s="1"/>
+    </row>
+    <row r="2803" customHeight="1" spans="3:6">
+      <c r="C2803" s="1"/>
+      <c r="E2803" s="1"/>
+      <c r="F2803" s="1"/>
+    </row>
+    <row r="2804" customHeight="1" spans="3:6">
+      <c r="C2804" s="1"/>
+      <c r="E2804" s="1"/>
+      <c r="F2804" s="1"/>
+    </row>
+    <row r="2805" customHeight="1" spans="3:6">
+      <c r="C2805" s="1"/>
+      <c r="E2805" s="1"/>
+      <c r="F2805" s="1"/>
+    </row>
+    <row r="2806" customHeight="1" spans="3:6">
+      <c r="C2806" s="1"/>
+      <c r="E2806" s="1"/>
+      <c r="F2806" s="9"/>
+    </row>
+    <row r="2807" customHeight="1" spans="3:6">
+      <c r="C2807" s="9"/>
+      <c r="E2807" s="9"/>
+      <c r="F2807" s="1"/>
+    </row>
+    <row r="2808" customHeight="1" spans="3:6">
+      <c r="C2808" s="1"/>
+      <c r="E2808" s="1"/>
+      <c r="F2808" s="1"/>
+    </row>
+    <row r="2809" customHeight="1" spans="3:6">
+      <c r="C2809" s="1"/>
+      <c r="E2809" s="1"/>
+      <c r="F2809" s="1"/>
+    </row>
+    <row r="2810" customHeight="1" spans="3:6">
+      <c r="C2810" s="1"/>
+      <c r="E2810" s="1"/>
+      <c r="F2810" s="1"/>
+    </row>
+    <row r="2811" customHeight="1" spans="3:6">
+      <c r="C2811" s="1"/>
+      <c r="E2811" s="1"/>
+      <c r="F2811" s="1"/>
+    </row>
+    <row r="2812" customHeight="1" spans="3:6">
+      <c r="C2812" s="1"/>
+      <c r="E2812" s="1"/>
+      <c r="F2812" s="1"/>
+    </row>
+    <row r="2813" customHeight="1" spans="3:6">
+      <c r="C2813" s="1"/>
+      <c r="E2813" s="1"/>
+      <c r="F2813" s="1"/>
+    </row>
+    <row r="2814" customHeight="1" spans="3:6">
+      <c r="C2814" s="1"/>
+      <c r="E2814" s="1"/>
+      <c r="F2814" s="9"/>
+    </row>
+    <row r="2815" customHeight="1" spans="3:6">
+      <c r="C2815" s="9"/>
+      <c r="E2815" s="9"/>
+      <c r="F2815" s="1"/>
+    </row>
+    <row r="2816" customHeight="1" spans="3:6">
+      <c r="C2816" s="1"/>
+      <c r="E2816" s="1"/>
+      <c r="F2816" s="1"/>
+    </row>
+    <row r="2817" customHeight="1" spans="3:6">
+      <c r="C2817" s="1"/>
+      <c r="E2817" s="1"/>
+      <c r="F2817" s="1"/>
+    </row>
+    <row r="2818" customHeight="1" spans="3:6">
+      <c r="C2818" s="1"/>
+      <c r="E2818" s="1"/>
+      <c r="F2818" s="1"/>
+    </row>
+    <row r="2819" customHeight="1" spans="3:6">
+      <c r="C2819" s="1"/>
+      <c r="E2819" s="1"/>
+      <c r="F2819" s="1"/>
+    </row>
+    <row r="2820" customHeight="1" spans="3:6">
+      <c r="C2820" s="1"/>
+      <c r="E2820" s="1"/>
+      <c r="F2820" s="1"/>
+    </row>
+    <row r="2821" customHeight="1" spans="3:6">
+      <c r="C2821" s="1"/>
+      <c r="E2821" s="1"/>
+      <c r="F2821" s="1"/>
+    </row>
+    <row r="2822" customHeight="1" spans="3:6">
+      <c r="C2822" s="1"/>
+      <c r="E2822" s="1"/>
+      <c r="F2822" s="9"/>
+    </row>
+    <row r="2823" customHeight="1" spans="3:6">
+      <c r="C2823" s="9"/>
+      <c r="E2823" s="9"/>
+      <c r="F2823" s="1"/>
+    </row>
+    <row r="2824" customHeight="1" spans="3:6">
+      <c r="C2824" s="1"/>
+      <c r="E2824" s="1"/>
+      <c r="F2824" s="1"/>
+    </row>
+    <row r="2825" customHeight="1" spans="3:6">
+      <c r="C2825" s="1"/>
+      <c r="E2825" s="1"/>
+      <c r="F2825" s="1"/>
+    </row>
+    <row r="2826" customHeight="1" spans="3:6">
+      <c r="C2826" s="1"/>
+      <c r="E2826" s="1"/>
+      <c r="F2826" s="1"/>
+    </row>
+    <row r="2827" customHeight="1" spans="3:6">
+      <c r="C2827" s="1"/>
+      <c r="E2827" s="1"/>
+      <c r="F2827" s="1"/>
+    </row>
+    <row r="2828" customHeight="1" spans="3:6">
+      <c r="C2828" s="1"/>
+      <c r="E2828" s="1"/>
+      <c r="F2828" s="1"/>
+    </row>
+    <row r="2829" customHeight="1" spans="3:6">
+      <c r="C2829" s="1"/>
+      <c r="E2829" s="1"/>
+      <c r="F2829" s="1"/>
+    </row>
+    <row r="2830" customHeight="1" spans="3:6">
+      <c r="C2830" s="1"/>
+      <c r="E2830" s="1"/>
+      <c r="F2830" s="9"/>
+    </row>
+    <row r="2831" customHeight="1" spans="3:6">
+      <c r="C2831" s="9"/>
+      <c r="E2831" s="9"/>
+      <c r="F2831" s="1"/>
+    </row>
+    <row r="2832" customHeight="1" spans="3:6">
+      <c r="C2832" s="1"/>
+      <c r="E2832" s="1"/>
+      <c r="F2832" s="1"/>
+    </row>
+    <row r="2833" customHeight="1" spans="3:6">
+      <c r="C2833" s="1"/>
+      <c r="E2833" s="1"/>
+      <c r="F2833" s="1"/>
+    </row>
+    <row r="2834" customHeight="1" spans="3:6">
+      <c r="C2834" s="1"/>
+      <c r="E2834" s="1"/>
+      <c r="F2834" s="1"/>
+    </row>
+    <row r="2835" customHeight="1" spans="3:6">
+      <c r="C2835" s="1"/>
+      <c r="E2835" s="1"/>
+      <c r="F2835" s="1"/>
+    </row>
+    <row r="2836" customHeight="1" spans="3:6">
+      <c r="C2836" s="1"/>
+      <c r="E2836" s="1"/>
+      <c r="F2836" s="1"/>
+    </row>
+    <row r="2837" customHeight="1" spans="3:6">
+      <c r="C2837" s="1"/>
+      <c r="E2837" s="1"/>
+      <c r="F2837" s="1"/>
+    </row>
+    <row r="2838" customHeight="1" spans="3:6">
+      <c r="C2838" s="1"/>
+      <c r="E2838" s="1"/>
+      <c r="F2838" s="9"/>
+    </row>
+    <row r="2839" customHeight="1" spans="3:6">
+      <c r="C2839" s="9"/>
+      <c r="E2839" s="9"/>
+      <c r="F2839" s="1"/>
+    </row>
+    <row r="2840" customHeight="1" spans="3:6">
+      <c r="C2840" s="1"/>
+      <c r="E2840" s="1"/>
+      <c r="F2840" s="1"/>
+    </row>
+    <row r="2841" customHeight="1" spans="3:6">
+      <c r="C2841" s="1"/>
+      <c r="E2841" s="1"/>
+      <c r="F2841" s="1"/>
+    </row>
+    <row r="2842" customHeight="1" spans="3:6">
+      <c r="C2842" s="1"/>
+      <c r="E2842" s="1"/>
+      <c r="F2842" s="1"/>
+    </row>
+    <row r="2843" customHeight="1" spans="3:6">
+      <c r="C2843" s="1"/>
+      <c r="E2843" s="1"/>
+      <c r="F2843" s="1"/>
+    </row>
+    <row r="2844" customHeight="1" spans="3:6">
+      <c r="C2844" s="1"/>
+      <c r="E2844" s="1"/>
+      <c r="F2844" s="1"/>
+    </row>
+    <row r="2845" customHeight="1" spans="3:6">
+      <c r="C2845" s="1"/>
+      <c r="E2845" s="1"/>
+      <c r="F2845" s="1"/>
+    </row>
+    <row r="2846" customHeight="1" spans="3:6">
+      <c r="C2846" s="1"/>
+      <c r="E2846" s="1"/>
+      <c r="F2846" s="9"/>
+    </row>
+    <row r="2847" customHeight="1" spans="3:6">
+      <c r="C2847" s="9"/>
+      <c r="E2847" s="9"/>
+      <c r="F2847" s="1"/>
+    </row>
+    <row r="2848" customHeight="1" spans="3:6">
+      <c r="C2848" s="1"/>
+      <c r="E2848" s="1"/>
+      <c r="F2848" s="1"/>
+    </row>
+    <row r="2849" customHeight="1" spans="3:6">
+      <c r="C2849" s="1"/>
+      <c r="E2849" s="1"/>
+      <c r="F2849" s="1"/>
+    </row>
+    <row r="2850" customHeight="1" spans="3:6">
+      <c r="C2850" s="1"/>
+      <c r="E2850" s="1"/>
+      <c r="F2850" s="1"/>
+    </row>
+    <row r="2851" customHeight="1" spans="3:6">
+      <c r="C2851" s="1"/>
+      <c r="E2851" s="1"/>
+      <c r="F2851" s="1"/>
+    </row>
+    <row r="2852" customHeight="1" spans="3:6">
+      <c r="C2852" s="1"/>
+      <c r="E2852" s="1"/>
+      <c r="F2852" s="1"/>
+    </row>
+    <row r="2853" customHeight="1" spans="3:6">
+      <c r="C2853" s="1"/>
+      <c r="E2853" s="1"/>
+      <c r="F2853" s="1"/>
+    </row>
+    <row r="2854" customHeight="1" spans="3:6">
+      <c r="C2854" s="1"/>
+      <c r="E2854" s="1"/>
+      <c r="F2854" s="9"/>
+    </row>
+    <row r="2855" customHeight="1" spans="3:6">
+      <c r="C2855" s="9"/>
+      <c r="E2855" s="9"/>
+      <c r="F2855" s="1"/>
+    </row>
+    <row r="2856" customHeight="1" spans="3:6">
+      <c r="C2856" s="1"/>
+      <c r="E2856" s="1"/>
+      <c r="F2856" s="1"/>
+    </row>
+    <row r="2857" customHeight="1" spans="3:6">
+      <c r="C2857" s="1"/>
+      <c r="E2857" s="1"/>
+      <c r="F2857" s="1"/>
+    </row>
+    <row r="2858" customHeight="1" spans="3:6">
+      <c r="C2858" s="1"/>
+      <c r="E2858" s="1"/>
+      <c r="F2858" s="1"/>
+    </row>
+    <row r="2859" customHeight="1" spans="3:6">
+      <c r="C2859" s="1"/>
+      <c r="E2859" s="1"/>
+      <c r="F2859" s="1"/>
+    </row>
+    <row r="2860" customHeight="1" spans="3:6">
+      <c r="C2860" s="1"/>
+      <c r="E2860" s="1"/>
+      <c r="F2860" s="1"/>
+    </row>
+    <row r="2861" customHeight="1" spans="3:6">
+      <c r="C2861" s="1"/>
+      <c r="E2861" s="1"/>
+      <c r="F2861" s="1"/>
+    </row>
+    <row r="2862" customHeight="1" spans="3:6">
+      <c r="C2862" s="1"/>
+      <c r="E2862" s="1"/>
+      <c r="F2862" s="9"/>
+    </row>
+    <row r="2863" customHeight="1" spans="3:6">
+      <c r="C2863" s="9"/>
+      <c r="E2863" s="9"/>
+      <c r="F2863" s="1"/>
+    </row>
+    <row r="2864" customHeight="1" spans="3:6">
+      <c r="C2864" s="1"/>
+      <c r="E2864" s="1"/>
+      <c r="F2864" s="1"/>
+    </row>
+    <row r="2865" customHeight="1" spans="3:6">
+      <c r="C2865" s="1"/>
+      <c r="E2865" s="1"/>
+      <c r="F2865" s="1"/>
+    </row>
+    <row r="2866" customHeight="1" spans="3:6">
+      <c r="C2866" s="1"/>
+      <c r="E2866" s="1"/>
+      <c r="F2866" s="1"/>
+    </row>
+    <row r="2867" customHeight="1" spans="3:6">
+      <c r="C2867" s="1"/>
+      <c r="E2867" s="1"/>
+      <c r="F2867" s="1"/>
+    </row>
+    <row r="2868" customHeight="1" spans="3:6">
+      <c r="C2868" s="1"/>
+      <c r="E2868" s="1"/>
+      <c r="F2868" s="1"/>
+    </row>
+    <row r="2869" customHeight="1" spans="3:6">
+      <c r="C2869" s="1"/>
+      <c r="E2869" s="1"/>
+      <c r="F2869" s="1"/>
+    </row>
+    <row r="2870" customHeight="1" spans="3:6">
+      <c r="C2870" s="1"/>
+      <c r="E2870" s="1"/>
+      <c r="F2870" s="9"/>
+    </row>
+    <row r="2871" customHeight="1" spans="3:6">
+      <c r="C2871" s="9"/>
+      <c r="E2871" s="9"/>
+      <c r="F2871" s="1"/>
+    </row>
+    <row r="2872" customHeight="1" spans="3:6">
+      <c r="C2872" s="1"/>
+      <c r="E2872" s="1"/>
+      <c r="F2872" s="1"/>
+    </row>
+    <row r="2873" customHeight="1" spans="3:6">
+      <c r="C2873" s="1"/>
+      <c r="E2873" s="1"/>
+      <c r="F2873" s="1"/>
+    </row>
+    <row r="2874" customHeight="1" spans="3:6">
+      <c r="C2874" s="1"/>
+      <c r="E2874" s="1"/>
+      <c r="F2874" s="1"/>
+    </row>
+    <row r="2875" customHeight="1" spans="3:6">
+      <c r="C2875" s="1"/>
+      <c r="E2875" s="1"/>
+      <c r="F2875" s="1"/>
+    </row>
+    <row r="2876" customHeight="1" spans="3:6">
+      <c r="C2876" s="1"/>
+      <c r="E2876" s="1"/>
+      <c r="F2876" s="1"/>
+    </row>
+    <row r="2877" customHeight="1" spans="3:6">
+      <c r="C2877" s="1"/>
+      <c r="E2877" s="1"/>
+      <c r="F2877" s="1"/>
+    </row>
+    <row r="2878" customHeight="1" spans="3:6">
+      <c r="C2878" s="1"/>
+      <c r="E2878" s="1"/>
+      <c r="F2878" s="9"/>
+    </row>
+    <row r="2879" customHeight="1" spans="3:6">
+      <c r="C2879" s="9"/>
+      <c r="E2879" s="9"/>
+      <c r="F2879" s="1"/>
+    </row>
+    <row r="2880" customHeight="1" spans="3:6">
+      <c r="C2880" s="1"/>
+      <c r="E2880" s="1"/>
+      <c r="F2880" s="1"/>
+    </row>
+    <row r="2881" customHeight="1" spans="3:6">
+      <c r="C2881" s="1"/>
+      <c r="E2881" s="1"/>
+      <c r="F2881" s="1"/>
+    </row>
+    <row r="2882" customHeight="1" spans="3:6">
+      <c r="C2882" s="1"/>
+      <c r="E2882" s="1"/>
+      <c r="F2882" s="1"/>
+    </row>
+    <row r="2883" customHeight="1" spans="3:6">
+      <c r="C2883" s="1"/>
+      <c r="E2883" s="1"/>
+      <c r="F2883" s="1"/>
+    </row>
+    <row r="2884" customHeight="1" spans="3:6">
+      <c r="C2884" s="1"/>
+      <c r="E2884" s="1"/>
+      <c r="F2884" s="1"/>
+    </row>
+    <row r="2885" customHeight="1" spans="3:6">
+      <c r="C2885" s="1"/>
+      <c r="E2885" s="1"/>
+      <c r="F2885" s="1"/>
+    </row>
+    <row r="2886" customHeight="1" spans="3:6">
+      <c r="C2886" s="1"/>
+      <c r="E2886" s="1"/>
+      <c r="F2886" s="9"/>
+    </row>
+    <row r="2887" customHeight="1" spans="3:6">
+      <c r="C2887" s="9"/>
+      <c r="E2887" s="9"/>
+      <c r="F2887" s="1"/>
+    </row>
+    <row r="2888" customHeight="1" spans="3:6">
+      <c r="C2888" s="1"/>
+      <c r="E2888" s="1"/>
+      <c r="F2888" s="1"/>
+    </row>
+    <row r="2889" customHeight="1" spans="3:6">
+      <c r="C2889" s="1"/>
+      <c r="E2889" s="1"/>
+      <c r="F2889" s="1"/>
+    </row>
+    <row r="2890" customHeight="1" spans="3:6">
+      <c r="C2890" s="1"/>
+      <c r="E2890" s="1"/>
+      <c r="F2890" s="1"/>
+    </row>
+    <row r="2891" customHeight="1" spans="3:6">
+      <c r="C2891" s="1"/>
+      <c r="E2891" s="1"/>
+      <c r="F2891" s="1"/>
+    </row>
+    <row r="2892" customHeight="1" spans="3:6">
+      <c r="C2892" s="1"/>
+      <c r="E2892" s="1"/>
+      <c r="F2892" s="1"/>
+    </row>
+    <row r="2893" customHeight="1" spans="3:6">
+      <c r="C2893" s="1"/>
+      <c r="E2893" s="1"/>
+      <c r="F2893" s="1"/>
+    </row>
+    <row r="2894" customHeight="1" spans="3:6">
+      <c r="C2894" s="1"/>
+      <c r="E2894" s="1"/>
+      <c r="F2894" s="9"/>
+    </row>
+    <row r="2895" customHeight="1" spans="3:6">
+      <c r="C2895" s="9"/>
+      <c r="E2895" s="9"/>
+      <c r="F2895" s="1"/>
+    </row>
+    <row r="2896" customHeight="1" spans="3:6">
+      <c r="C2896" s="1"/>
+      <c r="E2896" s="1"/>
+      <c r="F2896" s="1"/>
+    </row>
+    <row r="2897" customHeight="1" spans="3:6">
+      <c r="C2897" s="1"/>
+      <c r="E2897" s="1"/>
+      <c r="F2897" s="1"/>
+    </row>
+    <row r="2898" customHeight="1" spans="3:6">
+      <c r="C2898" s="1"/>
+      <c r="E2898" s="1"/>
+      <c r="F2898" s="1"/>
+    </row>
+    <row r="2899" customHeight="1" spans="3:6">
+      <c r="C2899" s="1"/>
+      <c r="E2899" s="1"/>
+      <c r="F2899" s="1"/>
+    </row>
+    <row r="2900" customHeight="1" spans="3:6">
+      <c r="C2900" s="1"/>
+      <c r="E2900" s="1"/>
+      <c r="F2900" s="1"/>
+    </row>
+    <row r="2901" customHeight="1" spans="3:6">
+      <c r="C2901" s="1"/>
+      <c r="E2901" s="1"/>
+      <c r="F2901" s="1"/>
+    </row>
+    <row r="2902" customHeight="1" spans="3:6">
+      <c r="C2902" s="1"/>
+      <c r="E2902" s="1"/>
+      <c r="F2902" s="9"/>
+    </row>
+    <row r="2903" customHeight="1" spans="3:6">
+      <c r="C2903" s="9"/>
+      <c r="E2903" s="9"/>
+      <c r="F2903" s="1"/>
+    </row>
+    <row r="2904" customHeight="1" spans="3:6">
+      <c r="C2904" s="1"/>
+      <c r="E2904" s="1"/>
+      <c r="F2904" s="1"/>
+    </row>
+    <row r="2905" customHeight="1" spans="3:6">
+      <c r="C2905" s="1"/>
+      <c r="E2905" s="1"/>
+      <c r="F2905" s="1"/>
+    </row>
+    <row r="2906" customHeight="1" spans="3:6">
+      <c r="C2906" s="1"/>
+      <c r="E2906" s="1"/>
+      <c r="F2906" s="1"/>
+    </row>
+    <row r="2907" customHeight="1" spans="3:6">
+      <c r="C2907" s="1"/>
+      <c r="E2907" s="1"/>
+      <c r="F2907" s="1"/>
+    </row>
+    <row r="2908" customHeight="1" spans="3:6">
+      <c r="C2908" s="1"/>
+      <c r="E2908" s="1"/>
+      <c r="F2908" s="1"/>
+    </row>
+    <row r="2909" customHeight="1" spans="3:6">
+      <c r="C2909" s="1"/>
+      <c r="E2909" s="1"/>
+      <c r="F2909" s="1"/>
+    </row>
+    <row r="2910" customHeight="1" spans="3:6">
+      <c r="C2910" s="1"/>
+      <c r="E2910" s="1"/>
+      <c r="F2910" s="9"/>
+    </row>
+    <row r="2911" customHeight="1" spans="3:6">
+      <c r="C2911" s="9"/>
+      <c r="E2911" s="9"/>
+      <c r="F2911" s="1"/>
+    </row>
+    <row r="2912" customHeight="1" spans="3:6">
+      <c r="C2912" s="1"/>
+      <c r="E2912" s="1"/>
+      <c r="F2912" s="1"/>
+    </row>
+    <row r="2913" customHeight="1" spans="3:6">
+      <c r="C2913" s="1"/>
+      <c r="E2913" s="1"/>
+      <c r="F2913" s="1"/>
+    </row>
+    <row r="2914" customHeight="1" spans="3:6">
+      <c r="C2914" s="1"/>
+      <c r="E2914" s="1"/>
+      <c r="F2914" s="1"/>
+    </row>
+    <row r="2915" customHeight="1" spans="3:6">
+      <c r="C2915" s="1"/>
+      <c r="E2915" s="1"/>
+      <c r="F2915" s="1"/>
+    </row>
+    <row r="2916" customHeight="1" spans="3:6">
+      <c r="C2916" s="1"/>
+      <c r="E2916" s="1"/>
+      <c r="F2916" s="1"/>
+    </row>
+    <row r="2917" customHeight="1" spans="3:6">
+      <c r="C2917" s="1"/>
+      <c r="E2917" s="1"/>
+      <c r="F2917" s="1"/>
+    </row>
+    <row r="2918" customHeight="1" spans="3:6">
+      <c r="C2918" s="1"/>
+      <c r="E2918" s="1"/>
+      <c r="F2918" s="9"/>
+    </row>
+    <row r="2919" customHeight="1" spans="3:6">
+      <c r="C2919" s="9"/>
+      <c r="E2919" s="9"/>
+      <c r="F2919" s="1"/>
+    </row>
+    <row r="2920" customHeight="1" spans="3:6">
+      <c r="C2920" s="1"/>
+      <c r="E2920" s="1"/>
+      <c r="F2920" s="1"/>
+    </row>
+    <row r="2921" customHeight="1" spans="3:6">
+      <c r="C2921" s="1"/>
+      <c r="E2921" s="1"/>
+      <c r="F2921" s="1"/>
+    </row>
+    <row r="2922" customHeight="1" spans="3:6">
+      <c r="C2922" s="1"/>
+      <c r="E2922" s="1"/>
+      <c r="F2922" s="1"/>
+    </row>
+    <row r="2923" customHeight="1" spans="3:6">
+      <c r="C2923" s="1"/>
+      <c r="E2923" s="1"/>
+      <c r="F2923" s="1"/>
+    </row>
+    <row r="2924" customHeight="1" spans="3:6">
+      <c r="C2924" s="1"/>
+      <c r="E2924" s="1"/>
+      <c r="F2924" s="1"/>
+    </row>
+    <row r="2925" customHeight="1" spans="3:6">
+      <c r="C2925" s="1"/>
+      <c r="E2925" s="1"/>
+      <c r="F2925" s="1"/>
+    </row>
+    <row r="2926" customHeight="1" spans="3:6">
+      <c r="C2926" s="1"/>
+      <c r="E2926" s="1"/>
+      <c r="F2926" s="9"/>
+    </row>
+    <row r="2927" customHeight="1" spans="3:6">
+      <c r="C2927" s="9"/>
+      <c r="E2927" s="9"/>
+      <c r="F2927" s="1"/>
+    </row>
+    <row r="2928" customHeight="1" spans="3:6">
+      <c r="C2928" s="1"/>
+      <c r="E2928" s="1"/>
+      <c r="F2928" s="1"/>
+    </row>
+    <row r="2929" customHeight="1" spans="3:6">
+      <c r="C2929" s="1"/>
+      <c r="E2929" s="1"/>
+      <c r="F2929" s="1"/>
+    </row>
+    <row r="2930" customHeight="1" spans="3:6">
+      <c r="C2930" s="1"/>
+      <c r="E2930" s="1"/>
+      <c r="F2930" s="1"/>
+    </row>
+    <row r="2931" customHeight="1" spans="3:6">
+      <c r="C2931" s="1"/>
+      <c r="E2931" s="1"/>
+      <c r="F2931" s="1"/>
+    </row>
+    <row r="2932" customHeight="1" spans="3:6">
+      <c r="C2932" s="1"/>
+      <c r="E2932" s="1"/>
+      <c r="F2932" s="1"/>
+    </row>
+    <row r="2933" customHeight="1" spans="3:6">
+      <c r="C2933" s="1"/>
+      <c r="E2933" s="1"/>
+      <c r="F2933" s="1"/>
+    </row>
+    <row r="2934" customHeight="1" spans="3:6">
+      <c r="C2934" s="1"/>
+      <c r="E2934" s="1"/>
+      <c r="F2934" s="9"/>
+    </row>
+    <row r="2935" customHeight="1" spans="3:6">
+      <c r="C2935" s="9"/>
+      <c r="E2935" s="9"/>
+      <c r="F2935" s="1"/>
+    </row>
+    <row r="2936" customHeight="1" spans="3:6">
+      <c r="C2936" s="1"/>
+      <c r="E2936" s="1"/>
+      <c r="F2936" s="1"/>
+    </row>
+    <row r="2937" customHeight="1" spans="3:6">
+      <c r="C2937" s="1"/>
+      <c r="E2937" s="1"/>
+      <c r="F2937" s="1"/>
+    </row>
+    <row r="2938" customHeight="1" spans="3:6">
+      <c r="C2938" s="1"/>
+      <c r="E2938" s="1"/>
+      <c r="F2938" s="1"/>
+    </row>
+    <row r="2939" customHeight="1" spans="3:6">
+      <c r="C2939" s="1"/>
+      <c r="E2939" s="1"/>
+      <c r="F2939" s="1"/>
+    </row>
+    <row r="2940" customHeight="1" spans="3:6">
+      <c r="C2940" s="1"/>
+      <c r="E2940" s="1"/>
+      <c r="F2940" s="1"/>
+    </row>
+    <row r="2941" customHeight="1" spans="3:6">
+      <c r="C2941" s="1"/>
+      <c r="E2941" s="1"/>
+      <c r="F2941" s="1"/>
+    </row>
+    <row r="2942" customHeight="1" spans="3:6">
+      <c r="C2942" s="1"/>
+      <c r="E2942" s="1"/>
+      <c r="F2942" s="9"/>
+    </row>
+    <row r="2943" customHeight="1" spans="3:6">
+      <c r="C2943" s="9"/>
+      <c r="E2943" s="9"/>
+      <c r="F2943" s="1"/>
+    </row>
+    <row r="2944" customHeight="1" spans="3:6">
+      <c r="C2944" s="1"/>
+      <c r="E2944" s="1"/>
+      <c r="F2944" s="1"/>
+    </row>
+    <row r="2945" customHeight="1" spans="3:6">
+      <c r="C2945" s="1"/>
+      <c r="E2945" s="1"/>
+      <c r="F2945" s="1"/>
+    </row>
+    <row r="2946" customHeight="1" spans="3:6">
+      <c r="C2946" s="1"/>
+      <c r="E2946" s="1"/>
+      <c r="F2946" s="1"/>
+    </row>
+    <row r="2947" customHeight="1" spans="3:6">
+      <c r="C2947" s="1"/>
+      <c r="E2947" s="1"/>
+      <c r="F2947" s="1"/>
+    </row>
+    <row r="2948" customHeight="1" spans="3:6">
+      <c r="C2948" s="1"/>
+      <c r="E2948" s="1"/>
+      <c r="F2948" s="1"/>
+    </row>
+    <row r="2949" customHeight="1" spans="3:6">
+      <c r="C2949" s="1"/>
+      <c r="E2949" s="1"/>
+      <c r="F2949" s="1"/>
+    </row>
+    <row r="2950" customHeight="1" spans="3:6">
+      <c r="C2950" s="1"/>
+      <c r="E2950" s="1"/>
+      <c r="F2950" s="9"/>
+    </row>
+    <row r="2951" customHeight="1" spans="3:6">
+      <c r="C2951" s="9"/>
+      <c r="E2951" s="9"/>
+      <c r="F2951" s="1"/>
+    </row>
+    <row r="2952" customHeight="1" spans="3:6">
+      <c r="C2952" s="1"/>
+      <c r="E2952" s="1"/>
+      <c r="F2952" s="1"/>
+    </row>
+    <row r="2953" customHeight="1" spans="3:6">
+      <c r="C2953" s="1"/>
+      <c r="E2953" s="1"/>
+      <c r="F2953" s="1"/>
+    </row>
+    <row r="2954" customHeight="1" spans="3:6">
+      <c r="C2954" s="1"/>
+      <c r="E2954" s="1"/>
+      <c r="F2954" s="1"/>
+    </row>
+    <row r="2955" customHeight="1" spans="3:6">
+      <c r="C2955" s="1"/>
+      <c r="E2955" s="1"/>
+      <c r="F2955" s="1"/>
+    </row>
+    <row r="2956" customHeight="1" spans="3:6">
+      <c r="C2956" s="1"/>
+      <c r="E2956" s="1"/>
+      <c r="F2956" s="1"/>
+    </row>
+    <row r="2957" customHeight="1" spans="3:6">
+      <c r="C2957" s="1"/>
+      <c r="E2957" s="1"/>
+      <c r="F2957" s="1"/>
+    </row>
+    <row r="2958" customHeight="1" spans="3:6">
+      <c r="C2958" s="1"/>
+      <c r="E2958" s="1"/>
+      <c r="F2958" s="9"/>
+    </row>
+    <row r="2959" customHeight="1" spans="3:6">
+      <c r="C2959" s="9"/>
+      <c r="E2959" s="9"/>
+      <c r="F2959" s="1"/>
+    </row>
+    <row r="2960" customHeight="1" spans="3:6">
+      <c r="C2960" s="1"/>
+      <c r="E2960" s="1"/>
+      <c r="F2960" s="1"/>
+    </row>
+    <row r="2961" customHeight="1" spans="3:6">
+      <c r="C2961" s="1"/>
+      <c r="E2961" s="1"/>
+      <c r="F2961" s="1"/>
+    </row>
+    <row r="2962" customHeight="1" spans="3:6">
+      <c r="C2962" s="1"/>
+      <c r="E2962" s="1"/>
+      <c r="F2962" s="1"/>
+    </row>
+    <row r="2963" customHeight="1" spans="3:6">
+      <c r="C2963" s="1"/>
+      <c r="E2963" s="1"/>
+      <c r="F2963" s="1"/>
+    </row>
+    <row r="2964" customHeight="1" spans="3:6">
+      <c r="C2964" s="1"/>
+      <c r="E2964" s="1"/>
+      <c r="F2964" s="1"/>
+    </row>
+    <row r="2965" customHeight="1" spans="3:6">
+      <c r="C2965" s="1"/>
+      <c r="E2965" s="1"/>
+      <c r="F2965" s="1"/>
+    </row>
+    <row r="2966" customHeight="1" spans="3:6">
+      <c r="C2966" s="1"/>
+      <c r="E2966" s="1"/>
+      <c r="F2966" s="9"/>
+    </row>
+    <row r="2967" customHeight="1" spans="3:6">
+      <c r="C2967" s="9"/>
+      <c r="E2967" s="9"/>
+      <c r="F2967" s="1"/>
+    </row>
+    <row r="2968" customHeight="1" spans="3:6">
+      <c r="C2968" s="1"/>
+      <c r="E2968" s="1"/>
+      <c r="F2968" s="1"/>
+    </row>
+    <row r="2969" customHeight="1" spans="3:6">
+      <c r="C2969" s="1"/>
+      <c r="E2969" s="1"/>
+      <c r="F2969" s="1"/>
+    </row>
+    <row r="2970" customHeight="1" spans="3:6">
+      <c r="C2970" s="1"/>
+      <c r="E2970" s="1"/>
+      <c r="F2970" s="1"/>
+    </row>
+    <row r="2971" customHeight="1" spans="3:6">
+      <c r="C2971" s="1"/>
+      <c r="E2971" s="1"/>
+      <c r="F2971" s="1"/>
+    </row>
+    <row r="2972" customHeight="1" spans="3:6">
+      <c r="C2972" s="1"/>
+      <c r="E2972" s="1"/>
+      <c r="F2972" s="1"/>
+    </row>
+    <row r="2973" customHeight="1" spans="3:6">
+      <c r="C2973" s="1"/>
+      <c r="E2973" s="1"/>
+      <c r="F2973" s="1"/>
+    </row>
+    <row r="2974" customHeight="1" spans="3:6">
+      <c r="C2974" s="1"/>
+      <c r="E2974" s="1"/>
+      <c r="F2974" s="9"/>
+    </row>
+    <row r="2975" customHeight="1" spans="3:6">
+      <c r="C2975" s="9"/>
+      <c r="E2975" s="9"/>
+      <c r="F2975" s="1"/>
+    </row>
+    <row r="2976" customHeight="1" spans="3:6">
+      <c r="C2976" s="1"/>
+      <c r="E2976" s="1"/>
+      <c r="F2976" s="1"/>
+    </row>
+    <row r="2977" customHeight="1" spans="3:6">
+      <c r="C2977" s="1"/>
+      <c r="E2977" s="1"/>
+      <c r="F2977" s="1"/>
+    </row>
+    <row r="2978" customHeight="1" spans="3:6">
+      <c r="C2978" s="1"/>
+      <c r="E2978" s="1"/>
+      <c r="F2978" s="1"/>
+    </row>
+    <row r="2979" customHeight="1" spans="3:6">
+      <c r="C2979" s="1"/>
+      <c r="E2979" s="1"/>
+      <c r="F2979" s="1"/>
+    </row>
+    <row r="2980" customHeight="1" spans="3:6">
+      <c r="C2980" s="1"/>
+      <c r="E2980" s="1"/>
+      <c r="F2980" s="1"/>
+    </row>
+    <row r="2981" customHeight="1" spans="3:6">
+      <c r="C2981" s="1"/>
+      <c r="E2981" s="1"/>
+      <c r="F2981" s="1"/>
+    </row>
+    <row r="2982" customHeight="1" spans="3:6">
+      <c r="C2982" s="1"/>
+      <c r="E2982" s="1"/>
+      <c r="F2982" s="9"/>
+    </row>
+    <row r="2983" customHeight="1" spans="3:6">
+      <c r="C2983" s="9"/>
+      <c r="E2983" s="9"/>
+      <c r="F2983" s="1"/>
+    </row>
+    <row r="2984" customHeight="1" spans="3:6">
+      <c r="C2984" s="1"/>
+      <c r="E2984" s="1"/>
+      <c r="F2984" s="1"/>
+    </row>
+    <row r="2985" customHeight="1" spans="3:6">
+      <c r="C2985" s="1"/>
+      <c r="E2985" s="1"/>
+      <c r="F2985" s="1"/>
+    </row>
+    <row r="2986" customHeight="1" spans="3:6">
+      <c r="C2986" s="1"/>
+      <c r="E2986" s="1"/>
+      <c r="F2986" s="1"/>
+    </row>
+    <row r="2987" customHeight="1" spans="3:6">
+      <c r="C2987" s="1"/>
+      <c r="E2987" s="1"/>
+      <c r="F2987" s="1"/>
+    </row>
+    <row r="2988" customHeight="1" spans="3:6">
+      <c r="C2988" s="1"/>
+      <c r="E2988" s="1"/>
+      <c r="F2988" s="1"/>
+    </row>
+    <row r="2989" customHeight="1" spans="3:6">
+      <c r="C2989" s="1"/>
+      <c r="E2989" s="1"/>
+      <c r="F2989" s="1"/>
+    </row>
+    <row r="2990" customHeight="1" spans="3:6">
+      <c r="C2990" s="1"/>
+      <c r="E2990" s="1"/>
+      <c r="F2990" s="9"/>
+    </row>
+    <row r="2991" customHeight="1" spans="3:6">
+      <c r="C2991" s="9"/>
+      <c r="E2991" s="9"/>
+      <c r="F2991" s="1"/>
+    </row>
+    <row r="2992" customHeight="1" spans="3:6">
+      <c r="C2992" s="1"/>
+      <c r="E2992" s="1"/>
+      <c r="F2992" s="1"/>
+    </row>
+    <row r="2993" customHeight="1" spans="3:6">
+      <c r="C2993" s="1"/>
+      <c r="E2993" s="1"/>
+      <c r="F2993" s="1"/>
+    </row>
+    <row r="2994" customHeight="1" spans="3:6">
+      <c r="C2994" s="1"/>
+      <c r="E2994" s="1"/>
+      <c r="F2994" s="1"/>
+    </row>
+    <row r="2995" customHeight="1" spans="3:6">
+      <c r="C2995" s="1"/>
+      <c r="E2995" s="1"/>
+      <c r="F2995" s="1"/>
+    </row>
+    <row r="2996" customHeight="1" spans="3:6">
+      <c r="C2996" s="1"/>
+      <c r="E2996" s="1"/>
+      <c r="F2996" s="1"/>
+    </row>
+    <row r="2997" customHeight="1" spans="3:6">
+      <c r="C2997" s="1"/>
+      <c r="E2997" s="1"/>
+      <c r="F2997" s="1"/>
+    </row>
+    <row r="2998" customHeight="1" spans="3:6">
+      <c r="C2998" s="1"/>
+      <c r="E2998" s="1"/>
+      <c r="F2998" s="9"/>
+    </row>
+    <row r="2999" customHeight="1" spans="3:6">
+      <c r="C2999" s="9"/>
+      <c r="E2999" s="9"/>
+      <c r="F2999" s="1"/>
+    </row>
+    <row r="3000" customHeight="1" spans="3:6">
+      <c r="C3000" s="1"/>
+      <c r="E3000" s="1"/>
+      <c r="F3000" s="1"/>
+    </row>
+    <row r="3001" customHeight="1" spans="3:6">
+      <c r="C3001" s="1"/>
+      <c r="E3001" s="1"/>
+      <c r="F3001" s="1"/>
+    </row>
+    <row r="3002" customHeight="1" spans="3:6">
+      <c r="C3002" s="1"/>
+      <c r="E3002" s="1"/>
+      <c r="F3002" s="1"/>
+    </row>
+    <row r="3003" customHeight="1" spans="3:6">
+      <c r="C3003" s="1"/>
+      <c r="E3003" s="1"/>
+      <c r="F3003" s="1"/>
+    </row>
+    <row r="3004" customHeight="1" spans="3:6">
+      <c r="C3004" s="1"/>
+      <c r="E3004" s="1"/>
+      <c r="F3004" s="1"/>
+    </row>
+    <row r="3005" customHeight="1" spans="3:6">
+      <c r="C3005" s="1"/>
+      <c r="E3005" s="1"/>
+      <c r="F3005" s="1"/>
+    </row>
+    <row r="3006" customHeight="1" spans="3:6">
+      <c r="C3006" s="1"/>
+      <c r="E3006" s="1"/>
+      <c r="F3006" s="9"/>
+    </row>
+    <row r="3007" customHeight="1" spans="3:6">
+      <c r="C3007" s="9"/>
+      <c r="E3007" s="9"/>
+      <c r="F3007" s="1"/>
+    </row>
+    <row r="3008" customHeight="1" spans="3:6">
+      <c r="C3008" s="1"/>
+      <c r="E3008" s="1"/>
+      <c r="F3008" s="1"/>
+    </row>
+    <row r="3009" customHeight="1" spans="3:6">
+      <c r="C3009" s="1"/>
+      <c r="E3009" s="1"/>
+      <c r="F3009" s="1"/>
+    </row>
+    <row r="3010" customHeight="1" spans="3:6">
+      <c r="C3010" s="1"/>
+      <c r="E3010" s="1"/>
+      <c r="F3010" s="1"/>
+    </row>
+    <row r="3011" customHeight="1" spans="3:6">
+      <c r="C3011" s="1"/>
+      <c r="E3011" s="1"/>
+      <c r="F3011" s="1"/>
+    </row>
+    <row r="3012" customHeight="1" spans="3:6">
+      <c r="C3012" s="1"/>
+      <c r="E3012" s="1"/>
+      <c r="F3012" s="1"/>
+    </row>
+    <row r="3013" customHeight="1" spans="3:6">
+      <c r="C3013" s="1"/>
+      <c r="E3013" s="1"/>
+      <c r="F3013" s="1"/>
+    </row>
+    <row r="3014" customHeight="1" spans="3:6">
+      <c r="C3014" s="1"/>
+      <c r="E3014" s="1"/>
+      <c r="F3014" s="9"/>
+    </row>
+    <row r="3015" customHeight="1" spans="3:6">
+      <c r="C3015" s="9"/>
+      <c r="E3015" s="9"/>
+      <c r="F3015" s="1"/>
+    </row>
+    <row r="3016" customHeight="1" spans="3:6">
+      <c r="C3016" s="1"/>
+      <c r="E3016" s="1"/>
+      <c r="F3016" s="1"/>
+    </row>
+    <row r="3017" customHeight="1" spans="3:6">
+      <c r="C3017" s="1"/>
+      <c r="E3017" s="1"/>
+      <c r="F3017" s="1"/>
+    </row>
+    <row r="3018" customHeight="1" spans="3:6">
+      <c r="C3018" s="1"/>
+      <c r="E3018" s="1"/>
+      <c r="F3018" s="1"/>
+    </row>
+    <row r="3019" customHeight="1" spans="3:6">
+      <c r="C3019" s="1"/>
+      <c r="E3019" s="1"/>
+      <c r="F3019" s="1"/>
+    </row>
+    <row r="3020" customHeight="1" spans="3:6">
+      <c r="C3020" s="1"/>
+      <c r="E3020" s="1"/>
+      <c r="F3020" s="1"/>
+    </row>
+    <row r="3021" customHeight="1" spans="3:6">
+      <c r="C3021" s="1"/>
+      <c r="E3021" s="1"/>
+      <c r="F3021" s="1"/>
+    </row>
+    <row r="3022" customHeight="1" spans="3:6">
+      <c r="C3022" s="1"/>
+      <c r="E3022" s="1"/>
+      <c r="F3022" s="9"/>
+    </row>
+    <row r="3023" customHeight="1" spans="3:6">
+      <c r="C3023" s="9"/>
+      <c r="E3023" s="9"/>
+      <c r="F3023" s="1"/>
+    </row>
+    <row r="3024" customHeight="1" spans="3:6">
+      <c r="C3024" s="1"/>
+      <c r="E3024" s="1"/>
+      <c r="F3024" s="1"/>
+    </row>
+    <row r="3025" customHeight="1" spans="3:6">
+      <c r="C3025" s="1"/>
+      <c r="E3025" s="1"/>
+      <c r="F3025" s="1"/>
+    </row>
+    <row r="3026" customHeight="1" spans="3:6">
+      <c r="C3026" s="1"/>
+      <c r="E3026" s="1"/>
+      <c r="F3026" s="1"/>
+    </row>
+    <row r="3027" customHeight="1" spans="3:6">
+      <c r="C3027" s="1"/>
+      <c r="E3027" s="1"/>
+      <c r="F3027" s="1"/>
+    </row>
+    <row r="3028" customHeight="1" spans="3:6">
+      <c r="C3028" s="1"/>
+      <c r="E3028" s="1"/>
+      <c r="F3028" s="1"/>
+    </row>
+    <row r="3029" customHeight="1" spans="3:6">
+      <c r="C3029" s="1"/>
+      <c r="E3029" s="1"/>
+      <c r="F3029" s="1"/>
+    </row>
+    <row r="3030" customHeight="1" spans="3:6">
+      <c r="C3030" s="1"/>
+      <c r="E3030" s="1"/>
+      <c r="F3030" s="9"/>
+    </row>
+    <row r="3031" customHeight="1" spans="3:6">
+      <c r="C3031" s="9"/>
+      <c r="E3031" s="9"/>
+      <c r="F3031" s="1"/>
+    </row>
+    <row r="3032" customHeight="1" spans="3:6">
+      <c r="C3032" s="1"/>
+      <c r="E3032" s="1"/>
+      <c r="F3032" s="1"/>
+    </row>
+    <row r="3033" customHeight="1" spans="3:6">
+      <c r="C3033" s="1"/>
+      <c r="E3033" s="1"/>
+      <c r="F3033" s="1"/>
+    </row>
+    <row r="3034" customHeight="1" spans="3:6">
+      <c r="C3034" s="1"/>
+      <c r="E3034" s="1"/>
+      <c r="F3034" s="1"/>
+    </row>
+    <row r="3035" customHeight="1" spans="3:6">
+      <c r="C3035" s="1"/>
+      <c r="E3035" s="1"/>
+      <c r="F3035" s="1"/>
+    </row>
+    <row r="3036" customHeight="1" spans="3:6">
+      <c r="C3036" s="1"/>
+      <c r="E3036" s="1"/>
+      <c r="F3036" s="1"/>
+    </row>
+    <row r="3037" customHeight="1" spans="3:6">
+      <c r="C3037" s="1"/>
+      <c r="E3037" s="1"/>
+      <c r="F3037" s="1"/>
+    </row>
+    <row r="3038" customHeight="1" spans="3:6">
+      <c r="C3038" s="1"/>
+      <c r="E3038" s="1"/>
+      <c r="F3038" s="9"/>
+    </row>
+    <row r="3039" customHeight="1" spans="3:6">
+      <c r="C3039" s="9"/>
+      <c r="E3039" s="9"/>
+      <c r="F3039" s="1"/>
+    </row>
+    <row r="3040" customHeight="1" spans="3:6">
+      <c r="C3040" s="1"/>
+      <c r="E3040" s="1"/>
+      <c r="F3040" s="1"/>
+    </row>
+    <row r="3041" customHeight="1" spans="3:6">
+      <c r="C3041" s="1"/>
+      <c r="E3041" s="1"/>
+      <c r="F3041" s="1"/>
+    </row>
+    <row r="3042" customHeight="1" spans="3:6">
+      <c r="C3042" s="1"/>
+      <c r="E3042" s="1"/>
+      <c r="F3042" s="1"/>
+    </row>
+    <row r="3043" customHeight="1" spans="3:6">
+      <c r="C3043" s="1"/>
+      <c r="E3043" s="1"/>
+      <c r="F3043" s="1"/>
+    </row>
+    <row r="3044" customHeight="1" spans="3:6">
+      <c r="C3044" s="1"/>
+      <c r="E3044" s="1"/>
+      <c r="F3044" s="1"/>
+    </row>
+    <row r="3045" customHeight="1" spans="3:6">
+      <c r="C3045" s="1"/>
+      <c r="E3045" s="1"/>
+      <c r="F3045" s="1"/>
+    </row>
+    <row r="3046" customHeight="1" spans="3:6">
+      <c r="C3046" s="1"/>
+      <c r="E3046" s="1"/>
+      <c r="F3046" s="9"/>
+    </row>
+    <row r="3047" customHeight="1" spans="3:6">
+      <c r="C3047" s="9"/>
+      <c r="E3047" s="9"/>
+      <c r="F3047" s="1"/>
+    </row>
+    <row r="3048" customHeight="1" spans="3:6">
+      <c r="C3048" s="1"/>
+      <c r="E3048" s="1"/>
+      <c r="F3048" s="1"/>
+    </row>
+    <row r="3049" customHeight="1" spans="3:6">
+      <c r="C3049" s="1"/>
+      <c r="E3049" s="1"/>
+      <c r="F3049" s="1"/>
+    </row>
+    <row r="3050" customHeight="1" spans="3:6">
+      <c r="C3050" s="1"/>
+      <c r="E3050" s="1"/>
+      <c r="F3050" s="1"/>
+    </row>
+    <row r="3051" customHeight="1" spans="3:6">
+      <c r="C3051" s="1"/>
+      <c r="E3051" s="1"/>
+      <c r="F3051" s="1"/>
+    </row>
+    <row r="3052" customHeight="1" spans="3:6">
+      <c r="C3052" s="1"/>
+      <c r="E3052" s="1"/>
+      <c r="F3052" s="1"/>
+    </row>
+    <row r="3053" customHeight="1" spans="3:6">
+      <c r="C3053" s="1"/>
+      <c r="E3053" s="1"/>
+      <c r="F3053" s="1"/>
+    </row>
+    <row r="3054" customHeight="1" spans="3:6">
+      <c r="C3054" s="1"/>
+      <c r="E3054" s="1"/>
+      <c r="F3054" s="9"/>
+    </row>
+    <row r="3055" customHeight="1" spans="3:6">
+      <c r="C3055" s="9"/>
+      <c r="E3055" s="9"/>
+      <c r="F3055" s="1"/>
+    </row>
+    <row r="3056" customHeight="1" spans="3:6">
+      <c r="C3056" s="1"/>
+      <c r="E3056" s="1"/>
+      <c r="F3056" s="1"/>
+    </row>
+    <row r="3057" customHeight="1" spans="3:6">
+      <c r="C3057" s="1"/>
+      <c r="E3057" s="1"/>
+      <c r="F3057" s="1"/>
+    </row>
+    <row r="3058" customHeight="1" spans="3:6">
+      <c r="C3058" s="1"/>
+      <c r="E3058" s="1"/>
+      <c r="F3058" s="1"/>
+    </row>
+    <row r="3059" customHeight="1" spans="3:6">
+      <c r="C3059" s="1"/>
+      <c r="E3059" s="1"/>
+      <c r="F3059" s="1"/>
+    </row>
+    <row r="3060" customHeight="1" spans="3:6">
+      <c r="C3060" s="1"/>
+      <c r="E3060" s="1"/>
+      <c r="F3060" s="1"/>
+    </row>
+    <row r="3061" customHeight="1" spans="3:6">
+      <c r="C3061" s="1"/>
+      <c r="E3061" s="1"/>
+      <c r="F3061" s="1"/>
+    </row>
+    <row r="3062" customHeight="1" spans="3:6">
+      <c r="C3062" s="1"/>
+      <c r="E3062" s="1"/>
+      <c r="F3062" s="9"/>
+    </row>
+    <row r="3063" customHeight="1" spans="3:6">
+      <c r="C3063" s="9"/>
+      <c r="E3063" s="9"/>
+      <c r="F3063" s="1"/>
+    </row>
+    <row r="3064" customHeight="1" spans="3:6">
+      <c r="C3064" s="1"/>
+      <c r="E3064" s="1"/>
+      <c r="F3064" s="1"/>
+    </row>
+    <row r="3065" customHeight="1" spans="3:6">
+      <c r="C3065" s="1"/>
+      <c r="E3065" s="1"/>
+      <c r="F3065" s="1"/>
+    </row>
+    <row r="3066" customHeight="1" spans="3:6">
+      <c r="C3066" s="1"/>
+      <c r="E3066" s="1"/>
+      <c r="F3066" s="1"/>
+    </row>
+    <row r="3067" customHeight="1" spans="3:6">
+      <c r="C3067" s="1"/>
+      <c r="E3067" s="1"/>
+      <c r="F3067" s="1"/>
+    </row>
+    <row r="3068" customHeight="1" spans="3:6">
+      <c r="C3068" s="1"/>
+      <c r="E3068" s="1"/>
+      <c r="F3068" s="1"/>
+    </row>
+    <row r="3069" customHeight="1" spans="3:6">
+      <c r="C3069" s="1"/>
+      <c r="E3069" s="1"/>
+      <c r="F3069" s="1"/>
+    </row>
+    <row r="3070" customHeight="1" spans="3:6">
+      <c r="C3070" s="1"/>
+      <c r="E3070" s="1"/>
+      <c r="F3070" s="9"/>
+    </row>
+    <row r="3071" customHeight="1" spans="3:6">
+      <c r="C3071" s="9"/>
+      <c r="E3071" s="9"/>
+      <c r="F3071" s="1"/>
+    </row>
+    <row r="3072" customHeight="1" spans="3:6">
+      <c r="C3072" s="1"/>
+      <c r="E3072" s="1"/>
+      <c r="F3072" s="1"/>
+    </row>
+    <row r="3073" customHeight="1" spans="3:6">
+      <c r="C3073" s="1"/>
+      <c r="E3073" s="1"/>
+      <c r="F3073" s="1"/>
+    </row>
+    <row r="3074" customHeight="1" spans="3:6">
+      <c r="C3074" s="1"/>
+      <c r="E3074" s="1"/>
+      <c r="F3074" s="1"/>
+    </row>
+    <row r="3075" customHeight="1" spans="3:6">
+      <c r="C3075" s="1"/>
+      <c r="E3075" s="1"/>
+      <c r="F3075" s="1"/>
+    </row>
+    <row r="3076" customHeight="1" spans="3:6">
+      <c r="C3076" s="1"/>
+      <c r="E3076" s="1"/>
+      <c r="F3076" s="1"/>
+    </row>
+    <row r="3077" customHeight="1" spans="3:6">
+      <c r="C3077" s="1"/>
+      <c r="E3077" s="1"/>
+      <c r="F3077" s="1"/>
+    </row>
+    <row r="3078" customHeight="1" spans="3:6">
+      <c r="C3078" s="1"/>
+      <c r="E3078" s="1"/>
+      <c r="F3078" s="9"/>
+    </row>
+    <row r="3079" customHeight="1" spans="3:6">
+      <c r="C3079" s="9"/>
+      <c r="E3079" s="9"/>
+      <c r="F3079" s="1"/>
+    </row>
+    <row r="3080" customHeight="1" spans="3:6">
+      <c r="C3080" s="1"/>
+      <c r="E3080" s="1"/>
+      <c r="F3080" s="1"/>
+    </row>
+    <row r="3081" customHeight="1" spans="3:6">
+      <c r="C3081" s="1"/>
+      <c r="E3081" s="1"/>
+      <c r="F3081" s="1"/>
+    </row>
+    <row r="3082" customHeight="1" spans="3:6">
+      <c r="C3082" s="1"/>
+      <c r="E3082" s="1"/>
+      <c r="F3082" s="1"/>
+    </row>
+    <row r="3083" customHeight="1" spans="3:6">
+      <c r="C3083" s="1"/>
+      <c r="E3083" s="1"/>
+      <c r="F3083" s="1"/>
+    </row>
+    <row r="3084" customHeight="1" spans="3:6">
+      <c r="C3084" s="1"/>
+      <c r="E3084" s="1"/>
+      <c r="F3084" s="1"/>
+    </row>
+    <row r="3085" customHeight="1" spans="3:6">
+      <c r="C3085" s="1"/>
+      <c r="E3085" s="1"/>
+      <c r="F3085" s="1"/>
+    </row>
+    <row r="3086" customHeight="1" spans="3:6">
+      <c r="C3086" s="1"/>
+      <c r="E3086" s="1"/>
+      <c r="F3086" s="9"/>
+    </row>
+    <row r="3087" customHeight="1" spans="3:6">
+      <c r="C3087" s="9"/>
+      <c r="E3087" s="9"/>
+      <c r="F3087" s="1"/>
+    </row>
+    <row r="3088" customHeight="1" spans="3:6">
+      <c r="C3088" s="1"/>
+      <c r="E3088" s="1"/>
+      <c r="F3088" s="1"/>
+    </row>
+    <row r="3089" customHeight="1" spans="3:6">
+      <c r="C3089" s="1"/>
+      <c r="E3089" s="1"/>
+      <c r="F3089" s="1"/>
+    </row>
+    <row r="3090" customHeight="1" spans="3:6">
+      <c r="C3090" s="1"/>
+      <c r="E3090" s="1"/>
+      <c r="F3090" s="1"/>
+    </row>
+    <row r="3091" customHeight="1" spans="3:6">
+      <c r="C3091" s="1"/>
+      <c r="E3091" s="1"/>
+      <c r="F3091" s="1"/>
+    </row>
+    <row r="3092" customHeight="1" spans="3:6">
+      <c r="C3092" s="1"/>
+      <c r="E3092" s="1"/>
+      <c r="F3092" s="1"/>
+    </row>
+    <row r="3093" customHeight="1" spans="3:6">
+      <c r="C3093" s="1"/>
+      <c r="E3093" s="1"/>
+      <c r="F3093" s="1"/>
+    </row>
+    <row r="3094" customHeight="1" spans="3:6">
+      <c r="C3094" s="1"/>
+      <c r="E3094" s="1"/>
+      <c r="F3094" s="9"/>
+    </row>
+    <row r="3095" customHeight="1" spans="3:6">
+      <c r="C3095" s="9"/>
+      <c r="E3095" s="9"/>
+      <c r="F3095" s="1"/>
+    </row>
+    <row r="3096" customHeight="1" spans="3:6">
+      <c r="C3096" s="1"/>
+      <c r="E3096" s="1"/>
+      <c r="F3096" s="1"/>
+    </row>
+    <row r="3097" customHeight="1" spans="3:6">
+      <c r="C3097" s="1"/>
+      <c r="E3097" s="1"/>
+      <c r="F3097" s="1"/>
+    </row>
+    <row r="3098" customHeight="1" spans="3:6">
+      <c r="C3098" s="1"/>
+      <c r="E3098" s="1"/>
+      <c r="F3098" s="1"/>
+    </row>
+    <row r="3099" customHeight="1" spans="3:6">
+      <c r="C3099" s="1"/>
+      <c r="E3099" s="1"/>
+      <c r="F3099" s="1"/>
+    </row>
+    <row r="3100" customHeight="1" spans="3:6">
+      <c r="C3100" s="1"/>
+      <c r="E3100" s="1"/>
+      <c r="F3100" s="1"/>
+    </row>
+    <row r="3101" customHeight="1" spans="3:6">
+      <c r="C3101" s="1"/>
+      <c r="E3101" s="1"/>
+      <c r="F3101" s="1"/>
+    </row>
+    <row r="3102" customHeight="1" spans="3:6">
+      <c r="C3102" s="1"/>
+      <c r="E3102" s="1"/>
+      <c r="F3102" s="9"/>
+    </row>
+    <row r="3103" customHeight="1" spans="3:6">
+      <c r="C3103" s="9"/>
+      <c r="E3103" s="9"/>
+      <c r="F3103" s="1"/>
+    </row>
+    <row r="3104" customHeight="1" spans="3:6">
+      <c r="C3104" s="1"/>
+      <c r="E3104" s="1"/>
+      <c r="F3104" s="1"/>
+    </row>
+    <row r="3105" customHeight="1" spans="3:6">
+      <c r="C3105" s="1"/>
+      <c r="E3105" s="1"/>
+      <c r="F3105" s="1"/>
+    </row>
+    <row r="3106" customHeight="1" spans="3:6">
+      <c r="C3106" s="1"/>
+      <c r="E3106" s="1"/>
+      <c r="F3106" s="1"/>
+    </row>
+    <row r="3107" customHeight="1" spans="3:6">
+      <c r="C3107" s="1"/>
+      <c r="E3107" s="1"/>
+      <c r="F3107" s="1"/>
+    </row>
+    <row r="3108" customHeight="1" spans="3:6">
+      <c r="C3108" s="1"/>
+      <c r="E3108" s="1"/>
+      <c r="F3108" s="1"/>
+    </row>
+    <row r="3109" customHeight="1" spans="3:6">
+      <c r="C3109" s="1"/>
+      <c r="E3109" s="1"/>
+      <c r="F3109" s="1"/>
+    </row>
+    <row r="3110" customHeight="1" spans="3:6">
+      <c r="C3110" s="1"/>
+      <c r="E3110" s="1"/>
+      <c r="F3110" s="9"/>
+    </row>
+    <row r="3111" customHeight="1" spans="3:6">
+      <c r="C3111" s="9"/>
+      <c r="E3111" s="9"/>
+      <c r="F3111" s="1"/>
+    </row>
+    <row r="3112" customHeight="1" spans="3:6">
+      <c r="C3112" s="1"/>
+      <c r="E3112" s="1"/>
+      <c r="F3112" s="1"/>
+    </row>
+    <row r="3113" customHeight="1" spans="3:6">
+      <c r="C3113" s="1"/>
+      <c r="E3113" s="1"/>
+      <c r="F3113" s="1"/>
+    </row>
+    <row r="3114" customHeight="1" spans="3:6">
+      <c r="C3114" s="1"/>
+      <c r="E3114" s="1"/>
+      <c r="F3114" s="1"/>
+    </row>
+    <row r="3115" customHeight="1" spans="3:6">
+      <c r="C3115" s="1"/>
+      <c r="E3115" s="1"/>
+      <c r="F3115" s="1"/>
+    </row>
+    <row r="3116" customHeight="1" spans="3:6">
+      <c r="C3116" s="1"/>
+      <c r="E3116" s="1"/>
+      <c r="F3116" s="1"/>
+    </row>
+    <row r="3117" customHeight="1" spans="3:6">
+      <c r="C3117" s="1"/>
+      <c r="E3117" s="1"/>
+      <c r="F3117" s="1"/>
+    </row>
+    <row r="3118" customHeight="1" spans="3:6">
+      <c r="C3118" s="1"/>
+      <c r="E3118" s="1"/>
+      <c r="F3118" s="9"/>
+    </row>
+    <row r="3119" customHeight="1" spans="3:6">
+      <c r="C3119" s="9"/>
+      <c r="E3119" s="9"/>
+      <c r="F3119" s="1"/>
+    </row>
+    <row r="3120" customHeight="1" spans="3:6">
+      <c r="C3120" s="1"/>
+      <c r="E3120" s="1"/>
+      <c r="F3120" s="1"/>
+    </row>
+    <row r="3121" customHeight="1" spans="3:6">
+      <c r="C3121" s="1"/>
+      <c r="E3121" s="1"/>
+      <c r="F3121" s="1"/>
+    </row>
+    <row r="3122" customHeight="1" spans="3:6">
+      <c r="C3122" s="1"/>
+      <c r="E3122" s="1"/>
+      <c r="F3122" s="1"/>
+    </row>
+    <row r="3123" customHeight="1" spans="3:6">
+      <c r="C3123" s="1"/>
+      <c r="E3123" s="1"/>
+      <c r="F3123" s="1"/>
+    </row>
+    <row r="3124" customHeight="1" spans="3:6">
+      <c r="C3124" s="1"/>
+      <c r="E3124" s="1"/>
+      <c r="F3124" s="1"/>
+    </row>
+    <row r="3125" customHeight="1" spans="3:6">
+      <c r="C3125" s="1"/>
+      <c r="E3125" s="1"/>
+      <c r="F3125" s="1"/>
+    </row>
+    <row r="3126" customHeight="1" spans="3:6">
+      <c r="C3126" s="1"/>
+      <c r="E3126" s="1"/>
+      <c r="F3126" s="9"/>
+    </row>
+    <row r="3127" customHeight="1" spans="3:6">
+      <c r="C3127" s="9"/>
+      <c r="E3127" s="9"/>
+      <c r="F3127" s="1"/>
+    </row>
+    <row r="3128" customHeight="1" spans="3:6">
+      <c r="C3128" s="1"/>
+      <c r="E3128" s="1"/>
+      <c r="F3128" s="1"/>
+    </row>
+    <row r="3129" customHeight="1" spans="3:6">
+      <c r="C3129" s="1"/>
+      <c r="E3129" s="1"/>
+      <c r="F3129" s="1"/>
+    </row>
+    <row r="3130" customHeight="1" spans="3:6">
+      <c r="C3130" s="1"/>
+      <c r="E3130" s="1"/>
+      <c r="F3130" s="1"/>
+    </row>
+    <row r="3131" customHeight="1" spans="3:6">
+      <c r="C3131" s="1"/>
+      <c r="E3131" s="1"/>
+      <c r="F3131" s="1"/>
+    </row>
+    <row r="3132" customHeight="1" spans="3:6">
+      <c r="C3132" s="1"/>
+      <c r="E3132" s="1"/>
+      <c r="F3132" s="1"/>
+    </row>
+    <row r="3133" customHeight="1" spans="3:6">
+      <c r="C3133" s="1"/>
+      <c r="E3133" s="1"/>
+      <c r="F3133" s="1"/>
+    </row>
+    <row r="3134" customHeight="1" spans="3:6">
+      <c r="C3134" s="1"/>
+      <c r="E3134" s="1"/>
+      <c r="F3134" s="9"/>
+    </row>
+    <row r="3135" customHeight="1" spans="3:6">
+      <c r="C3135" s="9"/>
+      <c r="E3135" s="9"/>
+      <c r="F3135" s="1"/>
+    </row>
+    <row r="3136" customHeight="1" spans="3:6">
+      <c r="C3136" s="1"/>
+      <c r="E3136" s="1"/>
+      <c r="F3136" s="1"/>
+    </row>
+    <row r="3137" customHeight="1" spans="3:6">
+      <c r="C3137" s="1"/>
+      <c r="E3137" s="1"/>
+      <c r="F3137" s="1"/>
+    </row>
+    <row r="3138" customHeight="1" spans="3:6">
+      <c r="C3138" s="1"/>
+      <c r="E3138" s="1"/>
+      <c r="F3138" s="1"/>
+    </row>
+    <row r="3139" customHeight="1" spans="3:6">
+      <c r="C3139" s="1"/>
+      <c r="E3139" s="1"/>
+      <c r="F3139" s="1"/>
+    </row>
+    <row r="3140" customHeight="1" spans="3:6">
+      <c r="C3140" s="1"/>
+      <c r="E3140" s="1"/>
+      <c r="F3140" s="1"/>
+    </row>
+    <row r="3141" customHeight="1" spans="3:6">
+      <c r="C3141" s="1"/>
+      <c r="E3141" s="1"/>
+      <c r="F3141" s="1"/>
+    </row>
+    <row r="3142" customHeight="1" spans="3:6">
+      <c r="C3142" s="1"/>
+      <c r="E3142" s="1"/>
+      <c r="F3142" s="9"/>
+    </row>
+    <row r="3143" customHeight="1" spans="3:6">
+      <c r="C3143" s="9"/>
+      <c r="E3143" s="9"/>
+      <c r="F3143" s="1"/>
+    </row>
+    <row r="3144" customHeight="1" spans="3:6">
+      <c r="C3144" s="1"/>
+      <c r="E3144" s="1"/>
+      <c r="F3144" s="1"/>
+    </row>
+    <row r="3145" customHeight="1" spans="3:6">
+      <c r="C3145" s="1"/>
+      <c r="E3145" s="1"/>
+      <c r="F3145" s="1"/>
+    </row>
+    <row r="3146" customHeight="1" spans="3:6">
+      <c r="C3146" s="1"/>
+      <c r="E3146" s="1"/>
+      <c r="F3146" s="1"/>
+    </row>
+    <row r="3147" customHeight="1" spans="3:6">
+      <c r="C3147" s="1"/>
+      <c r="E3147" s="1"/>
+      <c r="F3147" s="1"/>
+    </row>
+    <row r="3148" customHeight="1" spans="3:6">
+      <c r="C3148" s="1"/>
+      <c r="E3148" s="1"/>
+      <c r="F3148" s="1"/>
+    </row>
+    <row r="3149" customHeight="1" spans="3:6">
+      <c r="C3149" s="1"/>
+      <c r="E3149" s="1"/>
+      <c r="F3149" s="1"/>
+    </row>
+    <row r="3150" customHeight="1" spans="3:6">
+      <c r="C3150" s="1"/>
+      <c r="E3150" s="1"/>
+      <c r="F3150" s="9"/>
+    </row>
+    <row r="3151" customHeight="1" spans="3:6">
+      <c r="C3151" s="9"/>
+      <c r="E3151" s="9"/>
+      <c r="F3151" s="1"/>
+    </row>
+    <row r="3152" customHeight="1" spans="3:6">
+      <c r="C3152" s="1"/>
+      <c r="E3152" s="1"/>
+      <c r="F3152" s="1"/>
+    </row>
+    <row r="3153" customHeight="1" spans="3:6">
+      <c r="C3153" s="1"/>
+      <c r="E3153" s="1"/>
+      <c r="F3153" s="1"/>
+    </row>
+    <row r="3154" customHeight="1" spans="3:6">
+      <c r="C3154" s="1"/>
+      <c r="E3154" s="1"/>
+      <c r="F3154" s="1"/>
+    </row>
+    <row r="3155" customHeight="1" spans="3:6">
+      <c r="C3155" s="1"/>
+      <c r="E3155" s="1"/>
+      <c r="F3155" s="1"/>
+    </row>
+    <row r="3156" customHeight="1" spans="3:6">
+      <c r="C3156" s="1"/>
+      <c r="E3156" s="1"/>
+      <c r="F3156" s="1"/>
+    </row>
+    <row r="3157" customHeight="1" spans="3:6">
+      <c r="C3157" s="1"/>
+      <c r="E3157" s="1"/>
+      <c r="F3157" s="1"/>
+    </row>
+    <row r="3158" customHeight="1" spans="3:6">
+      <c r="C3158" s="1"/>
+      <c r="E3158" s="1"/>
+      <c r="F3158" s="9"/>
+    </row>
+    <row r="3159" customHeight="1" spans="3:6">
+      <c r="C3159" s="9"/>
+      <c r="E3159" s="9"/>
+      <c r="F3159" s="1"/>
+    </row>
+    <row r="3160" customHeight="1" spans="3:6">
+      <c r="C3160" s="1"/>
+      <c r="E3160" s="1"/>
+      <c r="F3160" s="1"/>
+    </row>
+    <row r="3161" customHeight="1" spans="3:6">
+      <c r="C3161" s="1"/>
+      <c r="E3161" s="1"/>
+      <c r="F3161" s="1"/>
+    </row>
+    <row r="3162" customHeight="1" spans="3:6">
+      <c r="C3162" s="1"/>
+      <c r="E3162" s="1"/>
+      <c r="F3162" s="1"/>
+    </row>
+    <row r="3163" customHeight="1" spans="3:6">
+      <c r="C3163" s="1"/>
+      <c r="E3163" s="1"/>
+      <c r="F3163" s="1"/>
+    </row>
+    <row r="3164" customHeight="1" spans="3:6">
+      <c r="C3164" s="1"/>
+      <c r="E3164" s="1"/>
+      <c r="F3164" s="1"/>
+    </row>
+    <row r="3165" customHeight="1" spans="3:6">
+      <c r="C3165" s="1"/>
+      <c r="E3165" s="1"/>
+      <c r="F3165" s="1"/>
+    </row>
+    <row r="3166" customHeight="1" spans="3:6">
+      <c r="C3166" s="1"/>
+      <c r="E3166" s="1"/>
+      <c r="F3166" s="9"/>
+    </row>
+    <row r="3167" customHeight="1" spans="3:6">
+      <c r="C3167" s="9"/>
+      <c r="E3167" s="9"/>
+      <c r="F3167" s="1"/>
+    </row>
+    <row r="3168" customHeight="1" spans="3:6">
+      <c r="C3168" s="1"/>
+      <c r="E3168" s="1"/>
+      <c r="F3168" s="1"/>
+    </row>
+    <row r="3169" customHeight="1" spans="3:6">
+      <c r="C3169" s="1"/>
+      <c r="E3169" s="1"/>
+      <c r="F3169" s="1"/>
+    </row>
+    <row r="3170" customHeight="1" spans="3:6">
+      <c r="C3170" s="1"/>
+      <c r="E3170" s="1"/>
+      <c r="F3170" s="1"/>
+    </row>
+    <row r="3171" customHeight="1" spans="3:6">
+      <c r="C3171" s="1"/>
+      <c r="E3171" s="1"/>
+      <c r="F3171" s="1"/>
+    </row>
+    <row r="3172" customHeight="1" spans="3:6">
+      <c r="C3172" s="1"/>
+      <c r="E3172" s="1"/>
+      <c r="F3172" s="1"/>
+    </row>
+    <row r="3173" customHeight="1" spans="3:6">
+      <c r="C3173" s="1"/>
+      <c r="E3173" s="1"/>
+      <c r="F3173" s="1"/>
+    </row>
+    <row r="3174" customHeight="1" spans="3:6">
+      <c r="C3174" s="1"/>
+      <c r="E3174" s="1"/>
+      <c r="F3174" s="9"/>
+    </row>
+    <row r="3175" customHeight="1" spans="3:6">
+      <c r="C3175" s="9"/>
+      <c r="E3175" s="9"/>
+      <c r="F3175" s="1"/>
+    </row>
+    <row r="3176" customHeight="1" spans="3:6">
+      <c r="C3176" s="1"/>
+      <c r="E3176" s="1"/>
+      <c r="F3176" s="1"/>
+    </row>
+    <row r="3177" customHeight="1" spans="3:6">
+      <c r="C3177" s="1"/>
+      <c r="E3177" s="1"/>
+      <c r="F3177" s="1"/>
+    </row>
+    <row r="3178" customHeight="1" spans="3:6">
+      <c r="C3178" s="1"/>
+      <c r="E3178" s="1"/>
+      <c r="F3178" s="1"/>
+    </row>
+    <row r="3179" customHeight="1" spans="3:6">
+      <c r="C3179" s="1"/>
+      <c r="E3179" s="1"/>
+      <c r="F3179" s="1"/>
+    </row>
+    <row r="3180" customHeight="1" spans="3:6">
+      <c r="C3180" s="1"/>
+      <c r="E3180" s="1"/>
+      <c r="F3180" s="1"/>
+    </row>
+    <row r="3181" customHeight="1" spans="3:6">
+      <c r="C3181" s="1"/>
+      <c r="E3181" s="1"/>
+      <c r="F3181" s="1"/>
+    </row>
+    <row r="3182" customHeight="1" spans="3:6">
+      <c r="C3182" s="1"/>
+      <c r="E3182" s="1"/>
+      <c r="F3182" s="9"/>
+    </row>
+    <row r="3183" customHeight="1" spans="3:6">
+      <c r="C3183" s="9"/>
+      <c r="E3183" s="9"/>
+      <c r="F3183" s="1"/>
+    </row>
+    <row r="3184" customHeight="1" spans="3:6">
+      <c r="C3184" s="1"/>
+      <c r="E3184" s="1"/>
+      <c r="F3184" s="1"/>
+    </row>
+    <row r="3185" customHeight="1" spans="3:6">
+      <c r="C3185" s="1"/>
+      <c r="E3185" s="1"/>
+      <c r="F3185" s="1"/>
+    </row>
+    <row r="3186" customHeight="1" spans="3:6">
+      <c r="C3186" s="1"/>
+      <c r="E3186" s="1"/>
+      <c r="F3186" s="1"/>
+    </row>
+    <row r="3187" customHeight="1" spans="3:6">
+      <c r="C3187" s="1"/>
+      <c r="E3187" s="1"/>
+      <c r="F3187" s="1"/>
+    </row>
+    <row r="3188" customHeight="1" spans="3:6">
+      <c r="C3188" s="1"/>
+      <c r="E3188" s="1"/>
+      <c r="F3188" s="1"/>
+    </row>
+    <row r="3189" customHeight="1" spans="3:6">
+      <c r="C3189" s="1"/>
+      <c r="E3189" s="1"/>
+      <c r="F3189" s="1"/>
+    </row>
+    <row r="3190" customHeight="1" spans="3:6">
+      <c r="C3190" s="1"/>
+      <c r="E3190" s="1"/>
+      <c r="F3190" s="9"/>
+    </row>
+    <row r="3191" customHeight="1" spans="3:6">
+      <c r="C3191" s="9"/>
+      <c r="E3191" s="9"/>
+      <c r="F3191" s="1"/>
+    </row>
+    <row r="3192" customHeight="1" spans="3:6">
+      <c r="C3192" s="1"/>
+      <c r="E3192" s="1"/>
+      <c r="F3192" s="1"/>
+    </row>
+    <row r="3193" customHeight="1" spans="3:6">
+      <c r="C3193" s="1"/>
+      <c r="E3193" s="1"/>
+      <c r="F3193" s="1"/>
+    </row>
+    <row r="3194" customHeight="1" spans="3:6">
+      <c r="C3194" s="1"/>
+      <c r="E3194" s="1"/>
+      <c r="F3194" s="1"/>
+    </row>
+    <row r="3195" customHeight="1" spans="3:6">
+      <c r="C3195" s="1"/>
+      <c r="E3195" s="1"/>
+      <c r="F3195" s="1"/>
+    </row>
+    <row r="3196" customHeight="1" spans="3:6">
+      <c r="C3196" s="1"/>
+      <c r="E3196" s="1"/>
+      <c r="F3196" s="1"/>
+    </row>
+    <row r="3197" customHeight="1" spans="3:6">
+      <c r="C3197" s="1"/>
+      <c r="E3197" s="1"/>
+      <c r="F3197" s="1"/>
+    </row>
+    <row r="3198" customHeight="1" spans="3:6">
+      <c r="C3198" s="1"/>
+      <c r="E3198" s="1"/>
+      <c r="F3198" s="9"/>
+    </row>
+    <row r="3199" customHeight="1" spans="3:6">
+      <c r="C3199" s="9"/>
+      <c r="E3199" s="9"/>
+      <c r="F3199" s="1"/>
+    </row>
+    <row r="3200" customHeight="1" spans="3:6">
+      <c r="C3200" s="1"/>
+      <c r="E3200" s="1"/>
+      <c r="F3200" s="1"/>
+    </row>
+    <row r="3201" customHeight="1" spans="3:6">
+      <c r="C3201" s="1"/>
+      <c r="E3201" s="1"/>
+      <c r="F3201" s="1"/>
+    </row>
+    <row r="3202" customHeight="1" spans="3:6">
+      <c r="C3202" s="1"/>
+      <c r="E3202" s="1"/>
+      <c r="F3202" s="1"/>
+    </row>
+    <row r="3203" customHeight="1" spans="3:6">
+      <c r="C3203" s="1"/>
+      <c r="E3203" s="1"/>
+      <c r="F3203" s="1"/>
+    </row>
+    <row r="3204" customHeight="1" spans="3:6">
+      <c r="C3204" s="1"/>
+      <c r="E3204" s="1"/>
+      <c r="F3204" s="1"/>
+    </row>
+    <row r="3205" customHeight="1" spans="3:6">
+      <c r="C3205" s="1"/>
+      <c r="E3205" s="1"/>
+      <c r="F3205" s="1"/>
+    </row>
+    <row r="3206" customHeight="1" spans="3:6">
+      <c r="C3206" s="1"/>
+      <c r="E3206" s="1"/>
+      <c r="F3206" s="9"/>
+    </row>
+    <row r="3207" customHeight="1" spans="3:6">
+      <c r="C3207" s="9"/>
+      <c r="E3207" s="9"/>
+      <c r="F3207" s="1"/>
+    </row>
+    <row r="3208" customHeight="1" spans="3:6">
+      <c r="C3208" s="1"/>
+      <c r="E3208" s="1"/>
+      <c r="F3208" s="1"/>
+    </row>
+    <row r="3209" customHeight="1" spans="3:6">
+      <c r="C3209" s="1"/>
+      <c r="E3209" s="1"/>
+      <c r="F3209" s="1"/>
+    </row>
+    <row r="3210" customHeight="1" spans="3:6">
+      <c r="C3210" s="1"/>
+      <c r="E3210" s="1"/>
+      <c r="F3210" s="1"/>
+    </row>
+    <row r="3211" customHeight="1" spans="3:6">
+      <c r="C3211" s="1"/>
+      <c r="E3211" s="1"/>
+      <c r="F3211" s="1"/>
+    </row>
+    <row r="3212" customHeight="1" spans="3:6">
+      <c r="C3212" s="1"/>
+      <c r="E3212" s="1"/>
+      <c r="F3212" s="1"/>
+    </row>
+    <row r="3213" customHeight="1" spans="3:6">
+      <c r="C3213" s="1"/>
+      <c r="E3213" s="1"/>
+      <c r="F3213" s="1"/>
+    </row>
+    <row r="3214" customHeight="1" spans="3:6">
+      <c r="C3214" s="1"/>
+      <c r="E3214" s="1"/>
+      <c r="F3214" s="9"/>
+    </row>
+    <row r="3215" customHeight="1" spans="3:6">
+      <c r="C3215" s="9"/>
+      <c r="E3215" s="9"/>
+      <c r="F3215" s="1"/>
+    </row>
+    <row r="3216" customHeight="1" spans="3:6">
+      <c r="C3216" s="1"/>
+      <c r="E3216" s="1"/>
+      <c r="F3216" s="1"/>
+    </row>
+    <row r="3217" customHeight="1" spans="3:6">
+      <c r="C3217" s="1"/>
+      <c r="E3217" s="1"/>
+      <c r="F3217" s="1"/>
+    </row>
+    <row r="3218" customHeight="1" spans="3:6">
+      <c r="C3218" s="1"/>
+      <c r="E3218" s="1"/>
+      <c r="F3218" s="1"/>
+    </row>
+    <row r="3219" customHeight="1" spans="3:6">
+      <c r="C3219" s="1"/>
+      <c r="E3219" s="1"/>
+      <c r="F3219" s="1"/>
+    </row>
+    <row r="3220" customHeight="1" spans="3:6">
+      <c r="C3220" s="1"/>
+      <c r="E3220" s="1"/>
+      <c r="F3220" s="1"/>
+    </row>
+    <row r="3221" customHeight="1" spans="3:6">
+      <c r="C3221" s="1"/>
+      <c r="E3221" s="1"/>
+      <c r="F3221" s="1"/>
+    </row>
+    <row r="3222" customHeight="1" spans="3:6">
+      <c r="C3222" s="1"/>
+      <c r="E3222" s="1"/>
+      <c r="F3222" s="9"/>
+    </row>
+    <row r="3223" customHeight="1" spans="3:6">
+      <c r="C3223" s="9"/>
+      <c r="E3223" s="9"/>
+      <c r="F3223" s="1"/>
+    </row>
+    <row r="3224" customHeight="1" spans="3:6">
+      <c r="C3224" s="1"/>
+      <c r="E3224" s="1"/>
+      <c r="F3224" s="1"/>
+    </row>
+    <row r="3225" customHeight="1" spans="3:6">
+      <c r="C3225" s="1"/>
+      <c r="E3225" s="1"/>
+      <c r="F3225" s="1"/>
+    </row>
+    <row r="3226" customHeight="1" spans="3:6">
+      <c r="C3226" s="1"/>
+      <c r="E3226" s="1"/>
+      <c r="F3226" s="1"/>
+    </row>
+    <row r="3227" customHeight="1" spans="3:6">
+      <c r="C3227" s="1"/>
+      <c r="E3227" s="1"/>
+      <c r="F3227" s="1"/>
+    </row>
+    <row r="3228" customHeight="1" spans="3:6">
+      <c r="C3228" s="1"/>
+      <c r="E3228" s="1"/>
+      <c r="F3228" s="1"/>
+    </row>
+    <row r="3229" customHeight="1" spans="3:6">
+      <c r="C3229" s="1"/>
+      <c r="E3229" s="1"/>
+      <c r="F3229" s="1"/>
+    </row>
+    <row r="3230" customHeight="1" spans="3:6">
+      <c r="C3230" s="1"/>
+      <c r="E3230" s="1"/>
+      <c r="F3230" s="9"/>
+    </row>
+    <row r="3231" customHeight="1" spans="3:6">
+      <c r="C3231" s="9"/>
+      <c r="E3231" s="9"/>
+      <c r="F3231" s="1"/>
+    </row>
+    <row r="3232" customHeight="1" spans="3:6">
+      <c r="C3232" s="1"/>
+      <c r="E3232" s="1"/>
+      <c r="F3232" s="1"/>
+    </row>
+    <row r="3233" customHeight="1" spans="3:6">
+      <c r="C3233" s="1"/>
+      <c r="E3233" s="1"/>
+      <c r="F3233" s="1"/>
+    </row>
+    <row r="3234" customHeight="1" spans="3:6">
+      <c r="C3234" s="1"/>
+      <c r="E3234" s="1"/>
+      <c r="F3234" s="1"/>
+    </row>
+    <row r="3235" customHeight="1" spans="3:6">
+      <c r="C3235" s="1"/>
+      <c r="E3235" s="1"/>
+      <c r="F3235" s="1"/>
+    </row>
+    <row r="3236" customHeight="1" spans="3:6">
+      <c r="C3236" s="1"/>
+      <c r="E3236" s="1"/>
+      <c r="F3236" s="1"/>
+    </row>
+    <row r="3237" customHeight="1" spans="3:6">
+      <c r="C3237" s="1"/>
+      <c r="E3237" s="1"/>
+      <c r="F3237" s="1"/>
+    </row>
+    <row r="3238" customHeight="1" spans="3:6">
+      <c r="C3238" s="1"/>
+      <c r="E3238" s="1"/>
+      <c r="F3238" s="9"/>
+    </row>
+    <row r="3239" customHeight="1" spans="3:6">
+      <c r="C3239" s="9"/>
+      <c r="E3239" s="9"/>
+      <c r="F3239" s="1"/>
+    </row>
+    <row r="3240" customHeight="1" spans="3:6">
+      <c r="C3240" s="1"/>
+      <c r="E3240" s="1"/>
+      <c r="F3240" s="1"/>
+    </row>
+    <row r="3241" customHeight="1" spans="3:6">
+      <c r="C3241" s="1"/>
+      <c r="E3241" s="1"/>
+      <c r="F3241" s="1"/>
+    </row>
+    <row r="3242" customHeight="1" spans="3:6">
+      <c r="C3242" s="1"/>
+      <c r="E3242" s="1"/>
+      <c r="F3242" s="1"/>
+    </row>
+    <row r="3243" customHeight="1" spans="3:6">
+      <c r="C3243" s="1"/>
+      <c r="E3243" s="1"/>
+      <c r="F3243" s="1"/>
+    </row>
+    <row r="3244" customHeight="1" spans="3:6">
+      <c r="C3244" s="1"/>
+      <c r="E3244" s="1"/>
+      <c r="F3244" s="1"/>
+    </row>
+    <row r="3245" customHeight="1" spans="3:6">
+      <c r="C3245" s="1"/>
+      <c r="E3245" s="1"/>
+      <c r="F3245" s="1"/>
+    </row>
+    <row r="3246" customHeight="1" spans="3:6">
+      <c r="C3246" s="1"/>
+      <c r="E3246" s="1"/>
+      <c r="F3246" s="9"/>
+    </row>
+    <row r="3247" customHeight="1" spans="3:6">
+      <c r="C3247" s="9"/>
+      <c r="E3247" s="9"/>
+      <c r="F3247" s="1"/>
+    </row>
+    <row r="3248" customHeight="1" spans="3:6">
+      <c r="C3248" s="1"/>
+      <c r="E3248" s="1"/>
+      <c r="F3248" s="1"/>
+    </row>
+    <row r="3249" customHeight="1" spans="3:6">
+      <c r="C3249" s="1"/>
+      <c r="E3249" s="1"/>
+      <c r="F3249" s="1"/>
+    </row>
+    <row r="3250" customHeight="1" spans="3:6">
+      <c r="C3250" s="1"/>
+      <c r="E3250" s="1"/>
+      <c r="F3250" s="1"/>
+    </row>
+    <row r="3251" customHeight="1" spans="3:6">
+      <c r="C3251" s="1"/>
+      <c r="E3251" s="1"/>
+      <c r="F3251" s="1"/>
+    </row>
+    <row r="3252" customHeight="1" spans="3:6">
+      <c r="C3252" s="1"/>
+      <c r="E3252" s="1"/>
+      <c r="F3252" s="1"/>
+    </row>
+    <row r="3253" customHeight="1" spans="3:6">
+      <c r="C3253" s="1"/>
+      <c r="E3253" s="1"/>
+      <c r="F3253" s="1"/>
+    </row>
+    <row r="3254" customHeight="1" spans="3:6">
+      <c r="C3254" s="1"/>
+      <c r="E3254" s="1"/>
+      <c r="F3254" s="9"/>
+    </row>
+    <row r="3255" customHeight="1" spans="3:6">
+      <c r="C3255" s="9"/>
+      <c r="E3255" s="9"/>
+      <c r="F3255" s="1"/>
+    </row>
+    <row r="3256" customHeight="1" spans="3:6">
+      <c r="C3256" s="1"/>
+      <c r="E3256" s="1"/>
+      <c r="F3256" s="1"/>
+    </row>
+    <row r="3257" customHeight="1" spans="3:6">
+      <c r="C3257" s="1"/>
+      <c r="E3257" s="1"/>
+      <c r="F3257" s="1"/>
+    </row>
+    <row r="3258" customHeight="1" spans="3:6">
+      <c r="C3258" s="1"/>
+      <c r="E3258" s="1"/>
+      <c r="F3258" s="1"/>
+    </row>
+    <row r="3259" customHeight="1" spans="3:6">
+      <c r="C3259" s="1"/>
+      <c r="E3259" s="1"/>
+      <c r="F3259" s="1"/>
+    </row>
+    <row r="3260" customHeight="1" spans="3:6">
+      <c r="C3260" s="1"/>
+      <c r="E3260" s="1"/>
+      <c r="F3260" s="1"/>
+    </row>
+    <row r="3261" customHeight="1" spans="3:6">
+      <c r="C3261" s="1"/>
+      <c r="E3261" s="1"/>
+      <c r="F3261" s="1"/>
+    </row>
+    <row r="3262" customHeight="1" spans="3:6">
+      <c r="C3262" s="1"/>
+      <c r="E3262" s="1"/>
+      <c r="F3262" s="9"/>
+    </row>
+    <row r="3263" customHeight="1" spans="3:6">
+      <c r="C3263" s="9"/>
+      <c r="E3263" s="9"/>
+      <c r="F3263" s="1"/>
+    </row>
+    <row r="3264" customHeight="1" spans="3:6">
+      <c r="C3264" s="1"/>
+      <c r="E3264" s="1"/>
+      <c r="F3264" s="1"/>
+    </row>
+    <row r="3265" customHeight="1" spans="3:6">
+      <c r="C3265" s="1"/>
+      <c r="E3265" s="1"/>
+      <c r="F3265" s="1"/>
+    </row>
+    <row r="3266" customHeight="1" spans="3:6">
+      <c r="C3266" s="1"/>
+      <c r="E3266" s="1"/>
+      <c r="F3266" s="1"/>
+    </row>
+    <row r="3267" customHeight="1" spans="3:6">
+      <c r="C3267" s="1"/>
+      <c r="E3267" s="1"/>
+      <c r="F3267" s="1"/>
+    </row>
+    <row r="3268" customHeight="1" spans="3:6">
+      <c r="C3268" s="1"/>
+      <c r="E3268" s="1"/>
+      <c r="F3268" s="1"/>
+    </row>
+    <row r="3269" customHeight="1" spans="3:6">
+      <c r="C3269" s="1"/>
+      <c r="E3269" s="1"/>
+      <c r="F3269" s="1"/>
+    </row>
+    <row r="3270" customHeight="1" spans="3:6">
+      <c r="C3270" s="1"/>
+      <c r="E3270" s="1"/>
+      <c r="F3270" s="9"/>
+    </row>
+    <row r="3271" customHeight="1" spans="3:6">
+      <c r="C3271" s="9"/>
+      <c r="E3271" s="9"/>
+      <c r="F3271" s="1"/>
+    </row>
+    <row r="3272" customHeight="1" spans="3:6">
+      <c r="C3272" s="1"/>
+      <c r="E3272" s="1"/>
+      <c r="F3272" s="1"/>
+    </row>
+    <row r="3273" customHeight="1" spans="3:6">
+      <c r="C3273" s="1"/>
+      <c r="E3273" s="1"/>
+      <c r="F3273" s="1"/>
+    </row>
+    <row r="3274" customHeight="1" spans="3:6">
+      <c r="C3274" s="1"/>
+      <c r="E3274" s="1"/>
+      <c r="F3274" s="1"/>
+    </row>
+    <row r="3275" customHeight="1" spans="3:6">
+      <c r="C3275" s="1"/>
+      <c r="E3275" s="1"/>
+      <c r="F3275" s="1"/>
+    </row>
+    <row r="3276" customHeight="1" spans="3:6">
+      <c r="C3276" s="1"/>
+      <c r="E3276" s="1"/>
+      <c r="F3276" s="1"/>
+    </row>
+    <row r="3277" customHeight="1" spans="3:6">
+      <c r="C3277" s="1"/>
+      <c r="E3277" s="1"/>
+      <c r="F3277" s="1"/>
+    </row>
+    <row r="3278" customHeight="1" spans="3:6">
+      <c r="C3278" s="1"/>
+      <c r="E3278" s="1"/>
+      <c r="F3278" s="9"/>
+    </row>
+    <row r="3279" customHeight="1" spans="3:6">
+      <c r="C3279" s="9"/>
+      <c r="E3279" s="9"/>
+      <c r="F3279" s="1"/>
+    </row>
+    <row r="3280" customHeight="1" spans="3:6">
+      <c r="C3280" s="1"/>
+      <c r="E3280" s="1"/>
+      <c r="F3280" s="1"/>
+    </row>
+    <row r="3281" customHeight="1" spans="3:6">
+      <c r="C3281" s="1"/>
+      <c r="E3281" s="1"/>
+      <c r="F3281" s="1"/>
+    </row>
+    <row r="3282" customHeight="1" spans="3:6">
+      <c r="C3282" s="1"/>
+      <c r="E3282" s="1"/>
+      <c r="F3282" s="1"/>
+    </row>
+    <row r="3283" customHeight="1" spans="3:6">
+      <c r="C3283" s="1"/>
+      <c r="E3283" s="1"/>
+      <c r="F3283" s="1"/>
+    </row>
+    <row r="3284" customHeight="1" spans="3:6">
+      <c r="C3284" s="1"/>
+      <c r="E3284" s="1"/>
+      <c r="F3284" s="1"/>
+    </row>
+    <row r="3285" customHeight="1" spans="3:6">
+      <c r="C3285" s="1"/>
+      <c r="E3285" s="1"/>
+      <c r="F3285" s="1"/>
+    </row>
+    <row r="3286" customHeight="1" spans="3:6">
+      <c r="C3286" s="1"/>
+      <c r="E3286" s="1"/>
+      <c r="F3286" s="9"/>
+    </row>
+    <row r="3287" customHeight="1" spans="3:6">
+      <c r="C3287" s="9"/>
+      <c r="E3287" s="9"/>
+      <c r="F3287" s="1"/>
+    </row>
+    <row r="3288" customHeight="1" spans="3:6">
+      <c r="C3288" s="1"/>
+      <c r="E3288" s="1"/>
+      <c r="F3288" s="1"/>
+    </row>
+    <row r="3289" customHeight="1" spans="3:6">
+      <c r="C3289" s="1"/>
+      <c r="E3289" s="1"/>
+      <c r="F3289" s="1"/>
+    </row>
+    <row r="3290" customHeight="1" spans="3:6">
+      <c r="C3290" s="1"/>
+      <c r="E3290" s="1"/>
+      <c r="F3290" s="1"/>
+    </row>
+    <row r="3291" customHeight="1" spans="3:6">
+      <c r="C3291" s="1"/>
+      <c r="E3291" s="1"/>
+      <c r="F3291" s="1"/>
+    </row>
+    <row r="3292" customHeight="1" spans="3:6">
+      <c r="C3292" s="1"/>
+      <c r="E3292" s="1"/>
+      <c r="F3292" s="1"/>
+    </row>
+    <row r="3293" customHeight="1" spans="3:6">
+      <c r="C3293" s="1"/>
+      <c r="E3293" s="1"/>
+      <c r="F3293" s="1"/>
+    </row>
+    <row r="3294" customHeight="1" spans="3:6">
+      <c r="C3294" s="1"/>
+      <c r="E3294" s="1"/>
+      <c r="F3294" s="9"/>
+    </row>
+    <row r="3295" customHeight="1" spans="3:6">
+      <c r="C3295" s="9"/>
+      <c r="E3295" s="9"/>
+      <c r="F3295" s="1"/>
+    </row>
+    <row r="3296" customHeight="1" spans="3:6">
+      <c r="C3296" s="1"/>
+      <c r="E3296" s="1"/>
+      <c r="F3296" s="1"/>
+    </row>
+    <row r="3297" customHeight="1" spans="3:6">
+      <c r="C3297" s="1"/>
+      <c r="E3297" s="1"/>
+      <c r="F3297" s="1"/>
+    </row>
+    <row r="3298" customHeight="1" spans="3:6">
+      <c r="C3298" s="1"/>
+      <c r="E3298" s="1"/>
+      <c r="F3298" s="1"/>
+    </row>
+    <row r="3299" customHeight="1" spans="3:6">
+      <c r="C3299" s="1"/>
+      <c r="E3299" s="1"/>
+      <c r="F3299" s="1"/>
+    </row>
+    <row r="3300" customHeight="1" spans="3:6">
+      <c r="C3300" s="1"/>
+      <c r="E3300" s="1"/>
+      <c r="F3300" s="1"/>
+    </row>
+    <row r="3301" customHeight="1" spans="3:6">
+      <c r="C3301" s="1"/>
+      <c r="E3301" s="1"/>
+      <c r="F3301" s="1"/>
+    </row>
+    <row r="3302" customHeight="1" spans="3:6">
+      <c r="C3302" s="1"/>
+      <c r="E3302" s="1"/>
+      <c r="F3302" s="9"/>
+    </row>
+    <row r="3303" customHeight="1" spans="3:6">
+      <c r="C3303" s="9"/>
+      <c r="E3303" s="9"/>
+      <c r="F3303" s="1"/>
+    </row>
+    <row r="3304" customHeight="1" spans="3:6">
+      <c r="C3304" s="1"/>
+      <c r="E3304" s="1"/>
+      <c r="F3304" s="1"/>
+    </row>
+    <row r="3305" customHeight="1" spans="3:6">
+      <c r="C3305" s="1"/>
+      <c r="E3305" s="1"/>
+      <c r="F3305" s="1"/>
+    </row>
+    <row r="3306" customHeight="1" spans="3:6">
+      <c r="C3306" s="1"/>
+      <c r="E3306" s="1"/>
+      <c r="F3306" s="1"/>
+    </row>
+    <row r="3307" customHeight="1" spans="3:6">
+      <c r="C3307" s="1"/>
+      <c r="E3307" s="1"/>
+      <c r="F3307" s="1"/>
+    </row>
+    <row r="3308" customHeight="1" spans="3:6">
+      <c r="C3308" s="1"/>
+      <c r="E3308" s="1"/>
+      <c r="F3308" s="1"/>
+    </row>
+    <row r="3309" customHeight="1" spans="3:6">
+      <c r="C3309" s="1"/>
+      <c r="E3309" s="1"/>
+      <c r="F3309" s="1"/>
+    </row>
+    <row r="3310" customHeight="1" spans="3:6">
+      <c r="C3310" s="1"/>
+      <c r="E3310" s="1"/>
+      <c r="F3310" s="9"/>
+    </row>
+    <row r="3311" customHeight="1" spans="3:6">
+      <c r="C3311" s="9"/>
+      <c r="E3311" s="9"/>
+      <c r="F3311" s="1"/>
+    </row>
+    <row r="3312" customHeight="1" spans="3:6">
+      <c r="C3312" s="1"/>
+      <c r="E3312" s="1"/>
+      <c r="F3312" s="1"/>
+    </row>
+    <row r="3313" customHeight="1" spans="3:6">
+      <c r="C3313" s="1"/>
+      <c r="E3313" s="1"/>
+      <c r="F3313" s="1"/>
+    </row>
+    <row r="3314" customHeight="1" spans="3:6">
+      <c r="C3314" s="1"/>
+      <c r="E3314" s="1"/>
+      <c r="F3314" s="1"/>
+    </row>
+    <row r="3315" customHeight="1" spans="3:6">
+      <c r="C3315" s="1"/>
+      <c r="E3315" s="1"/>
+      <c r="F3315" s="1"/>
+    </row>
+    <row r="3316" customHeight="1" spans="3:6">
+      <c r="C3316" s="1"/>
+      <c r="E3316" s="1"/>
+      <c r="F3316" s="1"/>
+    </row>
+    <row r="3317" customHeight="1" spans="3:6">
+      <c r="C3317" s="1"/>
+      <c r="E3317" s="1"/>
+      <c r="F3317" s="1"/>
+    </row>
+    <row r="3318" customHeight="1" spans="3:6">
+      <c r="C3318" s="1"/>
+      <c r="E3318" s="1"/>
+      <c r="F3318" s="9"/>
+    </row>
+    <row r="3319" customHeight="1" spans="3:6">
+      <c r="C3319" s="9"/>
+      <c r="E3319" s="9"/>
+      <c r="F3319" s="1"/>
+    </row>
+    <row r="3320" customHeight="1" spans="3:6">
+      <c r="C3320" s="1"/>
+      <c r="E3320" s="1"/>
+      <c r="F3320" s="1"/>
+    </row>
+    <row r="3321" customHeight="1" spans="3:6">
+      <c r="C3321" s="1"/>
+      <c r="E3321" s="1"/>
+      <c r="F3321" s="1"/>
+    </row>
+    <row r="3322" customHeight="1" spans="3:6">
+      <c r="C3322" s="1"/>
+      <c r="E3322" s="1"/>
+      <c r="F3322" s="1"/>
+    </row>
+    <row r="3323" customHeight="1" spans="3:6">
+      <c r="C3323" s="1"/>
+      <c r="E3323" s="1"/>
+      <c r="F3323" s="1"/>
+    </row>
+    <row r="3324" customHeight="1" spans="3:6">
+      <c r="C3324" s="1"/>
+      <c r="E3324" s="1"/>
+      <c r="F3324" s="1"/>
+    </row>
+    <row r="3325" customHeight="1" spans="3:6">
+      <c r="C3325" s="1"/>
+      <c r="E3325" s="1"/>
+      <c r="F3325" s="1"/>
+    </row>
+    <row r="3326" customHeight="1" spans="3:6">
+      <c r="C3326" s="1"/>
+      <c r="E3326" s="1"/>
+      <c r="F3326" s="9"/>
+    </row>
+    <row r="3327" customHeight="1" spans="3:6">
+      <c r="C3327" s="9"/>
+      <c r="E3327" s="9"/>
+      <c r="F3327" s="1"/>
+    </row>
+    <row r="3328" customHeight="1" spans="3:6">
+      <c r="C3328" s="1"/>
+      <c r="E3328" s="1"/>
+      <c r="F3328" s="1"/>
+    </row>
+    <row r="3329" customHeight="1" spans="3:6">
+      <c r="C3329" s="1"/>
+      <c r="E3329" s="1"/>
+      <c r="F3329" s="1"/>
+    </row>
+    <row r="3330" customHeight="1" spans="3:6">
+      <c r="C3330" s="1"/>
+      <c r="E3330" s="1"/>
+      <c r="F3330" s="1"/>
+    </row>
+    <row r="3331" customHeight="1" spans="3:6">
+      <c r="C3331" s="1"/>
+      <c r="E3331" s="1"/>
+      <c r="F3331" s="1"/>
+    </row>
+    <row r="3332" customHeight="1" spans="3:6">
+      <c r="C3332" s="1"/>
+      <c r="E3332" s="1"/>
+      <c r="F3332" s="1"/>
+    </row>
+    <row r="3333" customHeight="1" spans="3:6">
+      <c r="C3333" s="1"/>
+      <c r="E3333" s="1"/>
+      <c r="F3333" s="1"/>
+    </row>
+    <row r="3334" customHeight="1" spans="3:6">
+      <c r="C3334" s="1"/>
+      <c r="E3334" s="1"/>
+      <c r="F3334" s="9"/>
+    </row>
+    <row r="3335" customHeight="1" spans="3:6">
+      <c r="C3335" s="9"/>
+      <c r="E3335" s="9"/>
+      <c r="F3335" s="1"/>
+    </row>
+    <row r="3336" customHeight="1" spans="3:6">
+      <c r="C3336" s="1"/>
+      <c r="E3336" s="1"/>
+      <c r="F3336" s="1"/>
+    </row>
+    <row r="3337" customHeight="1" spans="3:6">
+      <c r="C3337" s="1"/>
+      <c r="E3337" s="1"/>
+      <c r="F3337" s="1"/>
+    </row>
+    <row r="3338" customHeight="1" spans="3:6">
+      <c r="C3338" s="1"/>
+      <c r="E3338" s="1"/>
+      <c r="F3338" s="1"/>
+    </row>
+    <row r="3339" customHeight="1" spans="3:6">
+      <c r="C3339" s="1"/>
+      <c r="E3339" s="1"/>
+      <c r="F3339" s="1"/>
+    </row>
+    <row r="3340" customHeight="1" spans="3:6">
+      <c r="C3340" s="1"/>
+      <c r="E3340" s="1"/>
+      <c r="F3340" s="1"/>
+    </row>
+    <row r="3341" customHeight="1" spans="3:6">
+      <c r="C3341" s="1"/>
+      <c r="E3341" s="1"/>
+      <c r="F3341" s="1"/>
+    </row>
+    <row r="3342" customHeight="1" spans="3:6">
+      <c r="C3342" s="1"/>
+      <c r="E3342" s="1"/>
+      <c r="F3342" s="9"/>
+    </row>
+    <row r="3343" customHeight="1" spans="3:6">
+      <c r="C3343" s="9"/>
+      <c r="E3343" s="9"/>
+      <c r="F3343" s="1"/>
+    </row>
+    <row r="3344" customHeight="1" spans="3:6">
+      <c r="C3344" s="1"/>
+      <c r="E3344" s="1"/>
+      <c r="F3344" s="1"/>
+    </row>
+    <row r="3345" customHeight="1" spans="3:6">
+      <c r="C3345" s="1"/>
+      <c r="E3345" s="1"/>
+      <c r="F3345" s="1"/>
+    </row>
+    <row r="3346" customHeight="1" spans="3:6">
+      <c r="C3346" s="1"/>
+      <c r="E3346" s="1"/>
+      <c r="F3346" s="1"/>
+    </row>
+    <row r="3347" customHeight="1" spans="3:6">
+      <c r="C3347" s="1"/>
+      <c r="E3347" s="1"/>
+      <c r="F3347" s="1"/>
+    </row>
+    <row r="3348" customHeight="1" spans="3:6">
+      <c r="C3348" s="1"/>
+      <c r="E3348" s="1"/>
+      <c r="F3348" s="1"/>
+    </row>
+    <row r="3349" customHeight="1" spans="3:6">
+      <c r="C3349" s="1"/>
+      <c r="E3349" s="1"/>
+      <c r="F3349" s="1"/>
+    </row>
+    <row r="3350" customHeight="1" spans="3:6">
+      <c r="C3350" s="1"/>
+      <c r="E3350" s="1"/>
+      <c r="F3350" s="9"/>
+    </row>
+    <row r="3351" customHeight="1" spans="3:6">
+      <c r="C3351" s="9"/>
+      <c r="E3351" s="9"/>
+      <c r="F3351" s="1"/>
+    </row>
+    <row r="3352" customHeight="1" spans="3:6">
+      <c r="C3352" s="1"/>
+      <c r="E3352" s="1"/>
+      <c r="F3352" s="1"/>
+    </row>
+    <row r="3353" customHeight="1" spans="3:6">
+      <c r="C3353" s="1"/>
+      <c r="E3353" s="1"/>
+      <c r="F3353" s="1"/>
+    </row>
+    <row r="3354" customHeight="1" spans="3:6">
+      <c r="C3354" s="1"/>
+      <c r="E3354" s="1"/>
+      <c r="F3354" s="1"/>
+    </row>
+    <row r="3355" customHeight="1" spans="3:6">
+      <c r="C3355" s="1"/>
+      <c r="E3355" s="1"/>
+      <c r="F3355" s="1"/>
+    </row>
+    <row r="3356" customHeight="1" spans="3:6">
+      <c r="C3356" s="1"/>
+      <c r="E3356" s="1"/>
+      <c r="F3356" s="1"/>
+    </row>
+    <row r="3357" customHeight="1" spans="3:6">
+      <c r="C3357" s="1"/>
+      <c r="E3357" s="1"/>
+      <c r="F3357" s="1"/>
+    </row>
+    <row r="3358" customHeight="1" spans="3:6">
+      <c r="C3358" s="1"/>
+      <c r="E3358" s="1"/>
+      <c r="F3358" s="9"/>
+    </row>
+    <row r="3359" customHeight="1" spans="3:6">
+      <c r="C3359" s="9"/>
+      <c r="E3359" s="9"/>
+      <c r="F3359" s="1"/>
+    </row>
+    <row r="3360" customHeight="1" spans="3:6">
+      <c r="C3360" s="1"/>
+      <c r="E3360" s="1"/>
+      <c r="F3360" s="1"/>
+    </row>
+    <row r="3361" customHeight="1" spans="3:6">
+      <c r="C3361" s="1"/>
+      <c r="E3361" s="1"/>
+      <c r="F3361" s="1"/>
+    </row>
+    <row r="3362" customHeight="1" spans="3:6">
+      <c r="C3362" s="1"/>
+      <c r="E3362" s="1"/>
+      <c r="F3362" s="1"/>
+    </row>
+    <row r="3363" customHeight="1" spans="3:6">
+      <c r="C3363" s="1"/>
+      <c r="E3363" s="1"/>
+      <c r="F3363" s="1"/>
+    </row>
+    <row r="3364" customHeight="1" spans="3:6">
+      <c r="C3364" s="1"/>
+      <c r="E3364" s="1"/>
+      <c r="F3364" s="1"/>
+    </row>
+    <row r="3365" customHeight="1" spans="3:6">
+      <c r="C3365" s="1"/>
+      <c r="E3365" s="1"/>
+      <c r="F3365" s="1"/>
+    </row>
+    <row r="3366" customHeight="1" spans="3:6">
+      <c r="C3366" s="1"/>
+      <c r="E3366" s="1"/>
+      <c r="F3366" s="9"/>
+    </row>
+    <row r="3367" customHeight="1" spans="3:6">
+      <c r="C3367" s="9"/>
+      <c r="E3367" s="9"/>
+      <c r="F3367" s="1"/>
+    </row>
+    <row r="3368" customHeight="1" spans="3:6">
+      <c r="C3368" s="1"/>
+      <c r="E3368" s="1"/>
+      <c r="F3368" s="1"/>
+    </row>
+    <row r="3369" customHeight="1" spans="3:6">
+      <c r="C3369" s="1"/>
+      <c r="E3369" s="1"/>
+      <c r="F3369" s="1"/>
+    </row>
+    <row r="3370" customHeight="1" spans="3:6">
+      <c r="C3370" s="1"/>
+      <c r="E3370" s="1"/>
+      <c r="F3370" s="1"/>
+    </row>
+    <row r="3371" customHeight="1" spans="3:6">
+      <c r="C3371" s="1"/>
+      <c r="E3371" s="1"/>
+      <c r="F3371" s="1"/>
+    </row>
+    <row r="3372" customHeight="1" spans="3:6">
+      <c r="C3372" s="1"/>
+      <c r="E3372" s="1"/>
+      <c r="F3372" s="1"/>
+    </row>
+    <row r="3373" customHeight="1" spans="3:6">
+      <c r="C3373" s="1"/>
+      <c r="E3373" s="1"/>
+      <c r="F3373" s="1"/>
+    </row>
+    <row r="3374" customHeight="1" spans="3:6">
+      <c r="C3374" s="1"/>
+      <c r="E3374" s="1"/>
+      <c r="F3374" s="9"/>
+    </row>
+    <row r="3375" customHeight="1" spans="3:6">
+      <c r="C3375" s="9"/>
+      <c r="E3375" s="9"/>
+      <c r="F3375" s="1"/>
+    </row>
+    <row r="3376" customHeight="1" spans="3:6">
+      <c r="C3376" s="1"/>
+      <c r="E3376" s="1"/>
+      <c r="F3376" s="1"/>
+    </row>
+    <row r="3377" customHeight="1" spans="3:6">
+      <c r="C3377" s="1"/>
+      <c r="E3377" s="1"/>
+      <c r="F3377" s="1"/>
+    </row>
+    <row r="3378" customHeight="1" spans="3:6">
+      <c r="C3378" s="1"/>
+      <c r="E3378" s="1"/>
+      <c r="F3378" s="1"/>
+    </row>
+    <row r="3379" customHeight="1" spans="3:6">
+      <c r="C3379" s="1"/>
+      <c r="E3379" s="1"/>
+      <c r="F3379" s="1"/>
+    </row>
+    <row r="3380" customHeight="1" spans="3:6">
+      <c r="C3380" s="1"/>
+      <c r="E3380" s="1"/>
+      <c r="F3380" s="1"/>
+    </row>
+    <row r="3381" customHeight="1" spans="3:6">
+      <c r="C3381" s="1"/>
+      <c r="E3381" s="1"/>
+      <c r="F3381" s="1"/>
+    </row>
+    <row r="3382" customHeight="1" spans="3:6">
+      <c r="C3382" s="1"/>
+      <c r="E3382" s="1"/>
+      <c r="F3382" s="9"/>
+    </row>
+    <row r="3383" customHeight="1" spans="3:6">
+      <c r="C3383" s="9"/>
+      <c r="E3383" s="9"/>
+      <c r="F3383" s="1"/>
+    </row>
+    <row r="3384" customHeight="1" spans="3:6">
+      <c r="C3384" s="1"/>
+      <c r="E3384" s="1"/>
+      <c r="F3384" s="1"/>
+    </row>
+    <row r="3385" customHeight="1" spans="3:6">
+      <c r="C3385" s="1"/>
+      <c r="E3385" s="1"/>
+      <c r="F3385" s="1"/>
+    </row>
+    <row r="3386" customHeight="1" spans="3:6">
+      <c r="C3386" s="1"/>
+      <c r="E3386" s="1"/>
+      <c r="F3386" s="1"/>
+    </row>
+    <row r="3387" customHeight="1" spans="3:6">
+      <c r="C3387" s="1"/>
+      <c r="E3387" s="1"/>
+      <c r="F3387" s="1"/>
+    </row>
+    <row r="3388" customHeight="1" spans="3:6">
+      <c r="C3388" s="1"/>
+      <c r="E3388" s="1"/>
+      <c r="F3388" s="1"/>
+    </row>
+    <row r="3389" customHeight="1" spans="3:6">
+      <c r="C3389" s="1"/>
+      <c r="E3389" s="1"/>
+      <c r="F3389" s="1"/>
+    </row>
+    <row r="3390" customHeight="1" spans="3:6">
+      <c r="C3390" s="1"/>
+      <c r="E3390" s="1"/>
+      <c r="F3390" s="9"/>
+    </row>
+    <row r="3391" customHeight="1" spans="3:6">
+      <c r="C3391" s="9"/>
+      <c r="E3391" s="9"/>
+      <c r="F3391" s="1"/>
+    </row>
+    <row r="3392" customHeight="1" spans="3:6">
+      <c r="C3392" s="1"/>
+      <c r="E3392" s="1"/>
+      <c r="F3392" s="1"/>
+    </row>
+    <row r="3393" customHeight="1" spans="3:6">
+      <c r="C3393" s="1"/>
+      <c r="E3393" s="1"/>
+      <c r="F3393" s="1"/>
+    </row>
+    <row r="3394" customHeight="1" spans="3:6">
+      <c r="C3394" s="1"/>
+      <c r="E3394" s="1"/>
+      <c r="F3394" s="1"/>
+    </row>
+    <row r="3395" customHeight="1" spans="3:6">
+      <c r="C3395" s="1"/>
+      <c r="E3395" s="1"/>
+      <c r="F3395" s="1"/>
+    </row>
+    <row r="3396" customHeight="1" spans="3:6">
+      <c r="C3396" s="1"/>
+      <c r="E3396" s="1"/>
+      <c r="F3396" s="1"/>
+    </row>
+    <row r="3397" customHeight="1" spans="3:6">
+      <c r="C3397" s="1"/>
+      <c r="E3397" s="1"/>
+      <c r="F3397" s="1"/>
+    </row>
+    <row r="3398" customHeight="1" spans="3:6">
+      <c r="C3398" s="1"/>
+      <c r="E3398" s="1"/>
+      <c r="F3398" s="9"/>
+    </row>
+    <row r="3399" customHeight="1" spans="3:6">
+      <c r="C3399" s="9"/>
+      <c r="E3399" s="9"/>
+      <c r="F3399" s="1"/>
+    </row>
+    <row r="3400" customHeight="1" spans="3:6">
+      <c r="C3400" s="1"/>
+      <c r="E3400" s="1"/>
+      <c r="F3400" s="1"/>
+    </row>
+    <row r="3401" customHeight="1" spans="3:6">
+      <c r="C3401" s="1"/>
+      <c r="E3401" s="1"/>
+      <c r="F3401" s="1"/>
+    </row>
+    <row r="3402" customHeight="1" spans="3:6">
+      <c r="C3402" s="1"/>
+      <c r="E3402" s="1"/>
+      <c r="F3402" s="1"/>
+    </row>
+    <row r="3403" customHeight="1" spans="3:6">
+      <c r="C3403" s="1"/>
+      <c r="E3403" s="1"/>
+      <c r="F3403" s="1"/>
+    </row>
+    <row r="3404" customHeight="1" spans="3:6">
+      <c r="C3404" s="1"/>
+      <c r="E3404" s="1"/>
+      <c r="F3404" s="1"/>
+    </row>
+    <row r="3405" customHeight="1" spans="3:6">
+      <c r="C3405" s="1"/>
+      <c r="E3405" s="1"/>
+      <c r="F3405" s="1"/>
+    </row>
+    <row r="3406" customHeight="1" spans="3:6">
+      <c r="C3406" s="1"/>
+      <c r="E3406" s="1"/>
+      <c r="F3406" s="9"/>
+    </row>
+    <row r="3407" customHeight="1" spans="3:6">
+      <c r="C3407" s="9"/>
+      <c r="E3407" s="9"/>
+      <c r="F3407" s="1"/>
+    </row>
+    <row r="3408" customHeight="1" spans="3:6">
+      <c r="C3408" s="1"/>
+      <c r="E3408" s="1"/>
+      <c r="F3408" s="1"/>
+    </row>
+    <row r="3409" customHeight="1" spans="3:6">
+      <c r="C3409" s="1"/>
+      <c r="E3409" s="1"/>
+      <c r="F3409" s="1"/>
+    </row>
+    <row r="3410" customHeight="1" spans="3:6">
+      <c r="C3410" s="1"/>
+      <c r="E3410" s="1"/>
+      <c r="F3410" s="1"/>
+    </row>
+    <row r="3411" customHeight="1" spans="3:6">
+      <c r="C3411" s="1"/>
+      <c r="E3411" s="1"/>
+      <c r="F3411" s="1"/>
+    </row>
+    <row r="3412" customHeight="1" spans="3:6">
+      <c r="C3412" s="1"/>
+      <c r="E3412" s="1"/>
+      <c r="F3412" s="1"/>
+    </row>
+    <row r="3413" customHeight="1" spans="3:6">
+      <c r="C3413" s="1"/>
+      <c r="E3413" s="1"/>
+      <c r="F3413" s="1"/>
+    </row>
+    <row r="3414" customHeight="1" spans="3:6">
+      <c r="C3414" s="1"/>
+      <c r="E3414" s="1"/>
+      <c r="F3414" s="9"/>
+    </row>
+    <row r="3415" customHeight="1" spans="3:6">
+      <c r="C3415" s="9"/>
+      <c r="E3415" s="9"/>
+      <c r="F3415" s="1"/>
+    </row>
+    <row r="3416" customHeight="1" spans="3:6">
+      <c r="C3416" s="1"/>
+      <c r="E3416" s="1"/>
+      <c r="F3416" s="1"/>
+    </row>
+    <row r="3417" customHeight="1" spans="3:6">
+      <c r="C3417" s="1"/>
+      <c r="E3417" s="1"/>
+      <c r="F3417" s="1"/>
+    </row>
+    <row r="3418" customHeight="1" spans="3:6">
+      <c r="C3418" s="1"/>
+      <c r="E3418" s="1"/>
+      <c r="F3418" s="1"/>
+    </row>
+    <row r="3419" customHeight="1" spans="3:6">
+      <c r="C3419" s="1"/>
+      <c r="E3419" s="1"/>
+      <c r="F3419" s="1"/>
+    </row>
+    <row r="3420" customHeight="1" spans="3:6">
+      <c r="C3420" s="1"/>
+      <c r="E3420" s="1"/>
+      <c r="F3420" s="1"/>
+    </row>
+    <row r="3421" customHeight="1" spans="3:6">
+      <c r="C3421" s="1"/>
+      <c r="E3421" s="1"/>
+      <c r="F3421" s="1"/>
+    </row>
+    <row r="3422" customHeight="1" spans="3:6">
+      <c r="C3422" s="1"/>
+      <c r="E3422" s="1"/>
+      <c r="F3422" s="9"/>
+    </row>
+    <row r="3423" customHeight="1" spans="3:6">
+      <c r="C3423" s="9"/>
+      <c r="E3423" s="9"/>
+      <c r="F3423" s="1"/>
+    </row>
+    <row r="3424" customHeight="1" spans="3:6">
+      <c r="C3424" s="1"/>
+      <c r="E3424" s="1"/>
+      <c r="F3424" s="1"/>
+    </row>
+    <row r="3425" customHeight="1" spans="3:6">
+      <c r="C3425" s="1"/>
+      <c r="E3425" s="1"/>
+      <c r="F3425" s="1"/>
+    </row>
+    <row r="3426" customHeight="1" spans="3:6">
+      <c r="C3426" s="1"/>
+      <c r="E3426" s="1"/>
+      <c r="F3426" s="1"/>
+    </row>
+    <row r="3427" customHeight="1" spans="3:6">
+      <c r="C3427" s="1"/>
+      <c r="E3427" s="1"/>
+      <c r="F3427" s="1"/>
+    </row>
+    <row r="3428" customHeight="1" spans="3:6">
+      <c r="C3428" s="1"/>
+      <c r="E3428" s="1"/>
+      <c r="F3428" s="1"/>
+    </row>
+    <row r="3429" customHeight="1" spans="3:6">
+      <c r="C3429" s="1"/>
+      <c r="E3429" s="1"/>
+      <c r="F3429" s="1"/>
+    </row>
+    <row r="3430" customHeight="1" spans="3:6">
+      <c r="C3430" s="1"/>
+      <c r="E3430" s="1"/>
+      <c r="F3430" s="9"/>
+    </row>
+    <row r="3431" customHeight="1" spans="3:6">
+      <c r="C3431" s="9"/>
+      <c r="E3431" s="9"/>
+      <c r="F3431" s="1"/>
+    </row>
+    <row r="3432" customHeight="1" spans="3:6">
+      <c r="C3432" s="1"/>
+      <c r="E3432" s="1"/>
+      <c r="F3432" s="1"/>
+    </row>
+    <row r="3433" customHeight="1" spans="3:6">
+      <c r="C3433" s="1"/>
+      <c r="E3433" s="1"/>
+      <c r="F3433" s="1"/>
+    </row>
+    <row r="3434" customHeight="1" spans="3:6">
+      <c r="C3434" s="1"/>
+      <c r="E3434" s="1"/>
+      <c r="F3434" s="1"/>
+    </row>
+    <row r="3435" customHeight="1" spans="3:6">
+      <c r="C3435" s="1"/>
+      <c r="E3435" s="1"/>
+      <c r="F3435" s="1"/>
+    </row>
+    <row r="3436" customHeight="1" spans="3:6">
+      <c r="C3436" s="1"/>
+      <c r="E3436" s="1"/>
+      <c r="F3436" s="1"/>
+    </row>
+    <row r="3437" customHeight="1" spans="3:6">
+      <c r="C3437" s="1"/>
+      <c r="E3437" s="1"/>
+      <c r="F3437" s="1"/>
+    </row>
+    <row r="3438" customHeight="1" spans="3:6">
+      <c r="C3438" s="1"/>
+      <c r="E3438" s="1"/>
+      <c r="F3438" s="9"/>
+    </row>
+    <row r="3439" customHeight="1" spans="3:6">
+      <c r="C3439" s="9"/>
+      <c r="E3439" s="9"/>
+      <c r="F3439" s="1"/>
+    </row>
+    <row r="3440" customHeight="1" spans="3:6">
+      <c r="C3440" s="1"/>
+      <c r="E3440" s="1"/>
+      <c r="F3440" s="1"/>
+    </row>
+    <row r="3441" customHeight="1" spans="3:6">
+      <c r="C3441" s="1"/>
+      <c r="E3441" s="1"/>
+      <c r="F3441" s="1"/>
+    </row>
+    <row r="3442" customHeight="1" spans="3:6">
+      <c r="C3442" s="1"/>
+      <c r="E3442" s="1"/>
+      <c r="F3442" s="1"/>
+    </row>
+    <row r="3443" customHeight="1" spans="3:6">
+      <c r="C3443" s="1"/>
+      <c r="E3443" s="1"/>
+      <c r="F3443" s="1"/>
+    </row>
+    <row r="3444" customHeight="1" spans="3:6">
+      <c r="C3444" s="1"/>
+      <c r="E3444" s="1"/>
+      <c r="F3444" s="1"/>
+    </row>
+    <row r="3445" customHeight="1" spans="3:6">
+      <c r="C3445" s="1"/>
+      <c r="E3445" s="1"/>
+      <c r="F3445" s="1"/>
+    </row>
+    <row r="3446" customHeight="1" spans="3:6">
+      <c r="C3446" s="1"/>
+      <c r="E3446" s="1"/>
+      <c r="F3446" s="9"/>
+    </row>
+    <row r="3447" customHeight="1" spans="3:6">
+      <c r="C3447" s="9"/>
+      <c r="E3447" s="9"/>
+      <c r="F3447" s="1"/>
+    </row>
+    <row r="3448" customHeight="1" spans="3:6">
+      <c r="C3448" s="1"/>
+      <c r="E3448" s="1"/>
+      <c r="F3448" s="1"/>
+    </row>
+    <row r="3449" customHeight="1" spans="3:6">
+      <c r="C3449" s="1"/>
+      <c r="E3449" s="1"/>
+      <c r="F3449" s="1"/>
+    </row>
+    <row r="3450" customHeight="1" spans="3:6">
+      <c r="C3450" s="1"/>
+      <c r="E3450" s="1"/>
+      <c r="F3450" s="1"/>
+    </row>
+    <row r="3451" customHeight="1" spans="3:6">
+      <c r="C3451" s="1"/>
+      <c r="E3451" s="1"/>
+      <c r="F3451" s="1"/>
+    </row>
+    <row r="3452" customHeight="1" spans="3:6">
+      <c r="C3452" s="1"/>
+      <c r="E3452" s="1"/>
+      <c r="F3452" s="1"/>
+    </row>
+    <row r="3453" customHeight="1" spans="3:6">
+      <c r="C3453" s="1"/>
+      <c r="E3453" s="1"/>
+      <c r="F3453" s="1"/>
+    </row>
+    <row r="3454" customHeight="1" spans="3:6">
+      <c r="C3454" s="1"/>
+      <c r="E3454" s="1"/>
+      <c r="F3454" s="9"/>
+    </row>
+    <row r="3455" customHeight="1" spans="3:6">
+      <c r="C3455" s="9"/>
+      <c r="E3455" s="9"/>
+      <c r="F3455" s="1"/>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
+  </mergeCells>
+  <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Kingsoft-PDF</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Sheet2</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:subject>pdfbuilder</dc:subject>
+  <dc:creator>Kingsoft-PDF</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="CRO">
+    <vt:lpwstr>wqlLaW5nc29mdCBQREYgdG8gV1BTIDkw</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Created">
+    <vt:filetime>2023-11-27T05:39:33Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="UsrData">
+    <vt:lpwstr>65642b8aec6b81001fcacd17wl</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ICV">
+    <vt:lpwstr>7F03B784E86A44CDBC44E2E19F242E0A_13</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.19302</vt:lpwstr>
+  </property>
+</Properties>
+</file>