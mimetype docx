--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -3,50 +3,8118 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="100" w:line="227" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:sz w:val="31"/>
+          <w:szCs w:val="31"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>附件</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:spacing w:val="-71"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="10"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>实验教学和教学实验室建设研究</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:ind w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="11"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>项目申报书</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="247" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="98" w:line="217" w:lineRule="auto"/>
+        <w:ind w:left="1000"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>项目名称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-127"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="281" w:line="218" w:lineRule="auto"/>
+        <w:ind w:left="998"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>所属主题：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-129"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="269" w:line="220" w:lineRule="auto"/>
+        <w:ind w:left="1000"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>项目负责人：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="267" w:line="217" w:lineRule="auto"/>
+        <w:ind w:left="996"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>推荐单位：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-128"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="272" w:line="219" w:lineRule="auto"/>
+        <w:ind w:left="996"/>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>填表日期：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:u w:val="single" w:color="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="251" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="252" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-7"/>
+          <w:position w:val="6"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>山东省教育厅制</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-64"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="218" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:footerReference r:id="rId5" w:type="default"/>
+          <w:pgSz w:w="11907" w:h="16841"/>
+          <w:pgMar w:top="1431" w:right="1785" w:bottom="1941" w:left="1566" w:header="0" w:footer="1691" w:gutter="0"/>
+          <w:pgBorders>
+            <w:top w:val="none" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:sz="0" w:space="0"/>
+          </w:pgBorders>
+          <w:cols w:space="720" w:num="1"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="8504" w:type="dxa"/>
+        <w:tblInd w:w="2" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="669"/>
+        <w:gridCol w:w="888"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="417"/>
+        <w:gridCol w:w="432"/>
+        <w:gridCol w:w="278"/>
+        <w:gridCol w:w="713"/>
+        <w:gridCol w:w="712"/>
+        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="568"/>
+        <w:gridCol w:w="140"/>
+        <w:gridCol w:w="1278"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="590" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>项目简况</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>项目名称</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6522" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="585" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>所属主题</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6522" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="556" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>起止年月</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6522" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>至</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="626" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="57"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>项目负责人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>姓名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1693" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>性别</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="713" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>民族</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>出生</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>年月</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1278" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="628" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>职称/职务</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3116" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>研究</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>领域</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="629" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>专业</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3116" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>最高</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>学位</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="626" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>单位名称</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3116" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>手机</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>号码</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="628" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1313" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>通信地址</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3116" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>邮政</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>编码</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="2626" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7835" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>与项目有关的主要教学改革和科研工作经历</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="616" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>项</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-48"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>目</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-48"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>组</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>总人数</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>高级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>中级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>初级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>博士</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>硕士</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>本科</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>参加单位数</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="484" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="991" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="712" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="768" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>主要</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>成员</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(不含</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>负责</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>人</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>，</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>不</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>超过</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-51"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>人)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>姓名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>性别</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>职称/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>职务</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>工作单位</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>项目分工</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>签字</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:textDirection w:val="tbRlV"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="888" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="881" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1703" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:footerReference r:id="rId6" w:type="default"/>
+          <w:pgSz w:w="11907" w:h="16841"/>
+          <w:pgMar w:top="1360" w:right="1697" w:bottom="1718" w:left="1699" w:header="0" w:footer="1468" w:gutter="0"/>
+          <w:pgBorders>
+            <w:top w:val="none" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:sz="0" w:space="0"/>
+          </w:pgBorders>
+          <w:pgNumType w:fmt="decimal" w:start="1"/>
+          <w:cols w:space="720" w:num="1"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="8520" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8520"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="13590" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8520" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeLines="50" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="560" w:firstLineChars="200"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">一、项目研究目标和主要内容（不超过 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>字）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="121" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="121" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:footerReference r:id="rId7" w:type="default"/>
+          <w:pgSz w:w="11907" w:h="16841"/>
+          <w:pgMar w:top="1380" w:right="1697" w:bottom="1718" w:left="1678" w:header="0" w:footer="1468" w:gutter="0"/>
+          <w:pgBorders>
+            <w:top w:val="none" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:sz="0" w:space="0"/>
+          </w:pgBorders>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:cols w:space="720" w:num="1"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="8500" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8500"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="13550" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8500" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeLines="50" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="560" w:firstLineChars="200"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋_GB2312" w:cs="仿宋"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>二、项目工作基础</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>不超过</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>字</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="161" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="161" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:footerReference r:id="rId8" w:type="default"/>
+          <w:pgSz w:w="11907" w:h="16841"/>
+          <w:pgMar w:top="1380" w:right="1687" w:bottom="1718" w:left="1708" w:header="0" w:footer="1468" w:gutter="0"/>
+          <w:pgBorders>
+            <w:top w:val="none" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:sz="0" w:space="0"/>
+          </w:pgBorders>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:cols w:space="720" w:num="1"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="8551" w:type="dxa"/>
+        <w:tblInd w:w="5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8551"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="13600" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8551" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeLines="50" w:line="360" w:lineRule="auto"/>
+              <w:ind w:right="0" w:firstLine="560" w:firstLineChars="200"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>三、项目计划及预期成果（项目执行的时间表，项目研究报告等可考核的项目完成结果，可示范推广的经验等，不超过</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>字）</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="0"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="111" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="9"/>
+          <w:szCs w:val="9"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:footerReference r:id="rId9" w:type="default"/>
+          <w:pgSz w:w="11907" w:h="16841"/>
+          <w:pgMar w:top="1380" w:right="1656" w:bottom="1718" w:left="1688" w:header="0" w:footer="1468" w:gutter="0"/>
+          <w:pgBorders>
+            <w:top w:val="none" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:sz="0" w:space="0"/>
+          </w:pgBorders>
+          <w:pgNumType w:fmt="decimal"/>
+          <w:cols w:space="720" w:num="1"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="63"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="12"/>
+        <w:tblW w:w="8936" w:type="dxa"/>
+        <w:tblInd w:w="2" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8936"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="6428" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8936" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeLines="50" w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLine="560" w:firstLineChars="200"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>四、所在单位支持措施（人员、条件、经费、政策等方面的保障措施</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>，</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>不超过</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>600</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>字）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="3350" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8936" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeLines="50" w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="560" w:firstLineChars="200"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>五、项目负责人承诺</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="560" w:firstLineChars="200"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>本人承诺项目组成员师德师风良好，无违法违纪记录、无学术不端行为</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>，</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>五年内没有出现过重大教学事故等问题，提交的项目信息准确、真实。</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="560" w:firstLineChars="200"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:position w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="3360" w:firstLineChars="1200"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>项目负责人签字：</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:ind w:firstLine="5600" w:firstLineChars="2000"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>年   月   日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="3235" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8936" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl/>
+              <w:kinsoku/>
+              <w:wordWrap/>
+              <w:overflowPunct/>
+              <w:topLinePunct w:val="0"/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:bidi w:val="0"/>
+              <w:adjustRightInd/>
+              <w:snapToGrid/>
+              <w:spacing w:before="0" w:beforeLines="50" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:firstLine="560" w:firstLineChars="200"/>
+              <w:textAlignment w:val="auto"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>六、推荐意见</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="283" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="283" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="283" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="283" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:line="284" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:before="78" w:line="217" w:lineRule="auto"/>
+              <w:ind w:firstLine="6188" w:firstLineChars="2600"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>（推荐单位盖章）</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:before="282" w:line="219" w:lineRule="auto"/>
+              <w:ind w:firstLine="4826" w:firstLineChars="1900"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="微软雅黑" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference r:id="rId10" w:type="default"/>
+      <w:pgSz w:w="11907" w:h="16840"/>
+      <w:pgMar w:top="1340" w:right="1500" w:bottom="1360" w:left="1500" w:header="0" w:footer="907" w:gutter="0"/>
+      <w:pgBorders>
+        <w:top w:val="none" w:sz="0" w:space="0"/>
+        <w:left w:val="none" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0"/>
+        <w:right w:val="none" w:sz="0" w:space="0"/>
+      </w:pgBorders>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:cols w:space="720" w:num="1"/>
+      <w:docGrid w:linePitch="435" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -108,56 +8176,2266 @@
   </w:font>
   <w:font w:name="方正小标宋简体">
     <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="184F6CF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00160001" w:csb1="12030000"/>
   </w:font>
   <w:font w:name="楷体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="179" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="179" w:lineRule="auto"/>
+      <w:ind w:left="458"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>inside</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="8" name="文本框 8"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="4"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t>—</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> —</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:inside;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQMeXtc4xAgAAYQQAAA4AAABkcnMvZTJvRG9jLnhtbK1US44TMRDdI3EH&#10;y3vSSRCjKEpnFCYKQoqYkQJi7bjdaUv+yXbSHQ4AN2DFhj3nyjl47k8GDSxmwcZddpVf+b2q6sVt&#10;oxU5CR+kNTmdjMaUCMNtIc0hp58+bl7NKAmRmYIpa0ROzyLQ2+XLF4vazcXUVlYVwhOAmDCvXU6r&#10;GN08ywKvhGZhZJ0wcJbWaxax9Yes8KwGulbZdDy+yWrrC+ctFyHgdN05aY/onwNoy1Jysbb8qIWJ&#10;HaoXikVQCpV0gS7b15al4PG+LIOIROUUTGO7IgnsfVqz5YLND565SvL+Cew5T3jCSTNpkPQKtWaR&#10;kaOXf0Fpyb0NtowjbnXWEWkVAYvJ+Ik2u4o50XKB1MFdRQ//D5Z/OD14IoucouyGaRT88v3b5cev&#10;y8+vZJbkqV2YI2rnEBebt7ZB0wznAYeJdVN6nb7gQ+CHuOeruKKJhKdLs+lsNoaLwzdsgJ89Xnc+&#10;xHfCapKMnHpUrxWVnbYhdqFDSMpm7EYq1VZQGVLn9Ob1m3F74eoBuDLIkUh0j01WbPZNz2xvizOI&#10;edt1RnB8I5F8y0J8YB6tgAdjWOI9llJZJLG9RUll/Zd/nad4VAheSmq0Vk4NJokS9d6gcgCMg+EH&#10;Yz8Y5qjvLHp1giF0vDVxwUc1mKW3+jMmaJVywMUMR6acxsG8i117YwK5WK3aoKPz8lB1F9B3jsWt&#10;2Tme0iQhg1sdI8RsNU4Cdar0uqHz2ir1U5Ja+899G/X4Z1j+BlBLAwQKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxz&#10;pZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1Ikuk&#10;bGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfN&#10;RJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEb&#10;uUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3&#10;AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgc&#10;YGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoe&#10;keWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLn&#10;EMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8Qoh&#10;PsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQA&#10;AAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAJoEAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAfAMAAF9yZWxzL1BLAQIU&#10;ABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAKADAABfcmVscy8ucmVsc1BLAQIU&#10;AAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgA&#10;h07iQLNJWO7QAAAABQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQA&#10;AAAIAIdO4kDHl7XOMQIAAGEEAAAOAAAAAAAAAAEAIAAAAB8BAABkcnMvZTJvRG9jLnhtbFBLBQYA&#10;AAAABgAGAFkBAADCBQAAAAA=&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="4"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t>—</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> —</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="179" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>inside</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="9" name="文本框 9"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="4"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">— </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t>2</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> —</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:inside;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQAKVIPQyAgAAYQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aRGrbtV0VbYqQqrYlRbE2XWcJpL/ZLtNygPAG3Diwp3n6nPw2Wm6aOGwBy7O2DP+xt83M5nf&#10;dEqSg3C+Mbqg41FOidDclI3eFfTTx/WrKSU+MF0yabQo6FF4erN4+WLe2pmYmNrIUjgCEO1nrS1o&#10;HYKdZZnntVDMj4wVGs7KOMUCtm6XlY61QFcym+T5VdYaV1pnuPAep6veSc+I7jmApqoaLlaG75XQ&#10;oUd1QrIASr5urKeL9NqqEjzcVZUXgciCgmlIK5LA3sY1W8zZbOeYrRt+fgJ7zhOecFKs0Uh6gVqx&#10;wMjeNX9BqYY7400VRtyorCeSFAGLcf5Em4eaWZG4QGpvL6L7/wfLPxzuHWnKgl5ToplCwU/fv51+&#10;/Dr9/Equozyt9TNEPVjEhe6t6dA0w7nHYWTdVU7FL/gQ+CHu8SKu6ALh8dJ0Mp3mcHH4hg3ws8fr&#10;1vnwThhFolFQh+olUdlh40MfOoTEbNqsGylTBaUmbUGvXr/J04WLB+BSI0ck0T82WqHbdmdmW1Me&#10;QcyZvjO85esGyTfMh3vm0Ap4MIYl3GGppEESc7YoqY378q/zGI8KwUtJi9YqqMYkUSLfa1QOgGEw&#10;3GBsB0Pv1a1Br44xhJYnExdckINZOaM+Y4KWMQdcTHNkKmgYzNvQtzcmkIvlMgXtrWt2dX8BfWdZ&#10;2OgHy2OaKKS3y32AmEnjKFCvylk3dF6q0nlKYmv/uU9Rj3+GxW9QSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJAApUg9DICAABhBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="4"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">— </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t>2</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> —</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="179" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>inside</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="10" name="文本框 10"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="4"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">— </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t>3</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t>—</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:inside;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQKmor5UxAgAAYwQAAA4AAABkcnMvZTJvRG9jLnhtbK1US44TMRDdI3EH&#10;y3vSSRCjKEpnFCYKQoqYkQJi7bjdaUv+yXbSHQ4AN2DFhj3nyjl47k8GDSxmwcZddpVf+b2q6sVt&#10;oxU5CR+kNTmdjMaUCMNtIc0hp58+bl7NKAmRmYIpa0ROzyLQ2+XLF4vazcXUVlYVwhOAmDCvXU6r&#10;GN08ywKvhGZhZJ0wcJbWaxax9Yes8KwGulbZdDy+yWrrC+ctFyHgdN05aY/onwNoy1Jysbb8qIWJ&#10;HaoXikVQCpV0gS7b15al4PG+LIOIROUUTGO7IgnsfVqz5YLND565SvL+Cew5T3jCSTNpkPQKtWaR&#10;kaOXf0Fpyb0NtowjbnXWEWkVAYvJ+Ik2u4o50XKB1MFdRQ//D5Z/OD14Igt0AiQxTKPil+/fLj9+&#10;XX5+JTiDQLULc8TtHCJj89Y2CB7OAw4T76b0On3BiMAPrPNVXtFEwtOl2XQ2G8PF4Rs2wM8erzsf&#10;4jthNUlGTj3q18rKTtsQu9AhJGUzdiOVamuoDKlzevP6zbi9cPUAXBnkSCS6xyYrNvumZ7a3xRnE&#10;vO16Izi+kUi+ZSE+MI9mwIMxLvEeS6ksktjeoqSy/su/zlM8agQvJTWaK6cGs0SJem9QOwDGwfCD&#10;sR8Mc9R3Ft06wRg63pq44KMazNJb/RkztEo54GKGI1NO42Dexa7BMYNcrFZt0NF5eai6C+g8x+LW&#10;7BxPaZKQwa2OEWK2GieBOlV63dB7bZX6OUnN/ee+jXr8Nyx/A1BLAwQKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxz&#10;pZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1Ikuk&#10;bGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfN&#10;RJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEb&#10;uUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3&#10;AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgc&#10;YGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoe&#10;keWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLn&#10;EMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8Qoh&#10;PsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQA&#10;AAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAJoEAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAfAMAAF9yZWxzL1BLAQIU&#10;ABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAKADAABfcmVscy8ucmVsc1BLAQIU&#10;AAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgA&#10;h07iQLNJWO7QAAAABQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQA&#10;AAAIAIdO4kCpqK+VMQIAAGMEAAAOAAAAAAAAAAEAIAAAAB8BAABkcnMvZTJvRG9jLnhtbFBLBQYA&#10;AAAABgAGAFkBAADCBQAAAAA=&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="4"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">— </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t>3</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t>—</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="179" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="28"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>inside</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="11" name="文本框 11"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="4"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">— </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t>4</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> —</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:inside;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251662336;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQOsAOHoxAgAAYwQAAA4AAABkcnMvZTJvRG9jLnhtbK1US44TMRDdI3EH&#10;y3vSSRCjKEpnFCYKQoqYkQJi7bjdaUv+yXbSHQ4AN2DFhj3nyjl47k8GDSxmwcZddpVf1XtV7sVt&#10;oxU5CR+kNTmdjMaUCMNtIc0hp58+bl7NKAmRmYIpa0ROzyLQ2+XLF4vazcXUVlYVwhOAmDCvXU6r&#10;GN08ywKvhGZhZJ0wcJbWaxax9Yes8KwGulbZdDy+yWrrC+ctFyHgdN05aY/onwNoy1Jysbb8qIWJ&#10;HaoXikVQCpV0gS7bastS8HhflkFEonIKprFdkQT2Pq3ZcsHmB89cJXlfAntOCU84aSYNkl6h1iwy&#10;cvTyLygtubfBlnHErc46Iq0iYDEZP9FmVzEnWi6QOrir6OH/wfIPpwdPZIFJmFBimEbHL9+/XX78&#10;uvz8SnAGgWoX5ojbOUTG5q1tEDycBxwm3k3pdfqCEYEf8p6v8oomEp4uzaaz2RguDt+wAX72eN35&#10;EN8Jq0kycurRv1ZWdtqG2IUOISmbsRupVNtDZUid05vXb8bthasH4MogRyLRFZus2OybntneFmcQ&#10;87abjeD4RiL5loX4wDyGAQXjucR7LKWySGJ7i5LK+i//Ok/x6BG8lNQYrpwavCVK1HuD3gEwDoYf&#10;jP1gmKO+s5hWtAO1tCYu+KgGs/RWf8YbWqUccDHDkSmncTDvYjfgeINcrFZt0NF5eai6C5g8x+LW&#10;7BxPaZKQwa2OEWK2GieBOlV63TB7bZf6d5KG+899G/X4b1j+BlBLAwQKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxz&#10;pZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1Ikuk&#10;bGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfN&#10;RJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEb&#10;uUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3&#10;AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgc&#10;YGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoe&#10;keWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLn&#10;EMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8Qoh&#10;PsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQA&#10;AAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAJoEAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAfAMAAF9yZWxzL1BLAQIU&#10;ABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAKADAABfcmVscy8ucmVsc1BLAQIU&#10;AAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgA&#10;h07iQLNJWO7QAAAABQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQA&#10;AAAIAIdO4kDrADh6MQIAAGMEAAAOAAAAAAAAAAEAIAAAAB8BAABkcnMvZTJvRG9jLnhtbFBLBQYA&#10;AAAABgAGAFkBAADCBQAAAAA=&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="4"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">— </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t>4</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> —</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="4"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>inside</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>0</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="1828800" cy="1828800"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="13" name="文本框 13"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1828800" cy="1828800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:pStyle w:val="4"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">— </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:t>6</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="28"/>
+                              <w:szCs w:val="28"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> —</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:inside;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251663360;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQC5WZn4yAgAAYwQAAA4AAABkcnMvZTJvRG9jLnhtbK1US44TMRDdI3EH&#10;y3vSSUaMoiidUZgoCCliRhoQa8ftTlvyT7aT7nAAuAErNuw5V84xz/3JoIHFLNi4y67yK79XVb24&#10;abQiR+GDtCank9GYEmG4LaTZ5/Tzp82bGSUhMlMwZY3I6UkEerN8/WpRu7mY2sqqQngCEBPmtctp&#10;FaObZ1ngldAsjKwTBs7Ses0itn6fFZ7VQNcqm47H11ltfeG85SIEnK47J+0R/UsAbVlKLtaWH7Qw&#10;sUP1QrEISqGSLtBl+9qyFDzelWUQkaicgmlsVySBvUtrtlyw+d4zV0neP4G95AnPOGkmDZJeoNYs&#10;MnLw8i8oLbm3wZZxxK3OOiKtImAxGT/T5qFiTrRcIHVwF9HD/4PlH4/3nsgCnXBFiWEaFT//+H7+&#10;+fv86xvBGQSqXZgj7sEhMjbvbIPg4TzgMPFuSq/TF4wI/JD3dJFXNJHwdGk2nc3GcHH4hg3ws6fr&#10;zof4XlhNkpFTj/q1srLjNsQudAhJ2YzdSKXaGipD6pxeX70dtxcuHoArgxyJRPfYZMVm1/TMdrY4&#10;gZi3XW8ExzcSybcsxHvm0Qx4MMYl3mEplUUS21uUVNZ//dd5ikeN4KWkRnPl1GCWKFEfDGoHwDgY&#10;fjB2g2EO+taiWycYQ8dbExd8VINZequ/YIZWKQdczHBkymkczNvYNThmkIvVqg06OC/3VXcBnedY&#10;3JoHx1OaJGRwq0OEmK3GSaBOlV439F5bpX5OUnP/uW+jnv4Ny0dQSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJALlZmfjICAABjBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
+              <v:fill on="f" focussize="0,0"/>
+              <v:stroke on="f" weight="0.5pt"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:pStyle w:val="4"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">— </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:t>6</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="28"/>
+                        <w:szCs w:val="28"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> —</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+  <w:p>
+    <w:pPr>
+      <w:spacing w:line="200" w:lineRule="exact"/>
+      <w:rPr>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="0">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="1">
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="110"/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:footnotePr>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:docVars>
+    <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMTRhYmVmOGY2OGU3ODNmNTRkZjhjMWMyM2Y2OGRmMzYifQ=="/>
+  </w:docVars>
+  <w:rsids>
+    <w:rsidRoot w:val="0098197E"/>
+    <w:rsid w:val="00001293"/>
+    <w:rsid w:val="0001046B"/>
+    <w:rsid w:val="000159C5"/>
+    <w:rsid w:val="00041EB2"/>
+    <w:rsid w:val="00047295"/>
+    <w:rsid w:val="00056116"/>
+    <w:rsid w:val="00064F63"/>
+    <w:rsid w:val="00071BA7"/>
+    <w:rsid w:val="0007232C"/>
+    <w:rsid w:val="00085126"/>
+    <w:rsid w:val="00086551"/>
+    <w:rsid w:val="000E05B8"/>
+    <w:rsid w:val="000E72FD"/>
+    <w:rsid w:val="000F18B5"/>
+    <w:rsid w:val="000F2B4C"/>
+    <w:rsid w:val="000F74DC"/>
+    <w:rsid w:val="001020EF"/>
+    <w:rsid w:val="001047D8"/>
+    <w:rsid w:val="001144CF"/>
+    <w:rsid w:val="001203A6"/>
+    <w:rsid w:val="001245BC"/>
+    <w:rsid w:val="00134DF3"/>
+    <w:rsid w:val="00141386"/>
+    <w:rsid w:val="00143109"/>
+    <w:rsid w:val="00176CE4"/>
+    <w:rsid w:val="00183F06"/>
+    <w:rsid w:val="001872C0"/>
+    <w:rsid w:val="00193DF2"/>
+    <w:rsid w:val="001B4C10"/>
+    <w:rsid w:val="001C25D3"/>
+    <w:rsid w:val="001C737B"/>
+    <w:rsid w:val="001E373B"/>
+    <w:rsid w:val="00205ADD"/>
+    <w:rsid w:val="002218EA"/>
+    <w:rsid w:val="00233F69"/>
+    <w:rsid w:val="00245C05"/>
+    <w:rsid w:val="00251273"/>
+    <w:rsid w:val="00253C99"/>
+    <w:rsid w:val="00263D76"/>
+    <w:rsid w:val="0026610E"/>
+    <w:rsid w:val="00281D02"/>
+    <w:rsid w:val="00292490"/>
+    <w:rsid w:val="00297230"/>
+    <w:rsid w:val="002A2534"/>
+    <w:rsid w:val="002B6290"/>
+    <w:rsid w:val="002C24C9"/>
+    <w:rsid w:val="002D4593"/>
+    <w:rsid w:val="002E32FA"/>
+    <w:rsid w:val="002E788B"/>
+    <w:rsid w:val="003016A5"/>
+    <w:rsid w:val="003050C9"/>
+    <w:rsid w:val="00337EBF"/>
+    <w:rsid w:val="0035439F"/>
+    <w:rsid w:val="00364D49"/>
+    <w:rsid w:val="003677C2"/>
+    <w:rsid w:val="00386C57"/>
+    <w:rsid w:val="003B0D75"/>
+    <w:rsid w:val="003B68BE"/>
+    <w:rsid w:val="003B78BC"/>
+    <w:rsid w:val="003D52B6"/>
+    <w:rsid w:val="003F2AF1"/>
+    <w:rsid w:val="00442EBA"/>
+    <w:rsid w:val="00444CDE"/>
+    <w:rsid w:val="00470324"/>
+    <w:rsid w:val="004B0EA4"/>
+    <w:rsid w:val="004B4776"/>
+    <w:rsid w:val="004B4A20"/>
+    <w:rsid w:val="004B4D0D"/>
+    <w:rsid w:val="004B79F1"/>
+    <w:rsid w:val="004B7B70"/>
+    <w:rsid w:val="004D12A2"/>
+    <w:rsid w:val="004D3BB0"/>
+    <w:rsid w:val="004E08B1"/>
+    <w:rsid w:val="005106D8"/>
+    <w:rsid w:val="005118BF"/>
+    <w:rsid w:val="00532134"/>
+    <w:rsid w:val="00552B03"/>
+    <w:rsid w:val="00561DB3"/>
+    <w:rsid w:val="00567968"/>
+    <w:rsid w:val="00581B80"/>
+    <w:rsid w:val="00584420"/>
+    <w:rsid w:val="005844A2"/>
+    <w:rsid w:val="00590721"/>
+    <w:rsid w:val="00592D8E"/>
+    <w:rsid w:val="005A02A2"/>
+    <w:rsid w:val="005B50D2"/>
+    <w:rsid w:val="005C780C"/>
+    <w:rsid w:val="005D3842"/>
+    <w:rsid w:val="005F6717"/>
+    <w:rsid w:val="00600E76"/>
+    <w:rsid w:val="0061380D"/>
+    <w:rsid w:val="0063135B"/>
+    <w:rsid w:val="006369CA"/>
+    <w:rsid w:val="00651066"/>
+    <w:rsid w:val="00651D1E"/>
+    <w:rsid w:val="00660804"/>
+    <w:rsid w:val="006608C7"/>
+    <w:rsid w:val="006609CE"/>
+    <w:rsid w:val="006741B7"/>
+    <w:rsid w:val="00675900"/>
+    <w:rsid w:val="00681172"/>
+    <w:rsid w:val="0068517E"/>
+    <w:rsid w:val="00687F3E"/>
+    <w:rsid w:val="006A035E"/>
+    <w:rsid w:val="006B669B"/>
+    <w:rsid w:val="006B678C"/>
+    <w:rsid w:val="006C415C"/>
+    <w:rsid w:val="006D5DD0"/>
+    <w:rsid w:val="006E3F4E"/>
+    <w:rsid w:val="006F1932"/>
+    <w:rsid w:val="006F472E"/>
+    <w:rsid w:val="006F6FA1"/>
+    <w:rsid w:val="00700257"/>
+    <w:rsid w:val="00735EB8"/>
+    <w:rsid w:val="00756F69"/>
+    <w:rsid w:val="00767934"/>
+    <w:rsid w:val="007679CD"/>
+    <w:rsid w:val="007723CD"/>
+    <w:rsid w:val="0078284D"/>
+    <w:rsid w:val="007833F4"/>
+    <w:rsid w:val="00784142"/>
+    <w:rsid w:val="00793166"/>
+    <w:rsid w:val="007A6457"/>
+    <w:rsid w:val="007B7A79"/>
+    <w:rsid w:val="007E0DA6"/>
+    <w:rsid w:val="007E2046"/>
+    <w:rsid w:val="007F42DA"/>
+    <w:rsid w:val="00803CAA"/>
+    <w:rsid w:val="0082162F"/>
+    <w:rsid w:val="00823034"/>
+    <w:rsid w:val="0082415E"/>
+    <w:rsid w:val="008346F7"/>
+    <w:rsid w:val="00834A0A"/>
+    <w:rsid w:val="00854ABC"/>
+    <w:rsid w:val="008651C3"/>
+    <w:rsid w:val="00870120"/>
+    <w:rsid w:val="00876E78"/>
+    <w:rsid w:val="008D3A3E"/>
+    <w:rsid w:val="008D4885"/>
+    <w:rsid w:val="008F5D20"/>
+    <w:rsid w:val="008F6B5C"/>
+    <w:rsid w:val="009019C4"/>
+    <w:rsid w:val="00911949"/>
+    <w:rsid w:val="00950409"/>
+    <w:rsid w:val="00954E96"/>
+    <w:rsid w:val="00963151"/>
+    <w:rsid w:val="0096529B"/>
+    <w:rsid w:val="00980E6F"/>
+    <w:rsid w:val="0098197E"/>
+    <w:rsid w:val="009842DB"/>
+    <w:rsid w:val="00984325"/>
+    <w:rsid w:val="0099678F"/>
+    <w:rsid w:val="009A1C7E"/>
+    <w:rsid w:val="009A388A"/>
+    <w:rsid w:val="009B191B"/>
+    <w:rsid w:val="009D3DE5"/>
+    <w:rsid w:val="00A13339"/>
+    <w:rsid w:val="00A27E6C"/>
+    <w:rsid w:val="00A30AB4"/>
+    <w:rsid w:val="00A355D8"/>
+    <w:rsid w:val="00A379C5"/>
+    <w:rsid w:val="00A5738D"/>
+    <w:rsid w:val="00A95651"/>
+    <w:rsid w:val="00AB54CB"/>
+    <w:rsid w:val="00AE1D29"/>
+    <w:rsid w:val="00AE2492"/>
+    <w:rsid w:val="00AF63A7"/>
+    <w:rsid w:val="00B13067"/>
+    <w:rsid w:val="00B24228"/>
+    <w:rsid w:val="00B37F29"/>
+    <w:rsid w:val="00B51375"/>
+    <w:rsid w:val="00B520EA"/>
+    <w:rsid w:val="00B57BE0"/>
+    <w:rsid w:val="00B67F8A"/>
+    <w:rsid w:val="00B815FD"/>
+    <w:rsid w:val="00B86755"/>
+    <w:rsid w:val="00B913D9"/>
+    <w:rsid w:val="00B94EAC"/>
+    <w:rsid w:val="00BA1BEB"/>
+    <w:rsid w:val="00BA2E96"/>
+    <w:rsid w:val="00BB45D6"/>
+    <w:rsid w:val="00BC2337"/>
+    <w:rsid w:val="00BC62E4"/>
+    <w:rsid w:val="00BD0845"/>
+    <w:rsid w:val="00BD4FD4"/>
+    <w:rsid w:val="00BE2DC3"/>
+    <w:rsid w:val="00BE497F"/>
+    <w:rsid w:val="00C10D59"/>
+    <w:rsid w:val="00C17281"/>
+    <w:rsid w:val="00C3302A"/>
+    <w:rsid w:val="00C36156"/>
+    <w:rsid w:val="00C4038B"/>
+    <w:rsid w:val="00C43028"/>
+    <w:rsid w:val="00C67984"/>
+    <w:rsid w:val="00C81818"/>
+    <w:rsid w:val="00C84EE2"/>
+    <w:rsid w:val="00C93675"/>
+    <w:rsid w:val="00CB1460"/>
+    <w:rsid w:val="00CB45C2"/>
+    <w:rsid w:val="00CD30FC"/>
+    <w:rsid w:val="00CE096E"/>
+    <w:rsid w:val="00D144B4"/>
+    <w:rsid w:val="00D30EE7"/>
+    <w:rsid w:val="00D33C2E"/>
+    <w:rsid w:val="00D40A60"/>
+    <w:rsid w:val="00D53FF0"/>
+    <w:rsid w:val="00D6776A"/>
+    <w:rsid w:val="00D85FC8"/>
+    <w:rsid w:val="00D97D4B"/>
+    <w:rsid w:val="00DA7B51"/>
+    <w:rsid w:val="00DD0827"/>
+    <w:rsid w:val="00DE4FF4"/>
+    <w:rsid w:val="00E14E7C"/>
+    <w:rsid w:val="00E16C06"/>
+    <w:rsid w:val="00E22633"/>
+    <w:rsid w:val="00E2787A"/>
+    <w:rsid w:val="00E3481A"/>
+    <w:rsid w:val="00E45180"/>
+    <w:rsid w:val="00E61C44"/>
+    <w:rsid w:val="00E749CD"/>
+    <w:rsid w:val="00EA0E9B"/>
+    <w:rsid w:val="00EA39F8"/>
+    <w:rsid w:val="00EB398D"/>
+    <w:rsid w:val="00EC38C6"/>
+    <w:rsid w:val="00EC4322"/>
+    <w:rsid w:val="00EC7039"/>
+    <w:rsid w:val="00ED57D7"/>
+    <w:rsid w:val="00EE5FB5"/>
+    <w:rsid w:val="00F07784"/>
+    <w:rsid w:val="00F10114"/>
+    <w:rsid w:val="00F20296"/>
+    <w:rsid w:val="00F20ECE"/>
+    <w:rsid w:val="00F46DB9"/>
+    <w:rsid w:val="00F475AD"/>
+    <w:rsid w:val="00F55514"/>
+    <w:rsid w:val="00F56288"/>
+    <w:rsid w:val="00F57C60"/>
+    <w:rsid w:val="00F62CAF"/>
+    <w:rsid w:val="00F767FF"/>
+    <w:rsid w:val="00F76B8D"/>
+    <w:rsid w:val="00F80193"/>
+    <w:rsid w:val="00F805BC"/>
+    <w:rsid w:val="00FA5733"/>
+    <w:rsid w:val="00FB30E1"/>
+    <w:rsid w:val="00FC4D94"/>
+    <w:rsid w:val="0B686973"/>
+    <w:rsid w:val="0D58482D"/>
+    <w:rsid w:val="0F771BB2"/>
+    <w:rsid w:val="231A6657"/>
+    <w:rsid w:val="27E86D24"/>
+    <w:rsid w:val="2A9F38E6"/>
+    <w:rsid w:val="32FE557E"/>
+    <w:rsid w:val="361F01F2"/>
+    <w:rsid w:val="3B293484"/>
+    <w:rsid w:val="3E8044FD"/>
+    <w:rsid w:val="48B01B4E"/>
+    <w:rsid w:val="4E8F764A"/>
+    <w:rsid w:val="54F04F8E"/>
+    <w:rsid w:val="631F7CAE"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation text"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation reference"/>
+    <w:lsdException w:uiPriority="99" w:name="line number"/>
+    <w:lsdException w:uiPriority="99" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities"/>
+    <w:lsdException w:uiPriority="99" w:name="macro"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading"/>
+    <w:lsdException w:uiPriority="99" w:name="List"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Body Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation"/>
+    <w:lsdException w:uiPriority="99" w:name="Date"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text"/>
+    <w:lsdException w:uiPriority="99" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="22" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map"/>
+    <w:lsdException w:uiPriority="99" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal (Web)"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:uiPriority="99" w:name="annotation subject"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="34" w:semiHidden="0" w:name="List Paragraph"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:spacing w:line="560" w:lineRule="exact"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="8">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="6">
+    <w:name w:val="Normal Table"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+      <w:sz w:val="31"/>
+      <w:szCs w:val="31"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="19"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="11"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="10"/>
+    <w:autoRedefine/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="7">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="6"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="34"/>
+    <w:pPr>
+      <w:ind w:firstLine="420" w:firstLineChars="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="页眉 字符"/>
+    <w:basedOn w:val="8"/>
+    <w:link w:val="5"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="页脚 字符"/>
+    <w:basedOn w:val="8"/>
+    <w:link w:val="4"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Table Normal"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="2"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="1"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="14">
+    <w:name w:val="网格型1"/>
+    <w:basedOn w:val="6"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="15">
+    <w:name w:val="网格型2"/>
+    <w:basedOn w:val="6"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="16">
+    <w:name w:val="网格型3"/>
+    <w:basedOn w:val="6"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="39"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="17">
+    <w:name w:val="Table Normal1"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="2"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="18">
+    <w:name w:val="网格型4"/>
+    <w:basedOn w:val="6"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="19">
+    <w:name w:val="批注框文本 字符"/>
+    <w:basedOn w:val="8"/>
+    <w:link w:val="3"/>
+    <w:autoRedefine/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Revision"/>
+    <w:autoRedefine/>
+    <w:hidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="等线 Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="等线"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <Pages>7</Pages>
+  <Words>139</Words>
+  <Characters>795</Characters>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>933</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.16388_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>jie hao</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.16388</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>4E0F69F9A71A48F7A9A4A0026717E8C0_13</vt:lpwstr>
+  </property>
+</Properties>
+</file>