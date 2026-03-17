--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1,43 +1,4733 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p w14:paraId="3F03C61D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterLines="100" w:afterAutospacing="0" w:line="440" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="宋体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:color w:val="333333"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>附件1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDEFB4A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC954A6">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="880" w:firstLineChars="200"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="华文中宋" w:cs="华文中宋"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="华文中宋" w:cs="华文中宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71AE2E06">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="华文新魏" w:hAnsi="华文新魏" w:eastAsia="华文新魏" w:cs="华文新魏"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="华文中宋" w:cs="华文中宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>山东协和学院课程思政教学改革研究项目</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1CB48150">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:widowControl/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0" w:firstLineChars="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="华文新魏" w:hAnsi="华文新魏" w:eastAsia="华文新魏" w:cs="华文新魏"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="华文新魏" w:hAnsi="华文新魏" w:eastAsia="华文新魏" w:cs="华文新魏"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>开 题 报 告</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="401DF788">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:widowControl/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="1920"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="华文新魏" w:hAnsi="华文新魏" w:eastAsia="华文新魏" w:cs="华文新魏"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="华文新魏" w:hAnsi="华文新魏" w:eastAsia="华文新魏" w:cs="华文新魏"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA64A65">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>项 目 类 别：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42740ECE">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="900" w:firstLineChars="250"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>项 目 编 号：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398E7B9E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="900" w:firstLineChars="250"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>项 目 名 称：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340B15B4">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="980" w:firstLineChars="250"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:spacing w:val="16"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>项目主持人</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E089A62">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="900" w:firstLineChars="250"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>所 在 单 位：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675DFEA6">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="900" w:firstLineChars="250"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>填 表 日 期：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="406A2D6F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DC41AF9">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5CF996">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="070E4CE6">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="460" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>山东协和学院制</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="705179D2">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>填  表  说  明</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4658280F">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D0F3F2B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="627" w:firstLineChars="196"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>1.开题活动主要研讨项目研究的可行性，重在理清思路，确定研究重点和难点，进行研究任务分工。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17633F92">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="627" w:firstLineChars="196"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>2.开题活动原则上应在项目立项后两个月内，由项目主持单位负责组织实施；同一批立项项目同时进行，并邀请相关领域的专家加以指导。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7160E915">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="560" w:lineRule="exact"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>3.本表一式2份，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>教务处及项目组各存1份。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>“主持单位意见”可由项目主要完成单位盖章、签字。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B6A338">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="640" w:firstLineChars="200"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FED8DD">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:cs="楷体_GB2312"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="楷体_GB2312" w:hAnsi="Times New Roman" w:eastAsia="楷体_GB2312" w:cs="楷体_GB2312"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="8850" w:type="dxa"/>
+        <w:tblInd w:w="135" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8850"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="40DF67F7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="12489" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E80AC2F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>一、开题活动简况：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>开题时间、地点、主持人、评议专家（5-7人）、参与人员等。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F1E6A92">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A9B1A49">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7999E8B8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5FAFB83A">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:vanish/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="8850" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8850"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="699583E1">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="141" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA21B9C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>二、开题报告要点：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>题目、目标、内容、方法、组织、分工、进度、预期成果等，要求具体明确、可操作，限3000字（可加页）。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5003F47A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B0204D9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68B9A4FA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="186BC020">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6789EA66">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="296C0AE8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F0149CD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="203C8A15">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79BF6D77">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3257DABA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D6030FA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="37B5F860">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EBCE40D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="598F2DF1">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E7E80F3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30898405">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BD1C64E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="619A0B5D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15293B0E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FCB62FF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4321D2E8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C5AD1F3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="00B27C95">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="773C7119">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59AD64AA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C8B97B8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A58BAA9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F004AB8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20B95614">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="198853D3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F1A3C88">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78EAA793">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65D5875F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69EEEFFA">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C3CAB3B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3825CF38">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 项目主持人签名</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0420DD0E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C03A574">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                      年      月      日</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="601C3916">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="4DDF5258">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="141" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="7518C297">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>三、专家评议要点：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>侧重于对项目组汇报要点逐项进行可行性评估，并提出意见和建议，限1000字。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02E04009">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A953926">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54AACB6A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73DD1710">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0917DFB2">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49209322">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="268D2D7A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DF5106B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0068ED1B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B05EEC7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5124EF0C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6702F85E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="079182AF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54E55E8C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10EAB3B8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0414B3B9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1108A2D7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6878B829">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62E6CE41">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="416B4A1C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BBDD4EB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="430EAB97">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4B86BE2F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="218C026E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2663C989">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55CB283D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4EE34ED3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39FF60FF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A81CA01">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04B9FA02">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A5046E9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BA3800A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04C55BC3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59077B52">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="291CD32F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30E4915C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>评议专家签名：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B0FFA7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C58C7E4">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                      年      月      日</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BFA9CEB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="13BEF1A8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="13031" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="4457217B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>四、重要变更：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>侧重说明对照项目申请书、根据评议专家意见所作的研究计划调整，限1000字（可加页）。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3741A4EF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41CF52D7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34F52F73">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="567D8C86">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="137130CD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17F917B3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A879729">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06F326E0">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49C4C3D2">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07ACB192">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5658B52D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AA056F8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E01200D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="240783B0">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="760F73CE">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B91B36C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="266F960E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DD289B4">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FFF2854">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A9DA710">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31574DCE">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0355166A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EDC8A09">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2677AA30">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="344674E4">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="647F2A55">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="528C4866">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0890EDAD">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65DB8A2C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3388AE98">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4891988A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19EE16B2">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AF279C9">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7529CB5D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28F2C2F1">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61EB07D8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t>项目主持人签名</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B9AB91">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="367C0FCF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                年      月      日</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F7F85D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D179651">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="70C81A6B">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5B3C71">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:widowControl w:val="0"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:spacing w:before="10" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="13"/>
+          <w:szCs w:val="13"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="13"/>
+          <w:szCs w:val="13"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="4"/>
+        <w:tblW w:w="8850" w:type="dxa"/>
+        <w:tblInd w:w="216" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="854"/>
+        <w:gridCol w:w="6136"/>
+        <w:gridCol w:w="1859"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="57688071">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="566" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3388ED87">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07B65704">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="47EC8D5B">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:spacing w:before="6" w:beforeAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="31"/>
+                <w:szCs w:val="31"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70FEDD99">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="472" w:lineRule="auto"/>
+              <w:ind w:left="302" w:right="300"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>经 费 使 用 情 况</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="515EF8FB">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:spacing w:before="82" w:beforeAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>用</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>途</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBA8D30">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:spacing w:before="82" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="323" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>金额（元）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="019CFD8B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="569" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8BDC4B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2170A82B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="7374475B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="72AA11B7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="566" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="099B2FD0">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3250197F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C5D4FB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="29BEE473">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="566" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="201C96C7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D2CEAE3">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6077E7DC">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="386FE500">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="566" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="72167CEB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1069B506">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6C8A06">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5184BEF0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="569" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4AC628">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="085E2C07">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB82944">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="55055B6C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="566" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="311058DB">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="25FD1191">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBC6367">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="13C00B80">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="566" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="61400C19">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAAA20C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C88C011">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="07BC48C6">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="566" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="164EFCF7">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E465D8">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F66850">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="3320886C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="569" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="854" w:type="dxa"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="728F9A3D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6132" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B51BB1">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:spacing w:before="82" w:beforeAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>合</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>计</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1858" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D249711">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:suppressLineNumbers w:val="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="37B49B18">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="6172" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8844" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F2D58A">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:spacing w:before="118" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="103" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>项目主持单位意见：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EEE396D">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="745C9083">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19B73F7D">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7B9B7DD7">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49A2B063">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D81A864">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="498982B2">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6985BFB9">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CB30DC0">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3452D56F">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E1A23D8">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C815250">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EB0321A">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F40C127">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0578D496">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:spacing w:before="140" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="6173" w:leftChars="1191" w:right="0" w:hanging="3672" w:hangingChars="1700"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>单位负责人（签章）：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                              </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>单位公章</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="223B1B57">
+            <w:pPr>
+              <w:pStyle w:val="6"/>
+              <w:widowControl/>
+              <w:spacing w:line="472" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="239" w:firstLine="6000" w:firstLineChars="2500"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="16088101"/>
+    <w:sectPr>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -107,28 +4797,723 @@
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
     <w:altName w:val="楷体"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="031875B0"/>
+    <w:rsid w:val="031875B0"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 9"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index heading"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="caption"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of figures"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="envelope return"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="footnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="line number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote reference"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="endnote text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="table of authorities"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="macro"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toa heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Bullet 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Number 5"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Title"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Closing"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Default Paragraph Font"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 7"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table List 8"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table 3D effects 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Contemporary"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Elegant"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Professional"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Subtle 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Web 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Balloon Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Theme"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="5">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="4">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="Body Text Indent"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers w:val="0"/>
+      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="560" w:firstLineChars="200"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="Normal (Web)"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:widowControl/>
+      <w:suppressLineNumbers w:val="0"/>
+      <w:spacing w:before="0" w:beforeAutospacing="1" w:after="0" w:afterAutospacing="1"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
+    <w:name w:val="Table Paragraph"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers w:val="0"/>
+      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:ind w:left="0" w:right="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hint="default" w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="WPS">
+  <a:themeElements>
+    <a:clrScheme name="WPS">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4874CB"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="EE822F"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="F2BA02"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="75BD42"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="30C0B4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="E54C5E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0026E5"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="7E1FAD"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="WPS">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="WPS">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumOff val="17500"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:hueOff val="-2520000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="phClr">
+                  <a:hueOff val="-4200000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="phClr"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+          </a:gradFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="101600" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:schemeClr val="phClr">
+                <a:alpha val="60000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:reflection stA="50000" endA="300" endPos="40000" dist="25400" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>7</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.18912_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>炸鲜奶公主</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-12.1.0.18912</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>4CC55A30C00F4A16A286C4FD741CC12F_11</vt:lpwstr>
+  </property>
+</Properties>
+</file>