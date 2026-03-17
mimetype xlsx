--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1111,77 +1111,77 @@
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr/>
   <dimension ref="A1:K58"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="H10" sqref="H10"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="6.875" customWidth="1"/>
     <col min="2" max="2" width="11.7" customWidth="1"/>
     <col min="3" max="3" width="14.6583333333333" customWidth="1"/>
     <col min="4" max="4" width="13.0583333333333" customWidth="1"/>
     <col min="5" max="5" width="12.3916666666667" customWidth="1"/>
     <col min="6" max="6" width="10.5666666666667" customWidth="1"/>
     <col min="7" max="7" width="12.6166666666667" customWidth="1"/>
     <col min="8" max="8" width="10.7916666666667" customWidth="1"/>
     <col min="9" max="9" width="10.625" customWidth="1"/>
     <col min="10" max="10" width="11.8083333333333" customWidth="1"/>
     <col min="11" max="11" width="26.1333333333333" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" ht="50" customHeight="1" spans="1:11">
       <c r="A1" s="4" t="s">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="B1" s="4"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
     </row>
     <row r="2" s="1" customFormat="1" ht="30" customHeight="1" spans="1:11">
       <c r="A2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>4</v>
       </c>
@@ -1485,25 +1485,438 @@
     <row r="44" s="3" customFormat="1" ht="14.25"/>
     <row r="45" s="3" customFormat="1" ht="14.25"/>
     <row r="46" s="3" customFormat="1" ht="14.25"/>
     <row r="47" s="3" customFormat="1" ht="14.25"/>
     <row r="48" s="3" customFormat="1" ht="14.25"/>
     <row r="49" s="3" customFormat="1" ht="14.25"/>
     <row r="50" s="3" customFormat="1" ht="14.25"/>
     <row r="51" s="3" customFormat="1" ht="14.25"/>
     <row r="52" s="3" customFormat="1" ht="14.25"/>
     <row r="53" s="3" customFormat="1" ht="14.25"/>
     <row r="54" s="3" customFormat="1" ht="14.25"/>
     <row r="55" s="3" customFormat="1" ht="14.25"/>
     <row r="56" s="3" customFormat="1" ht="14.25"/>
     <row r="57" s="3" customFormat="1" ht="14.25"/>
     <row r="58" s="3" customFormat="1" ht="14.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:K1"/>
     <mergeCell ref="A21:K21"/>
   </mergeCells>
   <pageMargins left="0.393055555555556" right="0.393055555555556" top="0.393055555555556" bottom="0.393055555555556" header="0.297916666666667" footer="0.297916666666667"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="600"/>
   <headerFooter/>
 </worksheet>
 </file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
+  <sheetPr/>
+  <dimension ref="A1:K58"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" topLeftCell="A7" workbookViewId="0">
+      <selection activeCell="H10" sqref="H10"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5"/>
+  <cols>
+    <col min="1" max="1" width="6.875" customWidth="1"/>
+    <col min="2" max="2" width="11.7" customWidth="1"/>
+    <col min="3" max="3" width="14.6583333333333" customWidth="1"/>
+    <col min="4" max="4" width="13.0583333333333" customWidth="1"/>
+    <col min="5" max="5" width="12.3916666666667" customWidth="1"/>
+    <col min="6" max="6" width="10.5666666666667" customWidth="1"/>
+    <col min="7" max="7" width="12.6166666666667" customWidth="1"/>
+    <col min="8" max="8" width="10.7916666666667" customWidth="1"/>
+    <col min="9" max="9" width="10.625" customWidth="1"/>
+    <col min="10" max="10" width="11.8083333333333" customWidth="1"/>
+    <col min="11" max="11" width="26.1333333333333" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" ht="50" customHeight="1" spans="1:11">
+      <c r="A1" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="5"/>
+      <c r="D1" s="5"/>
+      <c r="E1" s="5"/>
+      <c r="F1" s="5"/>
+      <c r="G1" s="5"/>
+      <c r="H1" s="5"/>
+      <c r="I1" s="5"/>
+      <c r="J1" s="5"/>
+      <c r="K1" s="5"/>
+    </row>
+    <row r="2" s="1" customFormat="1" ht="30" customHeight="1" spans="1:11">
+      <c r="A2" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D2" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="G2" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="H2" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="I2" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="J2" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="K2" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A3" s="7"/>
+      <c r="B3" s="7"/>
+      <c r="C3" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" s="7"/>
+      <c r="E3" s="7"/>
+      <c r="F3" s="7"/>
+      <c r="G3" s="7"/>
+      <c r="H3" s="7"/>
+      <c r="I3" s="7"/>
+      <c r="J3" s="7"/>
+      <c r="K3" s="8" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="4" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A4" s="7"/>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="7"/>
+      <c r="E4" s="7"/>
+      <c r="F4" s="7"/>
+      <c r="G4" s="7"/>
+      <c r="H4" s="7"/>
+      <c r="I4" s="7"/>
+      <c r="J4" s="7"/>
+      <c r="K4" s="7"/>
+    </row>
+    <row r="5" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A5" s="7"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="7"/>
+      <c r="F5" s="7"/>
+      <c r="G5" s="7"/>
+      <c r="H5" s="7"/>
+      <c r="I5" s="7"/>
+      <c r="J5" s="7"/>
+      <c r="K5" s="7"/>
+    </row>
+    <row r="6" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A6" s="7"/>
+      <c r="B6" s="7"/>
+      <c r="C6" s="7"/>
+      <c r="D6" s="7"/>
+      <c r="E6" s="7"/>
+      <c r="F6" s="7"/>
+      <c r="G6" s="7"/>
+      <c r="H6" s="7"/>
+      <c r="I6" s="7"/>
+      <c r="J6" s="7"/>
+      <c r="K6" s="7"/>
+    </row>
+    <row r="7" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A7" s="7"/>
+      <c r="B7" s="7"/>
+      <c r="C7" s="7"/>
+      <c r="D7" s="7"/>
+      <c r="E7" s="7"/>
+      <c r="F7" s="7"/>
+      <c r="G7" s="7"/>
+      <c r="H7" s="7"/>
+      <c r="I7" s="7"/>
+      <c r="J7" s="7"/>
+      <c r="K7" s="7"/>
+    </row>
+    <row r="8" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A8" s="7"/>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="7"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="7"/>
+      <c r="I8" s="7"/>
+      <c r="J8" s="7"/>
+      <c r="K8" s="7"/>
+    </row>
+    <row r="9" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A9" s="7"/>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="7"/>
+      <c r="I9" s="7"/>
+      <c r="J9" s="7"/>
+      <c r="K9" s="7"/>
+    </row>
+    <row r="10" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A10" s="7"/>
+      <c r="B10" s="7"/>
+      <c r="C10" s="7"/>
+      <c r="D10" s="7"/>
+      <c r="E10" s="7"/>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7"/>
+      <c r="K10" s="7"/>
+    </row>
+    <row r="11" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A11" s="7"/>
+      <c r="B11" s="7"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="7"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="7"/>
+      <c r="I11" s="7"/>
+      <c r="J11" s="7"/>
+      <c r="K11" s="7"/>
+    </row>
+    <row r="12" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A12" s="7"/>
+      <c r="B12" s="7"/>
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="7"/>
+      <c r="F12" s="7"/>
+      <c r="G12" s="7"/>
+      <c r="H12" s="7"/>
+      <c r="I12" s="7"/>
+      <c r="J12" s="7"/>
+      <c r="K12" s="7"/>
+    </row>
+    <row r="13" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A13" s="7"/>
+      <c r="B13" s="7"/>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="7"/>
+      <c r="G13" s="7"/>
+      <c r="H13" s="7"/>
+      <c r="I13" s="7"/>
+      <c r="J13" s="7"/>
+      <c r="K13" s="7"/>
+    </row>
+    <row r="14" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A14" s="7"/>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="7"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="7"/>
+      <c r="I14" s="7"/>
+      <c r="J14" s="7"/>
+      <c r="K14" s="7"/>
+    </row>
+    <row r="15" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A15" s="7"/>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="7"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="7"/>
+      <c r="I15" s="7"/>
+      <c r="J15" s="7"/>
+      <c r="K15" s="7"/>
+    </row>
+    <row r="16" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A16" s="7"/>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="7"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7"/>
+      <c r="H16" s="7"/>
+      <c r="I16" s="7"/>
+      <c r="J16" s="7"/>
+      <c r="K16" s="7"/>
+    </row>
+    <row r="17" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A17" s="7"/>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="7"/>
+      <c r="I17" s="7"/>
+      <c r="J17" s="7"/>
+      <c r="K17" s="9"/>
+    </row>
+    <row r="18" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A18" s="9"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="9"/>
+      <c r="D18" s="9"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="9"/>
+      <c r="G18" s="9"/>
+      <c r="H18" s="9"/>
+      <c r="I18" s="9"/>
+      <c r="J18" s="9"/>
+      <c r="K18" s="9"/>
+    </row>
+    <row r="19" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A19" s="9"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9"/>
+      <c r="D19" s="9"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="9"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="9"/>
+    </row>
+    <row r="20" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A20" s="9"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="9"/>
+      <c r="D20" s="9"/>
+      <c r="E20" s="9"/>
+      <c r="F20" s="9"/>
+      <c r="G20" s="9"/>
+      <c r="H20" s="9"/>
+      <c r="I20" s="9"/>
+      <c r="J20" s="9"/>
+      <c r="K20" s="9"/>
+    </row>
+    <row r="21" s="2" customFormat="1" ht="20" customHeight="1" spans="1:11">
+      <c r="A21" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="10"/>
+      <c r="C21" s="10"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="11"/>
+      <c r="F21" s="11"/>
+      <c r="G21" s="11"/>
+      <c r="H21" s="11"/>
+      <c r="I21" s="11"/>
+      <c r="J21" s="11"/>
+      <c r="K21" s="11"/>
+    </row>
+    <row r="22" s="3" customFormat="1" ht="14.25"/>
+    <row r="23" s="3" customFormat="1" ht="14.25"/>
+    <row r="24" s="3" customFormat="1" ht="14.25"/>
+    <row r="25" s="3" customFormat="1" ht="14.25"/>
+    <row r="26" s="3" customFormat="1" ht="14.25"/>
+    <row r="27" s="3" customFormat="1" ht="14.25"/>
+    <row r="28" s="3" customFormat="1" ht="14.25"/>
+    <row r="29" s="3" customFormat="1" ht="14.25"/>
+    <row r="30" s="3" customFormat="1" ht="14.25"/>
+    <row r="31" s="3" customFormat="1" ht="14.25"/>
+    <row r="32" s="3" customFormat="1" ht="14.25"/>
+    <row r="33" s="3" customFormat="1" ht="14.25"/>
+    <row r="34" s="3" customFormat="1" ht="14.25"/>
+    <row r="35" s="3" customFormat="1" ht="14.25"/>
+    <row r="36" s="3" customFormat="1" ht="14.25"/>
+    <row r="37" s="3" customFormat="1" ht="14.25"/>
+    <row r="38" s="3" customFormat="1" ht="14.25"/>
+    <row r="39" s="3" customFormat="1" ht="14.25"/>
+    <row r="40" s="3" customFormat="1" ht="14.25"/>
+    <row r="41" s="3" customFormat="1" ht="14.25"/>
+    <row r="42" s="3" customFormat="1" ht="14.25"/>
+    <row r="43" s="3" customFormat="1" ht="14.25"/>
+    <row r="44" s="3" customFormat="1" ht="14.25"/>
+    <row r="45" s="3" customFormat="1" ht="14.25"/>
+    <row r="46" s="3" customFormat="1" ht="14.25"/>
+    <row r="47" s="3" customFormat="1" ht="14.25"/>
+    <row r="48" s="3" customFormat="1" ht="14.25"/>
+    <row r="49" s="3" customFormat="1" ht="14.25"/>
+    <row r="50" s="3" customFormat="1" ht="14.25"/>
+    <row r="51" s="3" customFormat="1" ht="14.25"/>
+    <row r="52" s="3" customFormat="1" ht="14.25"/>
+    <row r="53" s="3" customFormat="1" ht="14.25"/>
+    <row r="54" s="3" customFormat="1" ht="14.25"/>
+    <row r="55" s="3" customFormat="1" ht="14.25"/>
+    <row r="56" s="3" customFormat="1" ht="14.25"/>
+    <row r="57" s="3" customFormat="1" ht="14.25"/>
+    <row r="58" s="3" customFormat="1" ht="14.25"/>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A21:K21"/>
+  </mergeCells>
+  <pageMargins left="0.393055555555556" right="0.393055555555556" top="0.393055555555556" bottom="0.393055555555556" header="0.297916666666667" footer="0.297916666666667"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="600"/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>工作表</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>本科</vt:lpstr>
+      <vt:lpstr>专科</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
+    <vt:lpwstr>2052-11.1.0.8894</vt:lpwstr>
+  </property>
+</Properties>
+</file>