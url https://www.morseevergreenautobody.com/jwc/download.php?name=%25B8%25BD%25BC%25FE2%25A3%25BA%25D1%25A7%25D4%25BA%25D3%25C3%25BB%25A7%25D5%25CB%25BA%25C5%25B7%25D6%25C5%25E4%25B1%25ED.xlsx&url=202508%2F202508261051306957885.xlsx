--- v0 (2026-01-15)
+++ v1 (2026-03-17)
@@ -1,25 +1,45 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="5" rupBuild="4506"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="21840" windowHeight="9450"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9" uniqueCount="9">
   <si>
     <t>序号</t>
   </si>
   <si>
     <t>学院</t>
   </si>
   <si>
     <t>联系人</t>
@@ -126,50 +146,54 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="常规" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
+</file>
+
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>