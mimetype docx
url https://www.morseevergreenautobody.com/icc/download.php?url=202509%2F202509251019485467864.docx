--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -1,27 +1,3651 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="JPG" ContentType="image/.jpg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p w14:paraId="5811E763">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-780415</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-909955</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1670050" cy="1489075"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="1" name="图片 1" descr="原版Logo"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="图片 1" descr="原版Logo"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1670050" cy="1489075"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77A4B778">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:position w:val="-18"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>AFS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="5"/>
+          <w:position w:val="-18"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>国际文化交流项目</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672D8683">
+      <w:pPr>
+        <w:spacing w:before="147" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="298"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
+          <w:sz w:val="43"/>
+          <w:szCs w:val="43"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>度</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>青年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>赴丹麦研修</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>项目申请表</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="5"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="772" w:tblpY="48"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="10455" w:type="dxa"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1629"/>
+        <w:gridCol w:w="195"/>
+        <w:gridCol w:w="1476"/>
+        <w:gridCol w:w="414"/>
+        <w:gridCol w:w="743"/>
+        <w:gridCol w:w="219"/>
+        <w:gridCol w:w="207"/>
+        <w:gridCol w:w="111"/>
+        <w:gridCol w:w="816"/>
+        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="322"/>
+        <w:gridCol w:w="82"/>
+        <w:gridCol w:w="311"/>
+        <w:gridCol w:w="190"/>
+        <w:gridCol w:w="659"/>
+        <w:gridCol w:w="452"/>
+        <w:gridCol w:w="2073"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="426308D8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="469" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4675FC">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="88" w:line="219" w:lineRule="auto"/>
+              <w:ind w:left="4488"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w14:textOutline w14:w="5103" w14:cap="sq" w14:cmpd="sng">
+                  <w14:solidFill>
+                    <w14:srgbClr w14:val="000000"/>
+                  </w14:solidFill>
+                  <w14:prstDash w14:val="solid"/>
+                  <w14:bevel/>
+                </w14:textOutline>
+              </w:rPr>
+              <w:t>基本信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="362D7C38">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="465" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="447D38D3">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="55" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="267"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>姓</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C4AE9A5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="23EF01AB">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="55" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="412"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t>性别</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A4DB9D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="960" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F02C94">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="56" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="230"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+              </w:rPr>
+              <w:t>民族</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1160" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="276D86B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E48900E">
+            <w:pPr>
+              <w:spacing w:line="297" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65A2B911">
+            <w:pPr>
+              <w:spacing w:line="297" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A1C09E7">
+            <w:pPr>
+              <w:spacing w:line="298" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40962192">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="91" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="530"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-4767580</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>-288290</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="5870575" cy="5230495"/>
+                  <wp:effectExtent l="0" t="0" r="15875" b="8255"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="4" name="IM 4"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="4" name="IM 4"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5870448" cy="5230367"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:anchor>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>贴照片处</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7020637E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="71" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="261"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t>(2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-54"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t>寸彩色证件</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="378F5D92">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="28" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="743"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>照片)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6AD305F7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="458" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB13E5A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="51" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="267"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>拼</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>音</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C881C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="692000D0">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="50" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="152"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t>出生日期</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1F93C2">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="51" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="850"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C14624">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="49B4F211">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="463" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C91A23A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="51" w:line="224" w:lineRule="auto"/>
+              <w:ind w:left="430"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t>出生地</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CB2E9A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1376" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="265F9917">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="51" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="135"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>身份证号</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1127878F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="513C9DA4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5614A296">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="454" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="488E8F5E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="48" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="268"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>护照号码</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6301" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A44FEB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="75ED85FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6761C97C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="475" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7AFC54">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="57" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="126"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>护照有效期</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6301" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="588010FF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="79525E13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="1FB1AFA7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="493" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6059FE87">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="56" w:line="219" w:lineRule="auto"/>
+              <w:ind w:left="295"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>手</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>机</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6301" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E76A594">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE3DB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="31F56D3D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="492" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="02DB5B4F">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="56" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="316"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t>邮</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t>箱</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8826" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2983A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0C74B304">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="532" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E58EB4">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="42" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="16"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>有无饮食禁忌</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2633" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="588A3EF3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="255FCF3E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="66" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="667"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>是否晕车</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="542B931D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0D0F6F76">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="428" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="101F1D6F">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="43" w:line="219" w:lineRule="auto"/>
+              <w:ind w:left="16"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>有无宗教信仰</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2633" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5213991A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2814" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="32127C56">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="69" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="247"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>是否有过敏经历</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3184" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E1B74B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="19827696">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="607" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="42251726">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="68" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="262"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>第一外语</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F6DEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D28D5BE">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="69" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="167"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>学习时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="181B8FD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="38730AAD">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="68" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="163"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t>水平</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2073" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="532F5882">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5910839A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="440" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E50803">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="70" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="295"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>第二外语</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1671" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B00650">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1695E3FD">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="71" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="167"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>学习时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="72169270">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C809F5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="70" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="163"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t>水平</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2073" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5880F276">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="6D3EC234">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="440" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3411F41A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="69" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="303"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>意愿项目</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8826" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="110FD96C">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="42" w:line="219" w:lineRule="auto"/>
+              <w:ind w:left="9"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t>丹麦学期</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-38"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-38"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t>丹麦学年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-38"/>
+              </w:rPr>
+              <w:t>（</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-38"/>
+              </w:rPr>
+              <w:t>）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0BDD4035">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="365" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10455" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB72178">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="44" w:line="205" w:lineRule="auto"/>
+              <w:ind w:left="3366"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w14:textOutline w14:w="5103" w14:cap="sq" w14:cmpd="sng">
+                  <w14:solidFill>
+                    <w14:srgbClr w14:val="000000"/>
+                  </w14:solidFill>
+                  <w14:prstDash w14:val="solid"/>
+                  <w14:bevel/>
+                </w14:textOutline>
+              </w:rPr>
+              <w:t>学校信息（在校学生填写）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0A1C1B1B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="481" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D35EF1E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="51" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="272"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>学</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>校</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4737" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="706B6916">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1564" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FF2B91">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="43" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="94"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>专业及届别</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EF758C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="54C1DC10">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="481" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9FD2E0">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="54" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="272"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>学校地址</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5452" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A90B798">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADA1521">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="55" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t>邮编</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AB42E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="65C6CFC6">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="446" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="56158727">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="48" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="131"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>学校联系人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2085" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D07877A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="962" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DAA2506">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="49" w:line="222" w:lineRule="auto"/>
+              <w:ind w:left="166"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+              </w:rPr>
+              <w:t>电</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+              </w:rPr>
+              <w:t>话</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2405" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBBF399">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BED020">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="49" w:line="219" w:lineRule="auto"/>
+              <w:ind w:left="148"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>传真</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6EFAC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0B19C696">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="749" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4DD59A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="19" w:line="226" w:lineRule="auto"/>
+              <w:ind w:left="294" w:right="112" w:hanging="166"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>学校联系人</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t>电子邮件</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8826" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E93F37E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="46515797">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="489" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C91F9BE">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="58" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="269"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>家庭地址</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5452" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="38712C79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CCF4F0C">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="58" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="171"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t>邮编</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2525" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="56F1F96D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="0E26F21E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="475" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="643B9BB8">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="61" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="269"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>父亲姓名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="11596811">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A74C49C">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="61" w:line="222" w:lineRule="auto"/>
+              <w:ind w:left="266"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>联系电话</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC9B164">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="2762D36D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="508" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BFD81A">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="73" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="267"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>母亲姓名</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3254" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="37BCE82A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2198" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="611B4B48">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="73" w:line="222" w:lineRule="auto"/>
+              <w:ind w:left="295"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>联系电话</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3374" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2D5B66">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7546F9C7">
+      <w:pPr>
+        <w:spacing w:line="51" w:lineRule="exact"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66BA56E0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E2A0ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:headerReference r:id="rId3" w:type="default"/>
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="1701" w:right="1418" w:bottom="1559" w:left="1418" w:header="851" w:footer="992" w:gutter="0"/>
+          <w:cols w:space="425" w:num="1"/>
+          <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46B9745A">
+      <w:pPr>
+        <w:spacing w:before="78"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="5"/>
+        <w:tblW w:w="10090" w:type="dxa"/>
+        <w:tblInd w:w="2" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1629"/>
+        <w:gridCol w:w="195"/>
+        <w:gridCol w:w="2213"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="1483"/>
+        <w:gridCol w:w="1562"/>
+        <w:gridCol w:w="2162"/>
+      </w:tblGrid>
+      <w:tr w14:paraId="0C71CB45">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="2895" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1629" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2EDC87">
+            <w:pPr>
+              <w:spacing w:line="363" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28A412D5">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="91" w:line="229" w:lineRule="auto"/>
+              <w:ind w:left="189" w:right="50" w:hanging="2"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>派出学校意</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> 见</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8461" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AEEFAAC">
+            <w:pPr>
+              <w:spacing w:line="280" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E276666">
+            <w:pPr>
+              <w:spacing w:line="281" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D24E9F5">
+            <w:pPr>
+              <w:spacing w:line="281" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CE09FE8">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="91" w:line="219" w:lineRule="auto"/>
+              <w:ind w:left="1230"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>签字：</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>日（盖章）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="25FE8676">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10090" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5856735C">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="44" w:line="219" w:lineRule="auto"/>
+              <w:ind w:left="3476"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w14:textOutline w14:w="5103" w14:cap="sq" w14:cmpd="sng">
+                  <w14:solidFill>
+                    <w14:srgbClr w14:val="000000"/>
+                  </w14:solidFill>
+                  <w14:prstDash w14:val="solid"/>
+                  <w14:bevel/>
+                </w14:textOutline>
+              </w:rPr>
+              <w:t>工作信息（在职青年填写）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="5474D601">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="406" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C09C1D">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="45" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="366"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>毕业院校</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4542" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3821E334">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDAAE14">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="46" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="516"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>学历</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="062356FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="57FDE272">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="406" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FC8E0B">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="44" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="363"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>单位名称</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4542" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F3FC98">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6E7848">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="44" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="511"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>职务</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1248A4F6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="4C0E9A45">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="406" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="41733EF7">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="43" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="363"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>单位地址</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4542" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="34013EB0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="779693AC">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="44" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="531"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t>邮编</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E28077">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="56A45CE3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="405" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A309E6E">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="43" w:line="221" w:lineRule="auto"/>
+              <w:ind w:left="223"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t>单位联系人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2213" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF8F9F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="846" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="1124B5FC">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="43" w:line="222" w:lineRule="auto"/>
+              <w:ind w:left="184"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+              </w:rPr>
+              <w:t>电话</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="112A4CBA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1562" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7C52A8">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="44" w:line="219" w:lineRule="auto"/>
+              <w:ind w:left="508"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>传真</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2162" w:type="dxa"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="67E04B88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w14:paraId="16555898">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:left w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:bottom w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:right w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideH w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+            <w:insideV w:val="single" w:color="000000" w:sz="2" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="2249" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1824" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="37865F30">
+            <w:pPr>
+              <w:spacing w:line="295" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41250D00">
+            <w:pPr>
+              <w:spacing w:line="295" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19CD9C95">
+            <w:pPr>
+              <w:spacing w:line="295" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F9DB7D4">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="91" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="536"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t>申请人</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8266" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="top"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A193206">
+            <w:pPr>
+              <w:spacing w:line="365" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A09E308">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="91" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="15"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>我保证以上内容均属实。</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D75B495">
+            <w:pPr>
+              <w:spacing w:line="308" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66D7E33B">
+            <w:pPr>
+              <w:spacing w:line="309" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="268ECD09">
+            <w:pPr>
+              <w:pStyle w:val="4"/>
+              <w:spacing w:before="91" w:line="220" w:lineRule="auto"/>
+              <w:ind w:left="1131"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t>签字：</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t>年</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t>月</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t>日</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="59EC7582">
+      <w:pPr>
+        <w:spacing w:before="31" w:line="219" w:lineRule="auto"/>
+        <w:ind w:right="47"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>中国教育国际交流协会</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:spacing w:val="-66"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>AFS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>项目全国</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>办</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>制</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2651403E"/>
+    <w:sectPr>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1701" w:right="1418" w:bottom="1559" w:left="1018" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
+
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="50"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="方正小标宋简体">
+    <w:panose1 w:val="02000000000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="script"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="A00002BF" w:usb1="184F6CFA" w:usb2="00000012" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="仿宋_GB2312">
+    <w:panose1 w:val="02010609030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Bold">
+    <w:altName w:val="Arial Rounded MT Bold"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Rounded MT Bold">
+    <w:panose1 w:val="020F0704030504030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="20000001" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="7FD6550B">
+    <w:pPr>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial"/>
+        <w:sz w:val="2"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:documentProtection w:enforcement="0"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="149B5BD7"/>
+    <w:rsid w:val="149B5BD7"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+</w:settings>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="WPS">
+  <a:themeElements>
+    <a:clrScheme name="WPS">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4874CB"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="EE822F"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="F2BA02"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="75BD42"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="30C0B4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="E54C5E"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0026E5"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="7E1FAD"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="WPS">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="WPS">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumOff val="17500"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill>
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:hueOff val="-2520000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr"/>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="2700000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:gradFill>
+            <a:gsLst>
+              <a:gs pos="0">
+                <a:schemeClr val="phClr">
+                  <a:hueOff val="-4200000"/>
+                </a:schemeClr>
+              </a:gs>
+              <a:gs pos="100000">
+                <a:schemeClr val="phClr"/>
+              </a:gs>
+            </a:gsLst>
+            <a:lin ang="2700000" scaled="1"/>
+          </a:gradFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="101600" dist="50800" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:schemeClr val="phClr">
+                <a:alpha val="60000"/>
+              </a:schemeClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:reflection stA="50000" endA="300" endPos="40000" dist="25400" dir="5400000" sy="-100000" algn="bl" rotWithShape="0"/>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+</a:theme>
+</file>