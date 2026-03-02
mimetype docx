--- v0 (2026-01-16)
+++ v1 (2026-03-02)
@@ -2682,32 +2682,58 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <Pages>1</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
+  <Application>WPS Office_10.1.0.5740_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Administrator</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+</cp:coreProperties>
+</file>
+
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>2052-10.1.0.5740</vt:lpwstr>
   </property>
 </Properties>
 </file>