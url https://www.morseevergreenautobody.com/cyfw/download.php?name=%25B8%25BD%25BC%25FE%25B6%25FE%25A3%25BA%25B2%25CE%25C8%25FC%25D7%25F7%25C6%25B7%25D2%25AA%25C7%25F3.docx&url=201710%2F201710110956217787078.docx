--- v0 (2026-01-16)
+++ v1 (2026-03-02)
@@ -1,72 +1,420 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:body>
+    <w:p w:rsidR="00885397" w:rsidRDefault="00885397" w:rsidP="00885397">
+      <w:pPr>
+        <w:topLinePunct/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>附件二：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885397" w:rsidRDefault="00885397" w:rsidP="00885397">
+      <w:pPr>
+        <w:topLinePunct/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="仿宋_GB2312"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>参赛作品要求</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885397" w:rsidRDefault="00885397" w:rsidP="00885397">
+      <w:pPr>
+        <w:widowControl/>
+        <w:topLinePunct/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1.参赛项目类别分产品和服务两大类，参赛作品分为三个模块，综合评定。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885397" w:rsidRDefault="00885397" w:rsidP="00885397">
+      <w:pPr>
+        <w:widowControl/>
+        <w:topLinePunct/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>第一模块为产品制造技术类：包括涉及机械、机电、电子电路、软件、动漫、化工、印染、服饰、食品、日用品等新材料、新技术、新工艺、新设计、新方法、新产品等。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885397" w:rsidRDefault="00885397" w:rsidP="00885397">
+      <w:pPr>
+        <w:widowControl/>
+        <w:topLinePunct/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>第二模块为电子商务类：包括涉及开办网站、网上营销、网络学校等基于IT技术的网络服务性商业方案。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885397" w:rsidRDefault="00885397" w:rsidP="00885397">
+      <w:pPr>
+        <w:widowControl/>
+        <w:topLinePunct/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>第三模块为营销、服务类：</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>包括涉及开设营销公司、专卖店、零售业务、连锁店、物流业务、餐饮、美容美发、理疗护理及培训等服务业。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885397" w:rsidRDefault="00885397" w:rsidP="00885397">
+      <w:pPr>
+        <w:widowControl/>
+        <w:topLinePunct/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2.每个参赛队只能提交一个参赛项目，每个项目除上述要求外，都必须有一份创业计划书或商业计划书。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885397" w:rsidRDefault="00885397" w:rsidP="00885397">
+      <w:pPr>
+        <w:widowControl/>
+        <w:topLinePunct/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>3.每个参赛队所提交的创业计划书要求为原创。提出的项目，要求具有真实性、实用性、可行性、新颖性、原创性；具有潜在的商业价值。严禁抄袭！</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00885397" w:rsidRDefault="00885397" w:rsidP="00885397">
+      <w:pPr>
+        <w:widowControl/>
+        <w:topLinePunct/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002A2572" w:rsidRDefault="002A2572">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="002A2572">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:cols w:space="425"/>
+      <w:docGrid w:type="lines" w:linePitch="312"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00445374" w:rsidRDefault="00445374" w:rsidP="00885397">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00445374" w:rsidRDefault="00445374" w:rsidP="00885397">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:altName w:val="仿宋"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00445374" w:rsidRDefault="00445374" w:rsidP="00885397">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00445374" w:rsidRDefault="00445374" w:rsidP="00885397">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="420"/>
+  <w:drawingGridVerticalSpacing w:val="156"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:doNotExpandShiftReturn/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00766E42"/>
+    <w:rsid w:val="002A2572"/>
+    <w:rsid w:val="00445374"/>
+    <w:rsid w:val="00766E42"/>
+    <w:rsid w:val="00885397"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
@@ -288,50 +636,609 @@
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
     <w:name w:val="页脚 Char"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00885397"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00885397"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00885397"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="页眉 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00885397"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00885397"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="页脚 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00885397"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题​​">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>54</Words>
   <Characters>310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>363</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>